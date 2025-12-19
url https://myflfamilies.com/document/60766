--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -8,93 +8,93 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Office of Domestic Violence Contracts\TEMPLATES\FY 25-26\FY 25-26 Template Updates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C485B97-5E96-4B38-87E2-B055AA72C600}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1FFE2D62-6632-4431-8597-7FC70E62B06C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30828" yWindow="-3432" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Invoice Template" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Invoice Template'!$A$1:$H$40</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="U65" i="11" l="1"/>
   <c r="U66" i="11" s="1"/>
   <c r="E9" i="11" l="1"/>
   <c r="E10" i="11"/>
   <c r="E8" i="11"/>
   <c r="E11" i="11" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="81">
   <si>
     <t xml:space="preserve">Florida Department of Children and Families
 Office of Domestic Violence
 Invoice </t>
   </si>
   <si>
     <t>Contract Number:</t>
   </si>
   <si>
     <t>Federal ID#:</t>
   </si>
   <si>
     <t>Provider Name:</t>
   </si>
   <si>
     <t>Invoice Number:</t>
   </si>
   <si>
     <t>Provider Address:</t>
   </si>
   <si>
     <t>Service Period:</t>
   </si>
   <si>
     <t>Service Unit</t>
@@ -295,111 +295,108 @@
       <t>6</t>
     </r>
   </si>
   <si>
     <t>Invoice Numbers</t>
   </si>
   <si>
     <t>Start:</t>
   </si>
   <si>
     <t>End:</t>
   </si>
   <si>
     <t>I certify the above to be accurate and in agreement with this agency's records and  with the terms of this agency's contract with the Department. Additionally, I certify that all client demographic and service event data have been submitted to the Department in accordance with the terms and conditions of this contract.</t>
   </si>
   <si>
     <t>Total Unattained Activities for the Month</t>
   </si>
   <si>
     <t>Unit Rate</t>
   </si>
   <si>
     <t>OCA/EO</t>
   </si>
   <si>
-    <t>DL000/DM</t>
-[...1 lines deleted...]
-  <si>
     <t>39DV0/39</t>
   </si>
   <si>
     <t>SFDVS/DV</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Percent of Reduction
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(1% of invoice amount for each unattained activity up to 5%)</t>
     </r>
   </si>
   <si>
-    <t>Form updated 7.25.25</t>
-[...1 lines deleted...]
-  <si>
     <t>Jul25DV</t>
   </si>
   <si>
     <t>Aug25DV</t>
   </si>
   <si>
     <t>Sep25DV</t>
   </si>
   <si>
     <t>Oct25DV</t>
   </si>
   <si>
     <t>Nov25DV</t>
   </si>
   <si>
     <t>Dec25DV</t>
   </si>
   <si>
     <t>Jan26DV</t>
   </si>
   <si>
     <t>Feb26DV</t>
   </si>
   <si>
     <t>Mar26DV</t>
   </si>
   <si>
     <t>Apr26DV</t>
   </si>
   <si>
     <t>May26DV</t>
   </si>
   <si>
     <t>Jun26DV</t>
+  </si>
+  <si>
+    <t>Form updated 11.25.25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -973,65 +970,209 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="15" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="12" fillId="6" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="11" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="8" fontId="11" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1050,194 +1191,50 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...142 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Comma" xfId="4" builtinId="3"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFCC99FF"/>
       <color rgb="FFFF66FF"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FFFFFFFF"/>
       <color rgb="FFFF99FF"/>
       <color rgb="FFCCCCFF"/>
       <color rgb="FF00FFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
@@ -1527,470 +1524,470 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A37A4E6E-8CE0-4891-A410-B9FF2965EF99}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE71"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="D1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="K13" sqref="K13"/>
+    <sheetView tabSelected="1" topLeftCell="A23" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="J32" sqref="J32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.85546875" style="2" customWidth="1"/>
     <col min="2" max="2" width="21" style="2" customWidth="1"/>
     <col min="3" max="3" width="22.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="24.42578125" style="2" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" style="2" customWidth="1"/>
     <col min="6" max="6" width="24.140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="24.5703125" style="2" customWidth="1"/>
     <col min="8" max="8" width="25.140625" style="2" customWidth="1"/>
     <col min="9" max="9" width="9.140625" style="2"/>
     <col min="10" max="10" width="25.85546875" style="4" customWidth="1"/>
     <col min="11" max="11" width="20.42578125" style="2" customWidth="1"/>
     <col min="12" max="12" width="22" style="2" customWidth="1"/>
     <col min="13" max="13" width="12.7109375" style="2" customWidth="1"/>
     <col min="14" max="16" width="9.140625" style="2"/>
     <col min="17" max="17" width="17.42578125" style="2" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="87" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="85" t="s">
+      <c r="A1" s="78" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="86"/>
-[...5 lines deleted...]
-      <c r="H1" s="87"/>
+      <c r="B1" s="79"/>
+      <c r="C1" s="79"/>
+      <c r="D1" s="79"/>
+      <c r="E1" s="79"/>
+      <c r="F1" s="79"/>
+      <c r="G1" s="79"/>
+      <c r="H1" s="80"/>
       <c r="I1" s="8"/>
       <c r="J1" s="9"/>
       <c r="K1" s="8"/>
       <c r="X1" s="3"/>
     </row>
     <row r="2" spans="1:24" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="94"/>
-      <c r="C2" s="94"/>
+      <c r="B2" s="85"/>
+      <c r="C2" s="85"/>
       <c r="D2" s="10"/>
       <c r="E2" s="11"/>
       <c r="F2" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="G2" s="88"/>
-      <c r="H2" s="88"/>
+      <c r="G2" s="81"/>
+      <c r="H2" s="81"/>
       <c r="I2" s="8"/>
       <c r="X2" s="3"/>
     </row>
     <row r="3" spans="1:24" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="103"/>
-[...2 lines deleted...]
-      <c r="E3" s="105"/>
+      <c r="B3" s="94"/>
+      <c r="C3" s="95"/>
+      <c r="D3" s="95"/>
+      <c r="E3" s="96"/>
       <c r="F3" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="91"/>
-      <c r="H3" s="92"/>
+      <c r="G3" s="83"/>
+      <c r="H3" s="84"/>
       <c r="I3" s="8"/>
       <c r="X3" s="3"/>
     </row>
     <row r="4" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="95" t="s">
+      <c r="A4" s="86" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="97"/>
-[...3 lines deleted...]
-      <c r="F4" s="106" t="s">
+      <c r="B4" s="88"/>
+      <c r="C4" s="89"/>
+      <c r="D4" s="89"/>
+      <c r="E4" s="90"/>
+      <c r="F4" s="97" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>59</v>
       </c>
       <c r="H4" s="40"/>
       <c r="I4" s="8"/>
       <c r="X4" s="3"/>
     </row>
     <row r="5" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="96"/>
-[...4 lines deleted...]
-      <c r="F5" s="107"/>
+      <c r="A5" s="87"/>
+      <c r="B5" s="91"/>
+      <c r="C5" s="92"/>
+      <c r="D5" s="92"/>
+      <c r="E5" s="93"/>
+      <c r="F5" s="98"/>
       <c r="G5" s="7" t="s">
         <v>60</v>
       </c>
       <c r="H5" s="40"/>
       <c r="I5" s="8"/>
       <c r="X5" s="3"/>
     </row>
     <row r="6" spans="1:24" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="16"/>
       <c r="B6" s="17"/>
       <c r="C6" s="17"/>
       <c r="D6" s="16"/>
       <c r="E6" s="16"/>
       <c r="F6" s="18"/>
       <c r="G6" s="16"/>
       <c r="H6" s="19"/>
       <c r="I6" s="8"/>
       <c r="X6" s="3"/>
     </row>
     <row r="7" spans="1:24" ht="45.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="89" t="s">
+      <c r="A7" s="82" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="89"/>
+      <c r="B7" s="82"/>
       <c r="C7" s="20" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>63</v>
       </c>
-      <c r="E7" s="89" t="s">
+      <c r="E7" s="82" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="89"/>
-[...1 lines deleted...]
-      <c r="H7" s="89"/>
+      <c r="F7" s="82"/>
+      <c r="G7" s="82"/>
+      <c r="H7" s="82"/>
       <c r="I7" s="8"/>
       <c r="X7" s="3"/>
     </row>
     <row r="8" spans="1:24" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="93" t="s">
+      <c r="A8" s="67" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="93"/>
+      <c r="B8" s="67"/>
       <c r="C8" s="5"/>
       <c r="D8" s="6"/>
-      <c r="E8" s="90">
+      <c r="E8" s="64">
         <f>C8*D8</f>
         <v>0</v>
       </c>
-      <c r="F8" s="90"/>
-[...1 lines deleted...]
-      <c r="H8" s="90"/>
+      <c r="F8" s="64"/>
+      <c r="G8" s="64"/>
+      <c r="H8" s="64"/>
       <c r="I8" s="8"/>
       <c r="X8" s="3"/>
     </row>
     <row r="9" spans="1:24" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="93" t="s">
+      <c r="A9" s="67" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="93"/>
+      <c r="B9" s="67"/>
       <c r="C9" s="5"/>
       <c r="D9" s="6"/>
-      <c r="E9" s="90">
+      <c r="E9" s="64">
         <f t="shared" ref="E9:E10" si="0">C9*D9</f>
         <v>0</v>
       </c>
-      <c r="F9" s="90"/>
-[...1 lines deleted...]
-      <c r="H9" s="90"/>
+      <c r="F9" s="64"/>
+      <c r="G9" s="64"/>
+      <c r="H9" s="64"/>
       <c r="I9" s="8"/>
       <c r="X9" s="1"/>
     </row>
     <row r="10" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="93" t="s">
+      <c r="A10" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="93"/>
+      <c r="B10" s="67"/>
       <c r="C10" s="5"/>
       <c r="D10" s="6"/>
-      <c r="E10" s="90">
+      <c r="E10" s="64">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F10" s="90"/>
-[...1 lines deleted...]
-      <c r="H10" s="90"/>
+      <c r="F10" s="64"/>
+      <c r="G10" s="64"/>
+      <c r="H10" s="64"/>
       <c r="I10" s="8"/>
       <c r="X10" s="1"/>
     </row>
     <row r="11" spans="1:24" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="108" t="s">
+      <c r="A11" s="65" t="s">
         <v>14</v>
       </c>
-      <c r="B11" s="108"/>
-[...2 lines deleted...]
-      <c r="E11" s="109">
+      <c r="B11" s="65"/>
+      <c r="C11" s="65"/>
+      <c r="D11" s="65"/>
+      <c r="E11" s="66">
         <f>SUM(E8:H10)</f>
         <v>0</v>
       </c>
-      <c r="F11" s="109"/>
-[...1 lines deleted...]
-      <c r="H11" s="109"/>
+      <c r="F11" s="66"/>
+      <c r="G11" s="66"/>
+      <c r="H11" s="66"/>
       <c r="I11" s="8"/>
       <c r="X11" s="1"/>
     </row>
     <row r="12" spans="1:24" s="3" customFormat="1" ht="30.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="113" t="s">
+      <c r="A12" s="71" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="113"/>
-[...5 lines deleted...]
-      <c r="H12" s="113"/>
+      <c r="B12" s="71"/>
+      <c r="C12" s="71"/>
+      <c r="D12" s="71"/>
+      <c r="E12" s="71"/>
+      <c r="F12" s="71"/>
+      <c r="G12" s="71"/>
+      <c r="H12" s="71"/>
       <c r="I12" s="23"/>
       <c r="X12" s="1"/>
     </row>
     <row r="13" spans="1:24" s="3" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="114" t="s">
+      <c r="A13" s="72" t="s">
         <v>61</v>
       </c>
-      <c r="B13" s="114"/>
-[...5 lines deleted...]
-      <c r="H13" s="114"/>
+      <c r="B13" s="72"/>
+      <c r="C13" s="72"/>
+      <c r="D13" s="72"/>
+      <c r="E13" s="72"/>
+      <c r="F13" s="72"/>
+      <c r="G13" s="72"/>
+      <c r="H13" s="72"/>
       <c r="I13" s="23"/>
       <c r="X13" s="1"/>
     </row>
     <row r="14" spans="1:24" s="3" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="117"/>
-[...6 lines deleted...]
-      <c r="H14" s="119"/>
+      <c r="A14" s="75"/>
+      <c r="B14" s="75"/>
+      <c r="C14" s="75"/>
+      <c r="D14" s="76"/>
+      <c r="E14" s="76"/>
+      <c r="F14" s="76"/>
+      <c r="G14" s="77"/>
+      <c r="H14" s="77"/>
       <c r="I14" s="23"/>
       <c r="X14" s="1"/>
     </row>
     <row r="15" spans="1:24" s="3" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="116" t="s">
+      <c r="A15" s="74" t="s">
         <v>16</v>
       </c>
-      <c r="B15" s="116"/>
-[...1 lines deleted...]
-      <c r="D15" s="116" t="s">
+      <c r="B15" s="74"/>
+      <c r="C15" s="74"/>
+      <c r="D15" s="74" t="s">
         <v>17</v>
       </c>
-      <c r="E15" s="116"/>
-[...1 lines deleted...]
-      <c r="G15" s="116" t="s">
+      <c r="E15" s="74"/>
+      <c r="F15" s="74"/>
+      <c r="G15" s="74" t="s">
         <v>18</v>
       </c>
-      <c r="H15" s="116"/>
+      <c r="H15" s="74"/>
       <c r="I15" s="23"/>
       <c r="X15" s="1"/>
     </row>
     <row r="16" spans="1:24" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="115"/>
-[...6 lines deleted...]
-      <c r="H16" s="115"/>
+      <c r="A16" s="73"/>
+      <c r="B16" s="73"/>
+      <c r="C16" s="73"/>
+      <c r="D16" s="73"/>
+      <c r="E16" s="73"/>
+      <c r="F16" s="73"/>
+      <c r="G16" s="73"/>
+      <c r="H16" s="73"/>
       <c r="I16" s="23"/>
     </row>
     <row r="17" spans="1:24" s="3" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="28"/>
       <c r="B17" s="28"/>
       <c r="C17" s="28"/>
       <c r="D17" s="28"/>
       <c r="E17" s="28"/>
       <c r="F17" s="28"/>
       <c r="G17" s="28"/>
       <c r="H17" s="28"/>
       <c r="I17" s="23"/>
     </row>
     <row r="18" spans="1:24" s="3" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="112" t="s">
+      <c r="A18" s="70" t="s">
         <v>57</v>
       </c>
-      <c r="B18" s="112"/>
-[...5 lines deleted...]
-      <c r="H18" s="112"/>
+      <c r="B18" s="70"/>
+      <c r="C18" s="70"/>
+      <c r="D18" s="70"/>
+      <c r="E18" s="70"/>
+      <c r="F18" s="70"/>
+      <c r="G18" s="70"/>
+      <c r="H18" s="70"/>
       <c r="I18" s="23"/>
       <c r="X18" s="1"/>
     </row>
     <row r="19" spans="1:24" s="3" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="112" t="s">
+      <c r="A19" s="70" t="s">
         <v>19</v>
       </c>
-      <c r="B19" s="112"/>
-[...5 lines deleted...]
-      <c r="H19" s="112"/>
+      <c r="B19" s="70"/>
+      <c r="C19" s="70"/>
+      <c r="D19" s="70"/>
+      <c r="E19" s="70"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="70"/>
+      <c r="H19" s="70"/>
       <c r="I19" s="23"/>
     </row>
     <row r="20" spans="1:24" s="3" customFormat="1" ht="72.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="63" t="s">
+      <c r="A20" s="106" t="s">
         <v>20</v>
       </c>
-      <c r="B20" s="64"/>
-[...1 lines deleted...]
-      <c r="D20" s="65"/>
+      <c r="B20" s="107"/>
+      <c r="C20" s="107"/>
+      <c r="D20" s="108"/>
       <c r="E20" s="33"/>
-      <c r="F20" s="63" t="s">
+      <c r="F20" s="106" t="s">
         <v>21</v>
       </c>
-      <c r="G20" s="64"/>
-      <c r="H20" s="65"/>
+      <c r="G20" s="107"/>
+      <c r="H20" s="108"/>
       <c r="I20" s="23"/>
       <c r="X20" s="2"/>
     </row>
     <row r="21" spans="1:24" s="3" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="75" t="s">
+      <c r="A21" s="118" t="s">
         <v>22</v>
       </c>
-      <c r="B21" s="80"/>
-      <c r="C21" s="77" t="s">
+      <c r="B21" s="123"/>
+      <c r="C21" s="120" t="s">
         <v>13</v>
       </c>
-      <c r="D21" s="80"/>
+      <c r="D21" s="123"/>
       <c r="E21" s="34"/>
-      <c r="F21" s="79" t="s">
+      <c r="F21" s="122" t="s">
         <v>62</v>
       </c>
-      <c r="G21" s="79"/>
+      <c r="G21" s="122"/>
       <c r="H21" s="44"/>
       <c r="I21" s="23"/>
       <c r="J21" s="9"/>
       <c r="K21" s="23"/>
     </row>
     <row r="22" spans="1:24" s="3" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="76"/>
-[...2 lines deleted...]
-      <c r="D22" s="80"/>
+      <c r="A22" s="119"/>
+      <c r="B22" s="123"/>
+      <c r="C22" s="121"/>
+      <c r="D22" s="123"/>
       <c r="E22" s="34"/>
-      <c r="F22" s="66" t="s">
-[...3 lines deleted...]
-      <c r="H22" s="72"/>
+      <c r="F22" s="109" t="s">
+        <v>67</v>
+      </c>
+      <c r="G22" s="110"/>
+      <c r="H22" s="115"/>
       <c r="I22" s="23"/>
       <c r="J22" s="9"/>
       <c r="K22" s="23"/>
     </row>
     <row r="23" spans="1:24" s="3" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="75" t="s">
+      <c r="A23" s="118" t="s">
         <v>23</v>
       </c>
-      <c r="B23" s="80"/>
-      <c r="C23" s="77" t="s">
+      <c r="B23" s="123"/>
+      <c r="C23" s="120" t="s">
         <v>24</v>
       </c>
-      <c r="D23" s="81"/>
+      <c r="D23" s="124"/>
       <c r="E23" s="34"/>
-      <c r="F23" s="68"/>
-[...1 lines deleted...]
-      <c r="H23" s="73"/>
+      <c r="F23" s="111"/>
+      <c r="G23" s="112"/>
+      <c r="H23" s="116"/>
       <c r="I23" s="23"/>
       <c r="J23" s="9"/>
       <c r="K23" s="23"/>
     </row>
     <row r="24" spans="1:24" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="76"/>
-[...2 lines deleted...]
-      <c r="D24" s="81"/>
+      <c r="A24" s="119"/>
+      <c r="B24" s="123"/>
+      <c r="C24" s="121"/>
+      <c r="D24" s="124"/>
       <c r="E24" s="34"/>
-      <c r="F24" s="70"/>
-[...1 lines deleted...]
-      <c r="H24" s="74"/>
+      <c r="F24" s="113"/>
+      <c r="G24" s="114"/>
+      <c r="H24" s="117"/>
       <c r="I24" s="23"/>
       <c r="J24" s="9"/>
       <c r="K24" s="23"/>
     </row>
     <row r="25" spans="1:24" s="3" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="60" t="s">
+      <c r="A25" s="101" t="s">
         <v>25</v>
       </c>
-      <c r="B25" s="61"/>
-      <c r="C25" s="62"/>
+      <c r="B25" s="105"/>
+      <c r="C25" s="102"/>
       <c r="D25" s="46"/>
       <c r="E25" s="34"/>
-      <c r="F25" s="60" t="s">
+      <c r="F25" s="101" t="s">
         <v>26</v>
       </c>
-      <c r="G25" s="62"/>
+      <c r="G25" s="102"/>
       <c r="H25" s="45"/>
       <c r="I25" s="23"/>
       <c r="J25" s="9"/>
       <c r="K25" s="23"/>
       <c r="L25" s="23"/>
       <c r="M25" s="23"/>
       <c r="N25" s="23"/>
     </row>
     <row r="26" spans="1:24" s="3" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="121"/>
-[...6 lines deleted...]
-      <c r="H26" s="121"/>
+      <c r="A26" s="62"/>
+      <c r="B26" s="62"/>
+      <c r="C26" s="62"/>
+      <c r="D26" s="62"/>
+      <c r="E26" s="62"/>
+      <c r="F26" s="62"/>
+      <c r="G26" s="62"/>
+      <c r="H26" s="62"/>
       <c r="I26" s="23"/>
       <c r="J26" s="9"/>
       <c r="K26" s="23"/>
       <c r="L26" s="23"/>
       <c r="M26" s="23"/>
       <c r="N26" s="23"/>
     </row>
     <row r="27" spans="1:24" s="3" customFormat="1" ht="62.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="35" t="s">
         <v>27</v>
       </c>
       <c r="B27" s="35" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="35" t="s">
         <v>29</v>
       </c>
       <c r="D27" s="35" t="s">
         <v>30</v>
       </c>
       <c r="E27" s="35" t="s">
         <v>64</v>
       </c>
       <c r="F27" s="35" t="s">
         <v>9</v>
@@ -2000,51 +1997,51 @@
       </c>
       <c r="H27" s="35" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="23"/>
       <c r="J27" s="9"/>
       <c r="K27" s="23"/>
       <c r="L27" s="23"/>
       <c r="M27" s="23"/>
       <c r="N27" s="23"/>
     </row>
     <row r="28" spans="1:24" s="1" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="36">
         <v>60303060226</v>
       </c>
       <c r="B28" s="36">
         <v>60910310</v>
       </c>
       <c r="C28" s="36">
         <v>100995</v>
       </c>
       <c r="D28" s="36">
         <v>780000</v>
       </c>
       <c r="E28" s="37" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F28" s="52"/>
       <c r="G28" s="53"/>
       <c r="H28" s="47"/>
       <c r="I28" s="38"/>
       <c r="J28" s="9"/>
       <c r="K28" s="38"/>
       <c r="L28" s="38"/>
       <c r="M28" s="38"/>
       <c r="N28" s="38"/>
     </row>
     <row r="29" spans="1:24" s="1" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="36">
         <v>60303060226</v>
       </c>
       <c r="B29" s="36">
         <v>60910310</v>
       </c>
       <c r="C29" s="36">
         <v>100995</v>
       </c>
       <c r="D29" s="36">
         <v>751000</v>
       </c>
       <c r="E29" s="37" t="s">
@@ -2078,258 +2075,258 @@
       </c>
       <c r="F30" s="52"/>
       <c r="G30" s="53"/>
       <c r="H30" s="47"/>
       <c r="I30" s="38"/>
       <c r="J30" s="9"/>
       <c r="K30" s="38"/>
       <c r="L30" s="38"/>
       <c r="M30" s="38"/>
       <c r="N30" s="38"/>
     </row>
     <row r="31" spans="1:24" s="1" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="36">
         <v>60303060226</v>
       </c>
       <c r="B31" s="36">
         <v>60910310</v>
       </c>
       <c r="C31" s="36">
         <v>100995</v>
       </c>
       <c r="D31" s="36">
         <v>751000</v>
       </c>
       <c r="E31" s="37" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F31" s="52"/>
       <c r="G31" s="53"/>
       <c r="H31" s="47"/>
       <c r="I31" s="38"/>
       <c r="J31" s="9"/>
       <c r="K31" s="38"/>
       <c r="L31" s="38"/>
       <c r="M31" s="38"/>
       <c r="N31" s="38"/>
     </row>
     <row r="32" spans="1:24" s="1" customFormat="1" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="36">
         <v>60303066001</v>
       </c>
       <c r="B32" s="36">
         <v>60910310</v>
       </c>
       <c r="C32" s="36">
         <v>100995</v>
       </c>
       <c r="D32" s="36">
         <v>780000</v>
       </c>
       <c r="E32" s="37" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="F32" s="52"/>
       <c r="G32" s="53"/>
       <c r="H32" s="48"/>
       <c r="I32" s="38"/>
       <c r="J32" s="9"/>
       <c r="K32" s="38"/>
       <c r="L32" s="38"/>
       <c r="M32" s="38"/>
       <c r="N32" s="38"/>
     </row>
     <row r="33" spans="1:31" s="1" customFormat="1" ht="39" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="58" t="s">
+      <c r="A33" s="103" t="s">
         <v>34</v>
       </c>
-      <c r="B33" s="59"/>
-[...2 lines deleted...]
-      <c r="E33" s="59"/>
+      <c r="B33" s="104"/>
+      <c r="C33" s="104"/>
+      <c r="D33" s="104"/>
+      <c r="E33" s="104"/>
       <c r="F33" s="54"/>
       <c r="G33" s="55"/>
       <c r="H33" s="56"/>
       <c r="I33" s="38"/>
       <c r="J33" s="9"/>
       <c r="K33" s="38"/>
       <c r="L33" s="38"/>
       <c r="M33" s="38"/>
       <c r="N33" s="38"/>
     </row>
     <row r="34" spans="1:31" s="1" customFormat="1" ht="49.35" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A34" s="39" t="s">
         <v>35</v>
       </c>
       <c r="B34" s="51"/>
-      <c r="C34" s="60" t="s">
+      <c r="C34" s="101" t="s">
         <v>36</v>
       </c>
-      <c r="D34" s="62"/>
+      <c r="D34" s="102"/>
       <c r="E34" s="50"/>
-      <c r="F34" s="122" t="s">
+      <c r="F34" s="63" t="s">
         <v>37</v>
       </c>
-      <c r="G34" s="122"/>
+      <c r="G34" s="63"/>
       <c r="H34" s="49"/>
       <c r="I34" s="38"/>
       <c r="J34" s="9"/>
       <c r="K34" s="38"/>
       <c r="L34" s="38"/>
       <c r="M34" s="38"/>
       <c r="N34" s="38"/>
     </row>
     <row r="35" spans="1:31" s="3" customFormat="1" ht="49.35" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="83"/>
-[...6 lines deleted...]
-      <c r="H35" s="84"/>
+      <c r="A35" s="99"/>
+      <c r="B35" s="99"/>
+      <c r="C35" s="99"/>
+      <c r="D35" s="99"/>
+      <c r="E35" s="100"/>
+      <c r="F35" s="100"/>
+      <c r="G35" s="100"/>
+      <c r="H35" s="100"/>
       <c r="I35" s="23"/>
       <c r="J35" s="9"/>
       <c r="K35" s="23"/>
       <c r="L35" s="23"/>
       <c r="M35" s="23"/>
       <c r="N35" s="23"/>
     </row>
     <row r="36" spans="1:31" s="3" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="82" t="s">
+      <c r="A36" s="60" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="82"/>
-[...2 lines deleted...]
-      <c r="E36" s="82" t="s">
+      <c r="B36" s="60"/>
+      <c r="C36" s="60"/>
+      <c r="D36" s="60"/>
+      <c r="E36" s="60" t="s">
         <v>39</v>
       </c>
-      <c r="F36" s="82"/>
-[...1 lines deleted...]
-      <c r="H36" s="82"/>
+      <c r="F36" s="60"/>
+      <c r="G36" s="60"/>
+      <c r="H36" s="60"/>
       <c r="I36" s="23"/>
       <c r="J36" s="9"/>
       <c r="K36" s="23"/>
       <c r="L36" s="23"/>
       <c r="M36" s="23"/>
       <c r="N36" s="23"/>
     </row>
     <row r="37" spans="1:31" s="1" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="82" t="s">
+      <c r="A37" s="60" t="s">
         <v>40</v>
       </c>
-      <c r="B37" s="82"/>
-[...5 lines deleted...]
-      <c r="H37" s="82"/>
+      <c r="B37" s="60"/>
+      <c r="C37" s="60"/>
+      <c r="D37" s="60"/>
+      <c r="E37" s="60"/>
+      <c r="F37" s="60"/>
+      <c r="G37" s="60"/>
+      <c r="H37" s="60"/>
       <c r="I37" s="38"/>
       <c r="J37" s="9"/>
       <c r="K37" s="38"/>
       <c r="L37" s="38"/>
       <c r="M37" s="38"/>
       <c r="N37" s="38"/>
     </row>
     <row r="38" spans="1:31" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="120"/>
-[...6 lines deleted...]
-      <c r="H38" s="120"/>
+      <c r="A38" s="61"/>
+      <c r="B38" s="61"/>
+      <c r="C38" s="61"/>
+      <c r="D38" s="61"/>
+      <c r="E38" s="61"/>
+      <c r="F38" s="61"/>
+      <c r="G38" s="61"/>
+      <c r="H38" s="61"/>
       <c r="I38" s="23"/>
       <c r="J38" s="9"/>
       <c r="K38" s="23"/>
       <c r="L38" s="23"/>
       <c r="M38" s="23"/>
       <c r="N38" s="23"/>
     </row>
     <row r="39" spans="1:31" ht="79.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="120"/>
-[...6 lines deleted...]
-      <c r="H39" s="120"/>
+      <c r="A39" s="61"/>
+      <c r="B39" s="61"/>
+      <c r="C39" s="61"/>
+      <c r="D39" s="61"/>
+      <c r="E39" s="61"/>
+      <c r="F39" s="61"/>
+      <c r="G39" s="61"/>
+      <c r="H39" s="61"/>
       <c r="I39" s="8"/>
       <c r="J39" s="9"/>
       <c r="K39" s="8"/>
       <c r="L39" s="8"/>
       <c r="M39" s="8"/>
       <c r="N39" s="8"/>
     </row>
     <row r="40" spans="1:31" x14ac:dyDescent="0.25">
       <c r="A40" s="57" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="8"/>
       <c r="I40" s="8"/>
       <c r="J40" s="9"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8"/>
       <c r="P40" s="8"/>
       <c r="Q40" s="8"/>
       <c r="R40" s="8"/>
     </row>
     <row r="46" spans="1:31" ht="17.25" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="47" spans="1:31" ht="66" x14ac:dyDescent="0.25">
       <c r="T47" s="12" t="s">
         <v>41</v>
       </c>
       <c r="U47" s="43"/>
       <c r="V47" s="8"/>
       <c r="W47" s="8"/>
       <c r="X47" s="8"/>
       <c r="Y47" s="8"/>
       <c r="Z47" s="8"/>
       <c r="AA47" s="8"/>
       <c r="AB47" s="8"/>
       <c r="AC47" s="3"/>
       <c r="AD47" s="3"/>
       <c r="AE47" s="3"/>
     </row>
     <row r="48" spans="1:31" x14ac:dyDescent="0.25">
-      <c r="T48" s="110" t="s">
+      <c r="T48" s="68" t="s">
         <v>56</v>
       </c>
-      <c r="U48" s="111"/>
+      <c r="U48" s="69"/>
       <c r="V48" s="8"/>
       <c r="W48" s="8"/>
       <c r="X48" s="8"/>
       <c r="Y48" s="8"/>
       <c r="Z48" s="8"/>
       <c r="AA48" s="8"/>
       <c r="AB48" s="8"/>
       <c r="AC48" s="3"/>
       <c r="AD48" s="3"/>
       <c r="AE48" s="3"/>
     </row>
     <row r="49" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T49" s="14" t="s">
         <v>42</v>
       </c>
       <c r="U49" s="41"/>
       <c r="V49" s="15"/>
       <c r="W49" s="8"/>
       <c r="X49" s="8"/>
       <c r="Y49" s="8"/>
       <c r="Z49" s="8"/>
       <c r="AA49" s="8"/>
       <c r="AB49" s="8"/>
       <c r="AC49" s="3"/>
       <c r="AD49" s="3"/>
@@ -2370,244 +2367,244 @@
     <row r="52" spans="20:31" x14ac:dyDescent="0.25">
       <c r="U52" s="41"/>
       <c r="V52" s="8"/>
       <c r="W52" s="8"/>
       <c r="X52" s="8"/>
       <c r="Y52" s="8"/>
       <c r="Z52" s="8"/>
       <c r="AA52" s="22" t="s">
         <v>58</v>
       </c>
       <c r="AB52" s="8"/>
       <c r="AC52" s="3"/>
       <c r="AD52" s="3"/>
       <c r="AE52" s="3"/>
     </row>
     <row r="53" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T53" s="14" t="s">
         <v>47</v>
       </c>
       <c r="U53" s="41"/>
       <c r="V53" s="8"/>
       <c r="W53" s="8"/>
       <c r="X53" s="8"/>
       <c r="Y53" s="8"/>
       <c r="Z53" s="8"/>
-      <c r="AA53" s="123" t="s">
-        <v>70</v>
+      <c r="AA53" s="58" t="s">
+        <v>68</v>
       </c>
       <c r="AB53" s="8"/>
       <c r="AC53" s="3"/>
       <c r="AD53" s="3"/>
       <c r="AE53" s="3"/>
     </row>
     <row r="54" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T54" s="14" t="s">
         <v>48</v>
       </c>
       <c r="U54" s="41"/>
       <c r="V54" s="8"/>
       <c r="W54" s="8"/>
       <c r="X54" s="8"/>
       <c r="Y54" s="8"/>
       <c r="Z54" s="8"/>
-      <c r="AA54" s="123" t="s">
-        <v>71</v>
+      <c r="AA54" s="58" t="s">
+        <v>69</v>
       </c>
       <c r="AB54" s="8"/>
       <c r="AC54" s="3"/>
       <c r="AD54" s="3"/>
       <c r="AE54" s="3"/>
     </row>
     <row r="55" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T55" s="14" t="s">
         <v>49</v>
       </c>
       <c r="U55" s="41"/>
       <c r="V55" s="8"/>
       <c r="W55" s="8"/>
       <c r="X55" s="8"/>
       <c r="Y55" s="8"/>
       <c r="Z55" s="8"/>
-      <c r="AA55" s="123" t="s">
-        <v>72</v>
+      <c r="AA55" s="58" t="s">
+        <v>70</v>
       </c>
       <c r="AB55" s="8"/>
       <c r="AC55" s="1"/>
       <c r="AD55" s="1"/>
       <c r="AE55" s="1"/>
     </row>
     <row r="56" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T56" s="14" t="s">
         <v>50</v>
       </c>
       <c r="U56" s="41"/>
       <c r="V56" s="8"/>
       <c r="W56" s="8"/>
       <c r="X56" s="8"/>
       <c r="Y56" s="8"/>
       <c r="Z56" s="8"/>
-      <c r="AA56" s="123" t="s">
-        <v>73</v>
+      <c r="AA56" s="58" t="s">
+        <v>71</v>
       </c>
       <c r="AB56" s="8"/>
       <c r="AC56" s="1"/>
       <c r="AD56" s="1"/>
       <c r="AE56" s="1"/>
     </row>
     <row r="57" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T57" s="14" t="s">
         <v>51</v>
       </c>
       <c r="U57" s="41"/>
       <c r="V57" s="8"/>
       <c r="W57" s="8"/>
       <c r="X57" s="8"/>
       <c r="Y57" s="8"/>
       <c r="Z57" s="8"/>
-      <c r="AA57" s="123" t="s">
-        <v>74</v>
+      <c r="AA57" s="58" t="s">
+        <v>72</v>
       </c>
       <c r="AB57" s="8"/>
       <c r="AC57" s="1"/>
       <c r="AD57" s="1"/>
       <c r="AE57" s="1"/>
     </row>
     <row r="58" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T58" s="14" t="s">
         <v>52</v>
       </c>
       <c r="U58" s="41"/>
       <c r="V58" s="8"/>
       <c r="W58" s="8"/>
       <c r="X58" s="8"/>
       <c r="Y58" s="8"/>
       <c r="Z58" s="8"/>
-      <c r="AA58" s="123" t="s">
-        <v>75</v>
+      <c r="AA58" s="58" t="s">
+        <v>73</v>
       </c>
       <c r="AB58" s="8"/>
       <c r="AC58" s="1"/>
       <c r="AD58" s="1"/>
       <c r="AE58" s="1"/>
     </row>
     <row r="59" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T59" s="14" t="s">
         <v>53</v>
       </c>
       <c r="U59" s="41"/>
       <c r="V59" s="23"/>
       <c r="W59" s="23"/>
       <c r="X59" s="23"/>
       <c r="Y59" s="23"/>
       <c r="Z59" s="23"/>
-      <c r="AA59" s="123" t="s">
-        <v>76</v>
+      <c r="AA59" s="58" t="s">
+        <v>74</v>
       </c>
       <c r="AB59" s="23"/>
       <c r="AC59" s="1"/>
       <c r="AD59" s="1"/>
       <c r="AE59" s="1"/>
     </row>
     <row r="60" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T60" s="14" t="s">
         <v>54</v>
       </c>
       <c r="U60" s="41"/>
       <c r="V60" s="23"/>
       <c r="W60" s="23"/>
       <c r="X60" s="23"/>
       <c r="Y60" s="23"/>
       <c r="Z60" s="23"/>
-      <c r="AA60" s="124" t="s">
-        <v>77</v>
+      <c r="AA60" s="59" t="s">
+        <v>75</v>
       </c>
       <c r="AB60" s="23"/>
       <c r="AC60" s="1"/>
       <c r="AD60" s="1"/>
       <c r="AE60" s="1"/>
     </row>
     <row r="61" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T61" s="14" t="s">
         <v>55</v>
       </c>
       <c r="U61" s="41"/>
       <c r="V61" s="23"/>
       <c r="W61" s="23"/>
       <c r="X61" s="23"/>
       <c r="Y61" s="23"/>
       <c r="Z61" s="23"/>
-      <c r="AA61" s="124" t="s">
-        <v>78</v>
+      <c r="AA61" s="59" t="s">
+        <v>76</v>
       </c>
       <c r="AB61" s="23"/>
       <c r="AC61" s="1"/>
       <c r="AD61" s="1"/>
       <c r="AE61" s="1"/>
     </row>
     <row r="62" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T62" s="24"/>
       <c r="U62" s="25"/>
       <c r="V62" s="23"/>
       <c r="W62" s="23"/>
       <c r="X62" s="23"/>
       <c r="Y62" s="23"/>
       <c r="Z62" s="23"/>
-      <c r="AA62" s="124" t="s">
-        <v>79</v>
+      <c r="AA62" s="59" t="s">
+        <v>77</v>
       </c>
       <c r="AB62" s="23"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
     </row>
     <row r="63" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T63" s="26"/>
       <c r="U63" s="27"/>
       <c r="V63" s="23"/>
       <c r="W63" s="23"/>
       <c r="X63" s="23"/>
       <c r="Y63" s="23"/>
       <c r="Z63" s="23"/>
-      <c r="AA63" s="124" t="s">
-        <v>80</v>
+      <c r="AA63" s="59" t="s">
+        <v>78</v>
       </c>
       <c r="AB63" s="23"/>
       <c r="AC63" s="3"/>
       <c r="AD63" s="3"/>
       <c r="AE63" s="3"/>
     </row>
     <row r="64" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T64" s="26"/>
       <c r="U64" s="27"/>
       <c r="V64" s="23"/>
       <c r="W64" s="23"/>
       <c r="X64" s="23"/>
       <c r="Y64" s="23"/>
       <c r="Z64" s="23"/>
-      <c r="AA64" s="124" t="s">
-        <v>81</v>
+      <c r="AA64" s="59" t="s">
+        <v>79</v>
       </c>
       <c r="AB64" s="23"/>
       <c r="AC64" s="3"/>
       <c r="AD64" s="3"/>
       <c r="AE64" s="3"/>
     </row>
     <row r="65" spans="20:31" ht="83.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="T65" s="29" t="s">
         <v>43</v>
       </c>
       <c r="U65" s="30">
         <f>SUM(U49:U61)</f>
         <v>0</v>
       </c>
       <c r="V65" s="23"/>
       <c r="W65" s="23"/>
       <c r="X65" s="23"/>
       <c r="Y65" s="23"/>
       <c r="Z65" s="23"/>
       <c r="AA65" s="23"/>
       <c r="AB65" s="23"/>
       <c r="AC65" s="1"/>
       <c r="AD65" s="1"/>
       <c r="AE65" s="1"/>
     </row>
@@ -2682,105 +2679,105 @@
       <c r="AC70" s="3"/>
       <c r="AD70" s="3"/>
       <c r="AE70" s="3"/>
     </row>
     <row r="71" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T71" s="23"/>
       <c r="U71" s="23"/>
       <c r="V71" s="23"/>
       <c r="W71" s="3"/>
       <c r="X71" s="3"/>
       <c r="Y71" s="3"/>
       <c r="Z71" s="3"/>
       <c r="AA71" s="3"/>
       <c r="AB71" s="3"/>
       <c r="AC71" s="3"/>
       <c r="AD71" s="3"/>
       <c r="AE71" s="3"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="A13" name="Signature  Date"/>
     <protectedRange sqref="A2 F3 D7 D3:D5 E5 G5:G6 C3:C6 C8:D10 E7:E10" name="Provider Name"/>
   </protectedRanges>
   <mergeCells count="55">
-    <mergeCell ref="A37:H37"/>
-[...18 lines deleted...]
-    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="A23:A24"/>
+    <mergeCell ref="C23:C24"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="A21:A22"/>
+    <mergeCell ref="F21:G21"/>
+    <mergeCell ref="B21:B22"/>
+    <mergeCell ref="D21:D22"/>
+    <mergeCell ref="D23:D24"/>
+    <mergeCell ref="B23:B24"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="E7:H7"/>
     <mergeCell ref="E8:H8"/>
     <mergeCell ref="E9:H9"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:E5"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="F4:F5"/>
+    <mergeCell ref="T48:U48"/>
+    <mergeCell ref="A18:H18"/>
+    <mergeCell ref="A12:H12"/>
+    <mergeCell ref="A13:H13"/>
+    <mergeCell ref="A16:H16"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="D14:F14"/>
+    <mergeCell ref="G14:H14"/>
     <mergeCell ref="A36:D36"/>
     <mergeCell ref="E36:H36"/>
     <mergeCell ref="A35:D35"/>
     <mergeCell ref="E35:H35"/>
+    <mergeCell ref="A37:H37"/>
+    <mergeCell ref="A38:H39"/>
+    <mergeCell ref="A26:H26"/>
+    <mergeCell ref="F34:G34"/>
+    <mergeCell ref="E10:H10"/>
+    <mergeCell ref="A11:D11"/>
+    <mergeCell ref="E11:H11"/>
+    <mergeCell ref="A10:B10"/>
     <mergeCell ref="C34:D34"/>
     <mergeCell ref="A33:E33"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="F20:H20"/>
     <mergeCell ref="F25:G25"/>
     <mergeCell ref="F22:G24"/>
     <mergeCell ref="H22:H24"/>
     <mergeCell ref="A20:D20"/>
-    <mergeCell ref="A23:A24"/>
-[...7 lines deleted...]
-    <mergeCell ref="B23:B24"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G3:H3" xr:uid="{396A024E-10B6-42DC-BB32-A8C280E17267}">
       <formula1>$AA$53:$AA$64</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.50916666666666699" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="51" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Arial,Bold"Template 13</oddHeader>
     <oddFooter>&amp;LTemplate 13 - 8/3/2024</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B U D A A B Q S w M E F A A C A A g A C 0 8 D W a X l P 5 C l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L d U Y Q z 5 l 4 V Y S E 6 J x S 2 q F R v g Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A d m j q 4 6 M 6 a F h M S U U 4 C j a o 9 G C w T 0 r t j u C S p h E 2 h T k W p g 1 F G G w / 2 k J D K u X P M m P e e + h l t u 5 I J z i O 2 z 9 a 5 q n R T k I 9 s / s u h Q e s K V J p I 2 L 3 G S E E j s a B i z g X l w C Y K m c G v I c b B z / Y H w q q v X d 9 p q T H c 5 s C m C O x 9 Q j 4 A U E s D B B Q A A g A I A A t P A 1 k P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A A L T w N Z K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A A L T w N Z p e U / k K U A A A D 3 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A C 0 8 D W Q / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A A L T w N Z K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 9 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A o N k g c Y L M y E y L U y D A w Q J V s A A A A A A C A A A A A A A D Z g A A w A A A A B A A A A A 6 3 t i B b 4 1 Y C G v 7 7 Q k X F d v e A A A A A A S A A A C g A A A A E A A A A F V d y w L 8 A h a R m 9 A O g R p p t K x Q A A A A / T g z U i s 1 S Q I m v T y t A / I C d F K l 8 4 F k / O B a 2 b b e R C 6 8 A C z s Z b k Z W Z d c F f j A Q n i V c x r m 9 G 1 6 D y o h d K P Z / I x + m 5 y f P q X s 3 P U 1 + U b m P r t / X 0 q 1 c z 0 U A A A A P w m i t I l H p B f K l g v V v B D 5 l c 8 G G 9 0 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00CCBCF1-9725-4286-8D91-A778AF91F671}">