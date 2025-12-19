--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -8,94 +8,94 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Office of Domestic Violence Contracts\TEMPLATES\FY 25-26\FY 25-26 Template Updates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3B81736D-7F51-4D79-9956-8D0C3BF4B4C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8BAE50E0-8B91-4158-BA00-FF680AD9C5EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-1815" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-30828" yWindow="-3432" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Invoice Template" sheetId="11" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Invoice Template'!$A$1:$H$42</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="U67" i="11" l="1"/>
   <c r="U68" i="11" s="1"/>
   <c r="E9" i="11" l="1"/>
   <c r="E10" i="11"/>
   <c r="E11" i="11"/>
   <c r="E8" i="11"/>
   <c r="E12" i="11" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="82">
   <si>
     <t xml:space="preserve">Florida Department of Children and Families
 Office of Domestic Violence
 Invoice </t>
   </si>
   <si>
     <t>Contract Number:</t>
   </si>
   <si>
     <t>Federal ID#:</t>
   </si>
   <si>
     <t>Provider Name:</t>
   </si>
   <si>
     <t>Invoice Number:</t>
   </si>
   <si>
     <t>Provider Address:</t>
   </si>
   <si>
     <t>Service Period:</t>
   </si>
   <si>
     <t>Service Unit</t>
@@ -296,114 +296,111 @@
       <t>6</t>
     </r>
   </si>
   <si>
     <t>Invoice Numbers</t>
   </si>
   <si>
     <t>Start:</t>
   </si>
   <si>
     <t>End:</t>
   </si>
   <si>
     <t>I certify the above to be accurate and in agreement with this agency's records and  with the terms of this agency's contract with the Department. Additionally, I certify that all client demographic and service event data have been submitted to the Department in accordance with the terms and conditions of this contract.</t>
   </si>
   <si>
     <t>Total Unattained Activities for the Month</t>
   </si>
   <si>
     <t>Unit Rate</t>
   </si>
   <si>
     <t>OCA/EO</t>
   </si>
   <si>
-    <t>DL000/DM</t>
-[...1 lines deleted...]
-  <si>
     <t>39DV0/39</t>
   </si>
   <si>
     <t>SFDVS/DV</t>
   </si>
   <si>
     <t>SFCAT/GS</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Percent of Reduction
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(1% of invoice amount for each unattained activity up to 5%)</t>
     </r>
   </si>
   <si>
-    <t>Form updated 7.25.25</t>
-[...1 lines deleted...]
-  <si>
     <t>Aug25DV</t>
   </si>
   <si>
     <t>Oct25DV</t>
   </si>
   <si>
     <t>Nov25DV</t>
   </si>
   <si>
     <t>Dec25DV</t>
   </si>
   <si>
     <t>Jan26DV</t>
   </si>
   <si>
     <t>Feb26DV</t>
   </si>
   <si>
     <t>May26DV</t>
   </si>
   <si>
     <t>Mar26DV</t>
   </si>
   <si>
     <t>Jul25DV</t>
   </si>
   <si>
     <t>Sep25DV</t>
   </si>
   <si>
     <t>Apr26DV</t>
   </si>
   <si>
     <t>Jun26DV</t>
+  </si>
+  <si>
+    <t>Form updated 11.25.25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -978,268 +975,268 @@
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="12" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="15" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="15" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="12" fillId="6" borderId="16" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="9" fontId="14" fillId="3" borderId="5" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="14" fillId="3" borderId="11" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="9" fontId="14" fillId="3" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="11" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="8" fontId="11" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...171 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Comma" xfId="4" builtinId="3"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Percent" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFCC99FF"/>
       <color rgb="FFFF66FF"/>
       <color rgb="FFCCFFCC"/>
       <color rgb="FFFFFFFF"/>
       <color rgb="FFFF99FF"/>
       <color rgb="FFCCCCFF"/>
       <color rgb="FF00FFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
@@ -1531,486 +1528,486 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A37A4E6E-8CE0-4891-A410-B9FF2965EF99}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AE73"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="K7" sqref="K7"/>
+      <selection activeCell="K36" sqref="K36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.85546875" style="2" customWidth="1"/>
     <col min="2" max="2" width="21" style="2" customWidth="1"/>
     <col min="3" max="3" width="22.85546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="24.42578125" style="2" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" style="2" customWidth="1"/>
     <col min="6" max="6" width="24.140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="24.5703125" style="2" customWidth="1"/>
     <col min="8" max="8" width="25.140625" style="2" customWidth="1"/>
     <col min="9" max="9" width="9.140625" style="2"/>
     <col min="10" max="10" width="25.85546875" style="4" customWidth="1"/>
     <col min="11" max="11" width="20.42578125" style="2" customWidth="1"/>
     <col min="12" max="12" width="22" style="2" customWidth="1"/>
     <col min="13" max="13" width="12.7109375" style="2" customWidth="1"/>
     <col min="14" max="16" width="9.140625" style="2"/>
     <col min="17" max="17" width="17.42578125" style="2" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="87" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="77" t="s">
+      <c r="A1" s="86" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="78"/>
-[...5 lines deleted...]
-      <c r="H1" s="79"/>
+      <c r="B1" s="87"/>
+      <c r="C1" s="87"/>
+      <c r="D1" s="87"/>
+      <c r="E1" s="87"/>
+      <c r="F1" s="87"/>
+      <c r="G1" s="87"/>
+      <c r="H1" s="88"/>
       <c r="I1" s="8"/>
       <c r="J1" s="9"/>
       <c r="K1" s="8"/>
       <c r="X1" s="3"/>
     </row>
     <row r="2" spans="1:24" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="84"/>
-      <c r="C2" s="84"/>
+      <c r="B2" s="95"/>
+      <c r="C2" s="95"/>
       <c r="D2" s="10"/>
       <c r="E2" s="11"/>
       <c r="F2" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="G2" s="80"/>
-      <c r="H2" s="80"/>
+      <c r="G2" s="89"/>
+      <c r="H2" s="89"/>
       <c r="I2" s="8"/>
       <c r="X2" s="3"/>
     </row>
     <row r="3" spans="1:24" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="93"/>
-[...2 lines deleted...]
-      <c r="E3" s="95"/>
+      <c r="B3" s="104"/>
+      <c r="C3" s="105"/>
+      <c r="D3" s="105"/>
+      <c r="E3" s="106"/>
       <c r="F3" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="82"/>
-      <c r="H3" s="83"/>
+      <c r="G3" s="92"/>
+      <c r="H3" s="93"/>
       <c r="I3" s="8"/>
       <c r="X3" s="3"/>
     </row>
     <row r="4" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="85" t="s">
+      <c r="A4" s="96" t="s">
         <v>5</v>
       </c>
-      <c r="B4" s="87"/>
-[...3 lines deleted...]
-      <c r="F4" s="96" t="s">
+      <c r="B4" s="98"/>
+      <c r="C4" s="99"/>
+      <c r="D4" s="99"/>
+      <c r="E4" s="100"/>
+      <c r="F4" s="107" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>59</v>
       </c>
       <c r="H4" s="41"/>
       <c r="I4" s="8"/>
       <c r="X4" s="3"/>
     </row>
     <row r="5" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="86"/>
-[...4 lines deleted...]
-      <c r="F5" s="97"/>
+      <c r="A5" s="97"/>
+      <c r="B5" s="101"/>
+      <c r="C5" s="102"/>
+      <c r="D5" s="102"/>
+      <c r="E5" s="103"/>
+      <c r="F5" s="108"/>
       <c r="G5" s="7" t="s">
         <v>60</v>
       </c>
       <c r="H5" s="41"/>
       <c r="I5" s="8"/>
       <c r="X5" s="3"/>
     </row>
     <row r="6" spans="1:24" ht="5.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="16"/>
       <c r="B6" s="17"/>
       <c r="C6" s="17"/>
       <c r="D6" s="16"/>
       <c r="E6" s="16"/>
       <c r="F6" s="18"/>
       <c r="G6" s="16"/>
       <c r="H6" s="19"/>
       <c r="I6" s="8"/>
       <c r="X6" s="3"/>
     </row>
     <row r="7" spans="1:24" ht="45.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="81" t="s">
+      <c r="A7" s="90" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="81"/>
+      <c r="B7" s="90"/>
       <c r="C7" s="20" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="21" t="s">
         <v>63</v>
       </c>
-      <c r="E7" s="81" t="s">
+      <c r="E7" s="90" t="s">
         <v>9</v>
       </c>
-      <c r="F7" s="81"/>
-[...1 lines deleted...]
-      <c r="H7" s="81"/>
+      <c r="F7" s="90"/>
+      <c r="G7" s="90"/>
+      <c r="H7" s="90"/>
       <c r="I7" s="8"/>
       <c r="X7" s="3"/>
     </row>
     <row r="8" spans="1:24" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="76" t="s">
+      <c r="A8" s="94" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="76"/>
+      <c r="B8" s="94"/>
       <c r="C8" s="5"/>
       <c r="D8" s="6"/>
-      <c r="E8" s="73">
+      <c r="E8" s="91">
         <f>C8*D8</f>
         <v>0</v>
       </c>
-      <c r="F8" s="73"/>
-[...1 lines deleted...]
-      <c r="H8" s="73"/>
+      <c r="F8" s="91"/>
+      <c r="G8" s="91"/>
+      <c r="H8" s="91"/>
       <c r="I8" s="8"/>
       <c r="X8" s="3"/>
     </row>
     <row r="9" spans="1:24" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="76" t="s">
+      <c r="A9" s="94" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="76"/>
+      <c r="B9" s="94"/>
       <c r="C9" s="5"/>
       <c r="D9" s="6"/>
-      <c r="E9" s="73">
+      <c r="E9" s="91">
         <f t="shared" ref="E9:E11" si="0">C9*D9</f>
         <v>0</v>
       </c>
-      <c r="F9" s="73"/>
-[...1 lines deleted...]
-      <c r="H9" s="73"/>
+      <c r="F9" s="91"/>
+      <c r="G9" s="91"/>
+      <c r="H9" s="91"/>
       <c r="I9" s="8"/>
       <c r="X9" s="1"/>
     </row>
     <row r="10" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="76" t="s">
+      <c r="A10" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="76"/>
+      <c r="B10" s="94"/>
       <c r="C10" s="5"/>
       <c r="D10" s="6"/>
-      <c r="E10" s="73">
+      <c r="E10" s="91">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F10" s="73"/>
-[...1 lines deleted...]
-      <c r="H10" s="73"/>
+      <c r="F10" s="91"/>
+      <c r="G10" s="91"/>
+      <c r="H10" s="91"/>
       <c r="I10" s="8"/>
       <c r="X10" s="1"/>
     </row>
     <row r="11" spans="1:24" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="76" t="s">
+      <c r="A11" s="94" t="s">
         <v>13</v>
       </c>
-      <c r="B11" s="76"/>
+      <c r="B11" s="94"/>
       <c r="C11" s="5"/>
       <c r="D11" s="6"/>
-      <c r="E11" s="73">
+      <c r="E11" s="91">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F11" s="73"/>
-[...1 lines deleted...]
-      <c r="H11" s="73"/>
+      <c r="F11" s="91"/>
+      <c r="G11" s="91"/>
+      <c r="H11" s="91"/>
       <c r="I11" s="8"/>
       <c r="X11" s="1"/>
     </row>
     <row r="12" spans="1:24" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="74" t="s">
+      <c r="A12" s="109" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="74"/>
-[...2 lines deleted...]
-      <c r="E12" s="75">
+      <c r="B12" s="109"/>
+      <c r="C12" s="109"/>
+      <c r="D12" s="109"/>
+      <c r="E12" s="110">
         <f>SUM(E8:H11)</f>
         <v>0</v>
       </c>
-      <c r="F12" s="75"/>
-[...1 lines deleted...]
-      <c r="H12" s="75"/>
+      <c r="F12" s="110"/>
+      <c r="G12" s="110"/>
+      <c r="H12" s="110"/>
       <c r="I12" s="8"/>
       <c r="X12" s="1"/>
     </row>
     <row r="13" spans="1:24" s="3" customFormat="1" ht="30.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="62" t="s">
+      <c r="A13" s="114" t="s">
         <v>15</v>
       </c>
-      <c r="B13" s="62"/>
-[...5 lines deleted...]
-      <c r="H13" s="62"/>
+      <c r="B13" s="114"/>
+      <c r="C13" s="114"/>
+      <c r="D13" s="114"/>
+      <c r="E13" s="114"/>
+      <c r="F13" s="114"/>
+      <c r="G13" s="114"/>
+      <c r="H13" s="114"/>
       <c r="I13" s="23"/>
       <c r="X13" s="1"/>
     </row>
     <row r="14" spans="1:24" s="3" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="63" t="s">
+      <c r="A14" s="115" t="s">
         <v>61</v>
       </c>
-      <c r="B14" s="63"/>
-[...5 lines deleted...]
-      <c r="H14" s="63"/>
+      <c r="B14" s="115"/>
+      <c r="C14" s="115"/>
+      <c r="D14" s="115"/>
+      <c r="E14" s="115"/>
+      <c r="F14" s="115"/>
+      <c r="G14" s="115"/>
+      <c r="H14" s="115"/>
       <c r="I14" s="23"/>
       <c r="X14" s="1"/>
     </row>
     <row r="15" spans="1:24" s="3" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="66"/>
-[...6 lines deleted...]
-      <c r="H15" s="68"/>
+      <c r="A15" s="118"/>
+      <c r="B15" s="118"/>
+      <c r="C15" s="118"/>
+      <c r="D15" s="119"/>
+      <c r="E15" s="119"/>
+      <c r="F15" s="119"/>
+      <c r="G15" s="120"/>
+      <c r="H15" s="120"/>
       <c r="I15" s="23"/>
       <c r="X15" s="1"/>
     </row>
     <row r="16" spans="1:24" s="3" customFormat="1" ht="27.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A16" s="65" t="s">
+      <c r="A16" s="117" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="65"/>
-[...1 lines deleted...]
-      <c r="D16" s="65" t="s">
+      <c r="B16" s="117"/>
+      <c r="C16" s="117"/>
+      <c r="D16" s="117" t="s">
         <v>17</v>
       </c>
-      <c r="E16" s="65"/>
-[...1 lines deleted...]
-      <c r="G16" s="65" t="s">
+      <c r="E16" s="117"/>
+      <c r="F16" s="117"/>
+      <c r="G16" s="117" t="s">
         <v>18</v>
       </c>
-      <c r="H16" s="65"/>
+      <c r="H16" s="117"/>
       <c r="I16" s="23"/>
       <c r="X16" s="1"/>
     </row>
     <row r="17" spans="1:24" s="3" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="64"/>
-[...6 lines deleted...]
-      <c r="H17" s="64"/>
+      <c r="A17" s="116"/>
+      <c r="B17" s="116"/>
+      <c r="C17" s="116"/>
+      <c r="D17" s="116"/>
+      <c r="E17" s="116"/>
+      <c r="F17" s="116"/>
+      <c r="G17" s="116"/>
+      <c r="H17" s="116"/>
       <c r="I17" s="23"/>
     </row>
     <row r="18" spans="1:24" s="3" customFormat="1" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="29"/>
       <c r="B18" s="29"/>
       <c r="C18" s="29"/>
       <c r="D18" s="29"/>
       <c r="E18" s="29"/>
       <c r="F18" s="29"/>
       <c r="G18" s="29"/>
       <c r="H18" s="29"/>
       <c r="I18" s="23"/>
     </row>
     <row r="19" spans="1:24" s="3" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A19" s="61" t="s">
+      <c r="A19" s="113" t="s">
         <v>57</v>
       </c>
-      <c r="B19" s="61"/>
-[...5 lines deleted...]
-      <c r="H19" s="61"/>
+      <c r="B19" s="113"/>
+      <c r="C19" s="113"/>
+      <c r="D19" s="113"/>
+      <c r="E19" s="113"/>
+      <c r="F19" s="113"/>
+      <c r="G19" s="113"/>
+      <c r="H19" s="113"/>
       <c r="I19" s="23"/>
       <c r="X19" s="1"/>
     </row>
     <row r="20" spans="1:24" s="3" customFormat="1" ht="32.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="61" t="s">
+      <c r="A20" s="113" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="61"/>
-[...5 lines deleted...]
-      <c r="H20" s="61"/>
+      <c r="B20" s="113"/>
+      <c r="C20" s="113"/>
+      <c r="D20" s="113"/>
+      <c r="E20" s="113"/>
+      <c r="F20" s="113"/>
+      <c r="G20" s="113"/>
+      <c r="H20" s="113"/>
       <c r="I20" s="23"/>
     </row>
     <row r="21" spans="1:24" s="3" customFormat="1" ht="72.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="105" t="s">
+      <c r="A21" s="64" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="106"/>
-[...1 lines deleted...]
-      <c r="D21" s="107"/>
+      <c r="B21" s="65"/>
+      <c r="C21" s="65"/>
+      <c r="D21" s="66"/>
       <c r="E21" s="34"/>
-      <c r="F21" s="105" t="s">
+      <c r="F21" s="64" t="s">
         <v>21</v>
       </c>
-      <c r="G21" s="106"/>
-      <c r="H21" s="107"/>
+      <c r="G21" s="65"/>
+      <c r="H21" s="66"/>
       <c r="I21" s="23"/>
       <c r="X21" s="2"/>
     </row>
     <row r="22" spans="1:24" s="3" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="117" t="s">
+      <c r="A22" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="B22" s="122"/>
-      <c r="C22" s="119" t="s">
+      <c r="B22" s="81"/>
+      <c r="C22" s="78" t="s">
         <v>13</v>
       </c>
-      <c r="D22" s="122"/>
+      <c r="D22" s="81"/>
       <c r="E22" s="35"/>
-      <c r="F22" s="121" t="s">
+      <c r="F22" s="80" t="s">
         <v>62</v>
       </c>
-      <c r="G22" s="121"/>
+      <c r="G22" s="80"/>
       <c r="H22" s="45"/>
       <c r="I22" s="23"/>
       <c r="J22" s="9"/>
       <c r="K22" s="23"/>
     </row>
     <row r="23" spans="1:24" s="3" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="118"/>
-[...2 lines deleted...]
-      <c r="D23" s="122"/>
+      <c r="A23" s="77"/>
+      <c r="B23" s="81"/>
+      <c r="C23" s="79"/>
+      <c r="D23" s="81"/>
       <c r="E23" s="35"/>
-      <c r="F23" s="108" t="s">
-[...3 lines deleted...]
-      <c r="H23" s="114"/>
+      <c r="F23" s="67" t="s">
+        <v>68</v>
+      </c>
+      <c r="G23" s="68"/>
+      <c r="H23" s="73"/>
       <c r="I23" s="23"/>
       <c r="J23" s="9"/>
       <c r="K23" s="23"/>
     </row>
     <row r="24" spans="1:24" s="3" customFormat="1" ht="20.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="117" t="s">
+      <c r="A24" s="76" t="s">
         <v>23</v>
       </c>
-      <c r="B24" s="122"/>
-      <c r="C24" s="119" t="s">
+      <c r="B24" s="81"/>
+      <c r="C24" s="78" t="s">
         <v>24</v>
       </c>
-      <c r="D24" s="123"/>
+      <c r="D24" s="82"/>
       <c r="E24" s="35"/>
-      <c r="F24" s="110"/>
-[...1 lines deleted...]
-      <c r="H24" s="115"/>
+      <c r="F24" s="69"/>
+      <c r="G24" s="70"/>
+      <c r="H24" s="74"/>
       <c r="I24" s="23"/>
       <c r="J24" s="9"/>
       <c r="K24" s="23"/>
     </row>
     <row r="25" spans="1:24" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="118"/>
-[...2 lines deleted...]
-      <c r="D25" s="123"/>
+      <c r="A25" s="77"/>
+      <c r="B25" s="81"/>
+      <c r="C25" s="79"/>
+      <c r="D25" s="82"/>
       <c r="E25" s="35"/>
-      <c r="F25" s="112"/>
-[...1 lines deleted...]
-      <c r="H25" s="116"/>
+      <c r="F25" s="71"/>
+      <c r="G25" s="72"/>
+      <c r="H25" s="75"/>
       <c r="I25" s="23"/>
       <c r="J25" s="9"/>
       <c r="K25" s="23"/>
     </row>
     <row r="26" spans="1:24" s="3" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="100" t="s">
+      <c r="A26" s="61" t="s">
         <v>25</v>
       </c>
-      <c r="B26" s="104"/>
-      <c r="C26" s="101"/>
+      <c r="B26" s="62"/>
+      <c r="C26" s="63"/>
       <c r="D26" s="47"/>
       <c r="E26" s="35"/>
-      <c r="F26" s="100" t="s">
+      <c r="F26" s="61" t="s">
         <v>26</v>
       </c>
-      <c r="G26" s="101"/>
+      <c r="G26" s="63"/>
       <c r="H26" s="46"/>
       <c r="I26" s="23"/>
       <c r="J26" s="9"/>
       <c r="K26" s="23"/>
       <c r="L26" s="23"/>
       <c r="M26" s="23"/>
       <c r="N26" s="23"/>
     </row>
     <row r="27" spans="1:24" s="3" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="71"/>
-[...6 lines deleted...]
-      <c r="H27" s="71"/>
+      <c r="A27" s="122"/>
+      <c r="B27" s="122"/>
+      <c r="C27" s="122"/>
+      <c r="D27" s="122"/>
+      <c r="E27" s="122"/>
+      <c r="F27" s="122"/>
+      <c r="G27" s="122"/>
+      <c r="H27" s="122"/>
       <c r="I27" s="23"/>
       <c r="J27" s="9"/>
       <c r="K27" s="23"/>
       <c r="L27" s="23"/>
       <c r="M27" s="23"/>
       <c r="N27" s="23"/>
     </row>
     <row r="28" spans="1:24" s="3" customFormat="1" ht="62.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="36" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="36" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="36" t="s">
         <v>29</v>
       </c>
       <c r="D28" s="36" t="s">
         <v>30</v>
       </c>
       <c r="E28" s="36" t="s">
         <v>64</v>
       </c>
       <c r="F28" s="36" t="s">
         <v>9</v>
@@ -2020,51 +2017,51 @@
       </c>
       <c r="H28" s="36" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="23"/>
       <c r="J28" s="9"/>
       <c r="K28" s="23"/>
       <c r="L28" s="23"/>
       <c r="M28" s="23"/>
       <c r="N28" s="23"/>
     </row>
     <row r="29" spans="1:24" s="1" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="37">
         <v>60303060226</v>
       </c>
       <c r="B29" s="37">
         <v>60910310</v>
       </c>
       <c r="C29" s="37">
         <v>100995</v>
       </c>
       <c r="D29" s="37">
         <v>780000</v>
       </c>
       <c r="E29" s="38" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F29" s="53"/>
       <c r="G29" s="54"/>
       <c r="H29" s="48"/>
       <c r="I29" s="39"/>
       <c r="J29" s="9"/>
       <c r="K29" s="39"/>
       <c r="L29" s="39"/>
       <c r="M29" s="39"/>
       <c r="N29" s="39"/>
     </row>
     <row r="30" spans="1:24" s="1" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="37">
         <v>60303060226</v>
       </c>
       <c r="B30" s="37">
         <v>60910310</v>
       </c>
       <c r="C30" s="37">
         <v>100995</v>
       </c>
       <c r="D30" s="37">
         <v>751000</v>
       </c>
       <c r="E30" s="38" t="s">
@@ -2098,284 +2095,284 @@
       </c>
       <c r="F31" s="53"/>
       <c r="G31" s="54"/>
       <c r="H31" s="48"/>
       <c r="I31" s="39"/>
       <c r="J31" s="9"/>
       <c r="K31" s="39"/>
       <c r="L31" s="39"/>
       <c r="M31" s="39"/>
       <c r="N31" s="39"/>
     </row>
     <row r="32" spans="1:24" s="1" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="37">
         <v>60303060226</v>
       </c>
       <c r="B32" s="37">
         <v>60910310</v>
       </c>
       <c r="C32" s="37">
         <v>100995</v>
       </c>
       <c r="D32" s="37">
         <v>751000</v>
       </c>
       <c r="E32" s="38" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F32" s="53"/>
       <c r="G32" s="54"/>
       <c r="H32" s="48"/>
       <c r="I32" s="39"/>
       <c r="J32" s="9"/>
       <c r="K32" s="39"/>
       <c r="L32" s="39"/>
       <c r="M32" s="39"/>
       <c r="N32" s="39"/>
     </row>
     <row r="33" spans="1:18" s="1" customFormat="1" ht="36.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="37">
         <v>60303060226</v>
       </c>
       <c r="B33" s="37">
         <v>60910310</v>
       </c>
       <c r="C33" s="37">
         <v>100995</v>
       </c>
       <c r="D33" s="37">
         <v>751000</v>
       </c>
       <c r="E33" s="38" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F33" s="53"/>
       <c r="G33" s="54"/>
       <c r="H33" s="48"/>
       <c r="I33" s="39"/>
       <c r="J33" s="9"/>
       <c r="K33" s="39"/>
       <c r="L33" s="39"/>
       <c r="M33" s="39"/>
       <c r="N33" s="39"/>
     </row>
     <row r="34" spans="1:18" s="1" customFormat="1" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="37">
         <v>60303066001</v>
       </c>
       <c r="B34" s="37">
         <v>60910310</v>
       </c>
       <c r="C34" s="37">
         <v>100995</v>
       </c>
       <c r="D34" s="37">
         <v>780000</v>
       </c>
       <c r="E34" s="38" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="F34" s="53"/>
       <c r="G34" s="54"/>
       <c r="H34" s="49"/>
       <c r="I34" s="39"/>
       <c r="J34" s="9"/>
       <c r="K34" s="39"/>
       <c r="L34" s="39"/>
       <c r="M34" s="39"/>
       <c r="N34" s="39"/>
     </row>
     <row r="35" spans="1:18" s="1" customFormat="1" ht="39" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="102" t="s">
+      <c r="A35" s="59" t="s">
         <v>34</v>
       </c>
-      <c r="B35" s="103"/>
-[...2 lines deleted...]
-      <c r="E35" s="103"/>
+      <c r="B35" s="60"/>
+      <c r="C35" s="60"/>
+      <c r="D35" s="60"/>
+      <c r="E35" s="60"/>
       <c r="F35" s="55"/>
       <c r="G35" s="56"/>
       <c r="H35" s="57"/>
       <c r="I35" s="39"/>
       <c r="J35" s="9"/>
       <c r="K35" s="39"/>
       <c r="L35" s="39"/>
       <c r="M35" s="39"/>
       <c r="N35" s="39"/>
     </row>
     <row r="36" spans="1:18" s="1" customFormat="1" ht="49.35" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A36" s="40" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="52"/>
-      <c r="C36" s="100" t="s">
+      <c r="C36" s="61" t="s">
         <v>36</v>
       </c>
-      <c r="D36" s="101"/>
+      <c r="D36" s="63"/>
       <c r="E36" s="51"/>
-      <c r="F36" s="72" t="s">
+      <c r="F36" s="123" t="s">
         <v>37</v>
       </c>
-      <c r="G36" s="72"/>
+      <c r="G36" s="123"/>
       <c r="H36" s="50"/>
       <c r="I36" s="39"/>
       <c r="J36" s="9"/>
       <c r="K36" s="39"/>
       <c r="L36" s="39"/>
       <c r="M36" s="39"/>
       <c r="N36" s="39"/>
     </row>
     <row r="37" spans="1:18" s="3" customFormat="1" ht="49.35" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="98"/>
-[...6 lines deleted...]
-      <c r="H37" s="99"/>
+      <c r="A37" s="84"/>
+      <c r="B37" s="84"/>
+      <c r="C37" s="84"/>
+      <c r="D37" s="84"/>
+      <c r="E37" s="85"/>
+      <c r="F37" s="85"/>
+      <c r="G37" s="85"/>
+      <c r="H37" s="85"/>
       <c r="I37" s="23"/>
       <c r="J37" s="9"/>
       <c r="K37" s="23"/>
       <c r="L37" s="23"/>
       <c r="M37" s="23"/>
       <c r="N37" s="23"/>
     </row>
     <row r="38" spans="1:18" s="3" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="69" t="s">
+      <c r="A38" s="83" t="s">
         <v>38</v>
       </c>
-      <c r="B38" s="69"/>
-[...2 lines deleted...]
-      <c r="E38" s="69" t="s">
+      <c r="B38" s="83"/>
+      <c r="C38" s="83"/>
+      <c r="D38" s="83"/>
+      <c r="E38" s="83" t="s">
         <v>39</v>
       </c>
-      <c r="F38" s="69"/>
-[...1 lines deleted...]
-      <c r="H38" s="69"/>
+      <c r="F38" s="83"/>
+      <c r="G38" s="83"/>
+      <c r="H38" s="83"/>
       <c r="I38" s="23"/>
       <c r="J38" s="9"/>
       <c r="K38" s="23"/>
       <c r="L38" s="23"/>
       <c r="M38" s="23"/>
       <c r="N38" s="23"/>
     </row>
     <row r="39" spans="1:18" s="1" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="69" t="s">
+      <c r="A39" s="83" t="s">
         <v>40</v>
       </c>
-      <c r="B39" s="69"/>
-[...5 lines deleted...]
-      <c r="H39" s="69"/>
+      <c r="B39" s="83"/>
+      <c r="C39" s="83"/>
+      <c r="D39" s="83"/>
+      <c r="E39" s="83"/>
+      <c r="F39" s="83"/>
+      <c r="G39" s="83"/>
+      <c r="H39" s="83"/>
       <c r="I39" s="39"/>
       <c r="J39" s="9"/>
       <c r="K39" s="39"/>
       <c r="L39" s="39"/>
       <c r="M39" s="39"/>
       <c r="N39" s="39"/>
     </row>
     <row r="40" spans="1:18" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="70"/>
-[...6 lines deleted...]
-      <c r="H40" s="70"/>
+      <c r="A40" s="121"/>
+      <c r="B40" s="121"/>
+      <c r="C40" s="121"/>
+      <c r="D40" s="121"/>
+      <c r="E40" s="121"/>
+      <c r="F40" s="121"/>
+      <c r="G40" s="121"/>
+      <c r="H40" s="121"/>
       <c r="I40" s="23"/>
       <c r="J40" s="9"/>
       <c r="K40" s="23"/>
       <c r="L40" s="23"/>
       <c r="M40" s="23"/>
       <c r="N40" s="23"/>
     </row>
     <row r="41" spans="1:18" ht="79.349999999999994" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="70"/>
-[...6 lines deleted...]
-      <c r="H41" s="70"/>
+      <c r="A41" s="121"/>
+      <c r="B41" s="121"/>
+      <c r="C41" s="121"/>
+      <c r="D41" s="121"/>
+      <c r="E41" s="121"/>
+      <c r="F41" s="121"/>
+      <c r="G41" s="121"/>
+      <c r="H41" s="121"/>
       <c r="I41" s="8"/>
       <c r="J41" s="9"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
       <c r="N41" s="8"/>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A42" s="58" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="B42" s="8"/>
       <c r="C42" s="8"/>
       <c r="D42" s="8"/>
       <c r="E42" s="8"/>
       <c r="F42" s="8"/>
       <c r="G42" s="8"/>
       <c r="H42" s="8"/>
       <c r="I42" s="8"/>
       <c r="J42" s="9"/>
       <c r="K42" s="8"/>
       <c r="L42" s="8"/>
       <c r="M42" s="8"/>
       <c r="N42" s="8"/>
       <c r="O42" s="8"/>
       <c r="P42" s="8"/>
       <c r="Q42" s="8"/>
       <c r="R42" s="8"/>
     </row>
     <row r="48" spans="1:18" ht="17.25" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="49" spans="20:31" ht="66" x14ac:dyDescent="0.25">
       <c r="T49" s="12" t="s">
         <v>41</v>
       </c>
       <c r="U49" s="44"/>
       <c r="V49" s="8"/>
       <c r="W49" s="8"/>
       <c r="X49" s="8"/>
       <c r="Y49" s="8"/>
       <c r="Z49" s="8"/>
       <c r="AA49" s="8"/>
       <c r="AB49" s="8"/>
       <c r="AC49" s="3"/>
       <c r="AD49" s="3"/>
       <c r="AE49" s="3"/>
     </row>
     <row r="50" spans="20:31" x14ac:dyDescent="0.25">
-      <c r="T50" s="59" t="s">
+      <c r="T50" s="111" t="s">
         <v>56</v>
       </c>
-      <c r="U50" s="60"/>
+      <c r="U50" s="112"/>
       <c r="V50" s="8"/>
       <c r="W50" s="8"/>
       <c r="X50" s="8"/>
       <c r="Y50" s="8"/>
       <c r="Z50" s="8"/>
       <c r="AA50" s="8"/>
       <c r="AB50" s="8"/>
       <c r="AC50" s="3"/>
       <c r="AD50" s="3"/>
       <c r="AE50" s="3"/>
     </row>
     <row r="51" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T51" s="14" t="s">
         <v>42</v>
       </c>
       <c r="U51" s="42"/>
       <c r="V51" s="15"/>
       <c r="W51" s="8"/>
       <c r="X51" s="8"/>
       <c r="Y51" s="8"/>
       <c r="Z51" s="8"/>
       <c r="AA51" s="8"/>
       <c r="AB51" s="8"/>
       <c r="AC51" s="3"/>
       <c r="AD51" s="3"/>
@@ -2417,243 +2414,243 @@
       <c r="U54" s="42"/>
       <c r="V54" s="8"/>
       <c r="W54" s="8"/>
       <c r="X54" s="8"/>
       <c r="Y54" s="8"/>
       <c r="Z54" s="8"/>
       <c r="AA54" s="22" t="s">
         <v>58</v>
       </c>
       <c r="AB54" s="8"/>
       <c r="AC54" s="3"/>
       <c r="AD54" s="3"/>
       <c r="AE54" s="3"/>
     </row>
     <row r="55" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T55" s="14" t="s">
         <v>47</v>
       </c>
       <c r="U55" s="42"/>
       <c r="V55" s="8"/>
       <c r="W55" s="8"/>
       <c r="X55" s="8"/>
       <c r="Y55" s="8"/>
       <c r="Z55" s="8"/>
       <c r="AA55" s="22" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AB55" s="8"/>
       <c r="AC55" s="3"/>
       <c r="AD55" s="3"/>
       <c r="AE55" s="3"/>
     </row>
     <row r="56" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T56" s="14" t="s">
         <v>48</v>
       </c>
       <c r="U56" s="42"/>
       <c r="V56" s="8"/>
       <c r="W56" s="8"/>
       <c r="X56" s="8"/>
       <c r="Y56" s="8"/>
       <c r="Z56" s="8"/>
       <c r="AA56" s="22" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="AB56" s="8"/>
       <c r="AC56" s="3"/>
       <c r="AD56" s="3"/>
       <c r="AE56" s="3"/>
     </row>
     <row r="57" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T57" s="14" t="s">
         <v>49</v>
       </c>
       <c r="U57" s="42"/>
       <c r="V57" s="8"/>
       <c r="W57" s="8"/>
       <c r="X57" s="8"/>
       <c r="Y57" s="8"/>
       <c r="Z57" s="8"/>
       <c r="AA57" s="22" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AB57" s="8"/>
       <c r="AC57" s="1"/>
       <c r="AD57" s="1"/>
       <c r="AE57" s="1"/>
     </row>
     <row r="58" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T58" s="14" t="s">
         <v>50</v>
       </c>
       <c r="U58" s="42"/>
       <c r="V58" s="8"/>
       <c r="W58" s="8"/>
       <c r="X58" s="8"/>
       <c r="Y58" s="8"/>
       <c r="Z58" s="8"/>
       <c r="AA58" s="22" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="AB58" s="8"/>
       <c r="AC58" s="1"/>
       <c r="AD58" s="1"/>
       <c r="AE58" s="1"/>
     </row>
     <row r="59" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T59" s="14" t="s">
         <v>51</v>
       </c>
       <c r="U59" s="42"/>
       <c r="V59" s="8"/>
       <c r="W59" s="8"/>
       <c r="X59" s="8"/>
       <c r="Y59" s="8"/>
       <c r="Z59" s="8"/>
       <c r="AA59" s="22" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="AB59" s="8"/>
       <c r="AC59" s="1"/>
       <c r="AD59" s="1"/>
       <c r="AE59" s="1"/>
     </row>
     <row r="60" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T60" s="14" t="s">
         <v>52</v>
       </c>
       <c r="U60" s="42"/>
       <c r="V60" s="8"/>
       <c r="W60" s="8"/>
       <c r="X60" s="8"/>
       <c r="Y60" s="8"/>
       <c r="Z60" s="8"/>
       <c r="AA60" s="22" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="AB60" s="8"/>
       <c r="AC60" s="1"/>
       <c r="AD60" s="1"/>
       <c r="AE60" s="1"/>
     </row>
     <row r="61" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T61" s="14" t="s">
         <v>53</v>
       </c>
       <c r="U61" s="42"/>
       <c r="V61" s="23"/>
       <c r="W61" s="23"/>
       <c r="X61" s="23"/>
       <c r="Y61" s="23"/>
       <c r="Z61" s="23"/>
       <c r="AA61" s="22" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="AB61" s="23"/>
       <c r="AC61" s="1"/>
       <c r="AD61" s="1"/>
       <c r="AE61" s="1"/>
     </row>
     <row r="62" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T62" s="14" t="s">
         <v>54</v>
       </c>
       <c r="U62" s="42"/>
       <c r="V62" s="23"/>
       <c r="W62" s="23"/>
       <c r="X62" s="23"/>
       <c r="Y62" s="23"/>
       <c r="Z62" s="23"/>
       <c r="AA62" s="24" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="AB62" s="23"/>
       <c r="AC62" s="1"/>
       <c r="AD62" s="1"/>
       <c r="AE62" s="1"/>
     </row>
     <row r="63" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T63" s="14" t="s">
         <v>55</v>
       </c>
       <c r="U63" s="42"/>
       <c r="V63" s="23"/>
       <c r="W63" s="23"/>
       <c r="X63" s="23"/>
       <c r="Y63" s="23"/>
       <c r="Z63" s="23"/>
       <c r="AA63" s="24" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AB63" s="23"/>
       <c r="AC63" s="1"/>
       <c r="AD63" s="1"/>
       <c r="AE63" s="1"/>
     </row>
     <row r="64" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T64" s="25"/>
       <c r="U64" s="26"/>
       <c r="V64" s="23"/>
       <c r="W64" s="23"/>
       <c r="X64" s="23"/>
       <c r="Y64" s="23"/>
       <c r="Z64" s="23"/>
       <c r="AA64" s="24" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="AB64" s="23"/>
       <c r="AC64" s="1"/>
       <c r="AD64" s="1"/>
       <c r="AE64" s="1"/>
     </row>
     <row r="65" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T65" s="27"/>
       <c r="U65" s="28"/>
       <c r="V65" s="23"/>
       <c r="W65" s="23"/>
       <c r="X65" s="23"/>
       <c r="Y65" s="23"/>
       <c r="Z65" s="23"/>
       <c r="AA65" s="24" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="AB65" s="23"/>
       <c r="AC65" s="3"/>
       <c r="AD65" s="3"/>
       <c r="AE65" s="3"/>
     </row>
     <row r="66" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T66" s="27"/>
       <c r="U66" s="28"/>
       <c r="V66" s="23"/>
       <c r="W66" s="23"/>
       <c r="X66" s="23"/>
       <c r="Y66" s="23"/>
       <c r="Z66" s="23"/>
       <c r="AA66" s="24" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="AB66" s="23"/>
       <c r="AC66" s="3"/>
       <c r="AD66" s="3"/>
       <c r="AE66" s="3"/>
     </row>
     <row r="67" spans="20:31" ht="83.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="T67" s="30" t="s">
         <v>43</v>
       </c>
       <c r="U67" s="31">
         <f>SUM(U51:U63)</f>
         <v>0</v>
       </c>
       <c r="V67" s="23"/>
       <c r="W67" s="23"/>
       <c r="X67" s="23"/>
       <c r="Y67" s="23"/>
       <c r="Z67" s="23"/>
       <c r="AA67" s="23"/>
       <c r="AB67" s="23"/>
       <c r="AC67" s="1"/>
       <c r="AD67" s="1"/>
       <c r="AE67" s="1"/>
     </row>
@@ -2728,107 +2725,107 @@
       <c r="AC72" s="3"/>
       <c r="AD72" s="3"/>
       <c r="AE72" s="3"/>
     </row>
     <row r="73" spans="20:31" x14ac:dyDescent="0.25">
       <c r="T73" s="23"/>
       <c r="U73" s="23"/>
       <c r="V73" s="23"/>
       <c r="W73" s="3"/>
       <c r="X73" s="3"/>
       <c r="Y73" s="3"/>
       <c r="Z73" s="3"/>
       <c r="AA73" s="3"/>
       <c r="AB73" s="3"/>
       <c r="AC73" s="3"/>
       <c r="AD73" s="3"/>
       <c r="AE73" s="3"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="A14" name="Signature  Date"/>
     <protectedRange sqref="A2 F3 D7 D3:D5 E5 G5:G6 C3:C6 E7:E11 C8:D11" name="Provider Name"/>
   </protectedRanges>
   <mergeCells count="57">
+    <mergeCell ref="T50:U50"/>
+    <mergeCell ref="A19:H19"/>
+    <mergeCell ref="A13:H13"/>
+    <mergeCell ref="A14:H14"/>
+    <mergeCell ref="A17:H17"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="D16:F16"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="A20:H20"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="A39:H39"/>
+    <mergeCell ref="A40:H41"/>
+    <mergeCell ref="A27:H27"/>
+    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="E10:H10"/>
+    <mergeCell ref="E11:H11"/>
+    <mergeCell ref="A12:D12"/>
+    <mergeCell ref="E12:H12"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="G2:H2"/>
+    <mergeCell ref="E7:H7"/>
+    <mergeCell ref="E8:H8"/>
+    <mergeCell ref="E9:H9"/>
+    <mergeCell ref="G3:H3"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="B2:C2"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="B4:E5"/>
+    <mergeCell ref="B3:E3"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="F4:F5"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="E38:H38"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="E37:H37"/>
+    <mergeCell ref="C36:D36"/>
     <mergeCell ref="A35:E35"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="F21:H21"/>
     <mergeCell ref="F26:G26"/>
     <mergeCell ref="F23:G25"/>
     <mergeCell ref="H23:H25"/>
     <mergeCell ref="A21:D21"/>
     <mergeCell ref="A24:A25"/>
     <mergeCell ref="C24:C25"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="A22:A23"/>
     <mergeCell ref="F22:G22"/>
     <mergeCell ref="B22:B23"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="D24:D25"/>
     <mergeCell ref="B24:B25"/>
-    <mergeCell ref="A38:D38"/>
-[...39 lines deleted...]
-    <mergeCell ref="F36:G36"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G3:H3" xr:uid="{396A024E-10B6-42DC-BB32-A8C280E17267}">
       <formula1>$AA$55:$AA$66</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.50916666666666699" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="48" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;"Arial,Bold"Template 13</oddHeader>
     <oddFooter>&amp;LTemplate 13 - 8/3/2024</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B U D A A B Q S w M E F A A C A A g A C 0 8 D W a X l P 5 C l A A A A 9 w A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L d U Y Q z 5 l 4 V Y S E 6 J x S 2 q F R v g Y W i x 3 c + G R v I I Y R d 2 5 n D d v M X O / 3 i A d m j q 4 6 M 6 a F h M S U U 4 C j a o 9 G C w T 0 r t j u C S p h E 2 h T k W p g 1 F G G w / 2 k J D K u X P M m P e e + h l t u 5 I J z i O 2 z 9 a 5 q n R T k I 9 s / s u h Q e s K V J p I 2 L 3 G S E E j s a B i z g X l w C Y K m c G v I c b B z / Y H w q q v X d 9 p q T H c 5 s C m C O x 9 Q j 4 A U E s D B B Q A A g A I A A t P A 1 k P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A A L T w N Z K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A A L T w N Z p e U / k K U A A A D 3 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A C 0 8 D W Q / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A A L T w N Z K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 9 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A o N k g c Y L M y E y L U y D A w Q J V s A A A A A A C A A A A A A A D Z g A A w A A A A B A A A A A 6 3 t i B b 4 1 Y C G v 7 7 Q k X F d v e A A A A A A S A A A C g A A A A E A A A A F V d y w L 8 A h a R m 9 A O g R p p t K x Q A A A A / T g z U i s 1 S Q I m v T y t A / I C d F K l 8 4 F k / O B a 2 b b e R C 6 8 A C z s Z b k Z W Z d c F f j A Q n i V c x r m 9 G 1 6 D y o h d K P Z / I x + m 5 y f P q X s 3 P U 1 + U b m P r t / X 0 q 1 c z 0 U A A A A P w m i t I l H p B f K l g v V v B D 5 l c 8 G G 9 0 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00CCBCF1-9725-4286-8D91-A778AF91F671}">