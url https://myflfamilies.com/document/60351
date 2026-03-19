--- v0 (2025-10-08)
+++ v1 (2026-03-19)
@@ -1,118 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Office of Domestic Violence Contracts\TEMPLATES\FY 25-26\FY 25-26 Template Updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fldcf.sharepoint.com/teams/HQWDVPAllTeam/Shared Documents/Programs/Prevention/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F8DD0176-ED6A-4442-9149-A3EFC284AFFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="45" documentId="8_{F8DD0176-ED6A-4442-9149-A3EFC284AFFD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A1BFE44E-8DDA-4E39-8B54-24FFD55524E4}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{E9C74289-5B49-4365-9DB7-13646431F884}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="1" activeTab="1" xr2:uid="{E9C74289-5B49-4365-9DB7-13646431F884}"/>
   </bookViews>
   <sheets>
     <sheet name="Reporting Sched &amp; Deliverables" sheetId="4" r:id="rId1"/>
     <sheet name="Primary Prevention Report" sheetId="3" r:id="rId2"/>
     <sheet name="Drop Downs" sheetId="5" state="hidden" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="S15" i="3" l="1"/>
-[...21 lines deleted...]
-  <c r="S16" i="3" l="1"/>
+  <c r="S17" i="3" l="1"/>
+  <c r="S16" i="3"/>
+  <c r="H18" i="3"/>
+  <c r="I18" i="3"/>
+  <c r="J18" i="3"/>
+  <c r="K18" i="3"/>
+  <c r="L18" i="3"/>
+  <c r="M18" i="3"/>
+  <c r="N18" i="3"/>
+  <c r="O18" i="3"/>
+  <c r="P18" i="3"/>
+  <c r="Q18" i="3"/>
+  <c r="R18" i="3"/>
+  <c r="G18" i="3"/>
+  <c r="D65" i="3"/>
+  <c r="F65" i="3"/>
+  <c r="H65" i="3"/>
+  <c r="J65" i="3"/>
+  <c r="L65" i="3"/>
+  <c r="N65" i="3"/>
+  <c r="P65" i="3"/>
+  <c r="B65" i="3"/>
+  <c r="S18" i="3" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="97">
   <si>
     <t>Reporting</t>
   </si>
   <si>
     <t>This section is all the reporting documentation required in contract for primary prevention services.</t>
   </si>
   <si>
     <t>Report Title</t>
   </si>
   <si>
     <t>Reference in Contract</t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
     <t>Report Due Date(s)</t>
   </si>
   <si>
     <t>Primary Prevention Implementation Plan Activities Report (Template 9)</t>
   </si>
   <si>
     <t>Section C-2.11.3</t>
   </si>
   <si>
@@ -528,50 +531,56 @@
     <t>Capacity Building</t>
   </si>
   <si>
     <t>Number of Events/Meetings</t>
   </si>
   <si>
     <t>Number of Attendees</t>
   </si>
   <si>
     <t>Narrative</t>
   </si>
   <si>
     <t xml:space="preserve">Please report on any progress, successes, challenges, and changes related to your Primary Prevention Implementation Plan and other prevention related activities. </t>
   </si>
   <si>
     <t>Vacant</t>
   </si>
   <si>
     <t>Employed</t>
   </si>
   <si>
     <t>Completed</t>
   </si>
   <si>
     <t>N/A</t>
+  </si>
+  <si>
+    <t>Person Completing Report:</t>
+  </si>
+  <si>
+    <t>Email of Person Completing Report:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -710,51 +719,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="40">
+  <borders count="46">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1217,57 +1226,129 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="159">
+  <cellXfs count="178">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1328,131 +1409,263 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="12" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1475,275 +1688,200 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="9" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...46 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="1" xr:uid="{CAA759D8-FC39-4335-B51E-B28B9FC90120}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>63501</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>22860</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>685801</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>788670</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Large Rectangle Shape DCF DV Program Logo">
           <a:extLst>
@@ -1845,51 +1983,51 @@
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="r"/>
           <a:r>
             <a:rPr lang="en-US" sz="1100" i="1" kern="1200"/>
-            <a:t>Form updated 7.25.25</a:t>
+            <a:t>Form updated 11.6.25</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2162,2935 +2300,3313 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4FF5CC7-B8C1-4879-BFCB-95CE8993C9F8}">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="34.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.85546875" hidden="1"/>
+    <col min="1" max="1" width="34.7265625" customWidth="1"/>
+    <col min="2" max="2" width="47.453125" customWidth="1"/>
+    <col min="3" max="3" width="13.7265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="33.453125" customWidth="1"/>
+    <col min="5" max="16384" width="8.81640625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="24" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="42" t="s">
+    <row r="1" spans="1:4" ht="24" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A1" s="53" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="43"/>
-[...4 lines deleted...]
-      <c r="A2" s="51" t="s">
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="55"/>
+    </row>
+    <row r="2" spans="1:4" ht="19" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="62" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="52"/>
-[...3 lines deleted...]
-    <row r="3" spans="1:4" ht="21" x14ac:dyDescent="0.25">
+      <c r="B2" s="47"/>
+      <c r="C2" s="47"/>
+      <c r="D2" s="48"/>
+    </row>
+    <row r="3" spans="1:4" ht="21" x14ac:dyDescent="0.35">
       <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:4" ht="56.25" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" ht="55.5" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="38.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:4" ht="37.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="A7" s="45" t="s">
+    <row r="6" spans="1:4" ht="19" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="46"/>
+      <c r="B6" s="47"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="48"/>
+    </row>
+    <row r="7" spans="1:4" ht="24" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A7" s="56" t="s">
         <v>14</v>
       </c>
-      <c r="B7" s="46"/>
-[...4 lines deleted...]
-      <c r="A8" s="51" t="s">
+      <c r="B7" s="57"/>
+      <c r="C7" s="58"/>
+      <c r="D7" s="59"/>
+    </row>
+    <row r="8" spans="1:4" ht="19" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="62" t="s">
         <v>15</v>
       </c>
-      <c r="B8" s="52"/>
-[...3 lines deleted...]
-    <row r="9" spans="1:4" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="47"/>
+      <c r="C8" s="47"/>
+      <c r="D8" s="48"/>
+    </row>
+    <row r="9" spans="1:4" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="33" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="38" t="s">
         <v>17</v>
       </c>
-      <c r="C9" s="49" t="s">
+      <c r="C9" s="60" t="s">
         <v>4</v>
       </c>
-      <c r="D9" s="50"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:4" ht="112.5" x14ac:dyDescent="0.25">
+      <c r="D9" s="61"/>
+    </row>
+    <row r="10" spans="1:4" ht="111" x14ac:dyDescent="0.35">
       <c r="A10" s="34" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="37" t="s">
         <v>19</v>
       </c>
-      <c r="C10" s="59" t="s">
+      <c r="C10" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="D10" s="60"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:4" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D10" s="50"/>
+    </row>
+    <row r="11" spans="1:4" ht="89.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="35" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="C11" s="61" t="s">
+      <c r="C11" s="51" t="s">
         <v>22</v>
       </c>
-      <c r="D11" s="62"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="D11" s="52"/>
+    </row>
+    <row r="12" spans="1:4" ht="74" x14ac:dyDescent="0.35">
       <c r="A12" s="35" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="C12" s="54" t="s">
+      <c r="C12" s="42" t="s">
         <v>25</v>
       </c>
-      <c r="D12" s="55"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:4" ht="106.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D12" s="43"/>
+    </row>
+    <row r="13" spans="1:4" ht="106.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="35" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="61" t="s">
+      <c r="C13" s="51" t="s">
         <v>28</v>
       </c>
-      <c r="D13" s="62"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:4" ht="76.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D13" s="52"/>
+    </row>
+    <row r="14" spans="1:4" ht="76.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="35" t="s">
         <v>29</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="C14" s="61" t="s">
+      <c r="C14" s="51" t="s">
         <v>31</v>
       </c>
-      <c r="D14" s="62"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:4" ht="75" x14ac:dyDescent="0.25">
+      <c r="D14" s="52"/>
+    </row>
+    <row r="15" spans="1:4" ht="74" x14ac:dyDescent="0.35">
       <c r="A15" s="35" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="C15" s="54" t="s">
+      <c r="C15" s="42" t="s">
         <v>34</v>
       </c>
-      <c r="D15" s="55"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:4" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D15" s="43"/>
+    </row>
+    <row r="16" spans="1:4" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="36" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C16" s="56" t="s">
+      <c r="C16" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="D16" s="57"/>
+      <c r="D16" s="45"/>
     </row>
   </sheetData>
   <mergeCells count="13">
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A7:D7"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A8:D8"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C14:D14"/>
-    <mergeCell ref="A1:D1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A8:D8"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A578C27B-4CC5-4908-B929-2F198467F727}">
-  <dimension ref="A1:S90"/>
+  <dimension ref="A1:S92"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="G7" sqref="G7:S7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="11" customWidth="1"/>
-    <col min="2" max="2" width="8.85546875" customWidth="1"/>
+    <col min="2" max="2" width="8.81640625" customWidth="1"/>
     <col min="3" max="3" width="16" customWidth="1"/>
-    <col min="4" max="4" width="9.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="6" max="6" width="12.28515625" customWidth="1"/>
+    <col min="4" max="4" width="9.1796875" customWidth="1"/>
+    <col min="5" max="5" width="10.7265625" customWidth="1"/>
+    <col min="6" max="6" width="12.26953125" customWidth="1"/>
     <col min="7" max="7" width="10" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
-    <col min="9" max="9" width="10.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="20" max="16384" width="8.85546875" hidden="1"/>
+    <col min="9" max="9" width="10.7265625" customWidth="1"/>
+    <col min="10" max="10" width="8.81640625" customWidth="1"/>
+    <col min="11" max="11" width="10.54296875" customWidth="1"/>
+    <col min="12" max="12" width="10.7265625" customWidth="1"/>
+    <col min="13" max="19" width="8.81640625" customWidth="1"/>
+    <col min="20" max="16384" width="8.81640625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="21" x14ac:dyDescent="0.35">
-      <c r="A1" s="63" t="s">
+    <row r="1" spans="1:19" ht="21" x14ac:dyDescent="0.5">
+      <c r="A1" s="110" t="s">
         <v>36</v>
       </c>
-      <c r="B1" s="64"/>
-[...19 lines deleted...]
-      <c r="A2" s="85" t="s">
+      <c r="B1" s="111"/>
+      <c r="C1" s="111"/>
+      <c r="D1" s="111"/>
+      <c r="E1" s="111"/>
+      <c r="F1" s="111"/>
+      <c r="G1" s="111"/>
+      <c r="H1" s="111"/>
+      <c r="I1" s="111"/>
+      <c r="J1" s="111"/>
+      <c r="K1" s="111"/>
+      <c r="L1" s="111"/>
+      <c r="M1" s="111"/>
+      <c r="N1" s="111"/>
+      <c r="O1" s="111"/>
+      <c r="P1" s="111"/>
+      <c r="Q1" s="111"/>
+      <c r="R1" s="111"/>
+      <c r="S1" s="112"/>
+    </row>
+    <row r="2" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A2" s="129" t="s">
         <v>37</v>
       </c>
-      <c r="B2" s="86"/>
-[...40 lines deleted...]
-      <c r="A4" s="79" t="s">
+      <c r="B2" s="130"/>
+      <c r="C2" s="130"/>
+      <c r="D2" s="130"/>
+      <c r="E2" s="130"/>
+      <c r="F2" s="130"/>
+      <c r="G2" s="130"/>
+      <c r="H2" s="130"/>
+      <c r="I2" s="130"/>
+      <c r="J2" s="130"/>
+      <c r="K2" s="130"/>
+      <c r="L2" s="130"/>
+      <c r="M2" s="130"/>
+      <c r="N2" s="130"/>
+      <c r="O2" s="130"/>
+      <c r="P2" s="130"/>
+      <c r="Q2" s="130"/>
+      <c r="R2" s="130"/>
+      <c r="S2" s="131"/>
+    </row>
+    <row r="3" spans="1:19" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="132"/>
+      <c r="B3" s="133"/>
+      <c r="C3" s="133"/>
+      <c r="D3" s="133"/>
+      <c r="E3" s="133"/>
+      <c r="F3" s="133"/>
+      <c r="G3" s="133"/>
+      <c r="H3" s="133"/>
+      <c r="I3" s="133"/>
+      <c r="J3" s="133"/>
+      <c r="K3" s="133"/>
+      <c r="L3" s="133"/>
+      <c r="M3" s="133"/>
+      <c r="N3" s="133"/>
+      <c r="O3" s="133"/>
+      <c r="P3" s="133"/>
+      <c r="Q3" s="133"/>
+      <c r="R3" s="133"/>
+      <c r="S3" s="134"/>
+    </row>
+    <row r="4" spans="1:19" x14ac:dyDescent="0.35">
+      <c r="A4" s="123" t="s">
         <v>38</v>
       </c>
-      <c r="B4" s="80"/>
-[...39 lines deleted...]
-    <row r="6" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B4" s="124"/>
+      <c r="C4" s="124"/>
+      <c r="D4" s="124"/>
+      <c r="E4" s="124"/>
+      <c r="F4" s="124"/>
+      <c r="G4" s="124"/>
+      <c r="H4" s="124"/>
+      <c r="I4" s="124"/>
+      <c r="J4" s="124"/>
+      <c r="K4" s="124"/>
+      <c r="L4" s="124"/>
+      <c r="M4" s="124"/>
+      <c r="N4" s="124"/>
+      <c r="O4" s="124"/>
+      <c r="P4" s="124"/>
+      <c r="Q4" s="124"/>
+      <c r="R4" s="124"/>
+      <c r="S4" s="125"/>
+    </row>
+    <row r="5" spans="1:19" ht="22.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="126"/>
+      <c r="B5" s="127"/>
+      <c r="C5" s="127"/>
+      <c r="D5" s="127"/>
+      <c r="E5" s="127"/>
+      <c r="F5" s="127"/>
+      <c r="G5" s="127"/>
+      <c r="H5" s="127"/>
+      <c r="I5" s="127"/>
+      <c r="J5" s="127"/>
+      <c r="K5" s="127"/>
+      <c r="L5" s="127"/>
+      <c r="M5" s="127"/>
+      <c r="N5" s="127"/>
+      <c r="O5" s="127"/>
+      <c r="P5" s="127"/>
+      <c r="Q5" s="127"/>
+      <c r="R5" s="127"/>
+      <c r="S5" s="128"/>
+    </row>
+    <row r="6" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="23"/>
       <c r="B6" s="23"/>
       <c r="C6" s="23"/>
       <c r="D6" s="23"/>
       <c r="E6" s="23"/>
       <c r="F6" s="23"/>
       <c r="G6" s="23"/>
       <c r="H6" s="23"/>
       <c r="I6" s="23"/>
       <c r="J6" s="23"/>
       <c r="K6" s="23"/>
       <c r="L6" s="23"/>
       <c r="M6" s="23"/>
       <c r="N6" s="23"/>
       <c r="O6" s="23"/>
       <c r="P6" s="23"/>
       <c r="Q6" s="23"/>
       <c r="R6" s="23"/>
       <c r="S6" s="41"/>
     </row>
-    <row r="7" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="75" t="s">
+    <row r="7" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="119" t="s">
         <v>39</v>
       </c>
-      <c r="B7" s="76"/>
-[...19 lines deleted...]
-      <c r="A8" s="77" t="s">
+      <c r="B7" s="120"/>
+      <c r="C7" s="120"/>
+      <c r="D7" s="120"/>
+      <c r="E7" s="120"/>
+      <c r="F7" s="120"/>
+      <c r="G7" s="79"/>
+      <c r="H7" s="79"/>
+      <c r="I7" s="79"/>
+      <c r="J7" s="79"/>
+      <c r="K7" s="79"/>
+      <c r="L7" s="79"/>
+      <c r="M7" s="79"/>
+      <c r="N7" s="79"/>
+      <c r="O7" s="79"/>
+      <c r="P7" s="79"/>
+      <c r="Q7" s="79"/>
+      <c r="R7" s="79"/>
+      <c r="S7" s="80"/>
+    </row>
+    <row r="8" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A8" s="121" t="s">
         <v>40</v>
       </c>
-      <c r="B8" s="78"/>
-[...19 lines deleted...]
-      <c r="A9" s="77" t="s">
+      <c r="B8" s="122"/>
+      <c r="C8" s="122"/>
+      <c r="D8" s="122"/>
+      <c r="E8" s="122"/>
+      <c r="F8" s="122"/>
+      <c r="G8" s="81"/>
+      <c r="H8" s="81"/>
+      <c r="I8" s="81"/>
+      <c r="J8" s="81"/>
+      <c r="K8" s="81"/>
+      <c r="L8" s="81"/>
+      <c r="M8" s="81"/>
+      <c r="N8" s="81"/>
+      <c r="O8" s="81"/>
+      <c r="P8" s="81"/>
+      <c r="Q8" s="81"/>
+      <c r="R8" s="81"/>
+      <c r="S8" s="82"/>
+    </row>
+    <row r="9" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A9" s="121" t="s">
         <v>41</v>
       </c>
-      <c r="B9" s="78"/>
-[...19 lines deleted...]
-      <c r="A10" s="114" t="s">
+      <c r="B9" s="122"/>
+      <c r="C9" s="122"/>
+      <c r="D9" s="122"/>
+      <c r="E9" s="122"/>
+      <c r="F9" s="122"/>
+      <c r="G9" s="81"/>
+      <c r="H9" s="81"/>
+      <c r="I9" s="81"/>
+      <c r="J9" s="81"/>
+      <c r="K9" s="81"/>
+      <c r="L9" s="81"/>
+      <c r="M9" s="81"/>
+      <c r="N9" s="81"/>
+      <c r="O9" s="81"/>
+      <c r="P9" s="81"/>
+      <c r="Q9" s="81"/>
+      <c r="R9" s="81"/>
+      <c r="S9" s="82"/>
+    </row>
+    <row r="10" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="172" t="s">
         <v>42</v>
       </c>
-      <c r="B10" s="115"/>
-[...40 lines deleted...]
-      <c r="A12" s="111" t="s">
+      <c r="B10" s="173"/>
+      <c r="C10" s="173"/>
+      <c r="D10" s="173"/>
+      <c r="E10" s="173"/>
+      <c r="F10" s="174"/>
+      <c r="G10" s="83"/>
+      <c r="H10" s="83"/>
+      <c r="I10" s="83"/>
+      <c r="J10" s="83"/>
+      <c r="K10" s="83"/>
+      <c r="L10" s="83"/>
+      <c r="M10" s="83"/>
+      <c r="N10" s="83"/>
+      <c r="O10" s="83"/>
+      <c r="P10" s="83"/>
+      <c r="Q10" s="83"/>
+      <c r="R10" s="83"/>
+      <c r="S10" s="84"/>
+    </row>
+    <row r="11" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="172" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" s="173"/>
+      <c r="C11" s="173"/>
+      <c r="D11" s="173"/>
+      <c r="E11" s="173"/>
+      <c r="F11" s="174"/>
+      <c r="G11" s="83"/>
+      <c r="H11" s="83"/>
+      <c r="I11" s="83"/>
+      <c r="J11" s="83"/>
+      <c r="K11" s="83"/>
+      <c r="L11" s="83"/>
+      <c r="M11" s="83"/>
+      <c r="N11" s="83"/>
+      <c r="O11" s="83"/>
+      <c r="P11" s="83"/>
+      <c r="Q11" s="83"/>
+      <c r="R11" s="83"/>
+      <c r="S11" s="84"/>
+    </row>
+    <row r="12" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="175"/>
+      <c r="B12" s="176"/>
+      <c r="C12" s="176" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" s="176"/>
+      <c r="E12" s="176"/>
+      <c r="F12" s="177"/>
+      <c r="G12" s="169"/>
+      <c r="H12" s="170"/>
+      <c r="I12" s="170"/>
+      <c r="J12" s="170"/>
+      <c r="K12" s="170"/>
+      <c r="L12" s="170"/>
+      <c r="M12" s="170"/>
+      <c r="N12" s="170"/>
+      <c r="O12" s="170"/>
+      <c r="P12" s="170"/>
+      <c r="Q12" s="170"/>
+      <c r="R12" s="170"/>
+      <c r="S12" s="171"/>
+    </row>
+    <row r="13" spans="1:19" s="1" customFormat="1" ht="18.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="147"/>
+      <c r="B13" s="148"/>
+      <c r="C13" s="148"/>
+      <c r="D13" s="148"/>
+      <c r="E13" s="148"/>
+      <c r="F13" s="148"/>
+      <c r="G13" s="147"/>
+      <c r="H13" s="148"/>
+      <c r="I13" s="148"/>
+      <c r="J13" s="148"/>
+      <c r="K13" s="148"/>
+      <c r="L13" s="148"/>
+      <c r="M13" s="148"/>
+      <c r="N13" s="148"/>
+      <c r="O13" s="148"/>
+      <c r="P13" s="148"/>
+      <c r="Q13" s="148"/>
+      <c r="R13" s="148"/>
+      <c r="S13" s="149"/>
+    </row>
+    <row r="14" spans="1:19" s="1" customFormat="1" ht="37.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="139" t="s">
         <v>43</v>
       </c>
-      <c r="B12" s="112"/>
-[...19 lines deleted...]
-      <c r="A13" s="110" t="s">
+      <c r="B14" s="140"/>
+      <c r="C14" s="140"/>
+      <c r="D14" s="140"/>
+      <c r="E14" s="140"/>
+      <c r="F14" s="140"/>
+      <c r="G14" s="140"/>
+      <c r="H14" s="140"/>
+      <c r="I14" s="140"/>
+      <c r="J14" s="140"/>
+      <c r="K14" s="140"/>
+      <c r="L14" s="140"/>
+      <c r="M14" s="140"/>
+      <c r="N14" s="140"/>
+      <c r="O14" s="140"/>
+      <c r="P14" s="140"/>
+      <c r="Q14" s="140"/>
+      <c r="R14" s="140"/>
+      <c r="S14" s="141"/>
+    </row>
+    <row r="15" spans="1:19" s="1" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="138" t="s">
         <v>44</v>
       </c>
-      <c r="B13" s="110"/>
-[...4 lines deleted...]
-      <c r="G13" s="2" t="s">
+      <c r="B15" s="138"/>
+      <c r="C15" s="138"/>
+      <c r="D15" s="138"/>
+      <c r="E15" s="138"/>
+      <c r="F15" s="138"/>
+      <c r="G15" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="H13" s="2" t="s">
+      <c r="H15" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I13" s="2" t="s">
+      <c r="I15" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="J13" s="2" t="s">
+      <c r="J15" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="K13" s="2" t="s">
+      <c r="K15" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="L13" s="2" t="s">
+      <c r="L15" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="M13" s="2" t="s">
+      <c r="M15" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="N13" s="2" t="s">
+      <c r="N15" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="O13" s="2" t="s">
+      <c r="O15" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="P13" s="2" t="s">
+      <c r="P15" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="Q13" s="2" t="s">
+      <c r="Q15" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="R13" s="13" t="s">
+      <c r="R15" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="S13" s="14" t="s">
+      <c r="S15" s="14" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="14" spans="1:19" s="1" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="107" t="s">
+    <row r="16" spans="1:19" s="1" customFormat="1" ht="40.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="135" t="s">
         <v>58</v>
       </c>
-      <c r="B14" s="107"/>
-[...17 lines deleted...]
-        <f>SUM(G14:R14)</f>
+      <c r="B16" s="135"/>
+      <c r="C16" s="135"/>
+      <c r="D16" s="135"/>
+      <c r="E16" s="135"/>
+      <c r="F16" s="135"/>
+      <c r="G16" s="15"/>
+      <c r="H16" s="15"/>
+      <c r="I16" s="15"/>
+      <c r="J16" s="15"/>
+      <c r="K16" s="15"/>
+      <c r="L16" s="15"/>
+      <c r="M16" s="15"/>
+      <c r="N16" s="15"/>
+      <c r="O16" s="15"/>
+      <c r="P16" s="15"/>
+      <c r="Q16" s="15"/>
+      <c r="R16" s="16"/>
+      <c r="S16" s="17">
+        <f>SUM(G16:R16)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:19" s="1" customFormat="1" ht="40.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="107" t="s">
+    <row r="17" spans="1:19" s="12" customFormat="1" ht="37.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="135" t="s">
         <v>59</v>
       </c>
-      <c r="B15" s="107"/>
-[...17 lines deleted...]
-        <f>SUM(G15:R15)</f>
+      <c r="B17" s="135"/>
+      <c r="C17" s="135"/>
+      <c r="D17" s="135"/>
+      <c r="E17" s="135"/>
+      <c r="F17" s="135"/>
+      <c r="G17" s="15"/>
+      <c r="H17" s="15"/>
+      <c r="I17" s="15"/>
+      <c r="J17" s="15"/>
+      <c r="K17" s="15"/>
+      <c r="L17" s="15"/>
+      <c r="M17" s="15"/>
+      <c r="N17" s="15"/>
+      <c r="O17" s="15"/>
+      <c r="P17" s="15"/>
+      <c r="Q17" s="15"/>
+      <c r="R17" s="16"/>
+      <c r="S17" s="17">
+        <f>SUM(G17:R17)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:19" s="12" customFormat="1" ht="37.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="108" t="s">
+    <row r="18" spans="1:19" s="28" customFormat="1" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A18" s="136" t="s">
         <v>60</v>
       </c>
-      <c r="B16" s="109"/>
-[...5 lines deleted...]
-        <f>SUM(G15/G14)</f>
+      <c r="B18" s="137"/>
+      <c r="C18" s="137"/>
+      <c r="D18" s="137"/>
+      <c r="E18" s="137"/>
+      <c r="F18" s="137"/>
+      <c r="G18" s="18" t="e">
+        <f>SUM(G17/G16)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H16" s="18" t="e">
-        <f t="shared" ref="H16:S16" si="0">SUM(H15/H14)</f>
+      <c r="H18" s="18" t="e">
+        <f t="shared" ref="H18:S18" si="0">SUM(H17/H16)</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="I16" s="18" t="e">
+      <c r="I18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="J16" s="18" t="e">
+      <c r="J18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="K16" s="18" t="e">
+      <c r="K18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="L16" s="18" t="e">
+      <c r="L18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="M16" s="18" t="e">
+      <c r="M18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="N16" s="18" t="e">
+      <c r="N18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="O16" s="18" t="e">
+      <c r="O18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="P16" s="18" t="e">
+      <c r="P18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="Q16" s="18" t="e">
+      <c r="Q18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="R16" s="18" t="e">
+      <c r="R18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
-      <c r="S16" s="18" t="e">
+      <c r="S18" s="18" t="e">
         <f t="shared" si="0"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="17" spans="1:19" s="28" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-      <c r="A18" s="66" t="s">
+    <row r="19" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A19" s="22"/>
+      <c r="B19" s="22"/>
+      <c r="C19" s="22"/>
+      <c r="D19" s="22"/>
+      <c r="E19" s="22"/>
+      <c r="F19" s="22"/>
+      <c r="G19" s="22"/>
+      <c r="H19" s="22"/>
+      <c r="I19" s="22"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="22"/>
+      <c r="L19" s="22"/>
+      <c r="M19" s="22"/>
+      <c r="N19" s="22"/>
+      <c r="O19" s="22"/>
+      <c r="P19" s="22"/>
+      <c r="Q19" s="22"/>
+      <c r="R19" s="22"/>
+      <c r="S19" s="22"/>
+    </row>
+    <row r="20" spans="1:19" ht="19" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A20" s="166" t="s">
         <v>61</v>
       </c>
-      <c r="B18" s="67"/>
-[...19 lines deleted...]
-      <c r="A19" s="91" t="s">
+      <c r="B20" s="167"/>
+      <c r="C20" s="167"/>
+      <c r="D20" s="167"/>
+      <c r="E20" s="167"/>
+      <c r="F20" s="167"/>
+      <c r="G20" s="167"/>
+      <c r="H20" s="167"/>
+      <c r="I20" s="167"/>
+      <c r="J20" s="167"/>
+      <c r="K20" s="167"/>
+      <c r="L20" s="167"/>
+      <c r="M20" s="167"/>
+      <c r="N20" s="168"/>
+      <c r="O20" s="29"/>
+      <c r="P20" s="29"/>
+      <c r="Q20" s="29"/>
+      <c r="R20" s="29"/>
+      <c r="S20" s="29"/>
+    </row>
+    <row r="21" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A21" s="96" t="s">
         <v>62</v>
       </c>
-      <c r="B19" s="92"/>
-      <c r="C19" s="97" t="s">
+      <c r="B21" s="97"/>
+      <c r="C21" s="160" t="s">
         <v>63</v>
       </c>
-      <c r="D19" s="97"/>
-[...19 lines deleted...]
-      <c r="C20" s="24" t="s">
+      <c r="D21" s="161"/>
+      <c r="E21" s="161"/>
+      <c r="F21" s="161"/>
+      <c r="G21" s="161"/>
+      <c r="H21" s="161"/>
+      <c r="I21" s="161"/>
+      <c r="J21" s="161"/>
+      <c r="K21" s="161"/>
+      <c r="L21" s="161"/>
+      <c r="M21" s="161"/>
+      <c r="N21" s="162"/>
+      <c r="O21" s="29"/>
+      <c r="P21" s="29"/>
+      <c r="Q21" s="29"/>
+      <c r="R21" s="29"/>
+      <c r="S21" s="29"/>
+    </row>
+    <row r="22" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A22" s="98"/>
+      <c r="B22" s="99"/>
+      <c r="C22" s="24" t="s">
         <v>45</v>
       </c>
-      <c r="D20" s="24" t="s">
+      <c r="D22" s="24" t="s">
         <v>46</v>
       </c>
-      <c r="E20" s="24" t="s">
+      <c r="E22" s="24" t="s">
         <v>47</v>
       </c>
-      <c r="F20" s="24" t="s">
+      <c r="F22" s="24" t="s">
         <v>48</v>
       </c>
-      <c r="G20" s="24" t="s">
+      <c r="G22" s="24" t="s">
         <v>49</v>
       </c>
-      <c r="H20" s="24" t="s">
+      <c r="H22" s="24" t="s">
         <v>50</v>
       </c>
-      <c r="I20" s="24" t="s">
+      <c r="I22" s="24" t="s">
         <v>51</v>
       </c>
-      <c r="J20" s="24" t="s">
+      <c r="J22" s="24" t="s">
         <v>52</v>
       </c>
-      <c r="K20" s="24" t="s">
+      <c r="K22" s="24" t="s">
         <v>53</v>
       </c>
-      <c r="L20" s="24" t="s">
+      <c r="L22" s="24" t="s">
         <v>54</v>
       </c>
-      <c r="M20" s="24" t="s">
+      <c r="M22" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="N20" s="25" t="s">
+      <c r="N22" s="25" t="s">
         <v>56</v>
       </c>
-      <c r="O20" s="22"/>
-[...45 lines deleted...]
-      <c r="O22" s="30"/>
+      <c r="O22" s="22"/>
       <c r="P22" s="22"/>
       <c r="Q22" s="22"/>
       <c r="R22" s="22"/>
       <c r="S22" s="22"/>
     </row>
-    <row r="23" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      </c>
+    <row r="23" spans="1:19" ht="29.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="100"/>
+      <c r="B23" s="101"/>
+      <c r="C23" s="26"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="26"/>
+      <c r="F23" s="26"/>
+      <c r="G23" s="26"/>
+      <c r="H23" s="26"/>
+      <c r="I23" s="26"/>
+      <c r="J23" s="26"/>
+      <c r="K23" s="26"/>
+      <c r="L23" s="26"/>
+      <c r="M23" s="26"/>
+      <c r="N23" s="27"/>
       <c r="O23" s="22"/>
       <c r="P23" s="22"/>
       <c r="Q23" s="22"/>
       <c r="R23" s="22"/>
       <c r="S23" s="22"/>
     </row>
-    <row r="24" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="O24" s="22"/>
+    <row r="24" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A24" s="102" t="s">
+        <v>64</v>
+      </c>
+      <c r="B24" s="103"/>
+      <c r="C24" s="163" t="s">
+        <v>65</v>
+      </c>
+      <c r="D24" s="164"/>
+      <c r="E24" s="164"/>
+      <c r="F24" s="164"/>
+      <c r="G24" s="164"/>
+      <c r="H24" s="164"/>
+      <c r="I24" s="164"/>
+      <c r="J24" s="164"/>
+      <c r="K24" s="164"/>
+      <c r="L24" s="164"/>
+      <c r="M24" s="164"/>
+      <c r="N24" s="165"/>
+      <c r="O24" s="30"/>
       <c r="P24" s="22"/>
       <c r="Q24" s="22"/>
       <c r="R24" s="22"/>
       <c r="S24" s="22"/>
     </row>
-    <row r="25" spans="1:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="O25" s="29"/>
+    <row r="25" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A25" s="104"/>
+      <c r="B25" s="105"/>
+      <c r="C25" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D25" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E25" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F25" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G25" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H25" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="I25" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="J25" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K25" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L25" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M25" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N25" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="O25" s="22"/>
       <c r="P25" s="22"/>
       <c r="Q25" s="22"/>
       <c r="R25" s="22"/>
       <c r="S25" s="22"/>
     </row>
-    <row r="26" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      </c>
+    <row r="26" spans="1:19" ht="31.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="106"/>
+      <c r="B26" s="107"/>
+      <c r="C26" s="26"/>
+      <c r="D26" s="26"/>
+      <c r="E26" s="26"/>
+      <c r="F26" s="26"/>
+      <c r="G26" s="26"/>
+      <c r="H26" s="26"/>
+      <c r="I26" s="26"/>
+      <c r="J26" s="26"/>
+      <c r="K26" s="26"/>
+      <c r="L26" s="26"/>
+      <c r="M26" s="26"/>
+      <c r="N26" s="27"/>
       <c r="O26" s="22"/>
       <c r="P26" s="22"/>
       <c r="Q26" s="22"/>
       <c r="R26" s="22"/>
       <c r="S26" s="22"/>
     </row>
-    <row r="27" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="O27" s="22"/>
+    <row r="27" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A27" s="96" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" s="97"/>
+      <c r="C27" s="163" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="164"/>
+      <c r="E27" s="164"/>
+      <c r="F27" s="164"/>
+      <c r="G27" s="164"/>
+      <c r="H27" s="164"/>
+      <c r="I27" s="164"/>
+      <c r="J27" s="164"/>
+      <c r="K27" s="164"/>
+      <c r="L27" s="164"/>
+      <c r="M27" s="164"/>
+      <c r="N27" s="165"/>
+      <c r="O27" s="29"/>
       <c r="P27" s="22"/>
       <c r="Q27" s="22"/>
       <c r="R27" s="22"/>
       <c r="S27" s="22"/>
     </row>
-    <row r="28" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="O28" s="29"/>
+    <row r="28" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A28" s="98"/>
+      <c r="B28" s="99"/>
+      <c r="C28" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D28" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E28" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F28" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G28" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H28" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="I28" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="J28" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K28" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L28" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M28" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N28" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="O28" s="22"/>
       <c r="P28" s="22"/>
       <c r="Q28" s="22"/>
       <c r="R28" s="22"/>
       <c r="S28" s="22"/>
     </row>
-    <row r="29" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      </c>
+    <row r="29" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="100"/>
+      <c r="B29" s="101"/>
+      <c r="C29" s="26"/>
+      <c r="D29" s="26"/>
+      <c r="E29" s="26"/>
+      <c r="F29" s="26"/>
+      <c r="G29" s="26"/>
+      <c r="H29" s="26"/>
+      <c r="I29" s="26"/>
+      <c r="J29" s="26"/>
+      <c r="K29" s="26"/>
+      <c r="L29" s="26"/>
+      <c r="M29" s="26"/>
+      <c r="N29" s="27"/>
       <c r="O29" s="22"/>
       <c r="P29" s="22"/>
       <c r="Q29" s="22"/>
       <c r="R29" s="22"/>
       <c r="S29" s="22"/>
     </row>
-    <row r="30" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="O30" s="22"/>
+    <row r="30" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A30" s="102" t="s">
+        <v>68</v>
+      </c>
+      <c r="B30" s="103"/>
+      <c r="C30" s="160" t="s">
+        <v>69</v>
+      </c>
+      <c r="D30" s="161"/>
+      <c r="E30" s="161"/>
+      <c r="F30" s="161"/>
+      <c r="G30" s="161"/>
+      <c r="H30" s="161"/>
+      <c r="I30" s="161"/>
+      <c r="J30" s="161"/>
+      <c r="K30" s="161"/>
+      <c r="L30" s="161"/>
+      <c r="M30" s="161"/>
+      <c r="N30" s="162"/>
+      <c r="O30" s="29"/>
       <c r="P30" s="22"/>
       <c r="Q30" s="22"/>
       <c r="R30" s="22"/>
       <c r="S30" s="22"/>
     </row>
-    <row r="31" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="O31" s="29"/>
+    <row r="31" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A31" s="104"/>
+      <c r="B31" s="105"/>
+      <c r="C31" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D31" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E31" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F31" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G31" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H31" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="I31" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="J31" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K31" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L31" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M31" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N31" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="O31" s="22"/>
       <c r="P31" s="22"/>
       <c r="Q31" s="22"/>
       <c r="R31" s="22"/>
       <c r="S31" s="22"/>
     </row>
-    <row r="32" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      </c>
+    <row r="32" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A32" s="106"/>
+      <c r="B32" s="107"/>
+      <c r="C32" s="26"/>
+      <c r="D32" s="26"/>
+      <c r="E32" s="26"/>
+      <c r="F32" s="26"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="26"/>
+      <c r="J32" s="26"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="26"/>
+      <c r="M32" s="26"/>
+      <c r="N32" s="27"/>
       <c r="O32" s="22"/>
       <c r="P32" s="22"/>
       <c r="Q32" s="22"/>
       <c r="R32" s="22"/>
       <c r="S32" s="22"/>
     </row>
-    <row r="33" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="O33" s="22"/>
+    <row r="33" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A33" s="96" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" s="97"/>
+      <c r="C33" s="160" t="s">
+        <v>71</v>
+      </c>
+      <c r="D33" s="161"/>
+      <c r="E33" s="161"/>
+      <c r="F33" s="161"/>
+      <c r="G33" s="161"/>
+      <c r="H33" s="161"/>
+      <c r="I33" s="161"/>
+      <c r="J33" s="161"/>
+      <c r="K33" s="161"/>
+      <c r="L33" s="161"/>
+      <c r="M33" s="161"/>
+      <c r="N33" s="162"/>
+      <c r="O33" s="29"/>
       <c r="P33" s="22"/>
       <c r="Q33" s="22"/>
       <c r="R33" s="22"/>
       <c r="S33" s="22"/>
     </row>
-    <row r="34" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="O34" s="29"/>
+    <row r="34" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A34" s="98"/>
+      <c r="B34" s="99"/>
+      <c r="C34" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D34" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E34" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F34" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G34" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H34" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="I34" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="J34" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K34" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L34" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M34" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N34" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="O34" s="22"/>
       <c r="P34" s="22"/>
       <c r="Q34" s="22"/>
       <c r="R34" s="22"/>
       <c r="S34" s="22"/>
     </row>
-    <row r="35" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      </c>
+    <row r="35" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="100"/>
+      <c r="B35" s="101"/>
+      <c r="C35" s="26"/>
+      <c r="D35" s="26"/>
+      <c r="E35" s="26"/>
+      <c r="F35" s="26"/>
+      <c r="G35" s="26"/>
+      <c r="H35" s="26"/>
+      <c r="I35" s="26"/>
+      <c r="J35" s="26"/>
+      <c r="K35" s="26"/>
+      <c r="L35" s="26"/>
+      <c r="M35" s="26"/>
+      <c r="N35" s="27"/>
       <c r="O35" s="22"/>
       <c r="P35" s="22"/>
       <c r="Q35" s="22"/>
       <c r="R35" s="22"/>
       <c r="S35" s="22"/>
     </row>
-    <row r="36" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="O36" s="22"/>
+    <row r="36" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A36" s="102" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" s="103"/>
+      <c r="C36" s="160" t="s">
+        <v>73</v>
+      </c>
+      <c r="D36" s="161"/>
+      <c r="E36" s="161"/>
+      <c r="F36" s="161"/>
+      <c r="G36" s="161"/>
+      <c r="H36" s="161"/>
+      <c r="I36" s="161"/>
+      <c r="J36" s="161"/>
+      <c r="K36" s="161"/>
+      <c r="L36" s="161"/>
+      <c r="M36" s="161"/>
+      <c r="N36" s="162"/>
+      <c r="O36" s="29"/>
       <c r="P36" s="22"/>
       <c r="Q36" s="22"/>
       <c r="R36" s="22"/>
       <c r="S36" s="22"/>
     </row>
-    <row r="37" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="O37" s="29"/>
+    <row r="37" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A37" s="104"/>
+      <c r="B37" s="105"/>
+      <c r="C37" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D37" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E37" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F37" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G37" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H37" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="I37" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="J37" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K37" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L37" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M37" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N37" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="O37" s="22"/>
       <c r="P37" s="22"/>
       <c r="Q37" s="22"/>
       <c r="R37" s="22"/>
       <c r="S37" s="22"/>
     </row>
-    <row r="38" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      </c>
+    <row r="38" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A38" s="106"/>
+      <c r="B38" s="107"/>
+      <c r="C38" s="26"/>
+      <c r="D38" s="26"/>
+      <c r="E38" s="26"/>
+      <c r="F38" s="26"/>
+      <c r="G38" s="26"/>
+      <c r="H38" s="26"/>
+      <c r="I38" s="26"/>
+      <c r="J38" s="26"/>
+      <c r="K38" s="26"/>
+      <c r="L38" s="26"/>
+      <c r="M38" s="26"/>
+      <c r="N38" s="27"/>
       <c r="O38" s="22"/>
       <c r="P38" s="22"/>
       <c r="Q38" s="22"/>
       <c r="R38" s="22"/>
       <c r="S38" s="22"/>
     </row>
-    <row r="39" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="O39" s="22"/>
+    <row r="39" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A39" s="96" t="s">
+        <v>74</v>
+      </c>
+      <c r="B39" s="97"/>
+      <c r="C39" s="160" t="s">
+        <v>75</v>
+      </c>
+      <c r="D39" s="161"/>
+      <c r="E39" s="161"/>
+      <c r="F39" s="161"/>
+      <c r="G39" s="161"/>
+      <c r="H39" s="161"/>
+      <c r="I39" s="161"/>
+      <c r="J39" s="161"/>
+      <c r="K39" s="161"/>
+      <c r="L39" s="161"/>
+      <c r="M39" s="161"/>
+      <c r="N39" s="162"/>
+      <c r="O39" s="29"/>
       <c r="P39" s="22"/>
       <c r="Q39" s="22"/>
       <c r="R39" s="22"/>
       <c r="S39" s="22"/>
     </row>
-    <row r="40" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="O40" s="29"/>
+    <row r="40" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A40" s="98"/>
+      <c r="B40" s="99"/>
+      <c r="C40" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D40" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E40" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F40" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G40" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H40" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="I40" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="J40" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K40" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L40" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M40" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N40" s="25" t="s">
+        <v>56</v>
+      </c>
+      <c r="O40" s="22"/>
       <c r="P40" s="22"/>
       <c r="Q40" s="22"/>
       <c r="R40" s="22"/>
       <c r="S40" s="22"/>
     </row>
-    <row r="41" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      </c>
+    <row r="41" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A41" s="100"/>
+      <c r="B41" s="101"/>
+      <c r="C41" s="26"/>
+      <c r="D41" s="26"/>
+      <c r="E41" s="26"/>
+      <c r="F41" s="26"/>
+      <c r="G41" s="26"/>
+      <c r="H41" s="26"/>
+      <c r="I41" s="26"/>
+      <c r="J41" s="26"/>
+      <c r="K41" s="26"/>
+      <c r="L41" s="26"/>
+      <c r="M41" s="26"/>
+      <c r="N41" s="27"/>
       <c r="O41" s="22"/>
       <c r="P41" s="22"/>
       <c r="Q41" s="22"/>
       <c r="R41" s="22"/>
       <c r="S41" s="22"/>
     </row>
-    <row r="42" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="O42" s="22"/>
+    <row r="42" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A42" s="102" t="s">
+        <v>76</v>
+      </c>
+      <c r="B42" s="103"/>
+      <c r="C42" s="160" t="s">
+        <v>77</v>
+      </c>
+      <c r="D42" s="161"/>
+      <c r="E42" s="161"/>
+      <c r="F42" s="161"/>
+      <c r="G42" s="161"/>
+      <c r="H42" s="161"/>
+      <c r="I42" s="161"/>
+      <c r="J42" s="161"/>
+      <c r="K42" s="161"/>
+      <c r="L42" s="161"/>
+      <c r="M42" s="161"/>
+      <c r="N42" s="162"/>
+      <c r="O42" s="29"/>
       <c r="P42" s="22"/>
       <c r="Q42" s="22"/>
       <c r="R42" s="22"/>
       <c r="S42" s="22"/>
     </row>
-    <row r="43" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="N43" s="98"/>
+    <row r="43" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A43" s="104"/>
+      <c r="B43" s="105"/>
+      <c r="C43" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D43" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E43" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F43" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G43" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H43" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="I43" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="J43" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K43" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L43" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M43" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N43" s="25" t="s">
+        <v>56</v>
+      </c>
       <c r="O43" s="22"/>
       <c r="P43" s="22"/>
       <c r="Q43" s="22"/>
       <c r="R43" s="22"/>
       <c r="S43" s="22"/>
     </row>
-    <row r="44" spans="1:19" ht="15.75" x14ac:dyDescent="0.25">
-[...37 lines deleted...]
-      </c>
+    <row r="44" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A44" s="106"/>
+      <c r="B44" s="107"/>
+      <c r="C44" s="26"/>
+      <c r="D44" s="26"/>
+      <c r="E44" s="26"/>
+      <c r="F44" s="26"/>
+      <c r="G44" s="26"/>
+      <c r="H44" s="26"/>
+      <c r="I44" s="26"/>
+      <c r="J44" s="26"/>
+      <c r="K44" s="26"/>
+      <c r="L44" s="26"/>
+      <c r="M44" s="26"/>
+      <c r="N44" s="27"/>
       <c r="O44" s="22"/>
       <c r="P44" s="22"/>
       <c r="Q44" s="22"/>
       <c r="R44" s="22"/>
       <c r="S44" s="22"/>
     </row>
-    <row r="45" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="N45" s="27"/>
+    <row r="45" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A45" s="96" t="s">
+        <v>78</v>
+      </c>
+      <c r="B45" s="97"/>
+      <c r="C45" s="160" t="s">
+        <v>79</v>
+      </c>
+      <c r="D45" s="161"/>
+      <c r="E45" s="161"/>
+      <c r="F45" s="161"/>
+      <c r="G45" s="161"/>
+      <c r="H45" s="161"/>
+      <c r="I45" s="161"/>
+      <c r="J45" s="161"/>
+      <c r="K45" s="161"/>
+      <c r="L45" s="161"/>
+      <c r="M45" s="161"/>
+      <c r="N45" s="162"/>
       <c r="O45" s="22"/>
       <c r="P45" s="22"/>
       <c r="Q45" s="22"/>
       <c r="R45" s="22"/>
       <c r="S45" s="22"/>
     </row>
-    <row r="46" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="N46" s="22"/>
+    <row r="46" spans="1:19" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="A46" s="98"/>
+      <c r="B46" s="99"/>
+      <c r="C46" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="D46" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="E46" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="F46" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G46" s="24" t="s">
+        <v>49</v>
+      </c>
+      <c r="H46" s="24" t="s">
+        <v>50</v>
+      </c>
+      <c r="I46" s="24" t="s">
+        <v>51</v>
+      </c>
+      <c r="J46" s="24" t="s">
+        <v>52</v>
+      </c>
+      <c r="K46" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="L46" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="M46" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="N46" s="25" t="s">
+        <v>56</v>
+      </c>
       <c r="O46" s="22"/>
       <c r="P46" s="22"/>
       <c r="Q46" s="22"/>
       <c r="R46" s="22"/>
       <c r="S46" s="22"/>
     </row>
-    <row r="47" spans="1:19" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A47" s="116" t="s">
+    <row r="47" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A47" s="100"/>
+      <c r="B47" s="101"/>
+      <c r="C47" s="26"/>
+      <c r="D47" s="26"/>
+      <c r="E47" s="26"/>
+      <c r="F47" s="26"/>
+      <c r="G47" s="26"/>
+      <c r="H47" s="26"/>
+      <c r="I47" s="26"/>
+      <c r="J47" s="26"/>
+      <c r="K47" s="26"/>
+      <c r="L47" s="26"/>
+      <c r="M47" s="26"/>
+      <c r="N47" s="27"/>
+      <c r="O47" s="22"/>
+      <c r="P47" s="22"/>
+      <c r="Q47" s="22"/>
+      <c r="R47" s="22"/>
+      <c r="S47" s="22"/>
+    </row>
+    <row r="48" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A48" s="22"/>
+      <c r="B48" s="22"/>
+      <c r="C48" s="22"/>
+      <c r="D48" s="22"/>
+      <c r="E48" s="22"/>
+      <c r="F48" s="22"/>
+      <c r="G48" s="22"/>
+      <c r="H48" s="22"/>
+      <c r="I48" s="22"/>
+      <c r="J48" s="22"/>
+      <c r="K48" s="22"/>
+      <c r="L48" s="22"/>
+      <c r="M48" s="22"/>
+      <c r="N48" s="22"/>
+      <c r="O48" s="22"/>
+      <c r="P48" s="22"/>
+      <c r="Q48" s="22"/>
+      <c r="R48" s="22"/>
+      <c r="S48" s="22"/>
+    </row>
+    <row r="49" spans="1:19" ht="19" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A49" s="142" t="s">
         <v>80</v>
       </c>
-      <c r="B47" s="117"/>
-[...19 lines deleted...]
-      <c r="A48" s="127" t="s">
+      <c r="B49" s="143"/>
+      <c r="C49" s="143"/>
+      <c r="D49" s="143"/>
+      <c r="E49" s="143"/>
+      <c r="F49" s="143"/>
+      <c r="G49" s="143"/>
+      <c r="H49" s="143"/>
+      <c r="I49" s="143"/>
+      <c r="J49" s="143"/>
+      <c r="K49" s="143"/>
+      <c r="L49" s="143"/>
+      <c r="M49" s="143"/>
+      <c r="N49" s="143"/>
+      <c r="O49" s="143"/>
+      <c r="P49" s="143"/>
+      <c r="Q49" s="143"/>
+      <c r="R49" s="143"/>
+      <c r="S49" s="144"/>
+    </row>
+    <row r="50" spans="1:19" ht="36.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="A50" s="108" t="s">
         <v>81</v>
       </c>
-      <c r="B48" s="129" t="s">
+      <c r="B50" s="157" t="s">
         <v>82</v>
       </c>
-      <c r="C48" s="130"/>
-[...19 lines deleted...]
-      <c r="B49" s="119" t="s">
+      <c r="C50" s="158"/>
+      <c r="D50" s="158"/>
+      <c r="E50" s="158"/>
+      <c r="F50" s="158"/>
+      <c r="G50" s="158"/>
+      <c r="H50" s="158"/>
+      <c r="I50" s="158"/>
+      <c r="J50" s="158"/>
+      <c r="K50" s="158"/>
+      <c r="L50" s="158"/>
+      <c r="M50" s="158"/>
+      <c r="N50" s="158"/>
+      <c r="O50" s="158"/>
+      <c r="P50" s="158"/>
+      <c r="Q50" s="159"/>
+      <c r="R50" s="19"/>
+      <c r="S50" s="8"/>
+    </row>
+    <row r="51" spans="1:19" ht="31.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A51" s="108"/>
+      <c r="B51" s="92" t="s">
         <v>83</v>
       </c>
-      <c r="C49" s="119"/>
-[...2 lines deleted...]
-      <c r="F49" s="121" t="s">
+      <c r="C51" s="92"/>
+      <c r="D51" s="92"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="154" t="s">
         <v>84</v>
       </c>
-      <c r="G49" s="121"/>
-[...2 lines deleted...]
-      <c r="J49" s="119" t="s">
+      <c r="G51" s="156"/>
+      <c r="H51" s="156"/>
+      <c r="I51" s="155"/>
+      <c r="J51" s="92" t="s">
         <v>85</v>
       </c>
-      <c r="K49" s="119"/>
-[...2 lines deleted...]
-      <c r="N49" s="121" t="s">
+      <c r="K51" s="92"/>
+      <c r="L51" s="92"/>
+      <c r="M51" s="93"/>
+      <c r="N51" s="94" t="s">
         <v>86</v>
       </c>
-      <c r="O49" s="121"/>
-[...7 lines deleted...]
-      <c r="B50" s="132" t="s">
+      <c r="O51" s="94"/>
+      <c r="P51" s="94"/>
+      <c r="Q51" s="95"/>
+      <c r="R51" s="20"/>
+      <c r="S51" s="9"/>
+    </row>
+    <row r="52" spans="1:19" s="11" customFormat="1" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A52" s="109"/>
+      <c r="B52" s="91" t="s">
         <v>87</v>
       </c>
-      <c r="C50" s="133"/>
-      <c r="D50" s="134" t="s">
+      <c r="C52" s="90"/>
+      <c r="D52" s="89" t="s">
         <v>88</v>
       </c>
-      <c r="E50" s="133"/>
-      <c r="F50" s="132" t="s">
+      <c r="E52" s="90"/>
+      <c r="F52" s="154" t="s">
         <v>87</v>
       </c>
-      <c r="G50" s="133"/>
-      <c r="H50" s="134" t="s">
+      <c r="G52" s="155"/>
+      <c r="H52" s="89" t="s">
         <v>88</v>
       </c>
-      <c r="I50" s="133"/>
-      <c r="J50" s="132" t="s">
+      <c r="I52" s="90"/>
+      <c r="J52" s="91" t="s">
         <v>87</v>
       </c>
-      <c r="K50" s="133"/>
-      <c r="L50" s="134" t="s">
+      <c r="K52" s="90"/>
+      <c r="L52" s="89" t="s">
         <v>88</v>
       </c>
-      <c r="M50" s="133"/>
-      <c r="N50" s="132" t="s">
+      <c r="M52" s="90"/>
+      <c r="N52" s="91" t="s">
         <v>87</v>
       </c>
-      <c r="O50" s="133"/>
-      <c r="P50" s="134" t="s">
+      <c r="O52" s="90"/>
+      <c r="P52" s="89" t="s">
         <v>88</v>
       </c>
-      <c r="Q50" s="133"/>
-[...4 lines deleted...]
-      <c r="A51" s="40" t="s">
+      <c r="Q52" s="90"/>
+      <c r="R52" s="20"/>
+      <c r="S52" s="9"/>
+    </row>
+    <row r="53" spans="1:19" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A53" s="40" t="s">
         <v>45</v>
       </c>
-      <c r="B51" s="125"/>
-[...60 lines deleted...]
-      <c r="Q53" s="126"/>
+      <c r="B53" s="85"/>
+      <c r="C53" s="86"/>
+      <c r="D53" s="85"/>
+      <c r="E53" s="86"/>
+      <c r="F53" s="85"/>
+      <c r="G53" s="86"/>
+      <c r="H53" s="85"/>
+      <c r="I53" s="86"/>
+      <c r="J53" s="85"/>
+      <c r="K53" s="86"/>
+      <c r="L53" s="85"/>
+      <c r="M53" s="86"/>
+      <c r="N53" s="85"/>
+      <c r="O53" s="86"/>
+      <c r="P53" s="85"/>
+      <c r="Q53" s="86"/>
       <c r="R53" s="21"/>
       <c r="S53" s="9"/>
     </row>
-    <row r="54" spans="1:19" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:19" s="11" customFormat="1" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A54" s="39" t="s">
-        <v>48</v>
-[...16 lines deleted...]
-      <c r="Q54" s="124"/>
+        <v>46</v>
+      </c>
+      <c r="B54" s="87"/>
+      <c r="C54" s="88"/>
+      <c r="D54" s="87"/>
+      <c r="E54" s="88"/>
+      <c r="F54" s="87"/>
+      <c r="G54" s="88"/>
+      <c r="H54" s="87"/>
+      <c r="I54" s="88"/>
+      <c r="J54" s="87"/>
+      <c r="K54" s="88"/>
+      <c r="L54" s="87"/>
+      <c r="M54" s="88"/>
+      <c r="N54" s="87"/>
+      <c r="O54" s="88"/>
+      <c r="P54" s="87"/>
+      <c r="Q54" s="88"/>
       <c r="R54" s="21"/>
       <c r="S54" s="9"/>
     </row>
-    <row r="55" spans="1:19" s="11" customFormat="1" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:19" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A55" s="40" t="s">
-        <v>49</v>
-[...16 lines deleted...]
-      <c r="Q55" s="126"/>
+        <v>47</v>
+      </c>
+      <c r="B55" s="85"/>
+      <c r="C55" s="86"/>
+      <c r="D55" s="85"/>
+      <c r="E55" s="86"/>
+      <c r="F55" s="85"/>
+      <c r="G55" s="86"/>
+      <c r="H55" s="85"/>
+      <c r="I55" s="86"/>
+      <c r="J55" s="85"/>
+      <c r="K55" s="86"/>
+      <c r="L55" s="85"/>
+      <c r="M55" s="86"/>
+      <c r="N55" s="85"/>
+      <c r="O55" s="86"/>
+      <c r="P55" s="85"/>
+      <c r="Q55" s="86"/>
       <c r="R55" s="21"/>
       <c r="S55" s="9"/>
     </row>
-    <row r="56" spans="1:19" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:19" s="11" customFormat="1" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A56" s="39" t="s">
-        <v>50</v>
-[...16 lines deleted...]
-      <c r="Q56" s="124"/>
+        <v>48</v>
+      </c>
+      <c r="B56" s="87"/>
+      <c r="C56" s="88"/>
+      <c r="D56" s="87"/>
+      <c r="E56" s="88"/>
+      <c r="F56" s="87"/>
+      <c r="G56" s="88"/>
+      <c r="H56" s="87"/>
+      <c r="I56" s="88"/>
+      <c r="J56" s="87"/>
+      <c r="K56" s="88"/>
+      <c r="L56" s="87"/>
+      <c r="M56" s="88"/>
+      <c r="N56" s="87"/>
+      <c r="O56" s="88"/>
+      <c r="P56" s="87"/>
+      <c r="Q56" s="88"/>
       <c r="R56" s="21"/>
       <c r="S56" s="9"/>
     </row>
-    <row r="57" spans="1:19" s="11" customFormat="1" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:19" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A57" s="40" t="s">
-        <v>51</v>
-[...16 lines deleted...]
-      <c r="Q57" s="126"/>
+        <v>49</v>
+      </c>
+      <c r="B57" s="85"/>
+      <c r="C57" s="86"/>
+      <c r="D57" s="85"/>
+      <c r="E57" s="86"/>
+      <c r="F57" s="85"/>
+      <c r="G57" s="86"/>
+      <c r="H57" s="85"/>
+      <c r="I57" s="86"/>
+      <c r="J57" s="85"/>
+      <c r="K57" s="86"/>
+      <c r="L57" s="85"/>
+      <c r="M57" s="86"/>
+      <c r="N57" s="85"/>
+      <c r="O57" s="86"/>
+      <c r="P57" s="85"/>
+      <c r="Q57" s="86"/>
       <c r="R57" s="21"/>
       <c r="S57" s="9"/>
     </row>
-    <row r="58" spans="1:19" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:19" s="11" customFormat="1" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A58" s="39" t="s">
-        <v>52</v>
-[...16 lines deleted...]
-      <c r="Q58" s="124"/>
+        <v>50</v>
+      </c>
+      <c r="B58" s="87"/>
+      <c r="C58" s="88"/>
+      <c r="D58" s="87"/>
+      <c r="E58" s="88"/>
+      <c r="F58" s="87"/>
+      <c r="G58" s="88"/>
+      <c r="H58" s="87"/>
+      <c r="I58" s="88"/>
+      <c r="J58" s="87"/>
+      <c r="K58" s="88"/>
+      <c r="L58" s="87"/>
+      <c r="M58" s="88"/>
+      <c r="N58" s="87"/>
+      <c r="O58" s="88"/>
+      <c r="P58" s="87"/>
+      <c r="Q58" s="88"/>
       <c r="R58" s="21"/>
       <c r="S58" s="9"/>
     </row>
-    <row r="59" spans="1:19" s="11" customFormat="1" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:19" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A59" s="40" t="s">
-        <v>53</v>
-[...16 lines deleted...]
-      <c r="Q59" s="126"/>
+        <v>51</v>
+      </c>
+      <c r="B59" s="85"/>
+      <c r="C59" s="86"/>
+      <c r="D59" s="85"/>
+      <c r="E59" s="86"/>
+      <c r="F59" s="85"/>
+      <c r="G59" s="86"/>
+      <c r="H59" s="85"/>
+      <c r="I59" s="86"/>
+      <c r="J59" s="85"/>
+      <c r="K59" s="86"/>
+      <c r="L59" s="85"/>
+      <c r="M59" s="86"/>
+      <c r="N59" s="85"/>
+      <c r="O59" s="86"/>
+      <c r="P59" s="85"/>
+      <c r="Q59" s="86"/>
       <c r="R59" s="21"/>
       <c r="S59" s="9"/>
     </row>
-    <row r="60" spans="1:19" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:19" s="11" customFormat="1" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A60" s="39" t="s">
-        <v>54</v>
-[...16 lines deleted...]
-      <c r="Q60" s="124"/>
+        <v>52</v>
+      </c>
+      <c r="B60" s="87"/>
+      <c r="C60" s="88"/>
+      <c r="D60" s="87"/>
+      <c r="E60" s="88"/>
+      <c r="F60" s="87"/>
+      <c r="G60" s="88"/>
+      <c r="H60" s="87"/>
+      <c r="I60" s="88"/>
+      <c r="J60" s="87"/>
+      <c r="K60" s="88"/>
+      <c r="L60" s="87"/>
+      <c r="M60" s="88"/>
+      <c r="N60" s="87"/>
+      <c r="O60" s="88"/>
+      <c r="P60" s="87"/>
+      <c r="Q60" s="88"/>
       <c r="R60" s="21"/>
       <c r="S60" s="9"/>
     </row>
-    <row r="61" spans="1:19" s="11" customFormat="1" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:19" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A61" s="40" t="s">
-        <v>55</v>
-[...16 lines deleted...]
-      <c r="Q61" s="126"/>
+        <v>53</v>
+      </c>
+      <c r="B61" s="85"/>
+      <c r="C61" s="86"/>
+      <c r="D61" s="85"/>
+      <c r="E61" s="86"/>
+      <c r="F61" s="85"/>
+      <c r="G61" s="86"/>
+      <c r="H61" s="85"/>
+      <c r="I61" s="86"/>
+      <c r="J61" s="85"/>
+      <c r="K61" s="86"/>
+      <c r="L61" s="85"/>
+      <c r="M61" s="86"/>
+      <c r="N61" s="85"/>
+      <c r="O61" s="86"/>
+      <c r="P61" s="85"/>
+      <c r="Q61" s="86"/>
       <c r="R61" s="21"/>
       <c r="S61" s="9"/>
     </row>
-    <row r="62" spans="1:19" ht="14.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:19" s="11" customFormat="1" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A62" s="39" t="s">
-        <v>56</v>
-[...16 lines deleted...]
-      <c r="Q62" s="124"/>
+        <v>54</v>
+      </c>
+      <c r="B62" s="87"/>
+      <c r="C62" s="88"/>
+      <c r="D62" s="87"/>
+      <c r="E62" s="88"/>
+      <c r="F62" s="87"/>
+      <c r="G62" s="88"/>
+      <c r="H62" s="87"/>
+      <c r="I62" s="88"/>
+      <c r="J62" s="87"/>
+      <c r="K62" s="88"/>
+      <c r="L62" s="87"/>
+      <c r="M62" s="88"/>
+      <c r="N62" s="87"/>
+      <c r="O62" s="88"/>
+      <c r="P62" s="87"/>
+      <c r="Q62" s="88"/>
       <c r="R62" s="21"/>
       <c r="S62" s="9"/>
     </row>
-    <row r="63" spans="1:19" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...42 lines deleted...]
-      <c r="Q63" s="136"/>
+    <row r="63" spans="1:19" ht="14.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A63" s="40" t="s">
+        <v>55</v>
+      </c>
+      <c r="B63" s="85"/>
+      <c r="C63" s="86"/>
+      <c r="D63" s="85"/>
+      <c r="E63" s="86"/>
+      <c r="F63" s="85"/>
+      <c r="G63" s="86"/>
+      <c r="H63" s="85"/>
+      <c r="I63" s="86"/>
+      <c r="J63" s="85"/>
+      <c r="K63" s="86"/>
+      <c r="L63" s="85"/>
+      <c r="M63" s="86"/>
+      <c r="N63" s="85"/>
+      <c r="O63" s="86"/>
+      <c r="P63" s="85"/>
+      <c r="Q63" s="86"/>
       <c r="R63" s="21"/>
       <c r="S63" s="9"/>
     </row>
-    <row r="64" spans="1:19" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-      <c r="A65" s="69" t="s">
+    <row r="64" spans="1:19" ht="29.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A64" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="B64" s="87"/>
+      <c r="C64" s="88"/>
+      <c r="D64" s="87"/>
+      <c r="E64" s="88"/>
+      <c r="F64" s="87"/>
+      <c r="G64" s="88"/>
+      <c r="H64" s="87"/>
+      <c r="I64" s="88"/>
+      <c r="J64" s="87"/>
+      <c r="K64" s="88"/>
+      <c r="L64" s="87"/>
+      <c r="M64" s="88"/>
+      <c r="N64" s="87"/>
+      <c r="O64" s="88"/>
+      <c r="P64" s="87"/>
+      <c r="Q64" s="88"/>
+      <c r="R64" s="21"/>
+      <c r="S64" s="9"/>
+    </row>
+    <row r="65" spans="1:19" ht="31.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A65" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B65" s="77">
+        <f>SUM(B53:C64)</f>
+        <v>0</v>
+      </c>
+      <c r="C65" s="78"/>
+      <c r="D65" s="77">
+        <f t="shared" ref="D65" si="1">SUM(D53:E64)</f>
+        <v>0</v>
+      </c>
+      <c r="E65" s="78"/>
+      <c r="F65" s="77">
+        <f>SUM(F53:G64)</f>
+        <v>0</v>
+      </c>
+      <c r="G65" s="78"/>
+      <c r="H65" s="77">
+        <f t="shared" ref="H65" si="2">SUM(H53:I64)</f>
+        <v>0</v>
+      </c>
+      <c r="I65" s="78"/>
+      <c r="J65" s="77">
+        <f t="shared" ref="J65" si="3">SUM(J53:K64)</f>
+        <v>0</v>
+      </c>
+      <c r="K65" s="78"/>
+      <c r="L65" s="77">
+        <f t="shared" ref="L65" si="4">SUM(L53:M64)</f>
+        <v>0</v>
+      </c>
+      <c r="M65" s="78"/>
+      <c r="N65" s="77">
+        <f t="shared" ref="N65" si="5">SUM(N53:O64)</f>
+        <v>0</v>
+      </c>
+      <c r="O65" s="78"/>
+      <c r="P65" s="77">
+        <f t="shared" ref="P65" si="6">SUM(P53:Q64)</f>
+        <v>0</v>
+      </c>
+      <c r="Q65" s="78"/>
+      <c r="R65" s="21"/>
+      <c r="S65" s="9"/>
+    </row>
+    <row r="66" spans="1:19" ht="16" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A66" s="31"/>
+      <c r="B66" s="31"/>
+      <c r="C66" s="31"/>
+      <c r="D66" s="31"/>
+      <c r="E66" s="32"/>
+      <c r="F66" s="32"/>
+      <c r="G66" s="32"/>
+      <c r="H66" s="32"/>
+      <c r="I66" s="32"/>
+      <c r="J66" s="32"/>
+      <c r="K66" s="32"/>
+      <c r="L66" s="32"/>
+      <c r="M66" s="32"/>
+      <c r="N66" s="22"/>
+      <c r="O66" s="22"/>
+      <c r="P66" s="22"/>
+      <c r="Q66" s="22"/>
+      <c r="R66" s="22"/>
+      <c r="S66" s="22"/>
+    </row>
+    <row r="67" spans="1:19" ht="31.15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A67" s="113" t="s">
         <v>89</v>
       </c>
-      <c r="B65" s="70"/>
-[...19 lines deleted...]
-      <c r="A66" s="72" t="s">
+      <c r="B67" s="114"/>
+      <c r="C67" s="114"/>
+      <c r="D67" s="114"/>
+      <c r="E67" s="114"/>
+      <c r="F67" s="114"/>
+      <c r="G67" s="114"/>
+      <c r="H67" s="114"/>
+      <c r="I67" s="114"/>
+      <c r="J67" s="114"/>
+      <c r="K67" s="114"/>
+      <c r="L67" s="114"/>
+      <c r="M67" s="114"/>
+      <c r="N67" s="114"/>
+      <c r="O67" s="114"/>
+      <c r="P67" s="114"/>
+      <c r="Q67" s="114"/>
+      <c r="R67" s="114"/>
+      <c r="S67" s="115"/>
+    </row>
+    <row r="68" spans="1:19" ht="31.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A68" s="116" t="s">
         <v>90</v>
       </c>
-      <c r="B66" s="73"/>
-[...19 lines deleted...]
-      <c r="A67" s="155" t="s">
+      <c r="B68" s="117"/>
+      <c r="C68" s="117"/>
+      <c r="D68" s="117"/>
+      <c r="E68" s="117"/>
+      <c r="F68" s="117"/>
+      <c r="G68" s="117"/>
+      <c r="H68" s="117"/>
+      <c r="I68" s="117"/>
+      <c r="J68" s="117"/>
+      <c r="K68" s="117"/>
+      <c r="L68" s="117"/>
+      <c r="M68" s="117"/>
+      <c r="N68" s="117"/>
+      <c r="O68" s="117"/>
+      <c r="P68" s="117"/>
+      <c r="Q68" s="117"/>
+      <c r="R68" s="117"/>
+      <c r="S68" s="118"/>
+    </row>
+    <row r="69" spans="1:19" ht="112.9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="75" t="s">
         <v>45</v>
       </c>
-      <c r="B67" s="151"/>
-[...40 lines deleted...]
-      <c r="A69" s="143" t="s">
+      <c r="B69" s="152"/>
+      <c r="C69" s="71"/>
+      <c r="D69" s="71"/>
+      <c r="E69" s="71"/>
+      <c r="F69" s="71"/>
+      <c r="G69" s="71"/>
+      <c r="H69" s="71"/>
+      <c r="I69" s="71"/>
+      <c r="J69" s="71"/>
+      <c r="K69" s="71"/>
+      <c r="L69" s="71"/>
+      <c r="M69" s="71"/>
+      <c r="N69" s="71"/>
+      <c r="O69" s="71"/>
+      <c r="P69" s="71"/>
+      <c r="Q69" s="71"/>
+      <c r="R69" s="71"/>
+      <c r="S69" s="72"/>
+    </row>
+    <row r="70" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A70" s="76"/>
+      <c r="B70" s="153"/>
+      <c r="C70" s="73"/>
+      <c r="D70" s="73"/>
+      <c r="E70" s="73"/>
+      <c r="F70" s="73"/>
+      <c r="G70" s="73"/>
+      <c r="H70" s="73"/>
+      <c r="I70" s="73"/>
+      <c r="J70" s="73"/>
+      <c r="K70" s="73"/>
+      <c r="L70" s="73"/>
+      <c r="M70" s="73"/>
+      <c r="N70" s="73"/>
+      <c r="O70" s="73"/>
+      <c r="P70" s="73"/>
+      <c r="Q70" s="73"/>
+      <c r="R70" s="73"/>
+      <c r="S70" s="74"/>
+    </row>
+    <row r="71" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="63" t="s">
         <v>46</v>
       </c>
-      <c r="B69" s="145"/>
-[...40 lines deleted...]
-      <c r="A71" s="149" t="s">
+      <c r="B71" s="150"/>
+      <c r="C71" s="65"/>
+      <c r="D71" s="65"/>
+      <c r="E71" s="65"/>
+      <c r="F71" s="65"/>
+      <c r="G71" s="65"/>
+      <c r="H71" s="65"/>
+      <c r="I71" s="65"/>
+      <c r="J71" s="65"/>
+      <c r="K71" s="65"/>
+      <c r="L71" s="65"/>
+      <c r="M71" s="65"/>
+      <c r="N71" s="65"/>
+      <c r="O71" s="65"/>
+      <c r="P71" s="65"/>
+      <c r="Q71" s="65"/>
+      <c r="R71" s="65"/>
+      <c r="S71" s="66"/>
+    </row>
+    <row r="72" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A72" s="64"/>
+      <c r="B72" s="151"/>
+      <c r="C72" s="67"/>
+      <c r="D72" s="67"/>
+      <c r="E72" s="67"/>
+      <c r="F72" s="67"/>
+      <c r="G72" s="67"/>
+      <c r="H72" s="67"/>
+      <c r="I72" s="67"/>
+      <c r="J72" s="67"/>
+      <c r="K72" s="67"/>
+      <c r="L72" s="67"/>
+      <c r="M72" s="67"/>
+      <c r="N72" s="67"/>
+      <c r="O72" s="67"/>
+      <c r="P72" s="67"/>
+      <c r="Q72" s="67"/>
+      <c r="R72" s="67"/>
+      <c r="S72" s="68"/>
+    </row>
+    <row r="73" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="69" t="s">
         <v>47</v>
       </c>
-      <c r="B71" s="151"/>
-[...40 lines deleted...]
-      <c r="A73" s="143" t="s">
+      <c r="B73" s="152"/>
+      <c r="C73" s="71"/>
+      <c r="D73" s="71"/>
+      <c r="E73" s="71"/>
+      <c r="F73" s="71"/>
+      <c r="G73" s="71"/>
+      <c r="H73" s="71"/>
+      <c r="I73" s="71"/>
+      <c r="J73" s="71"/>
+      <c r="K73" s="71"/>
+      <c r="L73" s="71"/>
+      <c r="M73" s="71"/>
+      <c r="N73" s="71"/>
+      <c r="O73" s="71"/>
+      <c r="P73" s="71"/>
+      <c r="Q73" s="71"/>
+      <c r="R73" s="71"/>
+      <c r="S73" s="72"/>
+    </row>
+    <row r="74" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A74" s="70"/>
+      <c r="B74" s="153"/>
+      <c r="C74" s="73"/>
+      <c r="D74" s="73"/>
+      <c r="E74" s="73"/>
+      <c r="F74" s="73"/>
+      <c r="G74" s="73"/>
+      <c r="H74" s="73"/>
+      <c r="I74" s="73"/>
+      <c r="J74" s="73"/>
+      <c r="K74" s="73"/>
+      <c r="L74" s="73"/>
+      <c r="M74" s="73"/>
+      <c r="N74" s="73"/>
+      <c r="O74" s="73"/>
+      <c r="P74" s="73"/>
+      <c r="Q74" s="73"/>
+      <c r="R74" s="73"/>
+      <c r="S74" s="74"/>
+    </row>
+    <row r="75" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="63" t="s">
         <v>48</v>
       </c>
-      <c r="B73" s="145"/>
-[...40 lines deleted...]
-      <c r="A75" s="149" t="s">
+      <c r="B75" s="150"/>
+      <c r="C75" s="65"/>
+      <c r="D75" s="65"/>
+      <c r="E75" s="65"/>
+      <c r="F75" s="65"/>
+      <c r="G75" s="65"/>
+      <c r="H75" s="65"/>
+      <c r="I75" s="65"/>
+      <c r="J75" s="65"/>
+      <c r="K75" s="65"/>
+      <c r="L75" s="65"/>
+      <c r="M75" s="65"/>
+      <c r="N75" s="65"/>
+      <c r="O75" s="65"/>
+      <c r="P75" s="65"/>
+      <c r="Q75" s="65"/>
+      <c r="R75" s="65"/>
+      <c r="S75" s="66"/>
+    </row>
+    <row r="76" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A76" s="64"/>
+      <c r="B76" s="151"/>
+      <c r="C76" s="67"/>
+      <c r="D76" s="67"/>
+      <c r="E76" s="67"/>
+      <c r="F76" s="67"/>
+      <c r="G76" s="67"/>
+      <c r="H76" s="67"/>
+      <c r="I76" s="67"/>
+      <c r="J76" s="67"/>
+      <c r="K76" s="67"/>
+      <c r="L76" s="67"/>
+      <c r="M76" s="67"/>
+      <c r="N76" s="67"/>
+      <c r="O76" s="67"/>
+      <c r="P76" s="67"/>
+      <c r="Q76" s="67"/>
+      <c r="R76" s="67"/>
+      <c r="S76" s="68"/>
+    </row>
+    <row r="77" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="69" t="s">
         <v>49</v>
       </c>
-      <c r="B75" s="151"/>
-[...40 lines deleted...]
-      <c r="A77" s="143" t="s">
+      <c r="B77" s="152"/>
+      <c r="C77" s="71"/>
+      <c r="D77" s="71"/>
+      <c r="E77" s="71"/>
+      <c r="F77" s="71"/>
+      <c r="G77" s="71"/>
+      <c r="H77" s="71"/>
+      <c r="I77" s="71"/>
+      <c r="J77" s="71"/>
+      <c r="K77" s="71"/>
+      <c r="L77" s="71"/>
+      <c r="M77" s="71"/>
+      <c r="N77" s="71"/>
+      <c r="O77" s="71"/>
+      <c r="P77" s="71"/>
+      <c r="Q77" s="71"/>
+      <c r="R77" s="71"/>
+      <c r="S77" s="72"/>
+    </row>
+    <row r="78" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A78" s="70"/>
+      <c r="B78" s="153"/>
+      <c r="C78" s="73"/>
+      <c r="D78" s="73"/>
+      <c r="E78" s="73"/>
+      <c r="F78" s="73"/>
+      <c r="G78" s="73"/>
+      <c r="H78" s="73"/>
+      <c r="I78" s="73"/>
+      <c r="J78" s="73"/>
+      <c r="K78" s="73"/>
+      <c r="L78" s="73"/>
+      <c r="M78" s="73"/>
+      <c r="N78" s="73"/>
+      <c r="O78" s="73"/>
+      <c r="P78" s="73"/>
+      <c r="Q78" s="73"/>
+      <c r="R78" s="73"/>
+      <c r="S78" s="74"/>
+    </row>
+    <row r="79" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="63" t="s">
         <v>50</v>
       </c>
-      <c r="B77" s="145"/>
-[...40 lines deleted...]
-      <c r="A79" s="149" t="s">
+      <c r="B79" s="150"/>
+      <c r="C79" s="65"/>
+      <c r="D79" s="65"/>
+      <c r="E79" s="65"/>
+      <c r="F79" s="65"/>
+      <c r="G79" s="65"/>
+      <c r="H79" s="65"/>
+      <c r="I79" s="65"/>
+      <c r="J79" s="65"/>
+      <c r="K79" s="65"/>
+      <c r="L79" s="65"/>
+      <c r="M79" s="65"/>
+      <c r="N79" s="65"/>
+      <c r="O79" s="65"/>
+      <c r="P79" s="65"/>
+      <c r="Q79" s="65"/>
+      <c r="R79" s="65"/>
+      <c r="S79" s="66"/>
+    </row>
+    <row r="80" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A80" s="64"/>
+      <c r="B80" s="151"/>
+      <c r="C80" s="67"/>
+      <c r="D80" s="67"/>
+      <c r="E80" s="67"/>
+      <c r="F80" s="67"/>
+      <c r="G80" s="67"/>
+      <c r="H80" s="67"/>
+      <c r="I80" s="67"/>
+      <c r="J80" s="67"/>
+      <c r="K80" s="67"/>
+      <c r="L80" s="67"/>
+      <c r="M80" s="67"/>
+      <c r="N80" s="67"/>
+      <c r="O80" s="67"/>
+      <c r="P80" s="67"/>
+      <c r="Q80" s="67"/>
+      <c r="R80" s="67"/>
+      <c r="S80" s="68"/>
+    </row>
+    <row r="81" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="69" t="s">
         <v>51</v>
       </c>
-      <c r="B79" s="151"/>
-[...40 lines deleted...]
-      <c r="A81" s="143" t="s">
+      <c r="B81" s="152"/>
+      <c r="C81" s="71"/>
+      <c r="D81" s="71"/>
+      <c r="E81" s="71"/>
+      <c r="F81" s="71"/>
+      <c r="G81" s="71"/>
+      <c r="H81" s="71"/>
+      <c r="I81" s="71"/>
+      <c r="J81" s="71"/>
+      <c r="K81" s="71"/>
+      <c r="L81" s="71"/>
+      <c r="M81" s="71"/>
+      <c r="N81" s="71"/>
+      <c r="O81" s="71"/>
+      <c r="P81" s="71"/>
+      <c r="Q81" s="71"/>
+      <c r="R81" s="71"/>
+      <c r="S81" s="72"/>
+    </row>
+    <row r="82" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A82" s="70"/>
+      <c r="B82" s="153"/>
+      <c r="C82" s="73"/>
+      <c r="D82" s="73"/>
+      <c r="E82" s="73"/>
+      <c r="F82" s="73"/>
+      <c r="G82" s="73"/>
+      <c r="H82" s="73"/>
+      <c r="I82" s="73"/>
+      <c r="J82" s="73"/>
+      <c r="K82" s="73"/>
+      <c r="L82" s="73"/>
+      <c r="M82" s="73"/>
+      <c r="N82" s="73"/>
+      <c r="O82" s="73"/>
+      <c r="P82" s="73"/>
+      <c r="Q82" s="73"/>
+      <c r="R82" s="73"/>
+      <c r="S82" s="74"/>
+    </row>
+    <row r="83" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="63" t="s">
         <v>52</v>
       </c>
-      <c r="B81" s="145"/>
-[...40 lines deleted...]
-      <c r="A83" s="149" t="s">
+      <c r="B83" s="150"/>
+      <c r="C83" s="65"/>
+      <c r="D83" s="65"/>
+      <c r="E83" s="65"/>
+      <c r="F83" s="65"/>
+      <c r="G83" s="65"/>
+      <c r="H83" s="65"/>
+      <c r="I83" s="65"/>
+      <c r="J83" s="65"/>
+      <c r="K83" s="65"/>
+      <c r="L83" s="65"/>
+      <c r="M83" s="65"/>
+      <c r="N83" s="65"/>
+      <c r="O83" s="65"/>
+      <c r="P83" s="65"/>
+      <c r="Q83" s="65"/>
+      <c r="R83" s="65"/>
+      <c r="S83" s="66"/>
+    </row>
+    <row r="84" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A84" s="64"/>
+      <c r="B84" s="151"/>
+      <c r="C84" s="67"/>
+      <c r="D84" s="67"/>
+      <c r="E84" s="67"/>
+      <c r="F84" s="67"/>
+      <c r="G84" s="67"/>
+      <c r="H84" s="67"/>
+      <c r="I84" s="67"/>
+      <c r="J84" s="67"/>
+      <c r="K84" s="67"/>
+      <c r="L84" s="67"/>
+      <c r="M84" s="67"/>
+      <c r="N84" s="67"/>
+      <c r="O84" s="67"/>
+      <c r="P84" s="67"/>
+      <c r="Q84" s="67"/>
+      <c r="R84" s="67"/>
+      <c r="S84" s="68"/>
+    </row>
+    <row r="85" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="69" t="s">
         <v>53</v>
       </c>
-      <c r="B83" s="151"/>
-[...40 lines deleted...]
-      <c r="A85" s="143" t="s">
+      <c r="B85" s="152"/>
+      <c r="C85" s="71"/>
+      <c r="D85" s="71"/>
+      <c r="E85" s="71"/>
+      <c r="F85" s="71"/>
+      <c r="G85" s="71"/>
+      <c r="H85" s="71"/>
+      <c r="I85" s="71"/>
+      <c r="J85" s="71"/>
+      <c r="K85" s="71"/>
+      <c r="L85" s="71"/>
+      <c r="M85" s="71"/>
+      <c r="N85" s="71"/>
+      <c r="O85" s="71"/>
+      <c r="P85" s="71"/>
+      <c r="Q85" s="71"/>
+      <c r="R85" s="71"/>
+      <c r="S85" s="72"/>
+    </row>
+    <row r="86" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A86" s="70"/>
+      <c r="B86" s="153"/>
+      <c r="C86" s="73"/>
+      <c r="D86" s="73"/>
+      <c r="E86" s="73"/>
+      <c r="F86" s="73"/>
+      <c r="G86" s="73"/>
+      <c r="H86" s="73"/>
+      <c r="I86" s="73"/>
+      <c r="J86" s="73"/>
+      <c r="K86" s="73"/>
+      <c r="L86" s="73"/>
+      <c r="M86" s="73"/>
+      <c r="N86" s="73"/>
+      <c r="O86" s="73"/>
+      <c r="P86" s="73"/>
+      <c r="Q86" s="73"/>
+      <c r="R86" s="73"/>
+      <c r="S86" s="74"/>
+    </row>
+    <row r="87" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="63" t="s">
         <v>54</v>
       </c>
-      <c r="B85" s="145"/>
-[...40 lines deleted...]
-      <c r="A87" s="149" t="s">
+      <c r="B87" s="150"/>
+      <c r="C87" s="65"/>
+      <c r="D87" s="65"/>
+      <c r="E87" s="65"/>
+      <c r="F87" s="65"/>
+      <c r="G87" s="65"/>
+      <c r="H87" s="65"/>
+      <c r="I87" s="65"/>
+      <c r="J87" s="65"/>
+      <c r="K87" s="65"/>
+      <c r="L87" s="65"/>
+      <c r="M87" s="65"/>
+      <c r="N87" s="65"/>
+      <c r="O87" s="65"/>
+      <c r="P87" s="65"/>
+      <c r="Q87" s="65"/>
+      <c r="R87" s="65"/>
+      <c r="S87" s="66"/>
+    </row>
+    <row r="88" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A88" s="64"/>
+      <c r="B88" s="151"/>
+      <c r="C88" s="67"/>
+      <c r="D88" s="67"/>
+      <c r="E88" s="67"/>
+      <c r="F88" s="67"/>
+      <c r="G88" s="67"/>
+      <c r="H88" s="67"/>
+      <c r="I88" s="67"/>
+      <c r="J88" s="67"/>
+      <c r="K88" s="67"/>
+      <c r="L88" s="67"/>
+      <c r="M88" s="67"/>
+      <c r="N88" s="67"/>
+      <c r="O88" s="67"/>
+      <c r="P88" s="67"/>
+      <c r="Q88" s="67"/>
+      <c r="R88" s="67"/>
+      <c r="S88" s="68"/>
+    </row>
+    <row r="89" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="69" t="s">
         <v>55</v>
       </c>
-      <c r="B87" s="151"/>
-[...40 lines deleted...]
-      <c r="A89" s="143" t="s">
+      <c r="B89" s="152"/>
+      <c r="C89" s="71"/>
+      <c r="D89" s="71"/>
+      <c r="E89" s="71"/>
+      <c r="F89" s="71"/>
+      <c r="G89" s="71"/>
+      <c r="H89" s="71"/>
+      <c r="I89" s="71"/>
+      <c r="J89" s="71"/>
+      <c r="K89" s="71"/>
+      <c r="L89" s="71"/>
+      <c r="M89" s="71"/>
+      <c r="N89" s="71"/>
+      <c r="O89" s="71"/>
+      <c r="P89" s="71"/>
+      <c r="Q89" s="71"/>
+      <c r="R89" s="71"/>
+      <c r="S89" s="72"/>
+    </row>
+    <row r="90" spans="1:19" ht="112.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A90" s="70"/>
+      <c r="B90" s="153"/>
+      <c r="C90" s="73"/>
+      <c r="D90" s="73"/>
+      <c r="E90" s="73"/>
+      <c r="F90" s="73"/>
+      <c r="G90" s="73"/>
+      <c r="H90" s="73"/>
+      <c r="I90" s="73"/>
+      <c r="J90" s="73"/>
+      <c r="K90" s="73"/>
+      <c r="L90" s="73"/>
+      <c r="M90" s="73"/>
+      <c r="N90" s="73"/>
+      <c r="O90" s="73"/>
+      <c r="P90" s="73"/>
+      <c r="Q90" s="73"/>
+      <c r="R90" s="73"/>
+      <c r="S90" s="74"/>
+    </row>
+    <row r="91" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="63" t="s">
         <v>56</v>
       </c>
-      <c r="B89" s="145"/>
-[...37 lines deleted...]
-      <c r="S90" s="148"/>
+      <c r="B91" s="150"/>
+      <c r="C91" s="65"/>
+      <c r="D91" s="65"/>
+      <c r="E91" s="65"/>
+      <c r="F91" s="65"/>
+      <c r="G91" s="65"/>
+      <c r="H91" s="65"/>
+      <c r="I91" s="65"/>
+      <c r="J91" s="65"/>
+      <c r="K91" s="65"/>
+      <c r="L91" s="65"/>
+      <c r="M91" s="65"/>
+      <c r="N91" s="65"/>
+      <c r="O91" s="65"/>
+      <c r="P91" s="65"/>
+      <c r="Q91" s="65"/>
+      <c r="R91" s="65"/>
+      <c r="S91" s="66"/>
+    </row>
+    <row r="92" spans="1:19" ht="15" hidden="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A92" s="64"/>
+      <c r="B92" s="151"/>
+      <c r="C92" s="67"/>
+      <c r="D92" s="67"/>
+      <c r="E92" s="67"/>
+      <c r="F92" s="67"/>
+      <c r="G92" s="67"/>
+      <c r="H92" s="67"/>
+      <c r="I92" s="67"/>
+      <c r="J92" s="67"/>
+      <c r="K92" s="67"/>
+      <c r="L92" s="67"/>
+      <c r="M92" s="67"/>
+      <c r="N92" s="67"/>
+      <c r="O92" s="67"/>
+      <c r="P92" s="67"/>
+      <c r="Q92" s="67"/>
+      <c r="R92" s="67"/>
+      <c r="S92" s="68"/>
     </row>
   </sheetData>
-  <mergeCells count="180">
-    <mergeCell ref="A85:A86"/>
+  <mergeCells count="184">
+    <mergeCell ref="B73:S74"/>
+    <mergeCell ref="B71:S72"/>
+    <mergeCell ref="B69:S70"/>
+    <mergeCell ref="A68:S68"/>
+    <mergeCell ref="A67:S67"/>
+    <mergeCell ref="F54:G54"/>
+    <mergeCell ref="A49:S49"/>
+    <mergeCell ref="A11:F11"/>
+    <mergeCell ref="G11:S11"/>
+    <mergeCell ref="B91:S92"/>
+    <mergeCell ref="B89:S90"/>
+    <mergeCell ref="B87:S88"/>
     <mergeCell ref="B85:S86"/>
-    <mergeCell ref="A87:A88"/>
-[...3 lines deleted...]
-    <mergeCell ref="A79:A80"/>
+    <mergeCell ref="B83:S84"/>
+    <mergeCell ref="B81:S82"/>
     <mergeCell ref="B79:S80"/>
-    <mergeCell ref="A81:A82"/>
-[...5 lines deleted...]
-    <mergeCell ref="A75:A76"/>
+    <mergeCell ref="B77:S78"/>
     <mergeCell ref="B75:S76"/>
-    <mergeCell ref="A77:A78"/>
-[...14 lines deleted...]
-    <mergeCell ref="D63:E63"/>
+    <mergeCell ref="A13:F13"/>
+    <mergeCell ref="G13:S13"/>
+    <mergeCell ref="A1:S1"/>
+    <mergeCell ref="A20:N20"/>
+    <mergeCell ref="A7:F7"/>
+    <mergeCell ref="A8:F8"/>
+    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A4:S5"/>
+    <mergeCell ref="A2:S3"/>
+    <mergeCell ref="A21:B23"/>
+    <mergeCell ref="C21:N21"/>
+    <mergeCell ref="A24:B26"/>
+    <mergeCell ref="A27:B29"/>
+    <mergeCell ref="C27:N27"/>
+    <mergeCell ref="A30:B32"/>
+    <mergeCell ref="C30:N30"/>
+    <mergeCell ref="C24:N24"/>
+    <mergeCell ref="A16:F16"/>
+    <mergeCell ref="A17:F17"/>
+    <mergeCell ref="A18:F18"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="A14:S14"/>
+    <mergeCell ref="A10:F10"/>
+    <mergeCell ref="B51:E51"/>
+    <mergeCell ref="F51:I51"/>
+    <mergeCell ref="B54:C54"/>
+    <mergeCell ref="D54:E54"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="A33:B35"/>
+    <mergeCell ref="A36:B38"/>
+    <mergeCell ref="A39:B41"/>
+    <mergeCell ref="A42:B44"/>
+    <mergeCell ref="A45:B47"/>
+    <mergeCell ref="C33:N33"/>
+    <mergeCell ref="C36:N36"/>
+    <mergeCell ref="C39:N39"/>
+    <mergeCell ref="C42:N42"/>
+    <mergeCell ref="C45:N45"/>
+    <mergeCell ref="J51:M51"/>
+    <mergeCell ref="N51:Q51"/>
+    <mergeCell ref="A50:A52"/>
+    <mergeCell ref="B50:Q50"/>
+    <mergeCell ref="B52:C52"/>
+    <mergeCell ref="D52:E52"/>
+    <mergeCell ref="F52:G52"/>
+    <mergeCell ref="H52:I52"/>
+    <mergeCell ref="J52:K52"/>
+    <mergeCell ref="L52:M52"/>
+    <mergeCell ref="H54:I54"/>
+    <mergeCell ref="J54:K54"/>
+    <mergeCell ref="L54:M54"/>
+    <mergeCell ref="N54:O54"/>
+    <mergeCell ref="P54:Q54"/>
+    <mergeCell ref="N52:O52"/>
+    <mergeCell ref="P52:Q52"/>
+    <mergeCell ref="B53:C53"/>
+    <mergeCell ref="D53:E53"/>
+    <mergeCell ref="F53:G53"/>
+    <mergeCell ref="H53:I53"/>
+    <mergeCell ref="J53:K53"/>
+    <mergeCell ref="L53:M53"/>
+    <mergeCell ref="N53:O53"/>
+    <mergeCell ref="P53:Q53"/>
+    <mergeCell ref="P55:Q55"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="D56:E56"/>
+    <mergeCell ref="F56:G56"/>
+    <mergeCell ref="H56:I56"/>
+    <mergeCell ref="J56:K56"/>
+    <mergeCell ref="L56:M56"/>
+    <mergeCell ref="N56:O56"/>
+    <mergeCell ref="P56:Q56"/>
+    <mergeCell ref="D55:E55"/>
+    <mergeCell ref="F55:G55"/>
+    <mergeCell ref="H55:I55"/>
+    <mergeCell ref="J55:K55"/>
+    <mergeCell ref="L55:M55"/>
+    <mergeCell ref="N55:O55"/>
+    <mergeCell ref="N57:O57"/>
+    <mergeCell ref="P57:Q57"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="D58:E58"/>
+    <mergeCell ref="F58:G58"/>
+    <mergeCell ref="H58:I58"/>
+    <mergeCell ref="J58:K58"/>
+    <mergeCell ref="L58:M58"/>
+    <mergeCell ref="N58:O58"/>
+    <mergeCell ref="P58:Q58"/>
+    <mergeCell ref="B57:C57"/>
+    <mergeCell ref="D57:E57"/>
+    <mergeCell ref="F57:G57"/>
+    <mergeCell ref="H57:I57"/>
+    <mergeCell ref="J57:K57"/>
+    <mergeCell ref="L57:M57"/>
+    <mergeCell ref="N59:O59"/>
+    <mergeCell ref="P59:Q59"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="D60:E60"/>
+    <mergeCell ref="F60:G60"/>
+    <mergeCell ref="H60:I60"/>
+    <mergeCell ref="J60:K60"/>
+    <mergeCell ref="L60:M60"/>
+    <mergeCell ref="N60:O60"/>
+    <mergeCell ref="P60:Q60"/>
+    <mergeCell ref="B59:C59"/>
+    <mergeCell ref="D59:E59"/>
+    <mergeCell ref="F59:G59"/>
+    <mergeCell ref="H59:I59"/>
+    <mergeCell ref="J59:K59"/>
+    <mergeCell ref="L59:M59"/>
     <mergeCell ref="F63:G63"/>
     <mergeCell ref="H63:I63"/>
     <mergeCell ref="J63:K63"/>
     <mergeCell ref="L63:M63"/>
     <mergeCell ref="N61:O61"/>
     <mergeCell ref="P61:Q61"/>
     <mergeCell ref="B62:C62"/>
     <mergeCell ref="D62:E62"/>
     <mergeCell ref="F62:G62"/>
     <mergeCell ref="H62:I62"/>
     <mergeCell ref="J62:K62"/>
     <mergeCell ref="L62:M62"/>
     <mergeCell ref="N62:O62"/>
     <mergeCell ref="P62:Q62"/>
     <mergeCell ref="B61:C61"/>
     <mergeCell ref="D61:E61"/>
     <mergeCell ref="F61:G61"/>
     <mergeCell ref="H61:I61"/>
     <mergeCell ref="J61:K61"/>
     <mergeCell ref="L61:M61"/>
-    <mergeCell ref="N59:O59"/>
-[...126 lines deleted...]
-    <mergeCell ref="A47:S47"/>
+    <mergeCell ref="N65:O65"/>
+    <mergeCell ref="P65:Q65"/>
+    <mergeCell ref="G7:S7"/>
+    <mergeCell ref="G8:S8"/>
+    <mergeCell ref="G9:S9"/>
+    <mergeCell ref="G10:S10"/>
+    <mergeCell ref="B65:C65"/>
+    <mergeCell ref="D65:E65"/>
+    <mergeCell ref="F65:G65"/>
+    <mergeCell ref="H65:I65"/>
+    <mergeCell ref="J65:K65"/>
+    <mergeCell ref="L65:M65"/>
+    <mergeCell ref="N63:O63"/>
+    <mergeCell ref="P63:Q63"/>
+    <mergeCell ref="B64:C64"/>
+    <mergeCell ref="D64:E64"/>
+    <mergeCell ref="F64:G64"/>
+    <mergeCell ref="H64:I64"/>
+    <mergeCell ref="J64:K64"/>
+    <mergeCell ref="L64:M64"/>
+    <mergeCell ref="N64:O64"/>
+    <mergeCell ref="P64:Q64"/>
+    <mergeCell ref="B63:C63"/>
+    <mergeCell ref="D63:E63"/>
+    <mergeCell ref="A75:A76"/>
+    <mergeCell ref="A77:A78"/>
+    <mergeCell ref="A79:A80"/>
+    <mergeCell ref="A69:A70"/>
+    <mergeCell ref="A71:A72"/>
+    <mergeCell ref="A73:A74"/>
+    <mergeCell ref="A87:A88"/>
+    <mergeCell ref="A89:A90"/>
+    <mergeCell ref="A91:A92"/>
+    <mergeCell ref="A81:A82"/>
+    <mergeCell ref="A83:A84"/>
+    <mergeCell ref="A85:A86"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{086CF57A-70C3-40C9-A9CC-2113A6BF7E3D}">
           <x14:formula1>
             <xm:f>'Drop Downs'!$A$1:$A$2</xm:f>
           </x14:formula1>
-          <xm:sqref>C21:N21</xm:sqref>
+          <xm:sqref>C23:N23</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{FB5A79AF-BB35-411A-8C32-0F746FBB3391}">
           <x14:formula1>
             <xm:f>'Drop Downs'!$A$4:$A$5</xm:f>
           </x14:formula1>
-          <xm:sqref>C24:N24 C27:N27 C30:N30 C33:N33 C36:N36 C45:N45 C42:N42 C39:N39</xm:sqref>
+          <xm:sqref>C26:N26 C29:N29 C32:N32 C35:N35 C38:N38 C47:N47 C44:N44 C41:N41</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38898011-C025-4E41-87CF-1E806BB26866}">
   <dimension ref="A1:N25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J22" sqref="J22:N22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A2" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="22" spans="10:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="J22" s="157" t="s">
+    <row r="22" spans="10:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="J22" s="145" t="s">
         <v>83</v>
       </c>
-      <c r="K22" s="157"/>
-[...5 lines deleted...]
-      <c r="J23" s="157" t="s">
+      <c r="K22" s="145"/>
+      <c r="L22" s="145"/>
+      <c r="M22" s="145"/>
+      <c r="N22" s="145"/>
+    </row>
+    <row r="23" spans="10:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="J23" s="145" t="s">
         <v>84</v>
       </c>
-      <c r="K23" s="157"/>
-[...5 lines deleted...]
-      <c r="J24" s="158" t="s">
+      <c r="K23" s="145"/>
+      <c r="L23" s="145"/>
+      <c r="M23" s="145"/>
+      <c r="N23" s="145"/>
+    </row>
+    <row r="24" spans="10:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="J24" s="146" t="s">
         <v>85</v>
       </c>
-      <c r="K24" s="158"/>
-[...5 lines deleted...]
-      <c r="J25" s="158" t="s">
+      <c r="K24" s="146"/>
+      <c r="L24" s="146"/>
+      <c r="M24" s="146"/>
+      <c r="N24" s="146"/>
+    </row>
+    <row r="25" spans="10:14" ht="15.5" x14ac:dyDescent="0.35">
+      <c r="J25" s="146" t="s">
         <v>86</v>
       </c>
-      <c r="K25" s="158"/>
-[...2 lines deleted...]
-      <c r="N25" s="158"/>
+      <c r="K25" s="146"/>
+      <c r="L25" s="146"/>
+      <c r="M25" s="146"/>
+      <c r="N25" s="146"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="J23:N23"/>
     <mergeCell ref="J24:N24"/>
     <mergeCell ref="J25:N25"/>
     <mergeCell ref="J22:N22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010026CE1937BA3BAE4D9AB8DC09E347450F" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="706f5aa5de239969bc91a97a1b705a32">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88" xmlns:ns3="df85a238-598f-4719-aedf-ff7537720749" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="de78a61fc13c5374456d1581514b0bb8" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+    <xsd:import namespace="df85a238-598f-4719-aedf-ff7537720749"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="8" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="9" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="485cb411-4442-4ffa-af81-3ff6857008b2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="df85a238-598f-4719-aedf-ff7537720749" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f1be2d47-962c-4576-94de-36b1a4380640}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="df85a238-598f-4719-aedf-ff7537720749">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="df85a238-598f-4719-aedf-ff7537720749" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C2E9F9E-8BAA-4F9D-B03E-7CF5F21EAAB7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B1F79FF-F2F9-4208-92FD-68519B34D8C6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+    <ds:schemaRef ds:uri="df85a238-598f-4719-aedf-ff7537720749"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{427C6E15-741A-4876-BFA8-0C0028778B5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="df85a238-598f-4719-aedf-ff7537720749"/>
+    <ds:schemaRef ds:uri="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Reporting Sched &amp; Deliverables</vt:lpstr>
       <vt:lpstr>Primary Prevention Report</vt:lpstr>
       <vt:lpstr>Drop Downs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Macholeth, Morgan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010026CE1937BA3BAE4D9AB8DC09E347450F</vt:lpwstr>
+  </property>
+</Properties>
+</file>