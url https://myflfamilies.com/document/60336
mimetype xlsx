--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -2,176 +2,180 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Office of Domestic Violence Contracts\TEMPLATES\FY 25-26\FY 25-26 Template Updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fldcf.sharepoint.com/teams/HQWDVPAllTeam/Shared Documents/Programs/Child Welfare Initiative/.FY 25-26/Contract Docs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F22F63DA-3CBC-41C0-BBD1-B9D03920F2E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{56FF9F98-40B9-4BEC-8A2C-9723792773CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C0A8C57B-1C9A-428B-ACA8-ACD698751131}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6D4F9AA6-3F55-4B0E-A927-83F4E438E8F9}"/>
+    <workbookView xWindow="-28920" yWindow="-90" windowWidth="29040" windowHeight="15720" xr2:uid="{6D4F9AA6-3F55-4B0E-A927-83F4E438E8F9}"/>
   </bookViews>
   <sheets>
     <sheet name="Monthly Reporting Form" sheetId="14" r:id="rId1"/>
     <sheet name="Definitions" sheetId="15" r:id="rId2"/>
     <sheet name="Example Reporting Form" sheetId="17" r:id="rId3"/>
     <sheet name="July Consultation Log" sheetId="28" r:id="rId4"/>
     <sheet name="August Consultation Log" sheetId="29" r:id="rId5"/>
     <sheet name="September Consultation Log" sheetId="30" r:id="rId6"/>
     <sheet name="October Consultation Log" sheetId="31" r:id="rId7"/>
     <sheet name="November Consultation Log" sheetId="32" r:id="rId8"/>
     <sheet name="December Consultation Log" sheetId="33" r:id="rId9"/>
     <sheet name="January Consultation Log" sheetId="34" r:id="rId10"/>
     <sheet name="February Consultation Log" sheetId="35" r:id="rId11"/>
     <sheet name="March Consultation Log" sheetId="36" r:id="rId12"/>
     <sheet name="April Consultation Log" sheetId="37" r:id="rId13"/>
     <sheet name="May Consultation Log" sheetId="38" r:id="rId14"/>
     <sheet name="June Consultation Log" sheetId="39" r:id="rId15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Definitions!$A$1:$B$121</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Monthly Reporting Form'!$A$1:$F$168</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Monthly Reporting Form'!$A$1:$F$170</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C167" i="17" l="1"/>
   <c r="B167" i="17"/>
   <c r="D166" i="17"/>
   <c r="D165" i="17"/>
   <c r="D164" i="17"/>
   <c r="D163" i="17"/>
   <c r="D162" i="17"/>
   <c r="D161" i="17"/>
   <c r="D160" i="17"/>
   <c r="D159" i="17"/>
   <c r="D158" i="17"/>
   <c r="D157" i="17"/>
   <c r="D156" i="17"/>
   <c r="D155" i="17"/>
   <c r="C152" i="17"/>
   <c r="C139" i="17"/>
   <c r="F126" i="17"/>
   <c r="E126" i="17"/>
   <c r="D126" i="17"/>
   <c r="C126" i="17"/>
   <c r="C112" i="17"/>
   <c r="C99" i="17"/>
   <c r="C86" i="17"/>
   <c r="C72" i="17"/>
   <c r="C55" i="17"/>
   <c r="C38" i="17"/>
   <c r="C21" i="17"/>
-  <c r="C72" i="14"/>
-[...2 lines deleted...]
-  <c r="D126" i="14"/>
+  <c r="C74" i="14"/>
+  <c r="F128" i="14"/>
+  <c r="E128" i="14"/>
+  <c r="D128" i="14"/>
   <c r="D167" i="17" l="1"/>
-  <c r="C167" i="14"/>
-[...2 lines deleted...]
-  <c r="D157" i="14"/>
+  <c r="C169" i="14"/>
+  <c r="B169" i="14"/>
   <c r="D158" i="14"/>
   <c r="D159" i="14"/>
   <c r="D160" i="14"/>
   <c r="D161" i="14"/>
   <c r="D162" i="14"/>
   <c r="D163" i="14"/>
   <c r="D164" i="14"/>
   <c r="D165" i="14"/>
   <c r="D166" i="14"/>
-  <c r="D155" i="14"/>
-[...9 lines deleted...]
-  <c r="D167" i="14" l="1"/>
+  <c r="D167" i="14"/>
+  <c r="D168" i="14"/>
+  <c r="D157" i="14"/>
+  <c r="C154" i="14"/>
+  <c r="C141" i="14"/>
+  <c r="C128" i="14"/>
+  <c r="C114" i="14"/>
+  <c r="C101" i="14"/>
+  <c r="C88" i="14"/>
+  <c r="C57" i="14"/>
+  <c r="C40" i="14"/>
+  <c r="C23" i="14"/>
+  <c r="D169" i="14" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="635" uniqueCount="151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="153">
   <si>
     <t>Advocate Name</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Contract #, Center Name</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 FY </t>
     </r>
@@ -889,59 +893,50 @@
     <t>New or Ongoing Consultation</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>Ongoing</t>
   </si>
   <si>
     <t>DCF</t>
   </si>
   <si>
     <t>CBC</t>
   </si>
   <si>
     <t>Incident / Intake Date</t>
   </si>
   <si>
     <t>Consultation with DCF or CBC</t>
   </si>
   <si>
     <t>Attending child welfare case transfer staffings.</t>
   </si>
   <si>
     <t>DO NOT EDIT BELOW THIS ROW - FOR USE IN CONSULTATION LOGS</t>
-  </si>
-[...7 lines deleted...]
-    <t>Template 10A - Case Consultation Tracking Tool - 07/2025</t>
   </si>
   <si>
     <t xml:space="preserve">A Statewide CPI Project Training and Technical Assistance call facilitated by the Department's designated training and technical assistance provider will be held at least once per quarter. All CPI Project advocates are required to attend a minimum of one Statewide call each quarter to obtain training and support. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Number of trainings CPI Project co-located advocate facilitated to child welfare and community partners on topics related to the intersection of domestic violence and child welfare. Trainings must be a minimum of 45 minutes in length and have more than one attendee. </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Section C-1.3.10. </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
@@ -1905,50 +1900,65 @@
       </rPr>
       <t xml:space="preserve">Additional Supporting Documentation: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>The CPI Advocate shall track all consultations on Template 10A - Case Consultation Tracking Tool.</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
     <t>Form updated 7.25.25</t>
   </si>
+  <si>
+    <t>Name/Position of Individual Completing Report</t>
+  </si>
+  <si>
+    <t>Template 10 - CPI Project Report Form - 11/2025</t>
+  </si>
+  <si>
+    <t>Template 10 - CPI Project Report Form - Definitions - 11/2025</t>
+  </si>
+  <si>
+    <t>Template 10A - Case Consultation Tracking Tool - 11/2025</t>
+  </si>
+  <si>
+    <t>Email Address of Individual Completing Report</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="26" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
@@ -2605,51 +2615,51 @@
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="144">
+  <cellXfs count="145">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -2766,280 +2776,283 @@
     <xf numFmtId="0" fontId="3" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3356,13186 +3369,13208 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C0757F5D-4B0D-4A03-BB88-BD24D24388F4}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:F168"/>
+  <dimension ref="A1:F170"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I14" sqref="I14"/>
+      <selection activeCell="A7" sqref="A7:A23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="51.7109375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="51.7265625" style="3" customWidth="1"/>
     <col min="2" max="2" width="17" style="3" customWidth="1"/>
-    <col min="3" max="3" width="15.28515625" style="20" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="3"/>
+    <col min="3" max="3" width="15.26953125" style="20" customWidth="1"/>
+    <col min="4" max="4" width="17.1796875" style="21" customWidth="1"/>
+    <col min="5" max="5" width="12.1796875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="12.54296875" style="3" customWidth="1"/>
+    <col min="7" max="16384" width="9.1796875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="A2" s="102" t="s">
+    <row r="1" spans="1:6" ht="20" x14ac:dyDescent="0.4">
+      <c r="A1" s="97" t="s">
+        <v>149</v>
+      </c>
+      <c r="B1" s="97"/>
+      <c r="C1" s="97"/>
+      <c r="D1" s="97"/>
+      <c r="E1" s="98"/>
+      <c r="F1" s="98"/>
+    </row>
+    <row r="2" spans="1:6" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="107" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="103"/>
-[...6 lines deleted...]
-      <c r="A3" s="139" t="s">
+      <c r="B2" s="108"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="98"/>
+      <c r="F2" s="98"/>
+    </row>
+    <row r="3" spans="1:6" ht="20" x14ac:dyDescent="0.4">
+      <c r="A3" s="69" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" s="70"/>
+      <c r="C3" s="70"/>
+      <c r="D3" s="70"/>
+      <c r="E3" s="70"/>
+      <c r="F3" s="70"/>
+    </row>
+    <row r="4" spans="1:6" ht="20.5" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="69" t="s">
+        <v>152</v>
+      </c>
+      <c r="B4" s="70"/>
+      <c r="C4" s="70"/>
+      <c r="D4" s="70"/>
+      <c r="E4" s="70"/>
+      <c r="F4" s="70"/>
+    </row>
+    <row r="5" spans="1:6" ht="62.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A5" s="67" t="s">
         <v>3</v>
       </c>
-      <c r="B3" s="140" t="s">
+      <c r="B5" s="68" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="140" t="s">
+      <c r="C5" s="68" t="s">
         <v>5</v>
       </c>
-      <c r="D3" s="141" t="s">
+      <c r="D5" s="100" t="s">
         <v>6</v>
       </c>
-      <c r="E3" s="142"/>
-[...3 lines deleted...]
-      <c r="A4" s="98" t="s">
+      <c r="E5" s="101"/>
+      <c r="F5" s="102"/>
+    </row>
+    <row r="6" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A6" s="103" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="99"/>
-[...9 lines deleted...]
-      <c r="B5" s="52" t="s">
+      <c r="B6" s="104"/>
+      <c r="C6" s="104"/>
+      <c r="D6" s="104"/>
+      <c r="E6" s="105"/>
+      <c r="F6" s="106"/>
+    </row>
+    <row r="7" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="82" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" s="52" t="s">
         <v>8</v>
       </c>
-      <c r="C5" s="53"/>
-[...6 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="C7" s="53"/>
+      <c r="D7" s="79"/>
+      <c r="E7" s="80"/>
+      <c r="F7" s="80"/>
+    </row>
+    <row r="8" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="82"/>
+      <c r="B8" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="7"/>
-[...6 lines deleted...]
-      <c r="B7" s="8" t="s">
+      <c r="C8" s="7"/>
+      <c r="D8" s="74"/>
+      <c r="E8" s="75"/>
+      <c r="F8" s="75"/>
+    </row>
+    <row r="9" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="82"/>
+      <c r="B9" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="C7" s="9"/>
-[...6 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="C9" s="9"/>
+      <c r="D9" s="74"/>
+      <c r="E9" s="75"/>
+      <c r="F9" s="75"/>
+    </row>
+    <row r="10" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="82"/>
+      <c r="B10" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="C8" s="9"/>
-[...6 lines deleted...]
-      <c r="B9" s="10" t="s">
+      <c r="C10" s="9"/>
+      <c r="D10" s="74"/>
+      <c r="E10" s="75"/>
+      <c r="F10" s="75"/>
+    </row>
+    <row r="11" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="82"/>
+      <c r="B11" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C9" s="11"/>
-[...6 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="C11" s="11"/>
+      <c r="D11" s="99"/>
+      <c r="E11" s="75"/>
+      <c r="F11" s="75"/>
+    </row>
+    <row r="12" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="82"/>
+      <c r="B12" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="C10" s="9"/>
-[...6 lines deleted...]
-      <c r="B11" s="8" t="s">
+      <c r="C12" s="9"/>
+      <c r="D12" s="74"/>
+      <c r="E12" s="75"/>
+      <c r="F12" s="75"/>
+    </row>
+    <row r="13" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="82"/>
+      <c r="B13" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C11" s="9"/>
-[...6 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="C13" s="9"/>
+      <c r="D13" s="74"/>
+      <c r="E13" s="75"/>
+      <c r="F13" s="75"/>
+    </row>
+    <row r="14" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="82"/>
+      <c r="B14" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="C12" s="9"/>
-[...6 lines deleted...]
-      <c r="B13" s="10" t="s">
+      <c r="C14" s="9"/>
+      <c r="D14" s="74"/>
+      <c r="E14" s="75"/>
+      <c r="F14" s="75"/>
+    </row>
+    <row r="15" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="82"/>
+      <c r="B15" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C13" s="11"/>
-[...6 lines deleted...]
-      <c r="B14" s="8" t="s">
+      <c r="C15" s="11"/>
+      <c r="D15" s="99"/>
+      <c r="E15" s="75"/>
+      <c r="F15" s="75"/>
+    </row>
+    <row r="16" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="82"/>
+      <c r="B16" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="C14" s="9"/>
-[...6 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="C16" s="9"/>
+      <c r="D16" s="74"/>
+      <c r="E16" s="75"/>
+      <c r="F16" s="75"/>
+    </row>
+    <row r="17" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="82"/>
+      <c r="B17" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="C15" s="9"/>
-[...6 lines deleted...]
-      <c r="B16" s="8" t="s">
+      <c r="C17" s="9"/>
+      <c r="D17" s="74"/>
+      <c r="E17" s="75"/>
+      <c r="F17" s="75"/>
+    </row>
+    <row r="18" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="82"/>
+      <c r="B18" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="C16" s="9"/>
-[...6 lines deleted...]
-      <c r="B17" s="10" t="s">
+      <c r="C18" s="9"/>
+      <c r="D18" s="74"/>
+      <c r="E18" s="75"/>
+      <c r="F18" s="75"/>
+    </row>
+    <row r="19" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="82"/>
+      <c r="B19" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C17" s="11"/>
-[...6 lines deleted...]
-      <c r="B18" s="8" t="s">
+      <c r="C19" s="11"/>
+      <c r="D19" s="99"/>
+      <c r="E19" s="75"/>
+      <c r="F19" s="75"/>
+    </row>
+    <row r="20" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="82"/>
+      <c r="B20" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="C18" s="9"/>
-[...6 lines deleted...]
-      <c r="B19" s="8" t="s">
+      <c r="C20" s="9"/>
+      <c r="D20" s="74"/>
+      <c r="E20" s="75"/>
+      <c r="F20" s="75"/>
+    </row>
+    <row r="21" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="82"/>
+      <c r="B21" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="C19" s="9"/>
-[...6 lines deleted...]
-      <c r="B20" s="8" t="s">
+      <c r="C21" s="9"/>
+      <c r="D21" s="74"/>
+      <c r="E21" s="75"/>
+      <c r="F21" s="75"/>
+    </row>
+    <row r="22" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="82"/>
+      <c r="B22" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="C20" s="9"/>
-[...6 lines deleted...]
-      <c r="B21" s="12" t="s">
+      <c r="C22" s="9"/>
+      <c r="D22" s="74"/>
+      <c r="E22" s="75"/>
+      <c r="F22" s="75"/>
+    </row>
+    <row r="23" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="83"/>
+      <c r="B23" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="C21" s="13">
-        <f>SUM(C5:C20)</f>
+      <c r="C23" s="13">
+        <f>SUM(C7:C22)</f>
         <v>0</v>
       </c>
-      <c r="D21" s="84"/>
-[...7 lines deleted...]
-      <c r="B22" s="4" t="s">
+      <c r="D23" s="92"/>
+      <c r="E23" s="75"/>
+      <c r="F23" s="75"/>
+    </row>
+    <row r="24" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="81" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C22" s="5"/>
-[...6 lines deleted...]
-      <c r="B23" s="6" t="s">
+      <c r="C24" s="5"/>
+      <c r="D24" s="99"/>
+      <c r="E24" s="75"/>
+      <c r="F24" s="75"/>
+    </row>
+    <row r="25" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="82"/>
+      <c r="B25" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="C23" s="7"/>
-[...6 lines deleted...]
-      <c r="B24" s="8" t="s">
+      <c r="C25" s="7"/>
+      <c r="D25" s="74"/>
+      <c r="E25" s="75"/>
+      <c r="F25" s="75"/>
+    </row>
+    <row r="26" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="82"/>
+      <c r="B26" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="C24" s="9"/>
-[...6 lines deleted...]
-      <c r="B25" s="8" t="s">
+      <c r="C26" s="9"/>
+      <c r="D26" s="74"/>
+      <c r="E26" s="75"/>
+      <c r="F26" s="75"/>
+    </row>
+    <row r="27" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="82"/>
+      <c r="B27" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="C25" s="9"/>
-[...6 lines deleted...]
-      <c r="B26" s="10" t="s">
+      <c r="C27" s="9"/>
+      <c r="D27" s="74"/>
+      <c r="E27" s="75"/>
+      <c r="F27" s="75"/>
+    </row>
+    <row r="28" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="82"/>
+      <c r="B28" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C26" s="11"/>
-[...6 lines deleted...]
-      <c r="B27" s="8" t="s">
+      <c r="C28" s="11"/>
+      <c r="D28" s="99"/>
+      <c r="E28" s="75"/>
+      <c r="F28" s="75"/>
+    </row>
+    <row r="29" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="82"/>
+      <c r="B29" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="C27" s="9"/>
-[...6 lines deleted...]
-      <c r="B28" s="8" t="s">
+      <c r="C29" s="9"/>
+      <c r="D29" s="74"/>
+      <c r="E29" s="75"/>
+      <c r="F29" s="75"/>
+    </row>
+    <row r="30" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="82"/>
+      <c r="B30" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="C28" s="9"/>
-[...6 lines deleted...]
-      <c r="B29" s="8" t="s">
+      <c r="C30" s="9"/>
+      <c r="D30" s="74"/>
+      <c r="E30" s="75"/>
+      <c r="F30" s="75"/>
+    </row>
+    <row r="31" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="82"/>
+      <c r="B31" s="8" t="s">
         <v>15</v>
       </c>
-      <c r="C29" s="9"/>
-[...6 lines deleted...]
-      <c r="B30" s="10" t="s">
+      <c r="C31" s="9"/>
+      <c r="D31" s="74"/>
+      <c r="E31" s="75"/>
+      <c r="F31" s="75"/>
+    </row>
+    <row r="32" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="82"/>
+      <c r="B32" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C30" s="11"/>
-[...6 lines deleted...]
-      <c r="B31" s="8" t="s">
+      <c r="C32" s="11"/>
+      <c r="D32" s="99"/>
+      <c r="E32" s="75"/>
+      <c r="F32" s="75"/>
+    </row>
+    <row r="33" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="82"/>
+      <c r="B33" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="C31" s="9"/>
-[...6 lines deleted...]
-      <c r="B32" s="8" t="s">
+      <c r="C33" s="9"/>
+      <c r="D33" s="74"/>
+      <c r="E33" s="75"/>
+      <c r="F33" s="75"/>
+    </row>
+    <row r="34" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="82"/>
+      <c r="B34" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="C32" s="9"/>
-[...6 lines deleted...]
-      <c r="B33" s="8" t="s">
+      <c r="C34" s="9"/>
+      <c r="D34" s="74"/>
+      <c r="E34" s="75"/>
+      <c r="F34" s="75"/>
+    </row>
+    <row r="35" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="82"/>
+      <c r="B35" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="C33" s="9"/>
-[...6 lines deleted...]
-      <c r="B34" s="10" t="s">
+      <c r="C35" s="9"/>
+      <c r="D35" s="74"/>
+      <c r="E35" s="75"/>
+      <c r="F35" s="75"/>
+    </row>
+    <row r="36" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="82"/>
+      <c r="B36" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C34" s="11"/>
-[...6 lines deleted...]
-      <c r="B35" s="8" t="s">
+      <c r="C36" s="11"/>
+      <c r="D36" s="99"/>
+      <c r="E36" s="75"/>
+      <c r="F36" s="75"/>
+    </row>
+    <row r="37" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="82"/>
+      <c r="B37" s="8" t="s">
         <v>21</v>
       </c>
-      <c r="C35" s="9"/>
-[...6 lines deleted...]
-      <c r="B36" s="8" t="s">
+      <c r="C37" s="9"/>
+      <c r="D37" s="74"/>
+      <c r="E37" s="75"/>
+      <c r="F37" s="75"/>
+    </row>
+    <row r="38" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="82"/>
+      <c r="B38" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="C36" s="9"/>
-[...6 lines deleted...]
-      <c r="B37" s="8" t="s">
+      <c r="C38" s="9"/>
+      <c r="D38" s="74"/>
+      <c r="E38" s="75"/>
+      <c r="F38" s="75"/>
+    </row>
+    <row r="39" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="82"/>
+      <c r="B39" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="C37" s="9"/>
-[...6 lines deleted...]
-      <c r="B38" s="12" t="s">
+      <c r="C39" s="9"/>
+      <c r="D39" s="74"/>
+      <c r="E39" s="75"/>
+      <c r="F39" s="75"/>
+    </row>
+    <row r="40" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A40" s="83"/>
+      <c r="B40" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="C38" s="13">
-        <f t="shared" ref="C38" si="0">SUM(C22:C37)</f>
+      <c r="C40" s="13">
+        <f t="shared" ref="C40" si="0">SUM(C24:C39)</f>
         <v>0</v>
       </c>
-      <c r="D38" s="84"/>
-[...7 lines deleted...]
-      <c r="B39" s="4" t="s">
+      <c r="D40" s="92"/>
+      <c r="E40" s="75"/>
+      <c r="F40" s="75"/>
+    </row>
+    <row r="41" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="81" t="s">
+        <v>100</v>
+      </c>
+      <c r="B41" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C39" s="5"/>
-[...6 lines deleted...]
-      <c r="B40" s="9" t="s">
+      <c r="C41" s="5"/>
+      <c r="D41" s="99"/>
+      <c r="E41" s="75"/>
+      <c r="F41" s="75"/>
+    </row>
+    <row r="42" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="82"/>
+      <c r="B42" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="C40" s="9"/>
-[...6 lines deleted...]
-      <c r="B41" s="9" t="s">
+      <c r="C42" s="9"/>
+      <c r="D42" s="74"/>
+      <c r="E42" s="75"/>
+      <c r="F42" s="75"/>
+    </row>
+    <row r="43" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="82"/>
+      <c r="B43" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C41" s="9"/>
-[...6 lines deleted...]
-      <c r="B42" s="9" t="s">
+      <c r="C43" s="9"/>
+      <c r="D43" s="74"/>
+      <c r="E43" s="75"/>
+      <c r="F43" s="75"/>
+    </row>
+    <row r="44" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="82"/>
+      <c r="B44" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C42" s="9"/>
-[...6 lines deleted...]
-      <c r="B43" s="10" t="s">
+      <c r="C44" s="9"/>
+      <c r="D44" s="74"/>
+      <c r="E44" s="75"/>
+      <c r="F44" s="75"/>
+    </row>
+    <row r="45" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="82"/>
+      <c r="B45" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C43" s="11"/>
-[...6 lines deleted...]
-      <c r="B44" s="9" t="s">
+      <c r="C45" s="11"/>
+      <c r="D45" s="99"/>
+      <c r="E45" s="75"/>
+      <c r="F45" s="75"/>
+    </row>
+    <row r="46" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="82"/>
+      <c r="B46" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="C44" s="9"/>
-[...6 lines deleted...]
-      <c r="B45" s="9" t="s">
+      <c r="C46" s="9"/>
+      <c r="D46" s="74"/>
+      <c r="E46" s="75"/>
+      <c r="F46" s="75"/>
+    </row>
+    <row r="47" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="82"/>
+      <c r="B47" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C45" s="9"/>
-[...6 lines deleted...]
-      <c r="B46" s="9" t="s">
+      <c r="C47" s="9"/>
+      <c r="D47" s="74"/>
+      <c r="E47" s="75"/>
+      <c r="F47" s="75"/>
+    </row>
+    <row r="48" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="82"/>
+      <c r="B48" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="C46" s="9"/>
-[...6 lines deleted...]
-      <c r="B47" s="10" t="s">
+      <c r="C48" s="9"/>
+      <c r="D48" s="74"/>
+      <c r="E48" s="75"/>
+      <c r="F48" s="75"/>
+    </row>
+    <row r="49" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="82"/>
+      <c r="B49" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C47" s="11"/>
-[...6 lines deleted...]
-      <c r="B48" s="9" t="s">
+      <c r="C49" s="11"/>
+      <c r="D49" s="99"/>
+      <c r="E49" s="75"/>
+      <c r="F49" s="75"/>
+    </row>
+    <row r="50" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="82"/>
+      <c r="B50" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C48" s="9"/>
-[...6 lines deleted...]
-      <c r="B49" s="9" t="s">
+      <c r="C50" s="9"/>
+      <c r="D50" s="74"/>
+      <c r="E50" s="75"/>
+      <c r="F50" s="75"/>
+    </row>
+    <row r="51" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="82"/>
+      <c r="B51" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C49" s="9"/>
-[...6 lines deleted...]
-      <c r="B50" s="9" t="s">
+      <c r="C51" s="9"/>
+      <c r="D51" s="74"/>
+      <c r="E51" s="75"/>
+      <c r="F51" s="75"/>
+    </row>
+    <row r="52" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="82"/>
+      <c r="B52" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="C50" s="9"/>
-[...6 lines deleted...]
-      <c r="B51" s="10" t="s">
+      <c r="C52" s="9"/>
+      <c r="D52" s="74"/>
+      <c r="E52" s="75"/>
+      <c r="F52" s="75"/>
+    </row>
+    <row r="53" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="82"/>
+      <c r="B53" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C51" s="11"/>
-[...6 lines deleted...]
-      <c r="B52" s="9" t="s">
+      <c r="C53" s="11"/>
+      <c r="D53" s="99"/>
+      <c r="E53" s="75"/>
+      <c r="F53" s="75"/>
+    </row>
+    <row r="54" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="82"/>
+      <c r="B54" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C52" s="9"/>
-[...6 lines deleted...]
-      <c r="B53" s="9" t="s">
+      <c r="C54" s="9"/>
+      <c r="D54" s="74"/>
+      <c r="E54" s="75"/>
+      <c r="F54" s="75"/>
+    </row>
+    <row r="55" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="82"/>
+      <c r="B55" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C53" s="9"/>
-[...6 lines deleted...]
-      <c r="B54" s="9" t="s">
+      <c r="C55" s="9"/>
+      <c r="D55" s="74"/>
+      <c r="E55" s="75"/>
+      <c r="F55" s="75"/>
+    </row>
+    <row r="56" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="82"/>
+      <c r="B56" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="C54" s="9"/>
-[...6 lines deleted...]
-      <c r="B55" s="14" t="s">
+      <c r="C56" s="9"/>
+      <c r="D56" s="74"/>
+      <c r="E56" s="75"/>
+      <c r="F56" s="75"/>
+    </row>
+    <row r="57" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A57" s="83"/>
+      <c r="B57" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="C55" s="13">
-        <f>SUM(C39:C54)</f>
+      <c r="C57" s="13">
+        <f>SUM(C41:C56)</f>
         <v>0</v>
       </c>
-      <c r="D55" s="84"/>
-[...4 lines deleted...]
-      <c r="A56" s="82" t="s">
+      <c r="D57" s="92"/>
+      <c r="E57" s="75"/>
+      <c r="F57" s="75"/>
+    </row>
+    <row r="58" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="90" t="s">
         <v>78</v>
       </c>
-      <c r="B56" s="4" t="s">
+      <c r="B58" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C56" s="5"/>
-[...6 lines deleted...]
-      <c r="B57" s="9" t="s">
+      <c r="C58" s="5"/>
+      <c r="D58" s="99"/>
+      <c r="E58" s="75"/>
+      <c r="F58" s="75"/>
+    </row>
+    <row r="59" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="91"/>
+      <c r="B59" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="C57" s="9"/>
-[...6 lines deleted...]
-      <c r="B58" s="9" t="s">
+      <c r="C59" s="9"/>
+      <c r="D59" s="74"/>
+      <c r="E59" s="75"/>
+      <c r="F59" s="75"/>
+    </row>
+    <row r="60" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="91"/>
+      <c r="B60" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="C58" s="9"/>
-[...6 lines deleted...]
-      <c r="B59" s="9" t="s">
+      <c r="C60" s="9"/>
+      <c r="D60" s="74"/>
+      <c r="E60" s="75"/>
+      <c r="F60" s="75"/>
+    </row>
+    <row r="61" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="91"/>
+      <c r="B61" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="C59" s="9"/>
-[...6 lines deleted...]
-      <c r="B60" s="10" t="s">
+      <c r="C61" s="9"/>
+      <c r="D61" s="74"/>
+      <c r="E61" s="75"/>
+      <c r="F61" s="75"/>
+    </row>
+    <row r="62" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="91"/>
+      <c r="B62" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C60" s="11"/>
-[...6 lines deleted...]
-      <c r="B61" s="9" t="s">
+      <c r="C62" s="11"/>
+      <c r="D62" s="99"/>
+      <c r="E62" s="75"/>
+      <c r="F62" s="75"/>
+    </row>
+    <row r="63" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="91"/>
+      <c r="B63" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="C61" s="9"/>
-[...6 lines deleted...]
-      <c r="B62" s="9" t="s">
+      <c r="C63" s="9"/>
+      <c r="D63" s="74"/>
+      <c r="E63" s="75"/>
+      <c r="F63" s="75"/>
+    </row>
+    <row r="64" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="91"/>
+      <c r="B64" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C62" s="9"/>
-[...6 lines deleted...]
-      <c r="B63" s="9" t="s">
+      <c r="C64" s="9"/>
+      <c r="D64" s="74"/>
+      <c r="E64" s="75"/>
+      <c r="F64" s="75"/>
+    </row>
+    <row r="65" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="91"/>
+      <c r="B65" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="C63" s="9"/>
-[...6 lines deleted...]
-      <c r="B64" s="10" t="s">
+      <c r="C65" s="9"/>
+      <c r="D65" s="74"/>
+      <c r="E65" s="75"/>
+      <c r="F65" s="75"/>
+    </row>
+    <row r="66" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="91"/>
+      <c r="B66" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C64" s="11"/>
-[...6 lines deleted...]
-      <c r="B65" s="9" t="s">
+      <c r="C66" s="11"/>
+      <c r="D66" s="99"/>
+      <c r="E66" s="75"/>
+      <c r="F66" s="75"/>
+    </row>
+    <row r="67" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="91"/>
+      <c r="B67" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C65" s="9"/>
-[...6 lines deleted...]
-      <c r="B66" s="9" t="s">
+      <c r="C67" s="9"/>
+      <c r="D67" s="74"/>
+      <c r="E67" s="75"/>
+      <c r="F67" s="75"/>
+    </row>
+    <row r="68" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="91"/>
+      <c r="B68" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C66" s="9"/>
-[...6 lines deleted...]
-      <c r="B67" s="9" t="s">
+      <c r="C68" s="9"/>
+      <c r="D68" s="74"/>
+      <c r="E68" s="75"/>
+      <c r="F68" s="75"/>
+    </row>
+    <row r="69" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="91"/>
+      <c r="B69" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="C67" s="9"/>
-[...6 lines deleted...]
-      <c r="B68" s="10" t="s">
+      <c r="C69" s="9"/>
+      <c r="D69" s="74"/>
+      <c r="E69" s="75"/>
+      <c r="F69" s="75"/>
+    </row>
+    <row r="70" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="91"/>
+      <c r="B70" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="C68" s="11"/>
-[...6 lines deleted...]
-      <c r="B69" s="9" t="s">
+      <c r="C70" s="11"/>
+      <c r="D70" s="99"/>
+      <c r="E70" s="75"/>
+      <c r="F70" s="75"/>
+    </row>
+    <row r="71" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="91"/>
+      <c r="B71" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="C69" s="9"/>
-[...6 lines deleted...]
-      <c r="B70" s="9" t="s">
+      <c r="C71" s="9"/>
+      <c r="D71" s="74"/>
+      <c r="E71" s="75"/>
+      <c r="F71" s="75"/>
+    </row>
+    <row r="72" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="91"/>
+      <c r="B72" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C70" s="9"/>
-[...6 lines deleted...]
-      <c r="B71" s="9" t="s">
+      <c r="C72" s="9"/>
+      <c r="D72" s="74"/>
+      <c r="E72" s="75"/>
+      <c r="F72" s="75"/>
+    </row>
+    <row r="73" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="91"/>
+      <c r="B73" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="C71" s="9"/>
-[...6 lines deleted...]
-      <c r="B72" s="54" t="s">
+      <c r="C73" s="9"/>
+      <c r="D73" s="74"/>
+      <c r="E73" s="75"/>
+      <c r="F73" s="75"/>
+    </row>
+    <row r="74" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A74" s="91"/>
+      <c r="B74" s="54" t="s">
         <v>24</v>
       </c>
-      <c r="C72" s="19">
-        <f>SUM(C56:C71)</f>
+      <c r="C74" s="19">
+        <f>SUM(C58:C73)</f>
         <v>0</v>
       </c>
-      <c r="D72" s="104"/>
-[...4 lines deleted...]
-      <c r="A73" s="98" t="s">
+      <c r="D74" s="109"/>
+      <c r="E74" s="110"/>
+      <c r="F74" s="110"/>
+    </row>
+    <row r="75" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A75" s="103" t="s">
         <v>26</v>
       </c>
-      <c r="B73" s="99"/>
-[...6 lines deleted...]
-      <c r="A74" s="76" t="s">
+      <c r="B75" s="104"/>
+      <c r="C75" s="104"/>
+      <c r="D75" s="104"/>
+      <c r="E75" s="105"/>
+      <c r="F75" s="106"/>
+    </row>
+    <row r="76" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="84" t="s">
         <v>68</v>
       </c>
-      <c r="B74" s="55" t="s">
+      <c r="B76" s="55" t="s">
         <v>9</v>
       </c>
-      <c r="C74" s="38"/>
-      <c r="D74" s="85" t="s">
+      <c r="C76" s="38"/>
+      <c r="D76" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="E74" s="72"/>
-[...4 lines deleted...]
-      <c r="B75" s="17" t="s">
+      <c r="E76" s="80"/>
+      <c r="F76" s="80"/>
+    </row>
+    <row r="77" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="84"/>
+      <c r="B77" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="C75" s="18"/>
-[...6 lines deleted...]
-      <c r="B76" s="17" t="s">
+      <c r="C77" s="18"/>
+      <c r="D77" s="76"/>
+      <c r="E77" s="75"/>
+      <c r="F77" s="75"/>
+    </row>
+    <row r="78" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="84"/>
+      <c r="B78" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="C76" s="18"/>
-[...6 lines deleted...]
-      <c r="B77" s="17" t="s">
+      <c r="C78" s="18"/>
+      <c r="D78" s="76"/>
+      <c r="E78" s="75"/>
+      <c r="F78" s="75"/>
+    </row>
+    <row r="79" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="84"/>
+      <c r="B79" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C77" s="18"/>
-[...6 lines deleted...]
-      <c r="B78" s="17" t="s">
+      <c r="C79" s="18"/>
+      <c r="D79" s="76"/>
+      <c r="E79" s="75"/>
+      <c r="F79" s="75"/>
+    </row>
+    <row r="80" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="84"/>
+      <c r="B80" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="C78" s="18"/>
-[...6 lines deleted...]
-      <c r="B79" s="17" t="s">
+      <c r="C80" s="18"/>
+      <c r="D80" s="76"/>
+      <c r="E80" s="75"/>
+      <c r="F80" s="75"/>
+    </row>
+    <row r="81" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="84"/>
+      <c r="B81" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="C79" s="18"/>
-[...6 lines deleted...]
-      <c r="B80" s="17" t="s">
+      <c r="C81" s="18"/>
+      <c r="D81" s="76"/>
+      <c r="E81" s="75"/>
+      <c r="F81" s="75"/>
+    </row>
+    <row r="82" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="84"/>
+      <c r="B82" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="C80" s="18"/>
-[...6 lines deleted...]
-      <c r="B81" s="17" t="s">
+      <c r="C82" s="18"/>
+      <c r="D82" s="76"/>
+      <c r="E82" s="75"/>
+      <c r="F82" s="75"/>
+    </row>
+    <row r="83" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="84"/>
+      <c r="B83" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C81" s="18"/>
-[...6 lines deleted...]
-      <c r="B82" s="17" t="s">
+      <c r="C83" s="18"/>
+      <c r="D83" s="76"/>
+      <c r="E83" s="75"/>
+      <c r="F83" s="75"/>
+    </row>
+    <row r="84" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="84"/>
+      <c r="B84" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="C82" s="18"/>
-[...6 lines deleted...]
-      <c r="B83" s="17" t="s">
+      <c r="C84" s="18"/>
+      <c r="D84" s="76"/>
+      <c r="E84" s="75"/>
+      <c r="F84" s="75"/>
+    </row>
+    <row r="85" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="84"/>
+      <c r="B85" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C83" s="18"/>
-[...6 lines deleted...]
-      <c r="B84" s="17" t="s">
+      <c r="C85" s="18"/>
+      <c r="D85" s="76"/>
+      <c r="E85" s="75"/>
+      <c r="F85" s="75"/>
+    </row>
+    <row r="86" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="84"/>
+      <c r="B86" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="C84" s="18"/>
-[...6 lines deleted...]
-      <c r="B85" s="17" t="s">
+      <c r="C86" s="18"/>
+      <c r="D86" s="76"/>
+      <c r="E86" s="75"/>
+      <c r="F86" s="75"/>
+    </row>
+    <row r="87" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="84"/>
+      <c r="B87" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C85" s="18"/>
-[...6 lines deleted...]
-      <c r="B86" s="14" t="s">
+      <c r="C87" s="18"/>
+      <c r="D87" s="76"/>
+      <c r="E87" s="75"/>
+      <c r="F87" s="75"/>
+    </row>
+    <row r="88" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A88" s="85"/>
+      <c r="B88" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="C86" s="13">
-        <f t="shared" ref="C86" si="1">SUM(C74:C85)</f>
+      <c r="C88" s="13">
+        <f t="shared" ref="C88" si="1">SUM(C76:C87)</f>
         <v>0</v>
       </c>
-      <c r="D86" s="68"/>
-[...7 lines deleted...]
-      <c r="B87" s="15" t="s">
+      <c r="D88" s="77"/>
+      <c r="E88" s="78"/>
+      <c r="F88" s="78"/>
+    </row>
+    <row r="89" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="86" t="s">
+        <v>145</v>
+      </c>
+      <c r="B89" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="C87" s="16"/>
-      <c r="D87" s="66" t="s">
+      <c r="C89" s="16"/>
+      <c r="D89" s="76" t="s">
         <v>25</v>
       </c>
-      <c r="E87" s="67"/>
-[...4 lines deleted...]
-      <c r="B88" s="17" t="s">
+      <c r="E89" s="75"/>
+      <c r="F89" s="75"/>
+    </row>
+    <row r="90" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="87"/>
+      <c r="B90" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="C88" s="18"/>
-[...6 lines deleted...]
-      <c r="B89" s="17" t="s">
+      <c r="C90" s="18"/>
+      <c r="D90" s="76"/>
+      <c r="E90" s="75"/>
+      <c r="F90" s="75"/>
+    </row>
+    <row r="91" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="87"/>
+      <c r="B91" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="C89" s="18"/>
-[...6 lines deleted...]
-      <c r="B90" s="17" t="s">
+      <c r="C91" s="18"/>
+      <c r="D91" s="76"/>
+      <c r="E91" s="75"/>
+      <c r="F91" s="75"/>
+    </row>
+    <row r="92" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="87"/>
+      <c r="B92" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C90" s="18"/>
-[...6 lines deleted...]
-      <c r="B91" s="17" t="s">
+      <c r="C92" s="18"/>
+      <c r="D92" s="76"/>
+      <c r="E92" s="75"/>
+      <c r="F92" s="75"/>
+    </row>
+    <row r="93" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="87"/>
+      <c r="B93" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="C91" s="18"/>
-[...6 lines deleted...]
-      <c r="B92" s="17" t="s">
+      <c r="C93" s="18"/>
+      <c r="D93" s="76"/>
+      <c r="E93" s="75"/>
+      <c r="F93" s="75"/>
+    </row>
+    <row r="94" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="87"/>
+      <c r="B94" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="C92" s="18"/>
-[...6 lines deleted...]
-      <c r="B93" s="17" t="s">
+      <c r="C94" s="18"/>
+      <c r="D94" s="76"/>
+      <c r="E94" s="75"/>
+      <c r="F94" s="75"/>
+    </row>
+    <row r="95" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="87"/>
+      <c r="B95" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="C93" s="18"/>
-[...6 lines deleted...]
-      <c r="B94" s="17" t="s">
+      <c r="C95" s="18"/>
+      <c r="D95" s="76"/>
+      <c r="E95" s="75"/>
+      <c r="F95" s="75"/>
+    </row>
+    <row r="96" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="87"/>
+      <c r="B96" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C94" s="18"/>
-[...6 lines deleted...]
-      <c r="B95" s="17" t="s">
+      <c r="C96" s="18"/>
+      <c r="D96" s="76"/>
+      <c r="E96" s="75"/>
+      <c r="F96" s="75"/>
+    </row>
+    <row r="97" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="87"/>
+      <c r="B97" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="C95" s="18"/>
-[...6 lines deleted...]
-      <c r="B96" s="17" t="s">
+      <c r="C97" s="18"/>
+      <c r="D97" s="76"/>
+      <c r="E97" s="75"/>
+      <c r="F97" s="75"/>
+    </row>
+    <row r="98" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="87"/>
+      <c r="B98" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C96" s="18"/>
-[...6 lines deleted...]
-      <c r="B97" s="17" t="s">
+      <c r="C98" s="18"/>
+      <c r="D98" s="76"/>
+      <c r="E98" s="75"/>
+      <c r="F98" s="75"/>
+    </row>
+    <row r="99" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="87"/>
+      <c r="B99" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="C97" s="18"/>
-[...6 lines deleted...]
-      <c r="B98" s="17" t="s">
+      <c r="C99" s="18"/>
+      <c r="D99" s="76"/>
+      <c r="E99" s="75"/>
+      <c r="F99" s="75"/>
+    </row>
+    <row r="100" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="87"/>
+      <c r="B100" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C98" s="18"/>
-[...6 lines deleted...]
-      <c r="B99" s="14" t="s">
+      <c r="C100" s="18"/>
+      <c r="D100" s="76"/>
+      <c r="E100" s="75"/>
+      <c r="F100" s="75"/>
+    </row>
+    <row r="101" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A101" s="88"/>
+      <c r="B101" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="C99" s="13">
-        <f t="shared" ref="C99" si="2">SUM(C87:C98)</f>
+      <c r="C101" s="13">
+        <f t="shared" ref="C101" si="2">SUM(C89:C100)</f>
         <v>0</v>
       </c>
-      <c r="D99" s="68"/>
-[...7 lines deleted...]
-      <c r="B100" s="15" t="s">
+      <c r="D101" s="77"/>
+      <c r="E101" s="78"/>
+      <c r="F101" s="78"/>
+    </row>
+    <row r="102" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="89" t="s">
+        <v>94</v>
+      </c>
+      <c r="B102" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="C100" s="16"/>
-      <c r="D100" s="66" t="s">
+      <c r="C102" s="16"/>
+      <c r="D102" s="76" t="s">
         <v>25</v>
       </c>
-      <c r="E100" s="67"/>
-[...4 lines deleted...]
-      <c r="B101" s="17" t="s">
+      <c r="E102" s="75"/>
+      <c r="F102" s="75"/>
+    </row>
+    <row r="103" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="87"/>
+      <c r="B103" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="C101" s="18"/>
-[...6 lines deleted...]
-      <c r="B102" s="17" t="s">
+      <c r="C103" s="18"/>
+      <c r="D103" s="76"/>
+      <c r="E103" s="75"/>
+      <c r="F103" s="75"/>
+    </row>
+    <row r="104" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="87"/>
+      <c r="B104" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="C102" s="18"/>
-[...6 lines deleted...]
-      <c r="B103" s="17" t="s">
+      <c r="C104" s="18"/>
+      <c r="D104" s="76"/>
+      <c r="E104" s="75"/>
+      <c r="F104" s="75"/>
+    </row>
+    <row r="105" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A105" s="87"/>
+      <c r="B105" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C103" s="18"/>
-[...6 lines deleted...]
-      <c r="B104" s="17" t="s">
+      <c r="C105" s="18"/>
+      <c r="D105" s="76"/>
+      <c r="E105" s="75"/>
+      <c r="F105" s="75"/>
+    </row>
+    <row r="106" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="87"/>
+      <c r="B106" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="C104" s="18"/>
-[...6 lines deleted...]
-      <c r="B105" s="17" t="s">
+      <c r="C106" s="18"/>
+      <c r="D106" s="76"/>
+      <c r="E106" s="75"/>
+      <c r="F106" s="75"/>
+    </row>
+    <row r="107" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="87"/>
+      <c r="B107" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="C105" s="18"/>
-[...6 lines deleted...]
-      <c r="B106" s="17" t="s">
+      <c r="C107" s="18"/>
+      <c r="D107" s="76"/>
+      <c r="E107" s="75"/>
+      <c r="F107" s="75"/>
+    </row>
+    <row r="108" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="87"/>
+      <c r="B108" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="C106" s="18"/>
-[...6 lines deleted...]
-      <c r="B107" s="17" t="s">
+      <c r="C108" s="18"/>
+      <c r="D108" s="76"/>
+      <c r="E108" s="75"/>
+      <c r="F108" s="75"/>
+    </row>
+    <row r="109" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="87"/>
+      <c r="B109" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C107" s="18"/>
-[...6 lines deleted...]
-      <c r="B108" s="17" t="s">
+      <c r="C109" s="18"/>
+      <c r="D109" s="76"/>
+      <c r="E109" s="75"/>
+      <c r="F109" s="75"/>
+    </row>
+    <row r="110" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="87"/>
+      <c r="B110" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="C108" s="18"/>
-[...6 lines deleted...]
-      <c r="B109" s="17" t="s">
+      <c r="C110" s="18"/>
+      <c r="D110" s="76"/>
+      <c r="E110" s="75"/>
+      <c r="F110" s="75"/>
+    </row>
+    <row r="111" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="87"/>
+      <c r="B111" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C109" s="18"/>
-[...6 lines deleted...]
-      <c r="B110" s="17" t="s">
+      <c r="C111" s="18"/>
+      <c r="D111" s="76"/>
+      <c r="E111" s="75"/>
+      <c r="F111" s="75"/>
+    </row>
+    <row r="112" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="87"/>
+      <c r="B112" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="C110" s="18"/>
-[...6 lines deleted...]
-      <c r="B111" s="17" t="s">
+      <c r="C112" s="18"/>
+      <c r="D112" s="76"/>
+      <c r="E112" s="75"/>
+      <c r="F112" s="75"/>
+    </row>
+    <row r="113" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A113" s="87"/>
+      <c r="B113" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C111" s="18"/>
-[...6 lines deleted...]
-      <c r="B112" s="14" t="s">
+      <c r="C113" s="18"/>
+      <c r="D113" s="76"/>
+      <c r="E113" s="75"/>
+      <c r="F113" s="75"/>
+    </row>
+    <row r="114" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A114" s="88"/>
+      <c r="B114" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="C112" s="19">
-        <f>SUM(C100:C111)</f>
+      <c r="C114" s="19">
+        <f>SUM(C102:C113)</f>
         <v>0</v>
       </c>
-      <c r="D112" s="84"/>
-[...4 lines deleted...]
-      <c r="A113" s="86" t="s">
+      <c r="D114" s="92"/>
+      <c r="E114" s="75"/>
+      <c r="F114" s="75"/>
+    </row>
+    <row r="115" spans="1:6" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A115" s="71" t="s">
         <v>69</v>
       </c>
-      <c r="B113" s="39"/>
-      <c r="C113" s="40" t="s">
+      <c r="B115" s="39"/>
+      <c r="C115" s="40" t="s">
         <v>74</v>
       </c>
-      <c r="D113" s="50" t="s">
+      <c r="D115" s="50" t="s">
         <v>73</v>
       </c>
-      <c r="E113" s="50" t="s">
+      <c r="E115" s="50" t="s">
         <v>75</v>
       </c>
-      <c r="F113" s="51" t="s">
+      <c r="F115" s="51" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="114" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B114" s="15" t="s">
+    <row r="116" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="72"/>
+      <c r="B116" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="C114" s="38"/>
-      <c r="D114" s="41" t="s">
+      <c r="C116" s="38"/>
+      <c r="D116" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="E114" s="38"/>
-[...4 lines deleted...]
-      <c r="B115" s="17" t="s">
+      <c r="E116" s="38"/>
+      <c r="F116" s="38"/>
+    </row>
+    <row r="117" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="72"/>
+      <c r="B117" s="17" t="s">
         <v>10</v>
-      </c>
-[...18 lines deleted...]
-        <v>13</v>
       </c>
       <c r="C117" s="18"/>
       <c r="D117" s="42"/>
       <c r="E117" s="18"/>
       <c r="F117" s="18"/>
     </row>
-    <row r="118" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A118" s="87"/>
+    <row r="118" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="72"/>
       <c r="B118" s="17" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C118" s="18"/>
       <c r="D118" s="42"/>
       <c r="E118" s="18"/>
       <c r="F118" s="18"/>
     </row>
-    <row r="119" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A119" s="87"/>
+    <row r="119" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="72"/>
       <c r="B119" s="17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C119" s="18"/>
       <c r="D119" s="42"/>
       <c r="E119" s="18"/>
       <c r="F119" s="18"/>
     </row>
-    <row r="120" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A120" s="87"/>
+    <row r="120" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="72"/>
       <c r="B120" s="17" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C120" s="18"/>
       <c r="D120" s="42"/>
       <c r="E120" s="18"/>
       <c r="F120" s="18"/>
     </row>
-    <row r="121" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A121" s="87"/>
+    <row r="121" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="72"/>
       <c r="B121" s="17" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C121" s="18"/>
       <c r="D121" s="42"/>
       <c r="E121" s="18"/>
       <c r="F121" s="18"/>
     </row>
-    <row r="122" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A122" s="87"/>
+    <row r="122" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="72"/>
       <c r="B122" s="17" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C122" s="18"/>
       <c r="D122" s="42"/>
       <c r="E122" s="18"/>
       <c r="F122" s="18"/>
     </row>
-    <row r="123" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A123" s="87"/>
+    <row r="123" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="72"/>
       <c r="B123" s="17" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C123" s="18"/>
       <c r="D123" s="42"/>
       <c r="E123" s="18"/>
       <c r="F123" s="18"/>
     </row>
-    <row r="124" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A124" s="87"/>
+    <row r="124" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="72"/>
       <c r="B124" s="17" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C124" s="18"/>
       <c r="D124" s="42"/>
       <c r="E124" s="18"/>
       <c r="F124" s="18"/>
     </row>
-    <row r="125" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="87"/>
+    <row r="125" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="72"/>
       <c r="B125" s="17" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C125" s="18"/>
       <c r="D125" s="42"/>
       <c r="E125" s="18"/>
       <c r="F125" s="18"/>
     </row>
-    <row r="126" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B126" s="14" t="s">
+    <row r="126" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="72"/>
+      <c r="B126" s="17" t="s">
+        <v>22</v>
+      </c>
+      <c r="C126" s="18"/>
+      <c r="D126" s="42"/>
+      <c r="E126" s="18"/>
+      <c r="F126" s="18"/>
+    </row>
+    <row r="127" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="72"/>
+      <c r="B127" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C127" s="18"/>
+      <c r="D127" s="42"/>
+      <c r="E127" s="18"/>
+      <c r="F127" s="18"/>
+    </row>
+    <row r="128" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A128" s="73"/>
+      <c r="B128" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="C126" s="13">
-        <f>SUM(C114:C125)</f>
+      <c r="C128" s="13">
+        <f>SUM(C116:C127)</f>
         <v>0</v>
       </c>
-      <c r="D126" s="43">
-        <f>SUM(D114:D125)</f>
+      <c r="D128" s="43">
+        <f>SUM(D116:D127)</f>
         <v>0</v>
       </c>
-      <c r="E126" s="13">
-        <f>SUM(E114:E125)</f>
+      <c r="E128" s="13">
+        <f>SUM(E116:E127)</f>
         <v>0</v>
       </c>
-      <c r="F126" s="13">
-        <f>SUM(F114:F125)</f>
+      <c r="F128" s="13">
+        <f>SUM(F116:F127)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="86" t="s">
+    <row r="129" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="71" t="s">
         <v>70</v>
       </c>
-      <c r="B127" s="15" t="s">
+      <c r="B129" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="C127" s="16"/>
-[...6 lines deleted...]
-      <c r="B128" s="17" t="s">
+      <c r="C129" s="16"/>
+      <c r="D129" s="76"/>
+      <c r="E129" s="75"/>
+      <c r="F129" s="75"/>
+    </row>
+    <row r="130" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="84"/>
+      <c r="B130" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="C128" s="18"/>
-[...6 lines deleted...]
-      <c r="B129" s="17" t="s">
+      <c r="C130" s="18"/>
+      <c r="D130" s="76"/>
+      <c r="E130" s="75"/>
+      <c r="F130" s="75"/>
+    </row>
+    <row r="131" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="84"/>
+      <c r="B131" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="C129" s="18"/>
-[...6 lines deleted...]
-      <c r="B130" s="17" t="s">
+      <c r="C131" s="18"/>
+      <c r="D131" s="76"/>
+      <c r="E131" s="75"/>
+      <c r="F131" s="75"/>
+    </row>
+    <row r="132" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="84"/>
+      <c r="B132" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C130" s="18"/>
-[...6 lines deleted...]
-      <c r="B131" s="17" t="s">
+      <c r="C132" s="18"/>
+      <c r="D132" s="76"/>
+      <c r="E132" s="75"/>
+      <c r="F132" s="75"/>
+    </row>
+    <row r="133" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="84"/>
+      <c r="B133" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="C131" s="18"/>
-[...6 lines deleted...]
-      <c r="B132" s="17" t="s">
+      <c r="C133" s="18"/>
+      <c r="D133" s="76"/>
+      <c r="E133" s="75"/>
+      <c r="F133" s="75"/>
+    </row>
+    <row r="134" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="84"/>
+      <c r="B134" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="C132" s="18"/>
-[...6 lines deleted...]
-      <c r="B133" s="17" t="s">
+      <c r="C134" s="18"/>
+      <c r="D134" s="76"/>
+      <c r="E134" s="75"/>
+      <c r="F134" s="75"/>
+    </row>
+    <row r="135" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="84"/>
+      <c r="B135" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="C133" s="18"/>
-[...6 lines deleted...]
-      <c r="B134" s="17" t="s">
+      <c r="C135" s="18"/>
+      <c r="D135" s="76"/>
+      <c r="E135" s="75"/>
+      <c r="F135" s="75"/>
+    </row>
+    <row r="136" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="84"/>
+      <c r="B136" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C134" s="18"/>
-[...6 lines deleted...]
-      <c r="B135" s="17" t="s">
+      <c r="C136" s="18"/>
+      <c r="D136" s="76"/>
+      <c r="E136" s="75"/>
+      <c r="F136" s="75"/>
+    </row>
+    <row r="137" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="84"/>
+      <c r="B137" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="C135" s="18"/>
-[...6 lines deleted...]
-      <c r="B136" s="17" t="s">
+      <c r="C137" s="18"/>
+      <c r="D137" s="76"/>
+      <c r="E137" s="75"/>
+      <c r="F137" s="75"/>
+    </row>
+    <row r="138" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="84"/>
+      <c r="B138" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C136" s="18"/>
-[...6 lines deleted...]
-      <c r="B137" s="17" t="s">
+      <c r="C138" s="18"/>
+      <c r="D138" s="76"/>
+      <c r="E138" s="75"/>
+      <c r="F138" s="75"/>
+    </row>
+    <row r="139" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="84"/>
+      <c r="B139" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="C137" s="18"/>
-[...6 lines deleted...]
-      <c r="B138" s="17" t="s">
+      <c r="C139" s="18"/>
+      <c r="D139" s="76"/>
+      <c r="E139" s="75"/>
+      <c r="F139" s="75"/>
+    </row>
+    <row r="140" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="84"/>
+      <c r="B140" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C138" s="18"/>
-[...6 lines deleted...]
-      <c r="B139" s="14" t="s">
+      <c r="C140" s="18"/>
+      <c r="D140" s="76"/>
+      <c r="E140" s="75"/>
+      <c r="F140" s="75"/>
+    </row>
+    <row r="141" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A141" s="85"/>
+      <c r="B141" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="C139" s="13">
-        <f>SUM(C127:C138)</f>
+      <c r="C141" s="13">
+        <f>SUM(C129:C140)</f>
         <v>0</v>
       </c>
-      <c r="D139" s="68"/>
-[...4 lines deleted...]
-      <c r="A140" s="86" t="s">
+      <c r="D141" s="77"/>
+      <c r="E141" s="78"/>
+      <c r="F141" s="78"/>
+    </row>
+    <row r="142" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="71" t="s">
         <v>71</v>
       </c>
-      <c r="B140" s="15" t="s">
+      <c r="B142" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="C140" s="16"/>
-[...6 lines deleted...]
-      <c r="B141" s="17" t="s">
+      <c r="C142" s="16"/>
+      <c r="D142" s="76"/>
+      <c r="E142" s="75"/>
+      <c r="F142" s="75"/>
+    </row>
+    <row r="143" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="84"/>
+      <c r="B143" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="C141" s="18"/>
-[...6 lines deleted...]
-      <c r="B142" s="17" t="s">
+      <c r="C143" s="18"/>
+      <c r="D143" s="76"/>
+      <c r="E143" s="75"/>
+      <c r="F143" s="75"/>
+    </row>
+    <row r="144" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="84"/>
+      <c r="B144" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="C142" s="18"/>
-[...6 lines deleted...]
-      <c r="B143" s="17" t="s">
+      <c r="C144" s="18"/>
+      <c r="D144" s="76"/>
+      <c r="E144" s="75"/>
+      <c r="F144" s="75"/>
+    </row>
+    <row r="145" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="84"/>
+      <c r="B145" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="C143" s="18"/>
-[...6 lines deleted...]
-      <c r="B144" s="17" t="s">
+      <c r="C145" s="18"/>
+      <c r="D145" s="76"/>
+      <c r="E145" s="75"/>
+      <c r="F145" s="75"/>
+    </row>
+    <row r="146" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="84"/>
+      <c r="B146" s="17" t="s">
         <v>14</v>
       </c>
-      <c r="C144" s="18"/>
-[...6 lines deleted...]
-      <c r="B145" s="17" t="s">
+      <c r="C146" s="18"/>
+      <c r="D146" s="76"/>
+      <c r="E146" s="75"/>
+      <c r="F146" s="75"/>
+    </row>
+    <row r="147" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="84"/>
+      <c r="B147" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="C145" s="18"/>
-[...6 lines deleted...]
-      <c r="B146" s="17" t="s">
+      <c r="C147" s="18"/>
+      <c r="D147" s="76"/>
+      <c r="E147" s="75"/>
+      <c r="F147" s="75"/>
+    </row>
+    <row r="148" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="84"/>
+      <c r="B148" s="17" t="s">
         <v>17</v>
       </c>
-      <c r="C146" s="18"/>
-[...6 lines deleted...]
-      <c r="B147" s="17" t="s">
+      <c r="C148" s="18"/>
+      <c r="D148" s="76"/>
+      <c r="E148" s="75"/>
+      <c r="F148" s="75"/>
+    </row>
+    <row r="149" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="84"/>
+      <c r="B149" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="C147" s="18"/>
-[...6 lines deleted...]
-      <c r="B148" s="17" t="s">
+      <c r="C149" s="18"/>
+      <c r="D149" s="76"/>
+      <c r="E149" s="75"/>
+      <c r="F149" s="75"/>
+    </row>
+    <row r="150" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="84"/>
+      <c r="B150" s="17" t="s">
         <v>19</v>
       </c>
-      <c r="C148" s="18"/>
-[...6 lines deleted...]
-      <c r="B149" s="17" t="s">
+      <c r="C150" s="18"/>
+      <c r="D150" s="76"/>
+      <c r="E150" s="75"/>
+      <c r="F150" s="75"/>
+    </row>
+    <row r="151" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="84"/>
+      <c r="B151" s="17" t="s">
         <v>21</v>
       </c>
-      <c r="C149" s="18"/>
-[...6 lines deleted...]
-      <c r="B150" s="17" t="s">
+      <c r="C151" s="18"/>
+      <c r="D151" s="76"/>
+      <c r="E151" s="75"/>
+      <c r="F151" s="75"/>
+    </row>
+    <row r="152" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="84"/>
+      <c r="B152" s="17" t="s">
         <v>22</v>
       </c>
-      <c r="C150" s="18"/>
-[...6 lines deleted...]
-      <c r="B151" s="17" t="s">
+      <c r="C152" s="18"/>
+      <c r="D152" s="76"/>
+      <c r="E152" s="75"/>
+      <c r="F152" s="75"/>
+    </row>
+    <row r="153" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="84"/>
+      <c r="B153" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="C151" s="18"/>
-[...6 lines deleted...]
-      <c r="B152" s="14" t="s">
+      <c r="C153" s="18"/>
+      <c r="D153" s="76"/>
+      <c r="E153" s="75"/>
+      <c r="F153" s="75"/>
+    </row>
+    <row r="154" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A154" s="85"/>
+      <c r="B154" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="C152" s="13">
-        <f>SUM(C140:C151)</f>
+      <c r="C154" s="13">
+        <f>SUM(C142:C153)</f>
         <v>0</v>
       </c>
-      <c r="D152" s="68"/>
-[...4 lines deleted...]
-      <c r="A153" s="89" t="s">
+      <c r="D154" s="77"/>
+      <c r="E154" s="78"/>
+      <c r="F154" s="78"/>
+    </row>
+    <row r="155" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="94" t="s">
         <v>65</v>
       </c>
-      <c r="B153" s="90"/>
-[...7 lines deleted...]
-      <c r="B154" s="25" t="s">
+      <c r="B155" s="95"/>
+      <c r="C155" s="95"/>
+      <c r="D155" s="96"/>
+    </row>
+    <row r="156" spans="1:6" ht="78" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="63" t="s">
+        <v>101</v>
+      </c>
+      <c r="B156" s="25" t="s">
         <v>27</v>
       </c>
-      <c r="C154" s="25" t="s">
+      <c r="C156" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="D154" s="26" t="s">
+      <c r="D156" s="26" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="155" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A155" s="27" t="s">
+    <row r="157" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A157" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="B155" s="24"/>
-[...2 lines deleted...]
-        <f>C155/B155</f>
+      <c r="B157" s="24"/>
+      <c r="C157" s="24"/>
+      <c r="D157" s="28" t="e">
+        <f>C157/B157</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="156" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A156" s="29" t="s">
+    <row r="158" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A158" s="29" t="s">
         <v>10</v>
-      </c>
-[...20 lines deleted...]
-        <v>13</v>
       </c>
       <c r="B158" s="23"/>
       <c r="C158" s="23"/>
-      <c r="D158" s="31" t="e">
-        <f t="shared" si="3"/>
+      <c r="D158" s="30" t="e">
+        <f t="shared" ref="D158:D169" si="3">C158/B158</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="159" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A159" s="29" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B159" s="23"/>
       <c r="C159" s="23"/>
       <c r="D159" s="30" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="160" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A160" s="29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B160" s="23"/>
       <c r="C160" s="23"/>
-      <c r="D160" s="30" t="e">
+      <c r="D160" s="31" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="161" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A161" s="29" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B161" s="23"/>
       <c r="C161" s="23"/>
       <c r="D161" s="30" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="162" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A162" s="29" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B162" s="23"/>
       <c r="C162" s="23"/>
       <c r="D162" s="30" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="163" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A163" s="29" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B163" s="23"/>
       <c r="C163" s="23"/>
       <c r="D163" s="30" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="164" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A164" s="29" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B164" s="23"/>
       <c r="C164" s="23"/>
       <c r="D164" s="30" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="165" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A165" s="29" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B165" s="23"/>
       <c r="C165" s="23"/>
       <c r="D165" s="30" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="166" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D166" s="34" t="e">
+    <row r="166" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="B166" s="23"/>
+      <c r="C166" s="23"/>
+      <c r="D166" s="30" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="167" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      <c r="D167" s="37" t="e">
+    <row r="167" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="B167" s="23"/>
+      <c r="C167" s="23"/>
+      <c r="D167" s="30" t="e">
         <f t="shared" si="3"/>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="168" spans="1:4" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>150</v>
+    <row r="168" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A168" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="B168" s="33"/>
+      <c r="C168" s="33"/>
+      <c r="D168" s="34" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="169" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A169" s="35" t="s">
+        <v>24</v>
+      </c>
+      <c r="B169" s="36">
+        <f>SUM(B157:B168)</f>
+        <v>0</v>
+      </c>
+      <c r="C169" s="36">
+        <f>SUM(C157:C168)</f>
+        <v>0</v>
+      </c>
+      <c r="D169" s="37" t="e">
+        <f t="shared" si="3"/>
+        <v>#DIV/0!</v>
+      </c>
+    </row>
+    <row r="170" spans="1:4" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A170" s="66" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="149">
-[...4 lines deleted...]
-    <mergeCell ref="D109:F109"/>
+  <mergeCells count="151">
+    <mergeCell ref="D47:F47"/>
+    <mergeCell ref="D48:F48"/>
+    <mergeCell ref="D69:F69"/>
     <mergeCell ref="D110:F110"/>
-    <mergeCell ref="A73:F73"/>
-[...2 lines deleted...]
-    <mergeCell ref="D104:F104"/>
+    <mergeCell ref="D111:F111"/>
+    <mergeCell ref="D112:F112"/>
+    <mergeCell ref="A75:F75"/>
+    <mergeCell ref="D74:F74"/>
     <mergeCell ref="D105:F105"/>
     <mergeCell ref="D106:F106"/>
     <mergeCell ref="D107:F107"/>
-    <mergeCell ref="D98:F98"/>
-    <mergeCell ref="D99:F99"/>
+    <mergeCell ref="D108:F108"/>
+    <mergeCell ref="D109:F109"/>
     <mergeCell ref="D100:F100"/>
     <mergeCell ref="D101:F101"/>
     <mergeCell ref="D102:F102"/>
-    <mergeCell ref="D93:F93"/>
+    <mergeCell ref="D103:F103"/>
+    <mergeCell ref="D104:F104"/>
+    <mergeCell ref="D95:F95"/>
+    <mergeCell ref="D96:F96"/>
+    <mergeCell ref="D72:F72"/>
+    <mergeCell ref="D90:F90"/>
+    <mergeCell ref="D91:F91"/>
     <mergeCell ref="D94:F94"/>
-    <mergeCell ref="D70:F70"/>
-[...8 lines deleted...]
-    <mergeCell ref="D133:F133"/>
+    <mergeCell ref="D43:F43"/>
+    <mergeCell ref="D44:F44"/>
+    <mergeCell ref="D54:F54"/>
+    <mergeCell ref="D139:F139"/>
+    <mergeCell ref="D140:F140"/>
     <mergeCell ref="D134:F134"/>
     <mergeCell ref="D135:F135"/>
     <mergeCell ref="D136:F136"/>
-    <mergeCell ref="D53:F53"/>
-[...2 lines deleted...]
-    <mergeCell ref="D49:F49"/>
+    <mergeCell ref="D137:F137"/>
+    <mergeCell ref="D138:F138"/>
+    <mergeCell ref="D55:F55"/>
+    <mergeCell ref="D56:F56"/>
     <mergeCell ref="D50:F50"/>
+    <mergeCell ref="D51:F51"/>
+    <mergeCell ref="D52:F52"/>
+    <mergeCell ref="D63:F63"/>
+    <mergeCell ref="D64:F64"/>
+    <mergeCell ref="D65:F65"/>
+    <mergeCell ref="D59:F59"/>
+    <mergeCell ref="D60:F60"/>
     <mergeCell ref="D61:F61"/>
-    <mergeCell ref="D62:F62"/>
-[...8 lines deleted...]
-    <mergeCell ref="A4:F4"/>
+    <mergeCell ref="D67:F67"/>
+    <mergeCell ref="D68:F68"/>
+    <mergeCell ref="D46:F46"/>
     <mergeCell ref="A2:F2"/>
+    <mergeCell ref="D11:F11"/>
+    <mergeCell ref="D27:F27"/>
+    <mergeCell ref="D20:F20"/>
+    <mergeCell ref="D21:F21"/>
+    <mergeCell ref="D22:F22"/>
+    <mergeCell ref="D16:F16"/>
+    <mergeCell ref="D17:F17"/>
+    <mergeCell ref="D18:F18"/>
+    <mergeCell ref="A7:A23"/>
+    <mergeCell ref="A24:A40"/>
+    <mergeCell ref="D37:F37"/>
+    <mergeCell ref="D38:F38"/>
+    <mergeCell ref="D39:F39"/>
+    <mergeCell ref="D33:F33"/>
+    <mergeCell ref="D34:F34"/>
+    <mergeCell ref="D35:F35"/>
+    <mergeCell ref="D29:F29"/>
+    <mergeCell ref="D30:F30"/>
+    <mergeCell ref="D31:F31"/>
+    <mergeCell ref="D25:F25"/>
+    <mergeCell ref="D26:F26"/>
+    <mergeCell ref="D23:F23"/>
+    <mergeCell ref="D12:F12"/>
+    <mergeCell ref="D13:F13"/>
+    <mergeCell ref="D14:F14"/>
+    <mergeCell ref="D8:F8"/>
     <mergeCell ref="D9:F9"/>
-    <mergeCell ref="D25:F25"/>
-[...36 lines deleted...]
-    <mergeCell ref="D21:F21"/>
     <mergeCell ref="D10:F10"/>
-    <mergeCell ref="D11:F11"/>
-[...13 lines deleted...]
-    <mergeCell ref="D139:F139"/>
+    <mergeCell ref="D5:F5"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="D147:F147"/>
     <mergeCell ref="D148:F148"/>
     <mergeCell ref="D149:F149"/>
-    <mergeCell ref="D150:F150"/>
-[...6 lines deleted...]
-    <mergeCell ref="D147:F147"/>
+    <mergeCell ref="D132:F132"/>
+    <mergeCell ref="D129:F129"/>
     <mergeCell ref="D130:F130"/>
-    <mergeCell ref="D92:F92"/>
-[...15 lines deleted...]
-    <mergeCell ref="D77:F77"/>
+    <mergeCell ref="D131:F131"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="D58:F58"/>
+    <mergeCell ref="D62:F62"/>
+    <mergeCell ref="D66:F66"/>
+    <mergeCell ref="D70:F70"/>
+    <mergeCell ref="D57:F57"/>
+    <mergeCell ref="D36:F36"/>
+    <mergeCell ref="D41:F41"/>
+    <mergeCell ref="D45:F45"/>
+    <mergeCell ref="D49:F49"/>
+    <mergeCell ref="D53:F53"/>
+    <mergeCell ref="D40:F40"/>
+    <mergeCell ref="D15:F15"/>
+    <mergeCell ref="D19:F19"/>
+    <mergeCell ref="D24:F24"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="D32:F32"/>
     <mergeCell ref="D78:F78"/>
     <mergeCell ref="D79:F79"/>
     <mergeCell ref="D80:F80"/>
     <mergeCell ref="D81:F81"/>
     <mergeCell ref="D82:F82"/>
-    <mergeCell ref="A113:A126"/>
-    <mergeCell ref="D40:F40"/>
     <mergeCell ref="D83:F83"/>
     <mergeCell ref="D84:F84"/>
+    <mergeCell ref="A155:D155"/>
+    <mergeCell ref="A142:A154"/>
+    <mergeCell ref="A129:A141"/>
+    <mergeCell ref="D98:F98"/>
+    <mergeCell ref="D99:F99"/>
+    <mergeCell ref="D133:F133"/>
+    <mergeCell ref="D142:F142"/>
+    <mergeCell ref="D143:F143"/>
+    <mergeCell ref="D144:F144"/>
+    <mergeCell ref="D141:F141"/>
+    <mergeCell ref="D150:F150"/>
+    <mergeCell ref="D151:F151"/>
+    <mergeCell ref="D152:F152"/>
+    <mergeCell ref="D153:F153"/>
+    <mergeCell ref="D154:F154"/>
+    <mergeCell ref="D145:F145"/>
+    <mergeCell ref="D146:F146"/>
+    <mergeCell ref="B3:F3"/>
+    <mergeCell ref="B4:F4"/>
+    <mergeCell ref="A115:A128"/>
+    <mergeCell ref="D42:F42"/>
     <mergeCell ref="D85:F85"/>
     <mergeCell ref="D86:F86"/>
     <mergeCell ref="D87:F87"/>
+    <mergeCell ref="D88:F88"/>
+    <mergeCell ref="D89:F89"/>
+    <mergeCell ref="D73:F73"/>
     <mergeCell ref="D71:F71"/>
-    <mergeCell ref="D69:F69"/>
-[...1 lines deleted...]
-    <mergeCell ref="D91:F91"/>
+    <mergeCell ref="D92:F92"/>
+    <mergeCell ref="D93:F93"/>
+    <mergeCell ref="D97:F97"/>
+    <mergeCell ref="D7:F7"/>
+    <mergeCell ref="A41:A57"/>
+    <mergeCell ref="A76:A88"/>
+    <mergeCell ref="A89:A101"/>
+    <mergeCell ref="A102:A114"/>
+    <mergeCell ref="A58:A74"/>
+    <mergeCell ref="D114:F114"/>
+    <mergeCell ref="D113:F113"/>
+    <mergeCell ref="D76:F76"/>
+    <mergeCell ref="D77:F77"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="67" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
-    <brk id="38" max="16383" man="1"/>
-[...1 lines deleted...]
-    <brk id="126" max="16383" man="1"/>
+    <brk id="40" max="16383" man="1"/>
+    <brk id="88" max="16383" man="1"/>
+    <brk id="128" max="16383" man="1"/>
   </rowBreaks>
   <ignoredErrors>
-    <ignoredError sqref="D155 D156:D167" evalError="1"/>
+    <ignoredError sqref="D157 D158:D169" evalError="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F13BAE42-A04F-4E56-ACDF-EB0B5B38A747}">
   <sheetPr codeName="Sheet10"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7C401A38-3804-4089-9784-2C32306320AC}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1953F3BF-B0EE-425D-8760-061BFD4E6958}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FF7E8D3-C27B-41EE-A93F-FE677C30C0AD}">
   <sheetPr codeName="Sheet11"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E9" sqref="E9"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4204FE71-C4BF-4665-A5AF-B10FD26B2BC0}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{3F9C590F-3891-4198-854D-27F31AA1574A}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55D49E96-5EA3-4209-B2BF-E216FAEC02DD}">
   <sheetPr codeName="Sheet12"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E9" sqref="E9"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8E471CE3-1719-4D40-A5E8-07FBA3596481}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{76EC04B5-6828-44A6-B697-D6C21DB91E36}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{59C57279-89ED-4C50-BC1D-AA73D2816D35}">
   <sheetPr codeName="Sheet13"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E9" sqref="E9"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F821C710-DADA-4A64-87B0-2B45F59C45EB}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C9DFCAE0-D3C0-4855-9361-E5204438F603}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C978363-CC64-4E92-B66C-6AAD3FABE169}">
   <sheetPr codeName="Sheet14"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D10" sqref="D10"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6C846E39-0713-4652-A479-97CE674A3A8A}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6739CCDC-BB97-44F2-9ADB-40F084F14FFD}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5788A257-E257-4AE4-B33E-8F5C37926F5D}">
   <sheetPr codeName="Sheet15"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D10" sqref="D10"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{64665CF9-3FFB-4202-B6AA-B75F68748F2E}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B5FEDD3E-6933-4301-A46A-BC5E79350212}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76EC378D-B274-4D1E-A3B4-D351D6E0FECE}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:D129"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="51.7109375" style="3" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.7109375" style="3"/>
+    <col min="1" max="1" width="51.7265625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="70.81640625" style="3" customWidth="1"/>
+    <col min="3" max="16384" width="8.7265625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="20.25" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B1" s="127"/>
+    <row r="1" spans="1:4" ht="20" x14ac:dyDescent="0.4">
+      <c r="A1" s="70" t="s">
+        <v>150</v>
+      </c>
+      <c r="B1" s="70"/>
       <c r="C1" s="44"/>
       <c r="D1" s="44"/>
     </row>
-    <row r="2" spans="1:4" ht="15" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:4" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A2" s="45" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="46" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:4" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="89" t="s">
+    <row r="3" spans="1:4" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="94" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="90"/>
-[...2 lines deleted...]
-      <c r="A4" s="128" t="s">
+      <c r="B3" s="95"/>
+    </row>
+    <row r="4" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="114" t="s">
         <v>66</v>
       </c>
-      <c r="B4" s="73" t="s">
-[...68 lines deleted...]
-      <c r="A21" s="106" t="s">
+      <c r="B4" s="81" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="91"/>
+      <c r="B5" s="82"/>
+    </row>
+    <row r="6" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="91"/>
+      <c r="B6" s="82"/>
+    </row>
+    <row r="7" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="91"/>
+      <c r="B7" s="82"/>
+    </row>
+    <row r="8" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="91"/>
+      <c r="B8" s="82"/>
+    </row>
+    <row r="9" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="91"/>
+      <c r="B9" s="82"/>
+    </row>
+    <row r="10" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="91"/>
+      <c r="B10" s="82"/>
+    </row>
+    <row r="11" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="91"/>
+      <c r="B11" s="82"/>
+    </row>
+    <row r="12" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="91"/>
+      <c r="B12" s="82"/>
+    </row>
+    <row r="13" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="91"/>
+      <c r="B13" s="82"/>
+    </row>
+    <row r="14" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="91"/>
+      <c r="B14" s="82"/>
+    </row>
+    <row r="15" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="91"/>
+      <c r="B15" s="82"/>
+    </row>
+    <row r="16" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="91"/>
+      <c r="B16" s="82"/>
+    </row>
+    <row r="17" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="91"/>
+      <c r="B17" s="82"/>
+    </row>
+    <row r="18" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="91"/>
+      <c r="B18" s="82"/>
+    </row>
+    <row r="19" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="91"/>
+      <c r="B19" s="82"/>
+    </row>
+    <row r="20" spans="1:2" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="115"/>
+      <c r="B20" s="83"/>
+    </row>
+    <row r="21" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="116" t="s">
         <v>67</v>
       </c>
-      <c r="B21" s="109" t="s">
+      <c r="B21" s="119" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="117"/>
+      <c r="B22" s="120"/>
+    </row>
+    <row r="23" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="117"/>
+      <c r="B23" s="120"/>
+    </row>
+    <row r="24" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="117"/>
+      <c r="B24" s="120"/>
+    </row>
+    <row r="25" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="117"/>
+      <c r="B25" s="120"/>
+    </row>
+    <row r="26" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="117"/>
+      <c r="B26" s="120"/>
+    </row>
+    <row r="27" spans="1:2" ht="15.65" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="117"/>
+      <c r="B27" s="120"/>
+    </row>
+    <row r="28" spans="1:2" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="118"/>
+      <c r="B28" s="121"/>
+    </row>
+    <row r="29" spans="1:2" ht="14.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="81" t="s">
+        <v>91</v>
+      </c>
+      <c r="B29" s="81" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="82"/>
+      <c r="B30" s="82"/>
+    </row>
+    <row r="31" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="82"/>
+      <c r="B31" s="82"/>
+    </row>
+    <row r="32" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="82"/>
+      <c r="B32" s="82"/>
+    </row>
+    <row r="33" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="82"/>
+      <c r="B33" s="82"/>
+    </row>
+    <row r="34" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="82"/>
+      <c r="B34" s="82"/>
+    </row>
+    <row r="35" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="82"/>
+      <c r="B35" s="82"/>
+    </row>
+    <row r="36" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="82"/>
+      <c r="B36" s="82"/>
+    </row>
+    <row r="37" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="82"/>
+      <c r="B37" s="82"/>
+    </row>
+    <row r="38" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="82"/>
+      <c r="B38" s="82"/>
+    </row>
+    <row r="39" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="82"/>
+      <c r="B39" s="82"/>
+    </row>
+    <row r="40" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="82"/>
+      <c r="B40" s="82"/>
+    </row>
+    <row r="41" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="82"/>
+      <c r="B41" s="82"/>
+    </row>
+    <row r="42" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="82"/>
+      <c r="B42" s="82"/>
+    </row>
+    <row r="43" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="82"/>
+      <c r="B43" s="82"/>
+    </row>
+    <row r="44" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="82"/>
+      <c r="B44" s="82"/>
+    </row>
+    <row r="45" spans="1:2" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="83"/>
+      <c r="B45" s="83"/>
+    </row>
+    <row r="46" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="125" t="s">
+        <v>141</v>
+      </c>
+      <c r="B46" s="128" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="126"/>
+      <c r="B47" s="129"/>
+    </row>
+    <row r="48" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="126"/>
+      <c r="B48" s="129"/>
+    </row>
+    <row r="49" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="126"/>
+      <c r="B49" s="129"/>
+    </row>
+    <row r="50" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="126"/>
+      <c r="B50" s="129"/>
+    </row>
+    <row r="51" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="126"/>
+      <c r="B51" s="129"/>
+    </row>
+    <row r="52" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="126"/>
+      <c r="B52" s="129"/>
+    </row>
+    <row r="53" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="126"/>
+      <c r="B53" s="129"/>
+    </row>
+    <row r="54" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="126"/>
+      <c r="B54" s="129"/>
+    </row>
+    <row r="55" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="127"/>
+      <c r="B55" s="130"/>
+    </row>
+    <row r="56" spans="1:2" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="94" t="s">
+        <v>26</v>
+      </c>
+      <c r="B56" s="95"/>
+    </row>
+    <row r="57" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="71" t="s">
+        <v>143</v>
+      </c>
+      <c r="B57" s="89" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="22" spans="1:2" ht="15.6" customHeight="1" x14ac:dyDescent="0.2">
-[...31 lines deleted...]
-      <c r="B29" s="73" t="s">
+    <row r="58" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="84"/>
+      <c r="B58" s="87"/>
+    </row>
+    <row r="59" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="84"/>
+      <c r="B59" s="87"/>
+    </row>
+    <row r="60" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="84"/>
+      <c r="B60" s="87"/>
+    </row>
+    <row r="61" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="84"/>
+      <c r="B61" s="87"/>
+    </row>
+    <row r="62" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="84"/>
+      <c r="B62" s="87"/>
+    </row>
+    <row r="63" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="84"/>
+      <c r="B63" s="87"/>
+    </row>
+    <row r="64" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="84"/>
+      <c r="B64" s="87"/>
+    </row>
+    <row r="65" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="84"/>
+      <c r="B65" s="87"/>
+    </row>
+    <row r="66" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="84"/>
+      <c r="B66" s="87"/>
+    </row>
+    <row r="67" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="84"/>
+      <c r="B67" s="87"/>
+    </row>
+    <row r="68" spans="1:2" ht="13" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="84"/>
+      <c r="B68" s="87"/>
+    </row>
+    <row r="69" spans="1:2" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="85"/>
+      <c r="B69" s="88"/>
+    </row>
+    <row r="70" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="131" t="s">
+        <v>146</v>
+      </c>
+      <c r="B70" s="89" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="30" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...64 lines deleted...]
-      <c r="A46" s="118" t="s">
+    <row r="71" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="132"/>
+      <c r="B71" s="87"/>
+    </row>
+    <row r="72" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="132"/>
+      <c r="B72" s="87"/>
+    </row>
+    <row r="73" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="132"/>
+      <c r="B73" s="87"/>
+    </row>
+    <row r="74" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="132"/>
+      <c r="B74" s="87"/>
+    </row>
+    <row r="75" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="132"/>
+      <c r="B75" s="87"/>
+    </row>
+    <row r="76" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="132"/>
+      <c r="B76" s="87"/>
+    </row>
+    <row r="77" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="132"/>
+      <c r="B77" s="87"/>
+    </row>
+    <row r="78" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="132"/>
+      <c r="B78" s="87"/>
+    </row>
+    <row r="79" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="132"/>
+      <c r="B79" s="87"/>
+    </row>
+    <row r="80" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="132"/>
+      <c r="B80" s="87"/>
+    </row>
+    <row r="81" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="132"/>
+      <c r="B81" s="87"/>
+    </row>
+    <row r="82" spans="1:2" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="133"/>
+      <c r="B82" s="88"/>
+    </row>
+    <row r="83" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="89" t="s">
         <v>144</v>
       </c>
-      <c r="B46" s="121" t="s">
-[...49 lines deleted...]
-      <c r="B57" s="81" t="s">
+      <c r="B83" s="89" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="58" spans="1:2" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
-[...51 lines deleted...]
-      <c r="B70" s="81" t="s">
+    <row r="84" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="87"/>
+      <c r="B84" s="87"/>
+    </row>
+    <row r="85" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="87"/>
+      <c r="B85" s="87"/>
+    </row>
+    <row r="86" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="87"/>
+      <c r="B86" s="87"/>
+    </row>
+    <row r="87" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="87"/>
+      <c r="B87" s="87"/>
+    </row>
+    <row r="88" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="87"/>
+      <c r="B88" s="87"/>
+    </row>
+    <row r="89" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="87"/>
+      <c r="B89" s="87"/>
+    </row>
+    <row r="90" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="87"/>
+      <c r="B90" s="87"/>
+    </row>
+    <row r="91" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="87"/>
+      <c r="B91" s="87"/>
+    </row>
+    <row r="92" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="87"/>
+      <c r="B92" s="87"/>
+    </row>
+    <row r="93" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="87"/>
+      <c r="B93" s="87"/>
+    </row>
+    <row r="94" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="87"/>
+      <c r="B94" s="87"/>
+    </row>
+    <row r="95" spans="1:2" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="88"/>
+      <c r="B95" s="88"/>
+    </row>
+    <row r="96" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="71" t="s">
+        <v>77</v>
+      </c>
+      <c r="B96" s="89" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="71" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...160 lines deleted...]
-      <c r="A109" s="112" t="s">
+    <row r="97" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="84"/>
+      <c r="B97" s="87"/>
+    </row>
+    <row r="98" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="84"/>
+      <c r="B98" s="87"/>
+    </row>
+    <row r="99" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="84"/>
+      <c r="B99" s="87"/>
+    </row>
+    <row r="100" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="84"/>
+      <c r="B100" s="87"/>
+    </row>
+    <row r="101" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="84"/>
+      <c r="B101" s="87"/>
+    </row>
+    <row r="102" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="84"/>
+      <c r="B102" s="87"/>
+    </row>
+    <row r="103" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="84"/>
+      <c r="B103" s="87"/>
+    </row>
+    <row r="104" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="84"/>
+      <c r="B104" s="87"/>
+    </row>
+    <row r="105" spans="1:2" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="84"/>
+      <c r="B105" s="87"/>
+    </row>
+    <row r="106" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="84"/>
+      <c r="B106" s="87"/>
+    </row>
+    <row r="107" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="84"/>
+      <c r="B107" s="87"/>
+    </row>
+    <row r="108" spans="1:2" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="85"/>
+      <c r="B108" s="88"/>
+    </row>
+    <row r="109" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="111" t="s">
         <v>70</v>
       </c>
-      <c r="B109" s="115" t="s">
-[...36 lines deleted...]
-      <c r="A118" s="112" t="s">
+      <c r="B109" s="122" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="112"/>
+      <c r="B110" s="123"/>
+    </row>
+    <row r="111" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="112"/>
+      <c r="B111" s="123"/>
+    </row>
+    <row r="112" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="112"/>
+      <c r="B112" s="123"/>
+    </row>
+    <row r="113" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="112"/>
+      <c r="B113" s="123"/>
+    </row>
+    <row r="114" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="112"/>
+      <c r="B114" s="123"/>
+    </row>
+    <row r="115" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="112"/>
+      <c r="B115" s="123"/>
+    </row>
+    <row r="116" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="112"/>
+      <c r="B116" s="123"/>
+    </row>
+    <row r="117" spans="1:2" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="113"/>
+      <c r="B117" s="124"/>
+    </row>
+    <row r="118" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="111" t="s">
         <v>71</v>
       </c>
-      <c r="B118" s="112" t="s">
+      <c r="B118" s="111" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="119" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-    <row r="122" spans="1:2" ht="15" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="112"/>
+      <c r="B119" s="112"/>
+    </row>
+    <row r="120" spans="1:2" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="112"/>
+      <c r="B120" s="112"/>
+    </row>
+    <row r="121" spans="1:2" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="113"/>
+      <c r="B121" s="113"/>
+    </row>
+    <row r="122" spans="1:2" ht="15.5" x14ac:dyDescent="0.3">
       <c r="A122" s="48"/>
       <c r="B122" s="48"/>
     </row>
-    <row r="123" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A123" s="49" t="s">
         <v>88</v>
       </c>
       <c r="B123" s="49"/>
     </row>
-    <row r="124" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A124" s="3" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="125" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A125" s="3" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="128" spans="1:2" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A128" s="3" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="129" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A129" s="3" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="A118:A121"/>
     <mergeCell ref="B118:B121"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:A20"/>
     <mergeCell ref="B4:B20"/>
     <mergeCell ref="A29:A45"/>
     <mergeCell ref="B29:B45"/>
     <mergeCell ref="A21:A28"/>
     <mergeCell ref="B21:B28"/>
     <mergeCell ref="A109:A117"/>
     <mergeCell ref="B109:B117"/>
     <mergeCell ref="A46:A55"/>
     <mergeCell ref="B46:B55"/>
     <mergeCell ref="A70:A82"/>
     <mergeCell ref="B70:B82"/>
+    <mergeCell ref="A96:A108"/>
+    <mergeCell ref="B96:B108"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="A57:A69"/>
     <mergeCell ref="B57:B69"/>
     <mergeCell ref="A83:A95"/>
     <mergeCell ref="B83:B95"/>
-    <mergeCell ref="A96:A108"/>
-    <mergeCell ref="B96:B108"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="67" orientation="portrait" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="69" max="1" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81848208-4359-4904-8CE7-AFA7E51BB020}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:F167"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="51.7109375" style="3" customWidth="1"/>
+    <col min="1" max="1" width="51.7265625" style="3" customWidth="1"/>
     <col min="2" max="2" width="17" style="3" customWidth="1"/>
-    <col min="3" max="3" width="15.28515625" style="20" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="3"/>
+    <col min="3" max="3" width="15.26953125" style="20" customWidth="1"/>
+    <col min="4" max="4" width="17.1796875" style="21" customWidth="1"/>
+    <col min="5" max="5" width="12.1796875" style="3" customWidth="1"/>
+    <col min="6" max="6" width="12.54296875" style="3" customWidth="1"/>
+    <col min="7" max="16384" width="9.1796875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="20.25" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-    <row r="3" spans="1:6" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:6" ht="20" x14ac:dyDescent="0.4">
+      <c r="A1" s="97" t="s">
+        <v>149</v>
+      </c>
+      <c r="B1" s="97"/>
+      <c r="C1" s="97"/>
+      <c r="D1" s="97"/>
+      <c r="E1" s="98"/>
+      <c r="F1" s="98"/>
+    </row>
+    <row r="2" spans="1:6" ht="46.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="107" t="s">
+        <v>140</v>
+      </c>
+      <c r="B2" s="108"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="98"/>
+      <c r="F2" s="98"/>
+    </row>
+    <row r="3" spans="1:6" ht="62.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="22" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="61" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="61" t="s">
         <v>5</v>
       </c>
-      <c r="D3" s="95" t="s">
+      <c r="D3" s="137" t="s">
         <v>6</v>
       </c>
-      <c r="E3" s="96"/>
-[...3 lines deleted...]
-      <c r="A4" s="98" t="s">
+      <c r="E3" s="138"/>
+      <c r="F3" s="139"/>
+    </row>
+    <row r="4" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="103" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="99"/>
-[...7 lines deleted...]
-        <v>101</v>
+      <c r="B4" s="104"/>
+      <c r="C4" s="104"/>
+      <c r="D4" s="104"/>
+      <c r="E4" s="105"/>
+      <c r="F4" s="106"/>
+    </row>
+    <row r="5" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="82" t="s">
+        <v>98</v>
       </c>
       <c r="B5" s="52" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="56"/>
-      <c r="D5" s="71"/>
-[...4 lines deleted...]
-      <c r="A6" s="74"/>
+      <c r="D5" s="79"/>
+      <c r="E5" s="80"/>
+      <c r="F5" s="80"/>
+    </row>
+    <row r="6" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="82"/>
       <c r="B6" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="7">
         <v>0</v>
       </c>
-      <c r="D6" s="70" t="s">
+      <c r="D6" s="74" t="s">
         <v>31</v>
       </c>
-      <c r="E6" s="67"/>
-[...3 lines deleted...]
-      <c r="A7" s="74"/>
+      <c r="E6" s="75"/>
+      <c r="F6" s="75"/>
+    </row>
+    <row r="7" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="82"/>
       <c r="B7" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C7" s="59">
         <v>0</v>
       </c>
-      <c r="D7" s="133" t="s">
+      <c r="D7" s="140" t="s">
         <v>32</v>
       </c>
-      <c r="E7" s="134"/>
-[...3 lines deleted...]
-      <c r="A8" s="74"/>
+      <c r="E7" s="141"/>
+      <c r="F7" s="142"/>
+    </row>
+    <row r="8" spans="1:6" ht="53.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="82"/>
       <c r="B8" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="59">
         <v>1</v>
       </c>
-      <c r="D8" s="133" t="s">
+      <c r="D8" s="140" t="s">
         <v>33</v>
       </c>
-      <c r="E8" s="134"/>
-[...3 lines deleted...]
-      <c r="A9" s="74"/>
+      <c r="E8" s="141"/>
+      <c r="F8" s="142"/>
+    </row>
+    <row r="9" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="82"/>
       <c r="B9" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="60"/>
-      <c r="D9" s="94"/>
-[...4 lines deleted...]
-      <c r="A10" s="74"/>
+      <c r="D9" s="99"/>
+      <c r="E9" s="75"/>
+      <c r="F9" s="75"/>
+    </row>
+    <row r="10" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="82"/>
       <c r="B10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="59">
         <v>0</v>
       </c>
-      <c r="D10" s="70" t="s">
+      <c r="D10" s="74" t="s">
         <v>34</v>
       </c>
-      <c r="E10" s="67"/>
-[...3 lines deleted...]
-      <c r="A11" s="74"/>
+      <c r="E10" s="75"/>
+      <c r="F10" s="75"/>
+    </row>
+    <row r="11" spans="1:6" ht="62.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="82"/>
       <c r="B11" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="59">
         <v>1</v>
       </c>
-      <c r="D11" s="70" t="s">
+      <c r="D11" s="74" t="s">
         <v>35</v>
       </c>
-      <c r="E11" s="67"/>
-[...3 lines deleted...]
-      <c r="A12" s="74"/>
+      <c r="E11" s="75"/>
+      <c r="F11" s="75"/>
+    </row>
+    <row r="12" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="82"/>
       <c r="B12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="59">
         <v>0</v>
       </c>
-      <c r="D12" s="70" t="s">
+      <c r="D12" s="74" t="s">
         <v>36</v>
       </c>
-      <c r="E12" s="67"/>
-[...3 lines deleted...]
-      <c r="A13" s="74"/>
+      <c r="E12" s="75"/>
+      <c r="F12" s="75"/>
+    </row>
+    <row r="13" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="82"/>
       <c r="B13" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C13" s="60"/>
-      <c r="D13" s="94"/>
-[...4 lines deleted...]
-      <c r="A14" s="74"/>
+      <c r="D13" s="99"/>
+      <c r="E13" s="75"/>
+      <c r="F13" s="75"/>
+    </row>
+    <row r="14" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="82"/>
       <c r="B14" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="59">
         <v>0</v>
       </c>
-      <c r="D14" s="70" t="s">
+      <c r="D14" s="74" t="s">
         <v>37</v>
       </c>
-      <c r="E14" s="67"/>
-[...3 lines deleted...]
-      <c r="A15" s="74"/>
+      <c r="E14" s="75"/>
+      <c r="F14" s="75"/>
+    </row>
+    <row r="15" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="82"/>
       <c r="B15" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="59">
         <v>0</v>
       </c>
-      <c r="D15" s="70" t="s">
+      <c r="D15" s="74" t="s">
         <v>37</v>
       </c>
-      <c r="E15" s="67"/>
-[...3 lines deleted...]
-      <c r="A16" s="74"/>
+      <c r="E15" s="75"/>
+      <c r="F15" s="75"/>
+    </row>
+    <row r="16" spans="1:6" ht="84" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="82"/>
       <c r="B16" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="59">
         <v>1</v>
       </c>
-      <c r="D16" s="70" t="s">
+      <c r="D16" s="74" t="s">
         <v>38</v>
       </c>
-      <c r="E16" s="67"/>
-[...3 lines deleted...]
-      <c r="A17" s="74"/>
+      <c r="E16" s="75"/>
+      <c r="F16" s="75"/>
+    </row>
+    <row r="17" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="82"/>
       <c r="B17" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="60"/>
-      <c r="D17" s="94"/>
-[...4 lines deleted...]
-      <c r="A18" s="74"/>
+      <c r="D17" s="99"/>
+      <c r="E17" s="75"/>
+      <c r="F17" s="75"/>
+    </row>
+    <row r="18" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="82"/>
       <c r="B18" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C18" s="59">
         <v>0</v>
       </c>
-      <c r="D18" s="70" t="s">
+      <c r="D18" s="74" t="s">
         <v>39</v>
       </c>
-      <c r="E18" s="67"/>
-[...3 lines deleted...]
-      <c r="A19" s="74"/>
+      <c r="E18" s="75"/>
+      <c r="F18" s="75"/>
+    </row>
+    <row r="19" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="82"/>
       <c r="B19" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="59">
         <v>0</v>
       </c>
-      <c r="D19" s="70" t="s">
+      <c r="D19" s="74" t="s">
         <v>40</v>
       </c>
-      <c r="E19" s="67"/>
-[...3 lines deleted...]
-      <c r="A20" s="74"/>
+      <c r="E19" s="75"/>
+      <c r="F19" s="75"/>
+    </row>
+    <row r="20" spans="1:6" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="82"/>
       <c r="B20" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="59">
         <v>1</v>
       </c>
-      <c r="D20" s="70" t="s">
+      <c r="D20" s="74" t="s">
         <v>41</v>
       </c>
-      <c r="E20" s="67"/>
-[...3 lines deleted...]
-      <c r="A21" s="75"/>
+      <c r="E20" s="75"/>
+      <c r="F20" s="75"/>
+    </row>
+    <row r="21" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="83"/>
       <c r="B21" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="13">
         <f>SUM(C5:C20)</f>
         <v>4</v>
       </c>
-      <c r="D21" s="84"/>
-[...5 lines deleted...]
-        <v>102</v>
+      <c r="D21" s="92"/>
+      <c r="E21" s="75"/>
+      <c r="F21" s="75"/>
+    </row>
+    <row r="22" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="81" t="s">
+        <v>99</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="5"/>
-      <c r="D22" s="94"/>
-[...4 lines deleted...]
-      <c r="A23" s="74"/>
+      <c r="D22" s="99"/>
+      <c r="E22" s="75"/>
+      <c r="F22" s="75"/>
+    </row>
+    <row r="23" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="82"/>
       <c r="B23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="C23" s="7">
         <v>1</v>
       </c>
-      <c r="D23" s="70" t="s">
+      <c r="D23" s="74" t="s">
         <v>42</v>
       </c>
-      <c r="E23" s="67"/>
-[...3 lines deleted...]
-      <c r="A24" s="74"/>
+      <c r="E23" s="75"/>
+      <c r="F23" s="75"/>
+    </row>
+    <row r="24" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="82"/>
       <c r="B24" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="59">
         <v>0</v>
       </c>
-      <c r="D24" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A25" s="74"/>
+      <c r="D24" s="74" t="s">
+        <v>139</v>
+      </c>
+      <c r="E24" s="75"/>
+      <c r="F24" s="75"/>
+    </row>
+    <row r="25" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="82"/>
       <c r="B25" s="8" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="59">
         <v>0</v>
       </c>
-      <c r="D25" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A26" s="74"/>
+      <c r="D25" s="74" t="s">
+        <v>133</v>
+      </c>
+      <c r="E25" s="75"/>
+      <c r="F25" s="75"/>
+    </row>
+    <row r="26" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="82"/>
       <c r="B26" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="60"/>
-      <c r="D26" s="94"/>
-[...4 lines deleted...]
-      <c r="A27" s="74"/>
+      <c r="D26" s="99"/>
+      <c r="E26" s="75"/>
+      <c r="F26" s="75"/>
+    </row>
+    <row r="27" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="82"/>
       <c r="B27" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="59">
         <v>0</v>
       </c>
-      <c r="D27" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A28" s="74"/>
+      <c r="D27" s="74" t="s">
+        <v>138</v>
+      </c>
+      <c r="E27" s="75"/>
+      <c r="F27" s="75"/>
+    </row>
+    <row r="28" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="82"/>
       <c r="B28" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="59">
         <v>1</v>
       </c>
-      <c r="D28" s="70" t="s">
+      <c r="D28" s="74" t="s">
         <v>43</v>
       </c>
-      <c r="E28" s="67"/>
-[...3 lines deleted...]
-      <c r="A29" s="74"/>
+      <c r="E28" s="75"/>
+      <c r="F28" s="75"/>
+    </row>
+    <row r="29" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="82"/>
       <c r="B29" s="8" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="59">
         <v>0</v>
       </c>
-      <c r="D29" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A30" s="74"/>
+      <c r="D29" s="74" t="s">
+        <v>137</v>
+      </c>
+      <c r="E29" s="75"/>
+      <c r="F29" s="75"/>
+    </row>
+    <row r="30" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="82"/>
       <c r="B30" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C30" s="60"/>
-      <c r="D30" s="94"/>
-[...4 lines deleted...]
-      <c r="A31" s="74"/>
+      <c r="D30" s="99"/>
+      <c r="E30" s="75"/>
+      <c r="F30" s="75"/>
+    </row>
+    <row r="31" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="82"/>
       <c r="B31" s="8" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="59">
         <v>1</v>
       </c>
-      <c r="D31" s="70" t="s">
+      <c r="D31" s="74" t="s">
         <v>44</v>
       </c>
-      <c r="E31" s="67"/>
-[...3 lines deleted...]
-      <c r="A32" s="74"/>
+      <c r="E31" s="75"/>
+      <c r="F31" s="75"/>
+    </row>
+    <row r="32" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="82"/>
       <c r="B32" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C32" s="59">
         <v>0</v>
       </c>
-      <c r="D32" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A33" s="74"/>
+      <c r="D32" s="74" t="s">
+        <v>136</v>
+      </c>
+      <c r="E32" s="75"/>
+      <c r="F32" s="75"/>
+    </row>
+    <row r="33" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="82"/>
       <c r="B33" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C33" s="59">
         <v>0</v>
       </c>
-      <c r="D33" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A34" s="74"/>
+      <c r="D33" s="74" t="s">
+        <v>135</v>
+      </c>
+      <c r="E33" s="75"/>
+      <c r="F33" s="75"/>
+    </row>
+    <row r="34" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="82"/>
       <c r="B34" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="60"/>
-      <c r="D34" s="94"/>
-[...4 lines deleted...]
-      <c r="A35" s="74"/>
+      <c r="D34" s="99"/>
+      <c r="E34" s="75"/>
+      <c r="F34" s="75"/>
+    </row>
+    <row r="35" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="82"/>
       <c r="B35" s="8" t="s">
         <v>21</v>
       </c>
       <c r="C35" s="59">
         <v>1</v>
       </c>
-      <c r="D35" s="70" t="s">
+      <c r="D35" s="74" t="s">
         <v>45</v>
       </c>
-      <c r="E35" s="67"/>
-[...3 lines deleted...]
-      <c r="A36" s="74"/>
+      <c r="E35" s="75"/>
+      <c r="F35" s="75"/>
+    </row>
+    <row r="36" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="82"/>
       <c r="B36" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C36" s="59">
         <v>0</v>
       </c>
-      <c r="D36" s="70" t="s">
+      <c r="D36" s="74" t="s">
         <v>46</v>
       </c>
-      <c r="E36" s="67"/>
-[...3 lines deleted...]
-      <c r="A37" s="74"/>
+      <c r="E36" s="75"/>
+      <c r="F36" s="75"/>
+    </row>
+    <row r="37" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="82"/>
       <c r="B37" s="8" t="s">
         <v>23</v>
       </c>
       <c r="C37" s="59">
         <v>0</v>
       </c>
-      <c r="D37" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A38" s="75"/>
+      <c r="D37" s="74" t="s">
+        <v>134</v>
+      </c>
+      <c r="E37" s="75"/>
+      <c r="F37" s="75"/>
+    </row>
+    <row r="38" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A38" s="83"/>
       <c r="B38" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C38" s="13">
         <f t="shared" ref="C38" si="0">SUM(C22:C37)</f>
         <v>4</v>
       </c>
-      <c r="D38" s="84"/>
-[...5 lines deleted...]
-        <v>103</v>
+      <c r="D38" s="92"/>
+      <c r="E38" s="75"/>
+      <c r="F38" s="75"/>
+    </row>
+    <row r="39" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="81" t="s">
+        <v>100</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="5"/>
-      <c r="D39" s="94"/>
-[...4 lines deleted...]
-      <c r="A40" s="74"/>
+      <c r="D39" s="99"/>
+      <c r="E39" s="75"/>
+      <c r="F39" s="75"/>
+    </row>
+    <row r="40" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="82"/>
       <c r="B40" s="59" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="59">
         <v>0</v>
       </c>
-      <c r="D40" s="70" t="s">
+      <c r="D40" s="74" t="s">
         <v>47</v>
       </c>
-      <c r="E40" s="67"/>
-[...3 lines deleted...]
-      <c r="A41" s="74"/>
+      <c r="E40" s="75"/>
+      <c r="F40" s="75"/>
+    </row>
+    <row r="41" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="82"/>
       <c r="B41" s="59" t="s">
         <v>10</v>
       </c>
       <c r="C41" s="59">
         <v>0</v>
       </c>
-      <c r="D41" s="70" t="s">
+      <c r="D41" s="74" t="s">
         <v>48</v>
       </c>
-      <c r="E41" s="67"/>
-[...3 lines deleted...]
-      <c r="A42" s="74"/>
+      <c r="E41" s="75"/>
+      <c r="F41" s="75"/>
+    </row>
+    <row r="42" spans="1:6" ht="31" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="82"/>
       <c r="B42" s="59" t="s">
         <v>11</v>
       </c>
       <c r="C42" s="59">
         <v>1</v>
       </c>
-      <c r="D42" s="70" t="s">
+      <c r="D42" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="E42" s="67"/>
-[...3 lines deleted...]
-      <c r="A43" s="74"/>
+      <c r="E42" s="75"/>
+      <c r="F42" s="75"/>
+    </row>
+    <row r="43" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="82"/>
       <c r="B43" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C43" s="60"/>
-      <c r="D43" s="94"/>
-[...4 lines deleted...]
-      <c r="A44" s="74"/>
+      <c r="D43" s="99"/>
+      <c r="E43" s="75"/>
+      <c r="F43" s="75"/>
+    </row>
+    <row r="44" spans="1:6" ht="32.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="82"/>
       <c r="B44" s="59" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="59">
         <v>0</v>
       </c>
-      <c r="D44" s="70" t="s">
+      <c r="D44" s="74" t="s">
         <v>50</v>
       </c>
-      <c r="E44" s="67"/>
-[...3 lines deleted...]
-      <c r="A45" s="74"/>
+      <c r="E44" s="75"/>
+      <c r="F44" s="75"/>
+    </row>
+    <row r="45" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="82"/>
       <c r="B45" s="59" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="59">
         <v>0</v>
       </c>
-      <c r="D45" s="70" t="s">
+      <c r="D45" s="74" t="s">
         <v>51</v>
       </c>
-      <c r="E45" s="67"/>
-[...3 lines deleted...]
-      <c r="A46" s="74"/>
+      <c r="E45" s="75"/>
+      <c r="F45" s="75"/>
+    </row>
+    <row r="46" spans="1:6" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="82"/>
       <c r="B46" s="59" t="s">
         <v>15</v>
       </c>
       <c r="C46" s="59">
         <v>1</v>
       </c>
-      <c r="D46" s="70" t="s">
+      <c r="D46" s="74" t="s">
         <v>52</v>
       </c>
-      <c r="E46" s="67"/>
-[...3 lines deleted...]
-      <c r="A47" s="74"/>
+      <c r="E46" s="75"/>
+      <c r="F46" s="75"/>
+    </row>
+    <row r="47" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="82"/>
       <c r="B47" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C47" s="60"/>
-      <c r="D47" s="94"/>
-[...4 lines deleted...]
-      <c r="A48" s="74"/>
+      <c r="D47" s="99"/>
+      <c r="E47" s="75"/>
+      <c r="F47" s="75"/>
+    </row>
+    <row r="48" spans="1:6" ht="32.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="82"/>
       <c r="B48" s="59" t="s">
         <v>17</v>
       </c>
       <c r="C48" s="59">
         <v>1</v>
       </c>
-      <c r="D48" s="70" t="s">
+      <c r="D48" s="74" t="s">
         <v>53</v>
       </c>
-      <c r="E48" s="67"/>
-[...3 lines deleted...]
-      <c r="A49" s="74"/>
+      <c r="E48" s="75"/>
+      <c r="F48" s="75"/>
+    </row>
+    <row r="49" spans="1:6" ht="32.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="82"/>
       <c r="B49" s="59" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="59">
         <v>1</v>
       </c>
-      <c r="D49" s="70" t="s">
+      <c r="D49" s="74" t="s">
         <v>54</v>
       </c>
-      <c r="E49" s="67"/>
-[...3 lines deleted...]
-      <c r="A50" s="74"/>
+      <c r="E49" s="75"/>
+      <c r="F49" s="75"/>
+    </row>
+    <row r="50" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="82"/>
       <c r="B50" s="59" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="59">
         <v>0</v>
       </c>
-      <c r="D50" s="70" t="s">
+      <c r="D50" s="74" t="s">
         <v>55</v>
       </c>
-      <c r="E50" s="67"/>
-[...3 lines deleted...]
-      <c r="A51" s="74"/>
+      <c r="E50" s="75"/>
+      <c r="F50" s="75"/>
+    </row>
+    <row r="51" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="82"/>
       <c r="B51" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="60"/>
-      <c r="D51" s="94"/>
-[...4 lines deleted...]
-      <c r="A52" s="74"/>
+      <c r="D51" s="99"/>
+      <c r="E51" s="75"/>
+      <c r="F51" s="75"/>
+    </row>
+    <row r="52" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="82"/>
       <c r="B52" s="59" t="s">
         <v>21</v>
       </c>
       <c r="C52" s="59">
         <v>0</v>
       </c>
-      <c r="D52" s="70" t="s">
+      <c r="D52" s="74" t="s">
         <v>56</v>
       </c>
-      <c r="E52" s="67"/>
-[...3 lines deleted...]
-      <c r="A53" s="74"/>
+      <c r="E52" s="75"/>
+      <c r="F52" s="75"/>
+    </row>
+    <row r="53" spans="1:6" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="82"/>
       <c r="B53" s="59" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="59">
         <v>2</v>
       </c>
-      <c r="D53" s="70" t="s">
+      <c r="D53" s="74" t="s">
         <v>57</v>
       </c>
-      <c r="E53" s="67"/>
-[...3 lines deleted...]
-      <c r="A54" s="74"/>
+      <c r="E53" s="75"/>
+      <c r="F53" s="75"/>
+    </row>
+    <row r="54" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="82"/>
       <c r="B54" s="59" t="s">
         <v>23</v>
       </c>
       <c r="C54" s="59">
         <v>0</v>
       </c>
-      <c r="D54" s="70" t="s">
+      <c r="D54" s="74" t="s">
         <v>58</v>
       </c>
-      <c r="E54" s="67"/>
-[...3 lines deleted...]
-      <c r="A55" s="75"/>
+      <c r="E54" s="75"/>
+      <c r="F54" s="75"/>
+    </row>
+    <row r="55" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A55" s="83"/>
       <c r="B55" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C55" s="13">
         <f>SUM(C39:C54)</f>
         <v>6</v>
       </c>
-      <c r="D55" s="84"/>
-[...4 lines deleted...]
-      <c r="A56" s="82" t="s">
+      <c r="D55" s="92"/>
+      <c r="E55" s="75"/>
+      <c r="F55" s="75"/>
+    </row>
+    <row r="56" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="90" t="s">
         <v>78</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C56" s="5"/>
-      <c r="D56" s="94"/>
-[...4 lines deleted...]
-      <c r="A57" s="83"/>
+      <c r="D56" s="99"/>
+      <c r="E56" s="75"/>
+      <c r="F56" s="75"/>
+    </row>
+    <row r="57" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="91"/>
       <c r="B57" s="59" t="s">
         <v>9</v>
       </c>
       <c r="C57" s="59">
         <v>2</v>
       </c>
-      <c r="D57" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A58" s="83"/>
+      <c r="D57" s="74" t="s">
+        <v>129</v>
+      </c>
+      <c r="E57" s="75"/>
+      <c r="F57" s="75"/>
+    </row>
+    <row r="58" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="91"/>
       <c r="B58" s="59" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="59">
         <v>1</v>
       </c>
-      <c r="D58" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A59" s="83"/>
+      <c r="D58" s="74" t="s">
+        <v>130</v>
+      </c>
+      <c r="E58" s="75"/>
+      <c r="F58" s="75"/>
+    </row>
+    <row r="59" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="91"/>
       <c r="B59" s="59" t="s">
         <v>11</v>
       </c>
       <c r="C59" s="59">
         <v>1</v>
       </c>
-      <c r="D59" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A60" s="83"/>
+      <c r="D59" s="74" t="s">
+        <v>130</v>
+      </c>
+      <c r="E59" s="75"/>
+      <c r="F59" s="75"/>
+    </row>
+    <row r="60" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="91"/>
       <c r="B60" s="10" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="60"/>
-      <c r="D60" s="94"/>
-[...4 lines deleted...]
-      <c r="A61" s="83"/>
+      <c r="D60" s="99"/>
+      <c r="E60" s="75"/>
+      <c r="F60" s="75"/>
+    </row>
+    <row r="61" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="91"/>
       <c r="B61" s="59" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="59">
         <v>3</v>
       </c>
-      <c r="D61" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A62" s="83"/>
+      <c r="D61" s="74" t="s">
+        <v>131</v>
+      </c>
+      <c r="E61" s="75"/>
+      <c r="F61" s="75"/>
+    </row>
+    <row r="62" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="91"/>
       <c r="B62" s="59" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="59">
         <v>2</v>
       </c>
-      <c r="D62" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A63" s="83"/>
+      <c r="D62" s="74" t="s">
+        <v>129</v>
+      </c>
+      <c r="E62" s="75"/>
+      <c r="F62" s="75"/>
+    </row>
+    <row r="63" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="91"/>
       <c r="B63" s="59" t="s">
         <v>15</v>
       </c>
       <c r="C63" s="59">
         <v>0</v>
       </c>
-      <c r="D63" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A64" s="83"/>
+      <c r="D63" s="74" t="s">
+        <v>132</v>
+      </c>
+      <c r="E63" s="75"/>
+      <c r="F63" s="75"/>
+    </row>
+    <row r="64" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="91"/>
       <c r="B64" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C64" s="60"/>
-      <c r="D64" s="94"/>
-[...4 lines deleted...]
-      <c r="A65" s="83"/>
+      <c r="D64" s="99"/>
+      <c r="E64" s="75"/>
+      <c r="F64" s="75"/>
+    </row>
+    <row r="65" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="91"/>
       <c r="B65" s="59" t="s">
         <v>17</v>
       </c>
       <c r="C65" s="59">
         <v>2</v>
       </c>
-      <c r="D65" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A66" s="83"/>
+      <c r="D65" s="74" t="s">
+        <v>129</v>
+      </c>
+      <c r="E65" s="75"/>
+      <c r="F65" s="75"/>
+    </row>
+    <row r="66" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="91"/>
       <c r="B66" s="59" t="s">
         <v>18</v>
       </c>
       <c r="C66" s="59">
         <v>1</v>
       </c>
-      <c r="D66" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A67" s="83"/>
+      <c r="D66" s="74" t="s">
+        <v>130</v>
+      </c>
+      <c r="E66" s="75"/>
+      <c r="F66" s="75"/>
+    </row>
+    <row r="67" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="91"/>
       <c r="B67" s="59" t="s">
         <v>19</v>
       </c>
       <c r="C67" s="59">
         <v>1</v>
       </c>
-      <c r="D67" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A68" s="83"/>
+      <c r="D67" s="74" t="s">
+        <v>130</v>
+      </c>
+      <c r="E67" s="75"/>
+      <c r="F67" s="75"/>
+    </row>
+    <row r="68" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="91"/>
       <c r="B68" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="60"/>
-      <c r="D68" s="94"/>
-[...4 lines deleted...]
-      <c r="A69" s="83"/>
+      <c r="D68" s="99"/>
+      <c r="E68" s="75"/>
+      <c r="F68" s="75"/>
+    </row>
+    <row r="69" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="91"/>
       <c r="B69" s="59" t="s">
         <v>21</v>
       </c>
       <c r="C69" s="59">
         <v>0</v>
       </c>
-      <c r="D69" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A70" s="83"/>
+      <c r="D69" s="74" t="s">
+        <v>132</v>
+      </c>
+      <c r="E69" s="75"/>
+      <c r="F69" s="75"/>
+    </row>
+    <row r="70" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="91"/>
       <c r="B70" s="59" t="s">
         <v>22</v>
       </c>
       <c r="C70" s="59">
         <v>2</v>
       </c>
-      <c r="D70" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A71" s="83"/>
+      <c r="D70" s="74" t="s">
+        <v>129</v>
+      </c>
+      <c r="E70" s="75"/>
+      <c r="F70" s="75"/>
+    </row>
+    <row r="71" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="91"/>
       <c r="B71" s="59" t="s">
         <v>23</v>
       </c>
       <c r="C71" s="59">
         <v>1</v>
       </c>
-      <c r="D71" s="70" t="s">
-[...6 lines deleted...]
-      <c r="A72" s="83"/>
+      <c r="D71" s="74" t="s">
+        <v>130</v>
+      </c>
+      <c r="E71" s="75"/>
+      <c r="F71" s="75"/>
+    </row>
+    <row r="72" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A72" s="91"/>
       <c r="B72" s="54" t="s">
         <v>24</v>
       </c>
       <c r="C72" s="62">
         <f>SUM(C56:C71)</f>
         <v>16</v>
       </c>
-      <c r="D72" s="104"/>
-[...4 lines deleted...]
-      <c r="A73" s="98" t="s">
+      <c r="D72" s="109"/>
+      <c r="E72" s="110"/>
+      <c r="F72" s="110"/>
+    </row>
+    <row r="73" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A73" s="103" t="s">
         <v>26</v>
       </c>
-      <c r="B73" s="99"/>
-[...6 lines deleted...]
-      <c r="A74" s="76" t="s">
+      <c r="B73" s="104"/>
+      <c r="C73" s="104"/>
+      <c r="D73" s="104"/>
+      <c r="E73" s="105"/>
+      <c r="F73" s="106"/>
+    </row>
+    <row r="74" spans="1:6" ht="31" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="84" t="s">
         <v>68</v>
       </c>
       <c r="B74" s="55" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="16">
         <v>1</v>
       </c>
-      <c r="D74" s="85" t="s">
+      <c r="D74" s="93" t="s">
         <v>59</v>
       </c>
-      <c r="E74" s="72"/>
-[...3 lines deleted...]
-      <c r="A75" s="76"/>
+      <c r="E74" s="80"/>
+      <c r="F74" s="80"/>
+    </row>
+    <row r="75" spans="1:6" ht="28" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="84"/>
       <c r="B75" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C75" s="57">
         <v>1</v>
       </c>
-      <c r="D75" s="66" t="s">
+      <c r="D75" s="76" t="s">
         <v>59</v>
       </c>
-      <c r="E75" s="67"/>
-[...3 lines deleted...]
-      <c r="A76" s="76"/>
+      <c r="E75" s="75"/>
+      <c r="F75" s="75"/>
+    </row>
+    <row r="76" spans="1:6" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="84"/>
       <c r="B76" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C76" s="57">
         <v>1</v>
       </c>
-      <c r="D76" s="66" t="s">
+      <c r="D76" s="76" t="s">
         <v>59</v>
       </c>
-      <c r="E76" s="67"/>
-[...3 lines deleted...]
-      <c r="A77" s="76"/>
+      <c r="E76" s="75"/>
+      <c r="F76" s="75"/>
+    </row>
+    <row r="77" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="84"/>
       <c r="B77" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="57">
         <v>0</v>
       </c>
-      <c r="D77" s="66" t="s">
+      <c r="D77" s="76" t="s">
         <v>60</v>
       </c>
-      <c r="E77" s="67"/>
-[...3 lines deleted...]
-      <c r="A78" s="76"/>
+      <c r="E77" s="75"/>
+      <c r="F77" s="75"/>
+    </row>
+    <row r="78" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="84"/>
       <c r="B78" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="57">
         <v>0</v>
       </c>
-      <c r="D78" s="66" t="s">
+      <c r="D78" s="76" t="s">
         <v>60</v>
       </c>
-      <c r="E78" s="67"/>
-[...3 lines deleted...]
-      <c r="A79" s="76"/>
+      <c r="E78" s="75"/>
+      <c r="F78" s="75"/>
+    </row>
+    <row r="79" spans="1:6" ht="32.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="84"/>
       <c r="B79" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C79" s="57">
         <v>1</v>
       </c>
-      <c r="D79" s="130" t="s">
+      <c r="D79" s="134" t="s">
         <v>61</v>
       </c>
-      <c r="E79" s="131"/>
-[...3 lines deleted...]
-      <c r="A80" s="76"/>
+      <c r="E79" s="135"/>
+      <c r="F79" s="136"/>
+    </row>
+    <row r="80" spans="1:6" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="84"/>
       <c r="B80" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C80" s="57">
         <v>1</v>
       </c>
-      <c r="D80" s="66" t="s">
+      <c r="D80" s="76" t="s">
         <v>62</v>
       </c>
-      <c r="E80" s="67"/>
-[...3 lines deleted...]
-      <c r="A81" s="76"/>
+      <c r="E80" s="75"/>
+      <c r="F80" s="75"/>
+    </row>
+    <row r="81" spans="1:6" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="84"/>
       <c r="B81" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C81" s="57">
         <v>1</v>
       </c>
-      <c r="D81" s="66" t="s">
+      <c r="D81" s="76" t="s">
         <v>62</v>
       </c>
-      <c r="E81" s="67"/>
-[...3 lines deleted...]
-      <c r="A82" s="76"/>
+      <c r="E81" s="75"/>
+      <c r="F81" s="75"/>
+    </row>
+    <row r="82" spans="1:6" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="84"/>
       <c r="B82" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="57">
         <v>1</v>
       </c>
-      <c r="D82" s="66" t="s">
+      <c r="D82" s="76" t="s">
         <v>62</v>
       </c>
-      <c r="E82" s="67"/>
-[...3 lines deleted...]
-      <c r="A83" s="76"/>
+      <c r="E82" s="75"/>
+      <c r="F82" s="75"/>
+    </row>
+    <row r="83" spans="1:6" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="84"/>
       <c r="B83" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C83" s="57">
         <v>1</v>
       </c>
-      <c r="D83" s="66" t="s">
+      <c r="D83" s="76" t="s">
         <v>62</v>
       </c>
-      <c r="E83" s="67"/>
-[...3 lines deleted...]
-      <c r="A84" s="76"/>
+      <c r="E83" s="75"/>
+      <c r="F83" s="75"/>
+    </row>
+    <row r="84" spans="1:6" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="84"/>
       <c r="B84" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C84" s="57">
         <v>1</v>
       </c>
-      <c r="D84" s="130" t="s">
+      <c r="D84" s="134" t="s">
         <v>62</v>
       </c>
-      <c r="E84" s="131"/>
-[...3 lines deleted...]
-      <c r="A85" s="76"/>
+      <c r="E84" s="135"/>
+      <c r="F84" s="136"/>
+    </row>
+    <row r="85" spans="1:6" ht="35.15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="84"/>
       <c r="B85" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C85" s="57">
         <v>1</v>
       </c>
-      <c r="D85" s="130" t="s">
+      <c r="D85" s="134" t="s">
         <v>62</v>
       </c>
-      <c r="E85" s="131"/>
-[...3 lines deleted...]
-      <c r="A86" s="77"/>
+      <c r="E85" s="135"/>
+      <c r="F85" s="136"/>
+    </row>
+    <row r="86" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A86" s="85"/>
       <c r="B86" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C86" s="13">
         <f t="shared" ref="C86" si="1">SUM(C74:C85)</f>
         <v>10</v>
       </c>
-      <c r="D86" s="68"/>
-[...5 lines deleted...]
-        <v>148</v>
+      <c r="D86" s="77"/>
+      <c r="E86" s="78"/>
+      <c r="F86" s="78"/>
+    </row>
+    <row r="87" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="86" t="s">
+        <v>145</v>
       </c>
       <c r="B87" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C87" s="16">
         <v>1</v>
       </c>
-      <c r="D87" s="66" t="s">
+      <c r="D87" s="76" t="s">
         <v>63</v>
       </c>
-      <c r="E87" s="67"/>
-[...3 lines deleted...]
-      <c r="A88" s="79"/>
+      <c r="E87" s="75"/>
+      <c r="F87" s="75"/>
+    </row>
+    <row r="88" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="87"/>
       <c r="B88" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C88" s="57">
         <v>1</v>
       </c>
-      <c r="D88" s="66" t="s">
+      <c r="D88" s="76" t="s">
         <v>63</v>
       </c>
-      <c r="E88" s="67"/>
-[...3 lines deleted...]
-      <c r="A89" s="79"/>
+      <c r="E88" s="75"/>
+      <c r="F88" s="75"/>
+    </row>
+    <row r="89" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="87"/>
       <c r="B89" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C89" s="57">
         <v>1</v>
       </c>
-      <c r="D89" s="66" t="s">
+      <c r="D89" s="76" t="s">
         <v>63</v>
       </c>
-      <c r="E89" s="67"/>
-[...3 lines deleted...]
-      <c r="A90" s="79"/>
+      <c r="E89" s="75"/>
+      <c r="F89" s="75"/>
+    </row>
+    <row r="90" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="87"/>
       <c r="B90" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="57">
         <v>0</v>
       </c>
-      <c r="D90" s="66" t="s">
+      <c r="D90" s="76" t="s">
         <v>60</v>
       </c>
-      <c r="E90" s="67"/>
-[...3 lines deleted...]
-      <c r="A91" s="79"/>
+      <c r="E90" s="75"/>
+      <c r="F90" s="75"/>
+    </row>
+    <row r="91" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="87"/>
       <c r="B91" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="57">
         <v>0</v>
       </c>
-      <c r="D91" s="66" t="s">
+      <c r="D91" s="76" t="s">
         <v>60</v>
       </c>
-      <c r="E91" s="67"/>
-[...3 lines deleted...]
-      <c r="A92" s="79"/>
+      <c r="E91" s="75"/>
+      <c r="F91" s="75"/>
+    </row>
+    <row r="92" spans="1:6" ht="48.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="87"/>
       <c r="B92" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C92" s="57">
         <v>1</v>
       </c>
-      <c r="D92" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A93" s="79"/>
+      <c r="D92" s="76" t="s">
+        <v>105</v>
+      </c>
+      <c r="E92" s="75"/>
+      <c r="F92" s="75"/>
+    </row>
+    <row r="93" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="87"/>
       <c r="B93" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C93" s="57">
         <v>1</v>
       </c>
-      <c r="D93" s="66" t="s">
+      <c r="D93" s="76" t="s">
         <v>64</v>
       </c>
-      <c r="E93" s="67"/>
-[...3 lines deleted...]
-      <c r="A94" s="79"/>
+      <c r="E93" s="75"/>
+      <c r="F93" s="75"/>
+    </row>
+    <row r="94" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="87"/>
       <c r="B94" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C94" s="57">
         <v>1</v>
       </c>
-      <c r="D94" s="66" t="s">
+      <c r="D94" s="76" t="s">
         <v>64</v>
       </c>
-      <c r="E94" s="67"/>
-[...3 lines deleted...]
-      <c r="A95" s="79"/>
+      <c r="E94" s="75"/>
+      <c r="F94" s="75"/>
+    </row>
+    <row r="95" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="87"/>
       <c r="B95" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C95" s="57">
         <v>1</v>
       </c>
-      <c r="D95" s="66" t="s">
+      <c r="D95" s="76" t="s">
         <v>64</v>
       </c>
-      <c r="E95" s="67"/>
-[...3 lines deleted...]
-      <c r="A96" s="79"/>
+      <c r="E95" s="75"/>
+      <c r="F95" s="75"/>
+    </row>
+    <row r="96" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="87"/>
       <c r="B96" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C96" s="57">
         <v>1</v>
       </c>
-      <c r="D96" s="66" t="s">
+      <c r="D96" s="76" t="s">
         <v>64</v>
       </c>
-      <c r="E96" s="67"/>
-[...3 lines deleted...]
-      <c r="A97" s="79"/>
+      <c r="E96" s="75"/>
+      <c r="F96" s="75"/>
+    </row>
+    <row r="97" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="87"/>
       <c r="B97" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C97" s="57">
         <v>1</v>
       </c>
-      <c r="D97" s="66" t="s">
+      <c r="D97" s="76" t="s">
         <v>64</v>
       </c>
-      <c r="E97" s="67"/>
-[...3 lines deleted...]
-      <c r="A98" s="79"/>
+      <c r="E97" s="75"/>
+      <c r="F97" s="75"/>
+    </row>
+    <row r="98" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="87"/>
       <c r="B98" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C98" s="57">
         <v>1</v>
       </c>
-      <c r="D98" s="66" t="s">
+      <c r="D98" s="76" t="s">
         <v>64</v>
       </c>
-      <c r="E98" s="67"/>
-[...3 lines deleted...]
-      <c r="A99" s="80"/>
+      <c r="E98" s="75"/>
+      <c r="F98" s="75"/>
+    </row>
+    <row r="99" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A99" s="88"/>
       <c r="B99" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C99" s="13">
         <f t="shared" ref="C99" si="2">SUM(C87:C98)</f>
         <v>10</v>
       </c>
-      <c r="D99" s="68"/>
-[...5 lines deleted...]
-        <v>97</v>
+      <c r="D99" s="77"/>
+      <c r="E99" s="78"/>
+      <c r="F99" s="78"/>
+    </row>
+    <row r="100" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="89" t="s">
+        <v>94</v>
       </c>
       <c r="B100" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C100" s="16">
         <v>21</v>
       </c>
-      <c r="D100" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A101" s="79"/>
+      <c r="D100" s="76" t="s">
+        <v>106</v>
+      </c>
+      <c r="E100" s="75"/>
+      <c r="F100" s="75"/>
+    </row>
+    <row r="101" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="87"/>
       <c r="B101" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C101" s="57">
         <v>19</v>
       </c>
-      <c r="D101" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A102" s="79"/>
+      <c r="D101" s="76" t="s">
+        <v>107</v>
+      </c>
+      <c r="E101" s="75"/>
+      <c r="F101" s="75"/>
+    </row>
+    <row r="102" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="87"/>
       <c r="B102" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C102" s="57">
         <v>22</v>
       </c>
-      <c r="D102" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A103" s="79"/>
+      <c r="D102" s="76" t="s">
+        <v>108</v>
+      </c>
+      <c r="E102" s="75"/>
+      <c r="F102" s="75"/>
+    </row>
+    <row r="103" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="87"/>
       <c r="B103" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="57">
         <v>10</v>
       </c>
-      <c r="D103" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A104" s="79"/>
+      <c r="D103" s="76" t="s">
+        <v>109</v>
+      </c>
+      <c r="E103" s="75"/>
+      <c r="F103" s="75"/>
+    </row>
+    <row r="104" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="87"/>
       <c r="B104" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="57">
         <v>9</v>
       </c>
-      <c r="D104" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A105" s="79"/>
+      <c r="D104" s="76" t="s">
+        <v>110</v>
+      </c>
+      <c r="E104" s="75"/>
+      <c r="F104" s="75"/>
+    </row>
+    <row r="105" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A105" s="87"/>
       <c r="B105" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C105" s="57">
         <v>17</v>
       </c>
-      <c r="D105" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A106" s="79"/>
+      <c r="D105" s="76" t="s">
+        <v>111</v>
+      </c>
+      <c r="E105" s="75"/>
+      <c r="F105" s="75"/>
+    </row>
+    <row r="106" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="87"/>
       <c r="B106" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C106" s="57">
         <v>20</v>
       </c>
-      <c r="D106" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A107" s="79"/>
+      <c r="D106" s="76" t="s">
+        <v>112</v>
+      </c>
+      <c r="E106" s="75"/>
+      <c r="F106" s="75"/>
+    </row>
+    <row r="107" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="87"/>
       <c r="B107" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C107" s="57">
         <v>24</v>
       </c>
-      <c r="D107" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A108" s="79"/>
+      <c r="D107" s="76" t="s">
+        <v>113</v>
+      </c>
+      <c r="E107" s="75"/>
+      <c r="F107" s="75"/>
+    </row>
+    <row r="108" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="87"/>
       <c r="B108" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C108" s="57">
         <v>21</v>
       </c>
-      <c r="D108" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A109" s="79"/>
+      <c r="D108" s="76" t="s">
+        <v>106</v>
+      </c>
+      <c r="E108" s="75"/>
+      <c r="F108" s="75"/>
+    </row>
+    <row r="109" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="87"/>
       <c r="B109" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C109" s="57">
         <v>22</v>
       </c>
-      <c r="D109" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A110" s="79"/>
+      <c r="D109" s="76" t="s">
+        <v>108</v>
+      </c>
+      <c r="E109" s="75"/>
+      <c r="F109" s="75"/>
+    </row>
+    <row r="110" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="87"/>
       <c r="B110" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C110" s="57">
         <v>19</v>
       </c>
-      <c r="D110" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A111" s="79"/>
+      <c r="D110" s="76" t="s">
+        <v>107</v>
+      </c>
+      <c r="E110" s="75"/>
+      <c r="F110" s="75"/>
+    </row>
+    <row r="111" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="87"/>
       <c r="B111" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C111" s="57">
         <v>23</v>
       </c>
-      <c r="D111" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A112" s="80"/>
+      <c r="D111" s="76" t="s">
+        <v>114</v>
+      </c>
+      <c r="E111" s="75"/>
+      <c r="F111" s="75"/>
+    </row>
+    <row r="112" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A112" s="88"/>
       <c r="B112" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C112" s="62">
         <f>SUM(C100:C111)</f>
         <v>227</v>
       </c>
-      <c r="D112" s="84"/>
-[...4 lines deleted...]
-      <c r="A113" s="86" t="s">
+      <c r="D112" s="92"/>
+      <c r="E112" s="75"/>
+      <c r="F112" s="75"/>
+    </row>
+    <row r="113" spans="1:6" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A113" s="71" t="s">
         <v>69</v>
       </c>
       <c r="B113" s="39"/>
       <c r="C113" s="40" t="s">
         <v>74</v>
       </c>
       <c r="D113" s="50" t="s">
         <v>73</v>
       </c>
       <c r="E113" s="50" t="s">
         <v>75</v>
       </c>
       <c r="F113" s="51" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="114" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="87"/>
+    <row r="114" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="72"/>
       <c r="B114" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C114" s="58">
         <v>8</v>
       </c>
       <c r="D114" s="41">
         <v>12.21</v>
       </c>
       <c r="E114" s="58">
         <v>10</v>
       </c>
       <c r="F114" s="58">
         <v>33</v>
       </c>
     </row>
-    <row r="115" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A115" s="87"/>
+    <row r="115" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="72"/>
       <c r="B115" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C115" s="57">
         <v>6</v>
       </c>
       <c r="D115" s="42">
         <v>10</v>
       </c>
       <c r="E115" s="57">
         <v>11</v>
       </c>
       <c r="F115" s="57">
         <v>56</v>
       </c>
     </row>
-    <row r="116" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A116" s="87"/>
+    <row r="116" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="72"/>
       <c r="B116" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C116" s="57">
         <v>3</v>
       </c>
       <c r="D116" s="42">
         <v>6.65</v>
       </c>
       <c r="E116" s="57">
         <v>7</v>
       </c>
       <c r="F116" s="57">
         <v>44</v>
       </c>
     </row>
-    <row r="117" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A117" s="87"/>
+    <row r="117" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="72"/>
       <c r="B117" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="57">
         <v>7</v>
       </c>
       <c r="D117" s="42">
         <v>9.23</v>
       </c>
       <c r="E117" s="57">
         <v>8</v>
       </c>
       <c r="F117" s="57">
         <v>51</v>
       </c>
     </row>
-    <row r="118" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A118" s="87"/>
+    <row r="118" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="72"/>
       <c r="B118" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="57">
         <v>10</v>
       </c>
       <c r="D118" s="42">
         <v>14.56</v>
       </c>
       <c r="E118" s="57">
         <v>12</v>
       </c>
       <c r="F118" s="57">
         <v>62</v>
       </c>
     </row>
-    <row r="119" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A119" s="87"/>
+    <row r="119" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="72"/>
       <c r="B119" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C119" s="57">
         <v>7</v>
       </c>
       <c r="D119" s="42">
         <v>9.23</v>
       </c>
       <c r="E119" s="57">
         <v>11</v>
       </c>
       <c r="F119" s="57">
         <v>59</v>
       </c>
     </row>
-    <row r="120" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A120" s="87"/>
+    <row r="120" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="72"/>
       <c r="B120" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C120" s="57">
         <v>5</v>
       </c>
       <c r="D120" s="42">
         <v>5.41</v>
       </c>
       <c r="E120" s="57">
         <v>5</v>
       </c>
       <c r="F120" s="57">
         <v>21</v>
       </c>
     </row>
-    <row r="121" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A121" s="87"/>
+    <row r="121" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="72"/>
       <c r="B121" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C121" s="57">
         <v>8</v>
       </c>
       <c r="D121" s="42">
         <v>12.21</v>
       </c>
       <c r="E121" s="57">
         <v>10</v>
       </c>
       <c r="F121" s="57">
         <v>48</v>
       </c>
     </row>
-    <row r="122" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A122" s="87"/>
+    <row r="122" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="72"/>
       <c r="B122" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C122" s="57">
         <v>4</v>
       </c>
       <c r="D122" s="42">
         <v>6.44</v>
       </c>
       <c r="E122" s="57">
         <v>6</v>
       </c>
       <c r="F122" s="57">
         <v>25</v>
       </c>
     </row>
-    <row r="123" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A123" s="87"/>
+    <row r="123" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="72"/>
       <c r="B123" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C123" s="57">
         <v>9</v>
       </c>
       <c r="D123" s="42">
         <v>11.23</v>
       </c>
       <c r="E123" s="57">
         <v>9</v>
       </c>
       <c r="F123" s="57">
         <v>39</v>
       </c>
     </row>
-    <row r="124" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A124" s="87"/>
+    <row r="124" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="72"/>
       <c r="B124" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C124" s="57">
         <v>11</v>
       </c>
       <c r="D124" s="42">
         <v>14.45</v>
       </c>
       <c r="E124" s="57">
         <v>15</v>
       </c>
       <c r="F124" s="57">
         <v>65</v>
       </c>
     </row>
-    <row r="125" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A125" s="87"/>
+    <row r="125" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="72"/>
       <c r="B125" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C125" s="57">
         <v>13</v>
       </c>
       <c r="D125" s="42">
         <v>16.760000000000002</v>
       </c>
       <c r="E125" s="57">
         <v>18</v>
       </c>
       <c r="F125" s="57">
         <v>70</v>
       </c>
     </row>
-    <row r="126" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A126" s="88"/>
+    <row r="126" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A126" s="73"/>
       <c r="B126" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C126" s="13">
         <f>SUM(C114:C125)</f>
         <v>91</v>
       </c>
       <c r="D126" s="43">
         <f>SUM(D114:D125)</f>
         <v>128.38</v>
       </c>
       <c r="E126" s="13">
         <f>SUM(E114:E125)</f>
         <v>122</v>
       </c>
       <c r="F126" s="13">
         <f>SUM(F114:F125)</f>
         <v>573</v>
       </c>
     </row>
-    <row r="127" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A127" s="86" t="s">
+    <row r="127" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="71" t="s">
         <v>70</v>
       </c>
       <c r="B127" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C127" s="16">
         <v>10</v>
       </c>
-      <c r="D127" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A128" s="76"/>
+      <c r="D127" s="76" t="s">
+        <v>115</v>
+      </c>
+      <c r="E127" s="75"/>
+      <c r="F127" s="75"/>
+    </row>
+    <row r="128" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="84"/>
       <c r="B128" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C128" s="57">
         <v>8</v>
       </c>
-      <c r="D128" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A129" s="76"/>
+      <c r="D128" s="76" t="s">
+        <v>116</v>
+      </c>
+      <c r="E128" s="75"/>
+      <c r="F128" s="75"/>
+    </row>
+    <row r="129" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="84"/>
       <c r="B129" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C129" s="57">
         <v>12</v>
       </c>
-      <c r="D129" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A130" s="76"/>
+      <c r="D129" s="76" t="s">
+        <v>117</v>
+      </c>
+      <c r="E129" s="75"/>
+      <c r="F129" s="75"/>
+    </row>
+    <row r="130" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="84"/>
       <c r="B130" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="57">
         <v>4</v>
       </c>
-      <c r="D130" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A131" s="76"/>
+      <c r="D130" s="76" t="s">
+        <v>118</v>
+      </c>
+      <c r="E130" s="75"/>
+      <c r="F130" s="75"/>
+    </row>
+    <row r="131" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="84"/>
       <c r="B131" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="57">
         <v>7</v>
       </c>
-      <c r="D131" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A132" s="76"/>
+      <c r="D131" s="76" t="s">
+        <v>119</v>
+      </c>
+      <c r="E131" s="75"/>
+      <c r="F131" s="75"/>
+    </row>
+    <row r="132" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="84"/>
       <c r="B132" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C132" s="57">
         <v>11</v>
       </c>
-      <c r="D132" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A133" s="76"/>
+      <c r="D132" s="76" t="s">
+        <v>120</v>
+      </c>
+      <c r="E132" s="75"/>
+      <c r="F132" s="75"/>
+    </row>
+    <row r="133" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="84"/>
       <c r="B133" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C133" s="57">
         <v>13</v>
       </c>
-      <c r="D133" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A134" s="76"/>
+      <c r="D133" s="76" t="s">
+        <v>121</v>
+      </c>
+      <c r="E133" s="75"/>
+      <c r="F133" s="75"/>
+    </row>
+    <row r="134" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="84"/>
       <c r="B134" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C134" s="57">
         <v>22</v>
       </c>
-      <c r="D134" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A135" s="76"/>
+      <c r="D134" s="76" t="s">
+        <v>122</v>
+      </c>
+      <c r="E134" s="75"/>
+      <c r="F134" s="75"/>
+    </row>
+    <row r="135" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="84"/>
       <c r="B135" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C135" s="57">
         <v>24</v>
       </c>
-      <c r="D135" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A136" s="76"/>
+      <c r="D135" s="76" t="s">
+        <v>123</v>
+      </c>
+      <c r="E135" s="75"/>
+      <c r="F135" s="75"/>
+    </row>
+    <row r="136" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="84"/>
       <c r="B136" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C136" s="57">
         <v>11</v>
       </c>
-      <c r="D136" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A137" s="76"/>
+      <c r="D136" s="76" t="s">
+        <v>120</v>
+      </c>
+      <c r="E136" s="75"/>
+      <c r="F136" s="75"/>
+    </row>
+    <row r="137" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="84"/>
       <c r="B137" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C137" s="57">
         <v>13</v>
       </c>
-      <c r="D137" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A138" s="76"/>
+      <c r="D137" s="76" t="s">
+        <v>121</v>
+      </c>
+      <c r="E137" s="75"/>
+      <c r="F137" s="75"/>
+    </row>
+    <row r="138" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="84"/>
       <c r="B138" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C138" s="57">
         <v>9</v>
       </c>
-      <c r="D138" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A139" s="77"/>
+      <c r="D138" s="76" t="s">
+        <v>124</v>
+      </c>
+      <c r="E138" s="75"/>
+      <c r="F138" s="75"/>
+    </row>
+    <row r="139" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A139" s="85"/>
       <c r="B139" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C139" s="13">
         <f>SUM(C127:C138)</f>
         <v>144</v>
       </c>
-      <c r="D139" s="68"/>
-[...4 lines deleted...]
-      <c r="A140" s="86" t="s">
+      <c r="D139" s="77"/>
+      <c r="E139" s="78"/>
+      <c r="F139" s="78"/>
+    </row>
+    <row r="140" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="71" t="s">
         <v>71</v>
       </c>
       <c r="B140" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C140" s="16">
         <v>1</v>
       </c>
-      <c r="D140" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A141" s="76"/>
+      <c r="D140" s="76" t="s">
+        <v>126</v>
+      </c>
+      <c r="E140" s="75"/>
+      <c r="F140" s="75"/>
+    </row>
+    <row r="141" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="84"/>
       <c r="B141" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C141" s="57">
         <v>2</v>
       </c>
-      <c r="D141" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A142" s="76"/>
+      <c r="D141" s="76" t="s">
+        <v>125</v>
+      </c>
+      <c r="E141" s="75"/>
+      <c r="F141" s="75"/>
+    </row>
+    <row r="142" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="84"/>
       <c r="B142" s="17" t="s">
         <v>11</v>
       </c>
       <c r="C142" s="57">
         <v>0</v>
       </c>
-      <c r="D142" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A143" s="76"/>
+      <c r="D142" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="E142" s="75"/>
+      <c r="F142" s="75"/>
+    </row>
+    <row r="143" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="84"/>
       <c r="B143" s="17" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="57">
         <v>0</v>
       </c>
-      <c r="D143" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A144" s="76"/>
+      <c r="D143" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="E143" s="75"/>
+      <c r="F143" s="75"/>
+    </row>
+    <row r="144" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="84"/>
       <c r="B144" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="57">
         <v>0</v>
       </c>
-      <c r="D144" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A145" s="76"/>
+      <c r="D144" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="E144" s="75"/>
+      <c r="F144" s="75"/>
+    </row>
+    <row r="145" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="84"/>
       <c r="B145" s="17" t="s">
         <v>15</v>
       </c>
       <c r="C145" s="57">
         <v>0</v>
       </c>
-      <c r="D145" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A146" s="76"/>
+      <c r="D145" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="E145" s="75"/>
+      <c r="F145" s="75"/>
+    </row>
+    <row r="146" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="84"/>
       <c r="B146" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C146" s="57">
         <v>3</v>
       </c>
-      <c r="D146" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A147" s="76"/>
+      <c r="D146" s="76" t="s">
+        <v>128</v>
+      </c>
+      <c r="E146" s="75"/>
+      <c r="F146" s="75"/>
+    </row>
+    <row r="147" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="84"/>
       <c r="B147" s="17" t="s">
         <v>18</v>
       </c>
       <c r="C147" s="57">
         <v>0</v>
       </c>
-      <c r="D147" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A148" s="76"/>
+      <c r="D147" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="E147" s="75"/>
+      <c r="F147" s="75"/>
+    </row>
+    <row r="148" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="84"/>
       <c r="B148" s="17" t="s">
         <v>19</v>
       </c>
       <c r="C148" s="57">
         <v>1</v>
       </c>
-      <c r="D148" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A149" s="76"/>
+      <c r="D148" s="76" t="s">
+        <v>126</v>
+      </c>
+      <c r="E148" s="75"/>
+      <c r="F148" s="75"/>
+    </row>
+    <row r="149" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="84"/>
       <c r="B149" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C149" s="57">
         <v>0</v>
       </c>
-      <c r="D149" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A150" s="76"/>
+      <c r="D149" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="E149" s="75"/>
+      <c r="F149" s="75"/>
+    </row>
+    <row r="150" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="84"/>
       <c r="B150" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C150" s="57">
         <v>0</v>
       </c>
-      <c r="D150" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A151" s="76"/>
+      <c r="D150" s="76" t="s">
+        <v>125</v>
+      </c>
+      <c r="E150" s="75"/>
+      <c r="F150" s="75"/>
+    </row>
+    <row r="151" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="84"/>
       <c r="B151" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C151" s="57">
         <v>2</v>
       </c>
-      <c r="D151" s="66" t="s">
-[...6 lines deleted...]
-      <c r="A152" s="77"/>
+      <c r="D151" s="76" t="s">
+        <v>127</v>
+      </c>
+      <c r="E151" s="75"/>
+      <c r="F151" s="75"/>
+    </row>
+    <row r="152" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A152" s="85"/>
       <c r="B152" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C152" s="13">
         <f>SUM(C140:C151)</f>
         <v>9</v>
       </c>
-      <c r="D152" s="68"/>
-[...4 lines deleted...]
-      <c r="A153" s="89" t="s">
+      <c r="D152" s="77"/>
+      <c r="E152" s="78"/>
+      <c r="F152" s="78"/>
+    </row>
+    <row r="153" spans="1:6" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="94" t="s">
         <v>65</v>
       </c>
-      <c r="B153" s="90"/>
-[...3 lines deleted...]
-    <row r="154" spans="1:6" ht="79.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B153" s="95"/>
+      <c r="C153" s="95"/>
+      <c r="D153" s="96"/>
+    </row>
+    <row r="154" spans="1:6" ht="78" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A154" s="63" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B154" s="25" t="s">
         <v>27</v>
       </c>
       <c r="C154" s="25" t="s">
         <v>28</v>
       </c>
       <c r="D154" s="26" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="155" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="155" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A155" s="27" t="s">
         <v>9</v>
       </c>
       <c r="B155" s="24">
         <v>10</v>
       </c>
       <c r="C155" s="24">
         <v>9</v>
       </c>
       <c r="D155" s="28">
         <f>C155/B155</f>
         <v>0.9</v>
       </c>
     </row>
-    <row r="156" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="156" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A156" s="29" t="s">
         <v>10</v>
       </c>
       <c r="B156" s="23">
         <v>12</v>
       </c>
       <c r="C156" s="23">
         <v>12</v>
       </c>
       <c r="D156" s="30">
         <f t="shared" ref="D156:D167" si="3">C156/B156</f>
         <v>1</v>
       </c>
     </row>
-    <row r="157" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="157" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A157" s="29" t="s">
         <v>11</v>
       </c>
       <c r="B157" s="23">
         <v>11</v>
       </c>
       <c r="C157" s="23">
         <v>11</v>
       </c>
       <c r="D157" s="30">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="158" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="158" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A158" s="29" t="s">
         <v>13</v>
       </c>
       <c r="B158" s="23">
         <v>13</v>
       </c>
       <c r="C158" s="23">
         <v>13</v>
       </c>
       <c r="D158" s="31">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="159" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="159" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A159" s="29" t="s">
         <v>14</v>
       </c>
       <c r="B159" s="23">
         <v>15</v>
       </c>
       <c r="C159" s="23">
         <v>15</v>
       </c>
       <c r="D159" s="30">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="160" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="160" spans="1:6" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A160" s="29" t="s">
         <v>15</v>
       </c>
       <c r="B160" s="23">
         <v>12</v>
       </c>
       <c r="C160" s="23">
         <v>12</v>
       </c>
       <c r="D160" s="30">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="161" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="161" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A161" s="29" t="s">
         <v>17</v>
       </c>
       <c r="B161" s="23">
         <v>11</v>
       </c>
       <c r="C161" s="23">
         <v>11</v>
       </c>
       <c r="D161" s="30">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="162" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="162" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A162" s="29" t="s">
         <v>18</v>
       </c>
       <c r="B162" s="23">
         <v>9</v>
       </c>
       <c r="C162" s="23">
         <v>9</v>
       </c>
       <c r="D162" s="30">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="163" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="163" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A163" s="29" t="s">
         <v>19</v>
       </c>
       <c r="B163" s="23">
         <v>15</v>
       </c>
       <c r="C163" s="23">
         <v>15</v>
       </c>
       <c r="D163" s="30">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="164" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="164" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A164" s="29" t="s">
         <v>21</v>
       </c>
       <c r="B164" s="23">
         <v>14</v>
       </c>
       <c r="C164" s="23">
         <v>14</v>
       </c>
       <c r="D164" s="30">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="165" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="165" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A165" s="29" t="s">
         <v>22</v>
       </c>
       <c r="B165" s="23">
         <v>20</v>
       </c>
       <c r="C165" s="23">
         <v>20</v>
       </c>
       <c r="D165" s="30">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="166" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A166" s="32" t="s">
         <v>23</v>
       </c>
       <c r="B166" s="33">
         <v>18</v>
       </c>
       <c r="C166" s="33">
         <v>18</v>
       </c>
       <c r="D166" s="34">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
     </row>
-    <row r="167" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:4" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A167" s="35" t="s">
         <v>24</v>
       </c>
       <c r="B167" s="36">
         <f>SUM(B155:B166)</f>
         <v>160</v>
       </c>
       <c r="C167" s="36">
         <f>SUM(C155:C166)</f>
         <v>159</v>
       </c>
       <c r="D167" s="37">
         <f t="shared" si="3"/>
         <v>0.99375000000000002</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="149">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="D3:F3"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:A21"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="D6:F6"/>
@@ -16672,8261 +16707,8587 @@
     <mergeCell ref="D152:F152"/>
     <mergeCell ref="A153:D153"/>
     <mergeCell ref="A140:A152"/>
     <mergeCell ref="D140:F140"/>
     <mergeCell ref="D141:F141"/>
     <mergeCell ref="D142:F142"/>
     <mergeCell ref="D143:F143"/>
     <mergeCell ref="D144:F144"/>
     <mergeCell ref="D145:F145"/>
     <mergeCell ref="D146:F146"/>
     <mergeCell ref="D147:F147"/>
     <mergeCell ref="D148:F148"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="72" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E9BD3ADD-C760-4A2D-BC0D-9B0A988239F1}">
   <sheetPr codeName="Sheet4"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B9" sqref="B9"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6975BDBE-A4AA-44EA-936A-A2A7CAD3FCC7}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2D8CA130-C06F-4957-9A7F-B6898895BAEE}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C12F2B0A-2DCF-4911-85D6-2A530B8F56D3}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C8" sqref="C8"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E5C795E4-67A7-4012-9771-2FFD6C1E8BE3}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{55C3ECA0-9EF1-4B1A-98D5-1D19A22FB066}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F11C6B5-E914-4018-8126-018A63C3D625}">
   <sheetPr codeName="Sheet6"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="E9" sqref="E9"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5248D680-8A78-441A-82FB-F48B1C3427CB}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D23E6D30-4557-4DFB-980D-26ADC03D7DF4}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7991C39E-D4ED-418F-B207-779A9390570D}">
   <sheetPr codeName="Sheet7"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A8" sqref="A8"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F898C478-4313-4389-B9F1-DC9FD56DD592}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{73C4D1F7-5E36-4CF7-A475-213012FD4701}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B2A5B262-A65B-4FE1-A986-D3866B75CE30}">
   <sheetPr codeName="Sheet8"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B9" sqref="B9"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{34BB3355-DAB3-40DA-B8D0-28E3F0C6B989}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0A2569D4-77B0-41E9-BF47-3C96A759A962}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ABB17337-3A5C-4E18-9C1D-FC1A208CCF4D}">
   <sheetPr codeName="Sheet9"/>
   <dimension ref="A1:H130"/>
   <sheetViews>
     <sheetView zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D9" sqref="D9"/>
+      <selection pane="bottomLeft" sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="12.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="17.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="13.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="12.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="14" style="65" customWidth="1"/>
-    <col min="5" max="6" width="15.5703125" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="65"/>
+    <col min="5" max="6" width="15.54296875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="23.81640625" style="1" customWidth="1"/>
+    <col min="8" max="8" width="100.7265625" style="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.1796875" style="65"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="A2" s="137" t="s">
+    <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.4">
+      <c r="A1" s="143" t="s">
+        <v>151</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+    </row>
+    <row r="2" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>2</v>
       </c>
-      <c r="B2" s="137"/>
-[...7 lines deleted...]
-    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.25">
+      <c r="B2" s="144"/>
+      <c r="C2" s="144"/>
+      <c r="D2" s="144"/>
+      <c r="E2" s="144"/>
+      <c r="F2" s="144"/>
+      <c r="G2" s="144"/>
+      <c r="H2" s="144"/>
+    </row>
+    <row r="3" spans="1:8" ht="54" x14ac:dyDescent="0.35">
       <c r="A3" s="64" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B3" s="64" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="64" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="64" t="s">
         <v>80</v>
       </c>
       <c r="E3" s="64" t="s">
         <v>79</v>
       </c>
       <c r="F3" s="64" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G3" s="64" t="s">
         <v>0</v>
       </c>
       <c r="H3" s="64" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" s="47"/>
       <c r="B4" s="47"/>
       <c r="C4" s="47"/>
       <c r="D4" s="47"/>
       <c r="E4" s="47"/>
       <c r="F4" s="47"/>
       <c r="G4" s="47"/>
       <c r="H4" s="47"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="47"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="47"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="47"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="47"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="47"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="47"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="47"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="47"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="47"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="47"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A15" s="2"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="47"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="47"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="47"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A18" s="2"/>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="47"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
       <c r="H18" s="2"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A19" s="2"/>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="47"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
       <c r="H19" s="2"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A20" s="2"/>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="47"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="47"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="47"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="2"/>
       <c r="H22" s="2"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="47"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A24" s="2"/>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="47"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A25" s="2"/>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="47"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A26" s="2"/>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="47"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A27" s="2"/>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="47"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A28" s="2"/>
       <c r="B28" s="2"/>
       <c r="C28" s="2"/>
       <c r="D28" s="47"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A29" s="2"/>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="47"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A30" s="2"/>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="47"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A31" s="2"/>
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="47"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="47"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="2"/>
       <c r="D33" s="47"/>
       <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
       <c r="H33" s="2"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="2"/>
       <c r="D34" s="47"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
       <c r="H34" s="2"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="2"/>
       <c r="D35" s="47"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
       <c r="H35" s="2"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A36" s="2"/>
       <c r="B36" s="2"/>
       <c r="C36" s="2"/>
       <c r="D36" s="47"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
       <c r="H36" s="2"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A37" s="2"/>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="47"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A38" s="2"/>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="47"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A39" s="2"/>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="47"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A40" s="2"/>
       <c r="B40" s="2"/>
       <c r="C40" s="2"/>
       <c r="D40" s="47"/>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
       <c r="H40" s="2"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A41" s="2"/>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="47"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A42" s="2"/>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="47"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A43" s="2"/>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="47"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
       <c r="H43" s="2"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A44" s="2"/>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="47"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A45" s="2"/>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="47"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A46" s="2"/>
       <c r="B46" s="2"/>
       <c r="C46" s="2"/>
       <c r="D46" s="47"/>
       <c r="E46" s="2"/>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
       <c r="H46" s="2"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A47" s="2"/>
       <c r="B47" s="2"/>
       <c r="C47" s="2"/>
       <c r="D47" s="47"/>
       <c r="E47" s="2"/>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
       <c r="H47" s="2"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A48" s="2"/>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="47"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A49" s="2"/>
       <c r="B49" s="2"/>
       <c r="C49" s="2"/>
       <c r="D49" s="47"/>
       <c r="E49" s="2"/>
       <c r="F49" s="2"/>
       <c r="G49" s="2"/>
       <c r="H49" s="2"/>
     </row>
-    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A50" s="2"/>
       <c r="B50" s="2"/>
       <c r="C50" s="2"/>
       <c r="D50" s="47"/>
       <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
       <c r="H50" s="2"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A51" s="2"/>
       <c r="B51" s="2"/>
       <c r="C51" s="2"/>
       <c r="D51" s="47"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
       <c r="H51" s="2"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A52" s="2"/>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="47"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A53" s="2"/>
       <c r="B53" s="2"/>
       <c r="C53" s="2"/>
       <c r="D53" s="47"/>
       <c r="E53" s="2"/>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
       <c r="H53" s="2"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A54" s="2"/>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="47"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A55" s="2"/>
       <c r="B55" s="2"/>
       <c r="C55" s="2"/>
       <c r="D55" s="47"/>
       <c r="E55" s="2"/>
       <c r="F55" s="2"/>
       <c r="G55" s="2"/>
       <c r="H55" s="2"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A56" s="2"/>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="47"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A57" s="2"/>
       <c r="B57" s="2"/>
       <c r="C57" s="2"/>
       <c r="D57" s="47"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
       <c r="H57" s="2"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A58" s="2"/>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="47"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A59" s="2"/>
       <c r="B59" s="2"/>
       <c r="C59" s="2"/>
       <c r="D59" s="47"/>
       <c r="E59" s="2"/>
       <c r="F59" s="2"/>
       <c r="G59" s="2"/>
       <c r="H59" s="2"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A60" s="2"/>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="47"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A61" s="2"/>
       <c r="B61" s="2"/>
       <c r="C61" s="2"/>
       <c r="D61" s="47"/>
       <c r="E61" s="2"/>
       <c r="F61" s="2"/>
       <c r="G61" s="2"/>
       <c r="H61" s="2"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A62" s="2"/>
       <c r="B62" s="2"/>
       <c r="C62" s="2"/>
       <c r="D62" s="47"/>
       <c r="E62" s="2"/>
       <c r="F62" s="2"/>
       <c r="G62" s="2"/>
       <c r="H62" s="2"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A63" s="2"/>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="47"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A64" s="2"/>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="47"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
     </row>
-    <row r="65" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A65" s="2"/>
       <c r="B65" s="2"/>
       <c r="C65" s="2"/>
       <c r="D65" s="47"/>
       <c r="E65" s="2"/>
       <c r="F65" s="2"/>
       <c r="G65" s="2"/>
       <c r="H65" s="2"/>
     </row>
-    <row r="66" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A66" s="2"/>
       <c r="B66" s="2"/>
       <c r="C66" s="2"/>
       <c r="D66" s="47"/>
       <c r="E66" s="2"/>
       <c r="F66" s="2"/>
       <c r="G66" s="2"/>
       <c r="H66" s="2"/>
     </row>
-    <row r="67" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A67" s="2"/>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="47"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
     </row>
-    <row r="68" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A68" s="2"/>
       <c r="B68" s="2"/>
       <c r="C68" s="2"/>
       <c r="D68" s="47"/>
       <c r="E68" s="2"/>
       <c r="F68" s="2"/>
       <c r="G68" s="2"/>
       <c r="H68" s="2"/>
     </row>
-    <row r="69" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A69" s="2"/>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="47"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
     </row>
-    <row r="70" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A70" s="2"/>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="47"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
     </row>
-    <row r="71" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A71" s="2"/>
       <c r="B71" s="2"/>
       <c r="C71" s="2"/>
       <c r="D71" s="47"/>
       <c r="E71" s="2"/>
       <c r="F71" s="2"/>
       <c r="G71" s="2"/>
       <c r="H71" s="2"/>
     </row>
-    <row r="72" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="47"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
     </row>
-    <row r="73" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="47"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
     </row>
-    <row r="74" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="47"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
     </row>
-    <row r="75" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A75" s="2"/>
       <c r="B75" s="2"/>
       <c r="C75" s="2"/>
       <c r="D75" s="47"/>
       <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
       <c r="H75" s="2"/>
     </row>
-    <row r="76" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A76" s="2"/>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="47"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
     </row>
-    <row r="77" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A77" s="2"/>
       <c r="B77" s="2"/>
       <c r="C77" s="2"/>
       <c r="D77" s="47"/>
       <c r="E77" s="2"/>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
       <c r="H77" s="2"/>
     </row>
-    <row r="78" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A78" s="2"/>
       <c r="B78" s="2"/>
       <c r="C78" s="2"/>
       <c r="D78" s="47"/>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
       <c r="H78" s="2"/>
     </row>
-    <row r="79" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A79" s="2"/>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="47"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
     </row>
-    <row r="80" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A80" s="2"/>
       <c r="B80" s="2"/>
       <c r="C80" s="2"/>
       <c r="D80" s="47"/>
       <c r="E80" s="2"/>
       <c r="F80" s="2"/>
       <c r="G80" s="2"/>
       <c r="H80" s="2"/>
     </row>
-    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A81" s="2"/>
       <c r="B81" s="2"/>
       <c r="C81" s="2"/>
       <c r="D81" s="47"/>
       <c r="E81" s="2"/>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
       <c r="H81" s="2"/>
     </row>
-    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A82" s="2"/>
       <c r="B82" s="2"/>
       <c r="C82" s="2"/>
       <c r="D82" s="47"/>
       <c r="E82" s="2"/>
       <c r="F82" s="2"/>
       <c r="G82" s="2"/>
       <c r="H82" s="2"/>
     </row>
-    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A83" s="2"/>
       <c r="B83" s="2"/>
       <c r="C83" s="2"/>
       <c r="D83" s="47"/>
       <c r="E83" s="2"/>
       <c r="F83" s="2"/>
       <c r="G83" s="2"/>
       <c r="H83" s="2"/>
     </row>
-    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="47"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
     </row>
-    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="47"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
     </row>
-    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="47"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
     </row>
-    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A87" s="2"/>
       <c r="B87" s="2"/>
       <c r="C87" s="2"/>
       <c r="D87" s="47"/>
       <c r="E87" s="2"/>
       <c r="F87" s="2"/>
       <c r="G87" s="2"/>
       <c r="H87" s="2"/>
     </row>
-    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A88" s="2"/>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="47"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
     </row>
-    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A89" s="2"/>
       <c r="B89" s="2"/>
       <c r="C89" s="2"/>
       <c r="D89" s="47"/>
       <c r="E89" s="2"/>
       <c r="F89" s="2"/>
       <c r="G89" s="2"/>
       <c r="H89" s="2"/>
     </row>
-    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A90" s="2"/>
       <c r="B90" s="2"/>
       <c r="C90" s="2"/>
       <c r="D90" s="47"/>
       <c r="E90" s="2"/>
       <c r="F90" s="2"/>
       <c r="G90" s="2"/>
       <c r="H90" s="2"/>
     </row>
-    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A91" s="2"/>
       <c r="B91" s="2"/>
       <c r="C91" s="2"/>
       <c r="D91" s="47"/>
       <c r="E91" s="2"/>
       <c r="F91" s="2"/>
       <c r="G91" s="2"/>
       <c r="H91" s="2"/>
     </row>
-    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A92" s="2"/>
       <c r="B92" s="2"/>
       <c r="C92" s="2"/>
       <c r="D92" s="47"/>
       <c r="E92" s="2"/>
       <c r="F92" s="2"/>
       <c r="G92" s="2"/>
       <c r="H92" s="2"/>
     </row>
-    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A93" s="2"/>
       <c r="B93" s="2"/>
       <c r="C93" s="2"/>
       <c r="D93" s="47"/>
       <c r="E93" s="2"/>
       <c r="F93" s="2"/>
       <c r="G93" s="2"/>
       <c r="H93" s="2"/>
     </row>
-    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A94" s="2"/>
       <c r="B94" s="2"/>
       <c r="C94" s="2"/>
       <c r="D94" s="47"/>
       <c r="E94" s="2"/>
       <c r="F94" s="2"/>
       <c r="G94" s="2"/>
       <c r="H94" s="2"/>
     </row>
-    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A95" s="2"/>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="47"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
     </row>
-    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="47"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
     </row>
-    <row r="97" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="47"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
     </row>
-    <row r="98" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="47"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
     </row>
-    <row r="99" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A99" s="2"/>
       <c r="B99" s="2"/>
       <c r="C99" s="2"/>
       <c r="D99" s="47"/>
       <c r="E99" s="2"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="2"/>
     </row>
-    <row r="100" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A100" s="2"/>
       <c r="B100" s="2"/>
       <c r="C100" s="2"/>
       <c r="D100" s="47"/>
       <c r="E100" s="2"/>
       <c r="F100" s="2"/>
       <c r="G100" s="2"/>
       <c r="H100" s="2"/>
     </row>
-    <row r="101" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A101" s="2"/>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="47"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
     </row>
-    <row r="102" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A102" s="2"/>
       <c r="B102" s="2"/>
       <c r="C102" s="2"/>
       <c r="D102" s="47"/>
       <c r="E102" s="2"/>
       <c r="F102" s="2"/>
       <c r="G102" s="2"/>
       <c r="H102" s="2"/>
     </row>
-    <row r="103" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A103" s="2"/>
       <c r="B103" s="2"/>
       <c r="C103" s="2"/>
       <c r="D103" s="47"/>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A104" s="2"/>
       <c r="B104" s="2"/>
       <c r="C104" s="2"/>
       <c r="D104" s="47"/>
       <c r="E104" s="2"/>
       <c r="F104" s="2"/>
       <c r="G104" s="2"/>
       <c r="H104" s="2"/>
     </row>
-    <row r="105" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A105" s="2"/>
       <c r="B105" s="2"/>
       <c r="C105" s="2"/>
       <c r="D105" s="47"/>
       <c r="E105" s="2"/>
       <c r="F105" s="2"/>
       <c r="G105" s="2"/>
       <c r="H105" s="2"/>
     </row>
-    <row r="106" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A106" s="2"/>
       <c r="B106" s="2"/>
       <c r="C106" s="2"/>
       <c r="D106" s="47"/>
       <c r="E106" s="2"/>
       <c r="F106" s="2"/>
       <c r="G106" s="2"/>
       <c r="H106" s="2"/>
     </row>
-    <row r="107" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A107" s="2"/>
       <c r="B107" s="2"/>
       <c r="C107" s="2"/>
       <c r="D107" s="47"/>
       <c r="E107" s="2"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="2"/>
     </row>
-    <row r="108" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="47"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
     </row>
-    <row r="109" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="47"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
     </row>
-    <row r="110" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="47"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
     </row>
-    <row r="111" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A111" s="2"/>
       <c r="B111" s="2"/>
       <c r="C111" s="2"/>
       <c r="D111" s="47"/>
       <c r="E111" s="2"/>
       <c r="F111" s="2"/>
       <c r="G111" s="2"/>
       <c r="H111" s="2"/>
     </row>
-    <row r="112" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A112" s="2"/>
       <c r="B112" s="2"/>
       <c r="C112" s="2"/>
       <c r="D112" s="47"/>
       <c r="E112" s="2"/>
       <c r="F112" s="2"/>
       <c r="G112" s="2"/>
       <c r="H112" s="2"/>
     </row>
-    <row r="113" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A113" s="2"/>
       <c r="B113" s="2"/>
       <c r="C113" s="2"/>
       <c r="D113" s="47"/>
       <c r="E113" s="2"/>
       <c r="F113" s="2"/>
       <c r="G113" s="2"/>
       <c r="H113" s="2"/>
     </row>
-    <row r="114" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A114" s="2"/>
       <c r="B114" s="2"/>
       <c r="C114" s="2"/>
       <c r="D114" s="47"/>
       <c r="E114" s="2"/>
       <c r="F114" s="2"/>
       <c r="G114" s="2"/>
       <c r="H114" s="2"/>
     </row>
-    <row r="115" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A115" s="2"/>
       <c r="B115" s="2"/>
       <c r="C115" s="2"/>
       <c r="D115" s="47"/>
       <c r="E115" s="2"/>
       <c r="F115" s="2"/>
       <c r="G115" s="2"/>
       <c r="H115" s="2"/>
     </row>
-    <row r="116" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A116" s="2"/>
       <c r="B116" s="2"/>
       <c r="C116" s="2"/>
       <c r="D116" s="47"/>
       <c r="E116" s="2"/>
       <c r="F116" s="2"/>
       <c r="G116" s="2"/>
       <c r="H116" s="2"/>
     </row>
-    <row r="117" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A117" s="2"/>
       <c r="B117" s="2"/>
       <c r="C117" s="2"/>
       <c r="D117" s="47"/>
       <c r="E117" s="2"/>
       <c r="F117" s="2"/>
       <c r="G117" s="2"/>
       <c r="H117" s="2"/>
     </row>
-    <row r="118" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A118" s="2"/>
       <c r="B118" s="2"/>
       <c r="C118" s="2"/>
       <c r="D118" s="47"/>
       <c r="E118" s="2"/>
       <c r="F118" s="2"/>
       <c r="G118" s="2"/>
       <c r="H118" s="2"/>
     </row>
-    <row r="119" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A119" s="2"/>
       <c r="B119" s="2"/>
       <c r="C119" s="2"/>
       <c r="D119" s="47"/>
       <c r="E119" s="2"/>
       <c r="F119" s="2"/>
       <c r="G119" s="2"/>
       <c r="H119" s="2"/>
     </row>
-    <row r="120" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="47"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
     </row>
-    <row r="121" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="47"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
     </row>
-    <row r="122" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="47"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
     </row>
-    <row r="123" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A123" s="2"/>
       <c r="B123" s="2"/>
       <c r="C123" s="2"/>
       <c r="D123" s="47"/>
       <c r="E123" s="2"/>
       <c r="F123" s="2"/>
       <c r="G123" s="2"/>
       <c r="H123" s="2"/>
     </row>
-    <row r="124" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A124" s="2"/>
       <c r="B124" s="2"/>
       <c r="C124" s="2"/>
       <c r="D124" s="47"/>
       <c r="E124" s="2"/>
       <c r="F124" s="2"/>
       <c r="G124" s="2"/>
       <c r="H124" s="2"/>
     </row>
-    <row r="125" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A125" s="2"/>
       <c r="B125" s="2"/>
       <c r="C125" s="2"/>
       <c r="D125" s="47"/>
       <c r="E125" s="2"/>
       <c r="F125" s="2"/>
       <c r="G125" s="2"/>
       <c r="H125" s="2"/>
     </row>
-    <row r="126" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A126" s="2"/>
       <c r="B126" s="2"/>
       <c r="C126" s="2"/>
       <c r="D126" s="47"/>
       <c r="E126" s="2"/>
       <c r="F126" s="2"/>
       <c r="G126" s="2"/>
       <c r="H126" s="2"/>
     </row>
-    <row r="127" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A127" s="2"/>
       <c r="B127" s="2"/>
       <c r="C127" s="2"/>
       <c r="D127" s="47"/>
       <c r="E127" s="2"/>
       <c r="F127" s="2"/>
       <c r="G127" s="2"/>
       <c r="H127" s="2"/>
     </row>
-    <row r="128" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A128" s="2"/>
       <c r="B128" s="2"/>
       <c r="C128" s="2"/>
       <c r="D128" s="47"/>
       <c r="E128" s="2"/>
       <c r="F128" s="2"/>
       <c r="G128" s="2"/>
       <c r="H128" s="2"/>
     </row>
-    <row r="129" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A129" s="2"/>
       <c r="B129" s="2"/>
       <c r="C129" s="2"/>
       <c r="D129" s="47"/>
       <c r="E129" s="2"/>
       <c r="F129" s="2"/>
       <c r="G129" s="2"/>
       <c r="H129" s="2"/>
     </row>
-    <row r="130" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" x14ac:dyDescent="0.35">
       <c r="A130" s="2"/>
       <c r="B130" s="2"/>
       <c r="C130" s="2"/>
       <c r="D130" s="47"/>
       <c r="E130" s="2"/>
       <c r="F130" s="2"/>
       <c r="G130" s="2"/>
       <c r="H130" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="57" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{ADE28F41-7F13-4944-B087-4A7F5549ED8A}">
           <x14:formula1>
             <xm:f>Definitions!$A$124:$A$125</xm:f>
           </x14:formula1>
           <xm:sqref>D5:D1048576</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E7956F40-59A5-4A9F-9931-D64CEFE3D471}">
           <x14:formula1>
             <xm:f>Definitions!$A$128:$A$129</xm:f>
           </x14:formula1>
           <xm:sqref>B5:B1048576</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010026CE1937BA3BAE4D9AB8DC09E347450F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1cbcbedcf48c316bc93b330bfaef3477">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88" xmlns:ns3="df85a238-598f-4719-aedf-ff7537720749" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bd08c376cac793f1f0bfd4f01c888b67" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+    <xsd:import namespace="df85a238-598f-4719-aedf-ff7537720749"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="8" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="9" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="485cb411-4442-4ffa-af81-3ff6857008b2" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="df85a238-598f-4719-aedf-ff7537720749" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f1be2d47-962c-4576-94de-36b1a4380640}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="df85a238-598f-4719-aedf-ff7537720749">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="df85a238-598f-4719-aedf-ff7537720749" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BEB0C75-F3AA-4583-A110-0E9EB9A1DEDF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3521BD1C-8CF2-48EB-9D7C-3B126718D1C2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+    <ds:schemaRef ds:uri="df85a238-598f-4719-aedf-ff7537720749"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98BA8D5D-A479-409B-9118-D451D534136C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2e7a63c6-a9f7-46a4-b7b7-73ecbff2fc88"/>
+    <ds:schemaRef ds:uri="df85a238-598f-4719-aedf-ff7537720749"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="17" baseType="lpstr">
@@ -24953,25 +25314,36 @@
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Template 10 - CPI Project Report Form</dc:title>
   <dc:subject/>
   <dc:creator>Phillips, Jennifer A</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x01010026CE1937BA3BAE4D9AB8DC09E347450F</vt:lpwstr>
+  </property>
+</Properties>
+</file>