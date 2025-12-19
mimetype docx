--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -1,1799 +1,5488 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="tmp" ContentType="image/png"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="00C4E2C0" w14:textId="74007E85" w:rsidR="00A56813" w:rsidRDefault="00F27AEC" w:rsidP="00F27AEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F27AEC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Primary Prevention Guidelines</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="379B03C9" w14:textId="77777777" w:rsidR="00F27AEC" w:rsidRPr="00F27AEC" w:rsidRDefault="00F27AEC" w:rsidP="00F27AEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03AE6D46" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00466D3D">
+    <w:p w14:paraId="03AE6D46" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00466D3D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A019CB">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Primary Prevention Services</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A2B5AC" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="55A2B5AC" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve">The Provider shall implement Primary Prevention Services in accordance with the Contract and </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F1C08">
-[...20 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Guidance 4 – Primary Prevention Guidelines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E207DDF" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="5E207DDF" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A019CB">
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve">The Provider shall maintain a half-time prevention designee to facilitate programming and coordinate primary prevention activities. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2602B05F" w14:textId="6D0E444E" w:rsidR="00571B19" w:rsidRPr="00A019CB" w:rsidRDefault="00727684" w:rsidP="00571B19">
+    <w:p w14:paraId="2602B05F" w14:textId="7EA7BC62" w:rsidR="00571B19" w:rsidRPr="009B1333" w:rsidRDefault="00727684" w:rsidP="00571B19">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve">The provider </w:t>
       </w:r>
-      <w:r w:rsidR="00EA45EE">
+      <w:r w:rsidR="00EA45EE" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">shall have an employee that is designated half of their time to facilitate the </w:t>
       </w:r>
-      <w:r w:rsidR="00383F80">
+      <w:r w:rsidR="00383F80" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">tasks listed </w:t>
       </w:r>
-      <w:r w:rsidR="005C424C">
+      <w:r w:rsidR="005C424C" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">under </w:t>
       </w:r>
-      <w:r w:rsidR="005C424C" w:rsidRPr="005A7B5A">
+      <w:r w:rsidR="005C424C" w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">C-1.2. Primary Prevention </w:t>
       </w:r>
-      <w:r w:rsidR="005A7B5A">
+      <w:r w:rsidR="005A7B5A" w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="005C424C" w:rsidRPr="005A7B5A">
+      <w:r w:rsidR="005C424C" w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ervices</w:t>
       </w:r>
-      <w:r w:rsidR="005C424C">
+      <w:r w:rsidR="005C424C" w:rsidRPr="009B1333">
         <w:t xml:space="preserve"> in contract. However, if the </w:t>
       </w:r>
-      <w:r w:rsidR="00966C53">
+      <w:r w:rsidR="00966C53" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">previous designee is no longer with the provider, the provider may appoint an interim designee or disperse tasks among </w:t>
       </w:r>
-      <w:r w:rsidR="00B918BF">
+      <w:r w:rsidR="00B918BF" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">other </w:t>
       </w:r>
-      <w:r w:rsidR="005A7B5A">
+      <w:r w:rsidR="005A7B5A" w:rsidRPr="009B1333">
         <w:t>staff. In</w:t>
       </w:r>
-      <w:r w:rsidR="00B918BF">
+      <w:r w:rsidR="00B918BF" w:rsidRPr="009B1333">
         <w:t xml:space="preserve"> this instance, one staff person </w:t>
       </w:r>
-      <w:r w:rsidR="00584EED">
+      <w:r w:rsidR="00584EED" w:rsidRPr="009B1333">
         <w:t>must be appointed designee to maintain the implementation plan and mon</w:t>
       </w:r>
-      <w:r w:rsidR="005A7B5A">
+      <w:r w:rsidR="005A7B5A" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">itor task completion. </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1F89AD8E" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+      <w:r w:rsidR="00D72977" w:rsidRPr="009B1333">
+        <w:t>This designate</w:t>
+      </w:r>
+      <w:r w:rsidR="00563AF4" w:rsidRPr="009B1333">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00D72977" w:rsidRPr="009B1333">
+        <w:t xml:space="preserve"> staff person must be funded </w:t>
+      </w:r>
+      <w:r w:rsidR="007C352B" w:rsidRPr="009B1333">
+        <w:t>in part by this contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C2BDDE" w14:textId="2AE14464" w:rsidR="00D77254" w:rsidRPr="00EE51E5" w:rsidRDefault="00D77254" w:rsidP="00571B19">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC01C25" w14:textId="33168F2A" w:rsidR="00D77254" w:rsidRPr="009B1333" w:rsidRDefault="00D77254" w:rsidP="00571B19">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A5C4B09" w14:textId="57710FCB" w:rsidR="00AF572C" w:rsidRPr="009B1333" w:rsidRDefault="00244507" w:rsidP="00571B19">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2777B24B" wp14:editId="454FB02A">
+            <wp:extent cx="5943600" cy="372110"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="1792000139" name="Picture 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1792000139" name="Picture 1792000139"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="372110"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2538F75A" w14:textId="2E7300C2" w:rsidR="00F23C9D" w:rsidRPr="009B1333" w:rsidRDefault="009D41A3" w:rsidP="00571B19">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:t>This shall be documented in the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Template 9-</w:t>
+      </w:r>
+      <w:r w:rsidR="00B355C3" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidR="009B792E" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B792E" w:rsidRPr="00EE51E5">
+        <w:t>under the section titled Outputs (Contracted Ser</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED12E0" w:rsidRPr="00EE51E5">
+        <w:t>vice Task) as Employed or Vacant.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED12E0" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D938AB" w14:textId="34343342" w:rsidR="00BC1EC0" w:rsidRPr="00EE51E5" w:rsidRDefault="00BC1EC0" w:rsidP="00571B19">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>There is no back up documentation requ</w:t>
+      </w:r>
+      <w:r w:rsidR="00825BDF" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ired for this task.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F89AD8E" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk159521132"/>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t>Staff providing prevention services shall attend primary prevention orientation or other equivalent training as approved by the Department within 90 days of employment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668F3144" w14:textId="3801443B" w:rsidR="00C055BF" w:rsidRDefault="00C055BF" w:rsidP="00C055BF">
+    <w:p w14:paraId="25B6EFF6" w14:textId="7969FD5F" w:rsidR="004577E8" w:rsidRPr="009B1333" w:rsidRDefault="00C055BF" w:rsidP="00C055BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t>Th</w:t>
       </w:r>
-      <w:r w:rsidR="00635FE3">
+      <w:r w:rsidR="00635FE3" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">e primary prevention training is intended to orient new staff in the theory, provision, and skills necessary to plan, implement, and facilitate comprehensive prevention programming. </w:t>
       </w:r>
-      <w:r w:rsidR="00161B37">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A1606A">
+      <w:r w:rsidR="00161B37" w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">This training can be a prevention training facilitated by the Department’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1606A" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">Technical Assistance and Training </w:t>
       </w:r>
-      <w:r w:rsidR="002E10C9">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A54BAB">
+      <w:r w:rsidR="002E10C9" w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">provider. The provider may also </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54BAB" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">attend prevention training </w:t>
       </w:r>
-      <w:r w:rsidR="002008B9">
+      <w:r w:rsidR="002008B9" w:rsidRPr="009B1333">
         <w:t>elsewhere;</w:t>
       </w:r>
-      <w:r w:rsidR="00A54BAB">
+      <w:r w:rsidR="00A54BAB" w:rsidRPr="009B1333">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002008B9">
+      <w:r w:rsidR="002008B9" w:rsidRPr="009B1333">
         <w:t>however,</w:t>
       </w:r>
-      <w:r w:rsidR="00A54BAB">
+      <w:r w:rsidR="00A54BAB" w:rsidRPr="009B1333">
         <w:t xml:space="preserve"> it must </w:t>
       </w:r>
-      <w:r w:rsidR="00BC215A">
+      <w:r w:rsidR="00BC215A" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">meet the previous listed </w:t>
       </w:r>
-      <w:r w:rsidR="002008B9">
+      <w:r w:rsidR="002008B9" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">intention and be approved by the Department. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0392F140" w14:textId="3D750F5E" w:rsidR="00701A79" w:rsidRDefault="00701A79" w:rsidP="00701A79">
+    <w:p w14:paraId="668F3144" w14:textId="49BAB367" w:rsidR="00C055BF" w:rsidRPr="009B1333" w:rsidRDefault="002828FF" w:rsidP="00C055BF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">This training should include an overview of primary prevention theory, </w:t>
+      </w:r>
+      <w:r w:rsidR="004577E8" w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">risk and protective factors associated with intimate partner violence perpetration, social ecological model, current promising practices </w:t>
+      </w:r>
+      <w:r w:rsidR="00D76187" w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">in primary prevention, and other essential skills to </w:t>
+      </w:r>
+      <w:r w:rsidR="00252350" w:rsidRPr="009B1333">
+        <w:t>plan and implement primary prevention strategies and activities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1071F7D3" w14:textId="36468F9A" w:rsidR="009A6A6A" w:rsidRPr="009B1333" w:rsidRDefault="009A6A6A" w:rsidP="00C055BF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">It is not necessary to have a longstanding </w:t>
+      </w:r>
+      <w:r w:rsidR="001563BF" w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">employee to attend this training. This is only intended for newly hired prevention staff to attend this training within 90 days of their employment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0392F140" w14:textId="568568C3" w:rsidR="00701A79" w:rsidRPr="009B1333" w:rsidRDefault="00701A79" w:rsidP="00701A79">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="002008B9">
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We have provided below link </w:t>
+      </w:r>
+      <w:r w:rsidR="002008B9" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="373DC691" w14:textId="77777777" w:rsidR="00701A79" w:rsidRDefault="00000000" w:rsidP="00701A79">
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the Departments T</w:t>
+      </w:r>
+      <w:r w:rsidR="00145C5F" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">echnical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00145C5F" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ssistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Training provider for Domestic Violence Services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0177B10E" w14:textId="48911A42" w:rsidR="009A6A6A" w:rsidRPr="009B1333" w:rsidRDefault="00701A79" w:rsidP="00EE51E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-[...17 lines deleted...]
-        <w:r w:rsidR="00701A79" w:rsidRPr="00686BEC">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="009B1333">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Florida Domestic Violence Collaborative</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60E2F768" w14:textId="77777777" w:rsidR="00701A79" w:rsidRPr="00A019CB" w:rsidRDefault="00701A79" w:rsidP="00C055BF">
+    <w:p w14:paraId="73846495" w14:textId="77777777" w:rsidR="009E5DD0" w:rsidRPr="009B1333" w:rsidRDefault="009E5DD0" w:rsidP="009E5DD0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39139680" w14:textId="77777777" w:rsidR="009E5DD0" w:rsidRPr="009B1333" w:rsidRDefault="009E5DD0" w:rsidP="009E5DD0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4985646C" w14:textId="22B5ACE0" w:rsidR="009E5DD0" w:rsidRPr="00EE51E5" w:rsidRDefault="00054BD3" w:rsidP="009A6A6A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EB5D1DC" wp14:editId="3C2D6F70">
+            <wp:extent cx="5943600" cy="472440"/>
+            <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+            <wp:docPr id="470141462" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="470141462" name="Picture 470141462"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="472440"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7495B681" w14:textId="501387A2" w:rsidR="00825BDF" w:rsidRPr="00EE51E5" w:rsidRDefault="0055354A" w:rsidP="009A6A6A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Template 9-Primary Prevention Report </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under the section titled </w:t>
+      </w:r>
+      <w:r w:rsidR="00F23C9D" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Outputs (Contracted Service Task) as N/A or Completed. If </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC0" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23C9D" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, it should only be marked as completed in the month the task was completed. All other mo</w:t>
+      </w:r>
+      <w:r w:rsidR="00040F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00F23C9D" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ths should be N/A</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC1EC0" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60E2F768" w14:textId="7C376903" w:rsidR="00701A79" w:rsidRPr="00EE51E5" w:rsidRDefault="00825BDF" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the task is completed, </w:t>
+      </w:r>
+      <w:r w:rsidR="006B64AC" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the required documentation is a certificate of completion from the training</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this is due with that </w:t>
+      </w:r>
+      <w:r w:rsidR="00214338">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>month’s</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reporting</w:t>
+      </w:r>
+      <w:r w:rsidR="00214338">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submitted to the contract manager. </w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="7FD3D662" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00967281" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="7FD3D662" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00967281">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Primary Prevention Implementation Plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CD45779" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="7CD45779" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3330"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="990" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A019CB">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">The Provider shall submit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Template 4 – </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk160733322"/>
-      <w:r w:rsidRPr="00590F71">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Prevention Implementation Plan</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...24 lines deleted...]
-    <w:p w14:paraId="792CB01E" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">which shall include prevention partners and Community Action Teams. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792CB01E" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3330"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="990" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A019CB">
-[...9 lines deleted...]
-    <w:p w14:paraId="426D7625" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">The Provider shall refer to prior year’s plans and completed deliverables to develop a meaningful plan that continues to prioritize prevention efforts critical in the efforts to end violence. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426D7625" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3330"/>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="990" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve">The Prevention Implementation Plan shall address risk/protective factors, root causes of domestic and dating violence, and activities that prioritize Community Action, Youth Engagement and Leadership, and Social Change efforts to end violence. Providers may also use findings from annual local fatality review or the annual statewide review to inform their prevention strategies and plan. A template with examples is available upon request.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14616B59" w14:textId="250B9BE4" w:rsidR="006419E5" w:rsidRPr="00814CE0" w:rsidRDefault="00814CE0" w:rsidP="006419E5">
+    <w:p w14:paraId="14616B59" w14:textId="250B9BE4" w:rsidR="006419E5" w:rsidRDefault="00814CE0" w:rsidP="006419E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve">Guidance regarding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Guidance regarding </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00533AAC">
+        <w:t xml:space="preserve">C-1.2.4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00533AAC" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">C-1.2.4. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00533AAC" w:rsidRPr="00533AAC">
+        <w:t>Primary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Primary</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00533AAC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00533AAC" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00533AAC" w:rsidRPr="00533AAC">
+        <w:t>Prevention</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Prevention</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Plan</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> can be found in </w:t>
+      </w:r>
+      <w:r w:rsidR="00533AAC" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:kern w:val="0"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> can be found in </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Template 4- Prevention Implementation Plan. </w:t>
       </w:r>
-      <w:r w:rsidR="007B6F1E" w:rsidRPr="007B6F1E">
+      <w:r w:rsidR="007B6F1E" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Providers do not have to use the provided template but should provide a clear view of their plans for the year in the chosen format. Providers when submitting their plan should label their plans according to naming conventions as stated in contract i.e., </w:t>
       </w:r>
-      <w:r w:rsidR="007B6F1E" w:rsidRPr="007B6F1E">
+      <w:r w:rsidR="007B6F1E" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Prevention Implementation Plan (Template 4).</w:t>
       </w:r>
-      <w:r w:rsidR="009E5B3D">
+      <w:r w:rsidR="009E5B3D" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00517C22" w:rsidRPr="00517C22">
+      <w:r w:rsidR="00517C22" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>However,</w:t>
       </w:r>
-      <w:r w:rsidR="00CD2752" w:rsidRPr="00517C22">
+      <w:r w:rsidR="00CD2752" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> these plans should address </w:t>
       </w:r>
-      <w:r w:rsidR="008C6B9D" w:rsidRPr="00517C22">
+      <w:r w:rsidR="008C6B9D" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the criteria and requirements in </w:t>
       </w:r>
-      <w:r w:rsidR="008C6B9D" w:rsidRPr="00470221">
+      <w:r w:rsidR="008C6B9D" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">C-1.2.4.1, C-1.2.4.2, </w:t>
       </w:r>
-      <w:r w:rsidR="009E5B3D" w:rsidRPr="00470221">
+      <w:r w:rsidR="009E5B3D" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>C-1.2.4.3</w:t>
       </w:r>
-      <w:r w:rsidR="009E5B3D" w:rsidRPr="00517C22">
+      <w:r w:rsidR="009E5B3D" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00C252D2">
+      <w:r w:rsidR="00C252D2" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fatality review data is not required for the plan. It is </w:t>
       </w:r>
-      <w:r w:rsidR="008F4C8B">
+      <w:r w:rsidR="008F4C8B" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">best practice </w:t>
       </w:r>
-      <w:r w:rsidR="00442728">
+      <w:r w:rsidR="00442728" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
-      <w:r w:rsidR="00EE4152">
-[...12 lines deleted...]
-      <w:r w:rsidR="00B921DA">
+      <w:r w:rsidR="00EE4152" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use data to inform prevention strategies and activities. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B921DA" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Reviewing local and state fatality review data</w:t>
       </w:r>
-      <w:r w:rsidR="00E0522C">
+      <w:r w:rsidR="00E0522C" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, while it is </w:t>
       </w:r>
-      <w:r w:rsidR="00D952D4">
+      <w:r w:rsidR="00D952D4" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>interventive</w:t>
       </w:r>
-      <w:r w:rsidR="00E0522C">
+      <w:r w:rsidR="00E0522C" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, can give pr</w:t>
       </w:r>
-      <w:r w:rsidR="00D952D4">
+      <w:r w:rsidR="00D952D4" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">oviders starting points to work </w:t>
       </w:r>
-      <w:r w:rsidR="00DB2CC6">
-[...11 lines deleted...]
-      <w:r w:rsidR="00163B74" w:rsidRPr="0089065A">
+      <w:r w:rsidR="00DB2CC6" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">backwards to finding the common risk and protective factors to prevent the violence specifically in their </w:t>
+      </w:r>
+      <w:r w:rsidR="00163B74" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">service provision area. </w:t>
       </w:r>
-      <w:r w:rsidR="00E809A1" w:rsidRPr="0089065A">
+      <w:r w:rsidR="00E809A1" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">For more </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A" w:rsidRPr="0089065A">
+      <w:r w:rsidR="0089065A" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">information on the risk and protective factors associate with domestic violence please see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="0089065A" w:rsidRPr="0089065A">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="0089065A" w:rsidRPr="009B1333">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>VetoViolence | Resources for violence prevention (cdc.gov)</w:t>
+          <w:t>VetoViolence</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="0089065A" w:rsidRPr="009B1333">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> | Resources for violence prevention (cdc.gov)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0089065A" w:rsidRPr="0089065A">
+      <w:r w:rsidR="0089065A" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C5A3E08" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="324FD8BC" w14:textId="77777777" w:rsidR="00792F71" w:rsidRPr="00DF2F56" w:rsidRDefault="00792F71" w:rsidP="00792F71">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B6AD33" w14:textId="77777777" w:rsidR="00792F71" w:rsidRPr="009B1333" w:rsidRDefault="00792F71" w:rsidP="00792F71">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C321061" w14:textId="52599A6B" w:rsidR="00CA49F9" w:rsidRDefault="00ED4F20" w:rsidP="006419E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5285D4EF" wp14:editId="6DCEB777">
+            <wp:extent cx="5943600" cy="486410"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="1894431916" name="Picture 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1894431916" name="Picture 1894431916"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="486410"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6940568E" w14:textId="1E5DD06C" w:rsidR="00F564EC" w:rsidRDefault="00F564EC" w:rsidP="006419E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Template </w:t>
+      </w:r>
+      <w:r w:rsidR="0052454A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>9-Pri</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ma</w:t>
+      </w:r>
+      <w:r w:rsidR="0052454A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ry Prev</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0052454A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntion Report </w:t>
+      </w:r>
+      <w:r w:rsidR="0052454A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>under the section titled Outputs (Contr</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47FE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acted Service Task) as N/A or Completed. </w:t>
+      </w:r>
+      <w:r w:rsidR="00040F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>If completed, it should only be marked as completed in the month the task was completed. All other months should be N/A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B49B02" w14:textId="2F091B56" w:rsidR="00040F7E" w:rsidRPr="00EE51E5" w:rsidRDefault="0077624A" w:rsidP="006419E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>If the task is completed, the required documentation is the Template</w:t>
+      </w:r>
+      <w:r w:rsidR="009F07E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>4-Prevention Implementation Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00B45203">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or if </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03847">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utilizing another </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1093A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plan format, please ensure that it is labeled </w:t>
+      </w:r>
+      <w:r w:rsidR="000D4837">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>as Template 4- Pr</w:t>
+      </w:r>
+      <w:r w:rsidR="009E763B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>evention Implementation Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00E221E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C5A3E08" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00967281">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Community Action Team Meetings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0ABBE2" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="2D0ABBE2" w14:textId="658A93B2" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A019CB">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Provider’s prevention staff shall attend Community Action Team meetings that include discussions, planning activities, or engagement of activities directly related to the community’s primary prevention programming.  Community Action Teams may consist of all youth members, all adult members, or a combination of both. Community Action Teams may be a stand-alone team or a subcommittee of an existing Domestic Violence (DV)/Sexual Violence (SV) task force. If submitting as part of a larger task force, prevention activities must be listed on the agenda. If there are only intervention topics or activities, this will not count toward meeting the requirements. For documentation to be approved, the meeting or activity shall not be comprised solely of center staff. </w:t>
+      </w:r>
+      <w:r w:rsidR="009826F4">
+        <w:t xml:space="preserve">These </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5BB3">
+        <w:t xml:space="preserve">meetings shall be ongoing and not </w:t>
+      </w:r>
+      <w:r w:rsidR="00A101FC">
+        <w:t>one-off</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5BB3">
+        <w:t xml:space="preserve"> meetings.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A101FC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0078236E">
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="008509E2">
+        <w:t>example,</w:t>
+      </w:r>
+      <w:r w:rsidR="0078236E">
+        <w:t xml:space="preserve"> if a provider were to attend </w:t>
+      </w:r>
+      <w:r w:rsidR="0043399A">
+        <w:t xml:space="preserve">three or four </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10E70">
+        <w:t>separate</w:t>
+      </w:r>
+      <w:r w:rsidR="0043399A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10E70">
+        <w:t>types of meetings in their area</w:t>
+      </w:r>
+      <w:r w:rsidR="0043399A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10E70">
+        <w:t xml:space="preserve">where prevention is on the agenda </w:t>
+      </w:r>
+      <w:r w:rsidR="0043399A">
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10E70">
+        <w:t>submitted</w:t>
+      </w:r>
+      <w:r w:rsidR="0043399A">
+        <w:t xml:space="preserve"> a different me</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25AFB">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="0043399A">
+        <w:t xml:space="preserve">ting per quarter, this would not be allowable. </w:t>
+      </w:r>
+      <w:r w:rsidR="007243FC" w:rsidRPr="007243FC">
+        <w:t xml:space="preserve">The purpose of this task is to establish </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10E70">
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="007243FC" w:rsidRPr="007243FC">
+        <w:t xml:space="preserve"> sustainable and consistent team that will drive and engage in prevention-related activitie</w:t>
+      </w:r>
+      <w:r w:rsidR="007243FC">
+        <w:t>s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F4614E0" w14:textId="77777777" w:rsidR="001E1A2B" w:rsidRPr="009B1333" w:rsidRDefault="001E1A2B" w:rsidP="001E1A2B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9BB895" w14:textId="77777777" w:rsidR="001E1A2B" w:rsidRPr="009B1333" w:rsidRDefault="001E1A2B" w:rsidP="001E1A2B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01480914" w14:textId="6437FB12" w:rsidR="0043399A" w:rsidRDefault="005F53BE" w:rsidP="00EC7478">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
       <w:r>
-        <w:t>C</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52A7DCCC" wp14:editId="587F8676">
+            <wp:extent cx="5943600" cy="372745"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="858651772" name="Picture 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="858651772" name="Picture 858651772"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId14">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="372745"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043FAEDD" w14:textId="11F79B86" w:rsidR="0043399A" w:rsidRDefault="00945BE0" w:rsidP="00EC7478">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9-Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve"> under the section titled Outputs (Contracted Service Task) as N/A or Completed. If completed, it should only be marked as completed in the month the task was completed. All other months should be N/A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B240120" w14:textId="70E1B1C1" w:rsidR="00844935" w:rsidRPr="00EE51E5" w:rsidRDefault="008866BA" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>A</w:t>
-[...41 lines deleted...]
-    <w:p w14:paraId="0FD69410" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="008F4D0C" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the task is completed, the required documentation is </w:t>
+      </w:r>
+      <w:r w:rsidR="002B46CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>a sign</w:t>
+      </w:r>
+      <w:r w:rsidR="00894517">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002B46CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>in sheet and an agenda</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF282E" w:rsidRPr="00FF282E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF282E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>that includes all elements listed in C-2.10.5 of the contract</w:t>
+      </w:r>
+      <w:r w:rsidR="002B46CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD69410" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F4D0C">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Learning Calls</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35FADDD0" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="35FADDD0" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve">The Provider shall participate in quarterly learning calls. These calls will be coordinated by the Department or </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk159527507"/>
-      <w:r w:rsidRPr="004060E2">
+      <w:r w:rsidRPr="009B1333">
         <w:t>Department’s designated training and technical assistance provider</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8EA363" w14:textId="614EFF7C" w:rsidR="00110C73" w:rsidRDefault="00110C73" w:rsidP="00EC7478">
+    <w:p w14:paraId="3D8EA363" w14:textId="7C76EB88" w:rsidR="00110C73" w:rsidRPr="009B1333" w:rsidRDefault="00110C73" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t>These call</w:t>
       </w:r>
-      <w:r w:rsidR="00C46288">
+      <w:r w:rsidR="00C46288" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">s do not need to be called learning calls. In the past these have been called “Prevention </w:t>
       </w:r>
-      <w:r w:rsidR="00A2764B">
+      <w:r w:rsidR="00A2764B" w:rsidRPr="009B1333">
         <w:t>Quarterly Call”, “Prevention Monthly Call”</w:t>
       </w:r>
-      <w:r w:rsidR="00BA18B5">
+      <w:r w:rsidR="00BA18B5" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
-      <w:r w:rsidR="0089065A">
+      <w:r w:rsidR="0089065A" w:rsidRPr="009B1333">
         <w:t>“Initiative</w:t>
       </w:r>
-      <w:r w:rsidR="00BA18B5">
+      <w:r w:rsidR="00987C98">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA18B5" w:rsidRPr="009B1333">
         <w:t xml:space="preserve">- Primary Prevention </w:t>
       </w:r>
-      <w:r w:rsidR="00D320C2">
+      <w:r w:rsidR="00D320C2" w:rsidRPr="009B1333">
         <w:t>Call.</w:t>
       </w:r>
-      <w:r w:rsidR="00BA18B5">
+      <w:r w:rsidR="00BA18B5" w:rsidRPr="009B1333">
         <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DB25868" w14:textId="77777777" w:rsidR="00B7177D" w:rsidRDefault="00B7177D" w:rsidP="00B7177D">
+    <w:p w14:paraId="2DB25868" w14:textId="1DF94EA1" w:rsidR="00B7177D" w:rsidRPr="009B1333" w:rsidRDefault="00B7177D" w:rsidP="00B7177D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w14:paraId="2DF656B0" w14:textId="77777777" w:rsidR="00B7177D" w:rsidRDefault="00000000" w:rsidP="00B7177D">
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>We have provided below link for the Departments T</w:t>
+      </w:r>
+      <w:r w:rsidR="00145C5F" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">echnical </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2216" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Assistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Training provider for Domestic Violence Services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2746B6" w14:textId="21D786E1" w:rsidR="003A59EB" w:rsidRDefault="00B7177D" w:rsidP="00EE51E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-[...17 lines deleted...]
-        <w:r w:rsidR="00B7177D" w:rsidRPr="00686BEC">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="009B1333">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Florida Domestic Violence Collaborative</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="741C50A6" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="008F4D0C" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="43EBE92F" w14:textId="77777777" w:rsidR="003A59EB" w:rsidRPr="009B1333" w:rsidRDefault="003A59EB" w:rsidP="003A59EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C5D94B4" w14:textId="77777777" w:rsidR="003A59EB" w:rsidRPr="009B1333" w:rsidRDefault="003A59EB" w:rsidP="003A59EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295FC8CE" w14:textId="578A006C" w:rsidR="003A59EB" w:rsidRDefault="00D54BD1" w:rsidP="003A59EB">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="643F2672" wp14:editId="76031074">
+            <wp:extent cx="5943600" cy="367665"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1617575122" name="Picture 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1617575122" name="Picture 1617575122"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId16">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="367665"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2120D291" w14:textId="77777777" w:rsidR="00D54BD1" w:rsidRDefault="00D54BD1" w:rsidP="00D54BD1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9-Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve"> under the section titled Outputs (Contracted Service Task) as N/A or Completed. If completed, it should only be marked as completed in the month the task was completed. All other months should be N/A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17E8D579" w14:textId="19928608" w:rsidR="00D54BD1" w:rsidRPr="00EE51E5" w:rsidRDefault="00D54BD1" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the task is completed, the required documentation is a certificate of attendance or completion from the technical assistance and training provider. If a certificate is unattainable, </w:t>
+      </w:r>
+      <w:r w:rsidR="0013533E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an attestation signed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A63974">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>staff’s</w:t>
+      </w:r>
+      <w:r w:rsidR="0013533E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supervisor shall suffice as back up documentation.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="741C50A6" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F4D0C">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Prevention Survey</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D4ED335" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="7D4ED335" w14:textId="7D49E371" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A019CB">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Provider’s prevention staff shall complete </w:t>
+      </w:r>
+      <w:r w:rsidR="00330D44">
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="00330D44" w:rsidRPr="009B1333">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">online survey distributed during each fiscal year. These surveys are used to assess increases in capacity to provide primary prevention services.  Links to the online survey will be sent out through the Contract Manager to the contact person included in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 1.3.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">This individual shall ensure that the survey link is distributed to the Provider’s prevention staff.  The survey shall be completed within 30 calendar days of distribution.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C04F5B" w14:textId="77777777" w:rsidR="00A63974" w:rsidRPr="009B1333" w:rsidRDefault="00A63974" w:rsidP="00A63974">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53B10F3A" w14:textId="77777777" w:rsidR="00A63974" w:rsidRPr="009B1333" w:rsidRDefault="00A63974" w:rsidP="00A63974">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AAFCC1" w14:textId="69CA5552" w:rsidR="00A63974" w:rsidRDefault="00A63974" w:rsidP="00EC7478">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">distributed </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">during each fiscal year. </w:t>
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1238127E" wp14:editId="50C88067">
+            <wp:extent cx="5943600" cy="372110"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="1531959256" name="Picture 6"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1531959256" name="Picture 1531959256"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId17">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="372110"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF7D0E9" w14:textId="77777777" w:rsidR="00AC37B7" w:rsidRDefault="00AC37B7" w:rsidP="00AC37B7">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9-Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve"> under the section titled Outputs (Contracted Service Task) as N/A or Completed. If completed, it should only be marked as completed in the month the task was completed. All other months should be N/A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32766716" w14:textId="3A5ABE0B" w:rsidR="00AC37B7" w:rsidRPr="00EE51E5" w:rsidRDefault="00AC37B7" w:rsidP="00EC7478">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>There is no back up documentation required for this task</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">These surveys are used to assess increases in capacity to provide primary prevention services.  </w:t>
-[...45 lines deleted...]
-    <w:p w14:paraId="54098F77" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="008F4D0C" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as the Department will log which provider has completed this task.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54098F77" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008F4D0C">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Primary Prevention Programming Series</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DD1A1C6" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="0DD1A1C6" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3330"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="num" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:hanging="1170"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t>The Provider shall offer prevention programming series with youth, parents, and/or other community members, consisting of at least six sessions with the same cohort.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E37DEBB" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="3E37DEBB" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3330"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="num" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:hanging="1170"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t>The prevention programming series shall be focused on but not be limited to social-emotional learning programs for youth; safe, equitable, and respectful relationships; bystander empowerment; parenting skills and family enrichment programs; or men and boys’ programs. The Department must approve all other programming focuses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00686F73" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="00686F73" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3330"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="num" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:hanging="1170"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009B1333">
         <w:t>Curriculum for the programming must be approved in writing by the Department.  Changes to a previously approved curriculum shall be submitted for re-approval.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41883524" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="41883524" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3330"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="num" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:hanging="1170"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A019CB">
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009B1333">
         <w:t>The Provider shall maintain a sign-in sheet that shows attendance for the series; No identifying information shall be required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="216B7FEC" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="216B7FEC" w14:textId="432EDCC3" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="3330"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="num" w:pos="2250"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="2160" w:hanging="1170"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A019CB">
-[...15 lines deleted...]
-    <w:p w14:paraId="2B2F726F" w14:textId="6F50EF56" w:rsidR="005D4AD8" w:rsidRDefault="00A855B4" w:rsidP="005D4AD8">
+      <w:r w:rsidRPr="009B1333">
+        <w:t>The Provider shall prepare</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA1266">
+        <w:t xml:space="preserve"> group</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve"> process notes upon completion for each session in the series.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FBB2F2E" w14:textId="2B0652CF" w:rsidR="00EF2BA3" w:rsidRDefault="00A855B4" w:rsidP="005D4AD8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C231A7">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>This programming series can be completed wit</w:t>
       </w:r>
-      <w:r w:rsidR="00C231A7" w:rsidRPr="00C231A7">
+      <w:r w:rsidR="00C231A7" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">h any demographic; </w:t>
       </w:r>
-      <w:r w:rsidR="0018541A" w:rsidRPr="00C231A7">
+      <w:r w:rsidR="0018541A" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>however,</w:t>
       </w:r>
-      <w:r w:rsidR="00C231A7" w:rsidRPr="00C231A7">
-[...11 lines deleted...]
-      <w:r w:rsidR="00676FA9">
+      <w:r w:rsidR="00C231A7" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the programming must address the reduction of risk factors associated with domestic violence and increase protective factors.</w:t>
+      </w:r>
+      <w:r w:rsidR="00676FA9" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00492AE2">
+    </w:p>
+    <w:p w14:paraId="3C5A9F8F" w14:textId="77777777" w:rsidR="00AC37B7" w:rsidRPr="009B1333" w:rsidRDefault="00AC37B7" w:rsidP="005D4AD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CE4D07C" w14:textId="77777777" w:rsidR="00EF2BA3" w:rsidRDefault="00492AE2" w:rsidP="005D4AD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="00F61E6A">
+      <w:r w:rsidR="00F61E6A" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="009916D9">
+      <w:r w:rsidR="009916D9" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">risk and protective factors associated with domestic violence see </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00FE70EF" w:rsidRPr="006472B1">
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00FE70EF" w:rsidRPr="009B1333">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>VetoViolence | Resources for violence prevention (cdc.gov)</w:t>
+          <w:t>VetoViolence</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00FE70EF" w:rsidRPr="009B1333">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> | Resources for violence prevention (cdc.gov)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00861858">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00861858" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F73326B" w14:textId="77777777" w:rsidR="004B7FC3" w:rsidRPr="009B1333" w:rsidRDefault="004B7FC3" w:rsidP="005D4AD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE6D79C" w14:textId="77777777" w:rsidR="00EF2BA3" w:rsidRDefault="00861858" w:rsidP="005D4AD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any curriculum or programming </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4593" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">to be facilitated must </w:t>
       </w:r>
-      <w:r w:rsidR="00F5210F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00F5210F" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>be submitted to the providers contract manager</w:t>
       </w:r>
-      <w:r w:rsidR="00DC1343">
-[...11 lines deleted...]
-      <w:r w:rsidR="008B741E">
+      <w:r w:rsidR="00DC1343" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and approved by the Department</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1343" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5FFB" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6237C0" w14:textId="77777777" w:rsidR="00AC37B7" w:rsidRPr="009B1333" w:rsidRDefault="00AC37B7" w:rsidP="005D4AD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79A1036F" w14:textId="0F0C03BC" w:rsidR="00252350" w:rsidRPr="009B1333" w:rsidRDefault="000E5FFB" w:rsidP="005D4AD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Sign</w:t>
+      </w:r>
+      <w:r w:rsidR="00894517">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in sheets and process notes can be of the </w:t>
+      </w:r>
+      <w:r w:rsidR="008B741E" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>provider’s</w:t>
       </w:r>
-      <w:r w:rsidR="000E5FFB">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> design. </w:t>
       </w:r>
-      <w:r w:rsidR="004569B7">
+      <w:r w:rsidR="004569B7" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, as per contract for performance measure </w:t>
       </w:r>
-      <w:r w:rsidR="004569B7" w:rsidRPr="005D4AD8">
+      <w:r w:rsidR="004569B7" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>E-1.2.1</w:t>
       </w:r>
-      <w:r w:rsidR="00075B62">
+      <w:r w:rsidR="00075B62" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the primary prevention programming shall need either a satisfaction survey, </w:t>
       </w:r>
-      <w:r w:rsidR="00BE3AAF">
+      <w:r w:rsidR="00BE3AAF" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>retrospective survey, post-test, or other documented means developed by the provider</w:t>
       </w:r>
-      <w:r w:rsidR="00F57B02">
+      <w:r w:rsidR="00F57B02" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="002D395A">
+      <w:r w:rsidR="002D395A" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">These evaluation tools may be anything the provider </w:t>
       </w:r>
-      <w:r w:rsidR="00D62AF8">
+      <w:r w:rsidR="00D62AF8" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">uses to measure the increase </w:t>
       </w:r>
-      <w:r w:rsidR="005D4AD8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="005D4AD8" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>of positive</w:t>
       </w:r>
-      <w:r w:rsidR="00764DF7">
-[...17 lines deleted...]
-      <w:r w:rsidR="005D4AD8">
+      <w:r w:rsidR="00764DF7" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> change in attitudes and beliefs at the completion of programming. If the provider </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AD8" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
-      <w:r w:rsidR="00764DF7">
+      <w:r w:rsidR="00764DF7" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> need assistance in developing these tools, the Department </w:t>
       </w:r>
-      <w:r w:rsidR="001B386A">
-[...12 lines deleted...]
-    <w:p w14:paraId="5645DDEC" w14:textId="77777777" w:rsidR="005D4AD8" w:rsidRDefault="00000000" w:rsidP="005D4AD8">
+      <w:r w:rsidR="001B386A" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">encourages the provider to utilize </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001B386A" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the  technical</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001B386A" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assistance and training provider </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4AD8" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for domestic violence services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB188AB" w14:textId="77777777" w:rsidR="00EF2BA3" w:rsidRPr="009B1333" w:rsidRDefault="00EF2BA3" w:rsidP="005D4AD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B2F726F" w14:textId="5B93835C" w:rsidR="005D4AD8" w:rsidRPr="009B1333" w:rsidRDefault="005D4AD8" w:rsidP="005D4AD8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>We have provided below link for the Department</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77254" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TA and Training provider for Domestic Violence Services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145067D1" w14:textId="57137C6A" w:rsidR="008769C8" w:rsidRDefault="005D4AD8" w:rsidP="00EE51E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-[...17 lines deleted...]
-        <w:r w:rsidR="005D4AD8" w:rsidRPr="00686BEC">
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="009B1333">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Florida Domestic Violence Collaborative</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34173A6E" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00526323" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="2C878B7A" w14:textId="77777777" w:rsidR="008769C8" w:rsidRPr="009B1333" w:rsidRDefault="008769C8" w:rsidP="008769C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FEA0B5" w14:textId="77777777" w:rsidR="008769C8" w:rsidRPr="009B1333" w:rsidRDefault="008769C8" w:rsidP="008769C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5776FB50" w14:textId="71BCA5C2" w:rsidR="008769C8" w:rsidRDefault="008769C8" w:rsidP="008769C8">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D2FEA20" wp14:editId="23501C82">
+            <wp:extent cx="5943600" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1037171496" name="Picture 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1037171496" name="Picture 1037171496"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F316E3" w14:textId="77777777" w:rsidR="008769C8" w:rsidRDefault="008769C8" w:rsidP="008769C8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9-Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve"> under the section titled Outputs (Contracted Service Task) as N/A or Completed. If completed, it should only be marked as completed in the month the task was completed. All other months should be N/A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5F5732" w14:textId="7445626A" w:rsidR="008769C8" w:rsidRDefault="00D03A4A" w:rsidP="008769C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Additionally</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, this task is to be documented </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the Performance </w:t>
+      </w:r>
+      <w:r w:rsidR="009E6B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00F81C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">easure of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F81C09" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidR="009E6B4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CCDA6B" w14:textId="19802FAA" w:rsidR="009E6B4A" w:rsidRDefault="009E6B4A" w:rsidP="008769C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65B140E8" wp14:editId="6B6094E7">
+            <wp:extent cx="5943600" cy="1255395"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:docPr id="101120375" name="Picture 8" descr="A picture containing application"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="101120375" name="Picture 8" descr="A picture containing application"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="1255395"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0203FBBE" w14:textId="44205CF5" w:rsidR="00782378" w:rsidRDefault="00782378" w:rsidP="008769C8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Once the task is marked completed in the Output</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1D43">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>s (Contracted Service Task) in C-1.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00305F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>8, there must be a number in the same month. Th</w:t>
+      </w:r>
+      <w:r w:rsidR="00C84035">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00305F2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number comes from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C84035">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evaluation tools developed by the provider. </w:t>
+      </w:r>
+      <w:r w:rsidR="007E574A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>The report will not be accepted if one section is mar</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4178">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidR="007E574A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ed complete or has a number and the other section is</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF35C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N/A or 0’s. These are the only two sections of the report if one is complete the other must have an entry. </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3697">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">These are also to be marked complete at </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4178">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a series completion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D7C563" w14:textId="76DC4D9B" w:rsidR="001C4178" w:rsidRPr="00EE51E5" w:rsidRDefault="001C4178" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the task is completed, the required documentation is </w:t>
+      </w:r>
+      <w:r w:rsidR="00586704" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">a sign-in sheet that shows attendance for the series </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE303E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00586704" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">o identifying information shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE303E" w:rsidRPr="00FE303E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3A21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE303E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and group </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE303E" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>process notes upon completion for each session in the series.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34173A6E" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526323">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Community Prevention Training</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A29628D" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00A019CB" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+    <w:p w14:paraId="7A29628D" w14:textId="7C9A30CF" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">The Provider may offer training or coordinate training for staff of community agency(ies) on primary prevention and how it relates to their work. The community agency(ies) can be a member of the Community Action Team or can be part of a larger training on domestic violence intervention, but prevention must be a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>substantial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve"> component. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33224">
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB061F">
+        <w:t>is can include, education and higher ed</w:t>
+      </w:r>
+      <w:r w:rsidR="00F00222">
+        <w:t xml:space="preserve">ucation, healthcare settings, service agencies, law enforcement, </w:t>
+      </w:r>
+      <w:r w:rsidR="004528FF">
+        <w:t xml:space="preserve">community businesses, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E73C3">
+        <w:t>and others. This is not an exhaustive list</w:t>
+      </w:r>
+      <w:r w:rsidR="0034395B">
+        <w:t xml:space="preserve"> and if a provider has </w:t>
+      </w:r>
+      <w:r w:rsidR="00A81ECF">
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidR="0034395B">
+        <w:t xml:space="preserve"> questions, please reach out to the contract manager.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3FB0" w:rsidRPr="00FA3FB0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA3FB0">
+        <w:t>This training must be approved by the Department prior to facilitation. This training and all associated materials must be submitted to the providers contract manager for review and approval no more than 30 days prior to facilitation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="588D4013" w14:textId="77777777" w:rsidR="00DF29B9" w:rsidRPr="009B1333" w:rsidRDefault="00DF29B9" w:rsidP="00DF29B9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DE00699" w14:textId="77777777" w:rsidR="00DF29B9" w:rsidRPr="009B1333" w:rsidRDefault="00DF29B9" w:rsidP="00DF29B9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CC6FD5" w14:textId="43934856" w:rsidR="00DF29B9" w:rsidRDefault="00DF29B9" w:rsidP="00EC7478">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Provider may offer training or coordinate training for staff of community agency(ies) on primary prevention and how it relates to their work. The community </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="044AF1F9" wp14:editId="5CD57B4F">
+            <wp:extent cx="5943600" cy="372745"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+            <wp:docPr id="30063892" name="Picture 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="30063892" name="Picture 30063892"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId22">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="372745"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FA2330" w14:textId="77777777" w:rsidR="001B4CAB" w:rsidRDefault="001B4CAB" w:rsidP="001B4CAB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk205398200"/>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9-Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t>under the section titled Outputs (Contracted Service Task) as N/A or Completed. If completed, it should only be marked as completed in the month the task was completed. All other months should be N/A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61671961" w14:textId="20DB2664" w:rsidR="001B4CAB" w:rsidRPr="00EE51E5" w:rsidRDefault="001B4CAB" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">can be a member of the Community Action Team or can be part of a larger training on domestic violence intervention, but prevention must be a substantial component. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="20B6BE33" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00C5508E" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>If the task is completed, the required documentation is a sign</w:t>
+      </w:r>
+      <w:r w:rsidR="00894517">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>in sheet and an agenda</w:t>
+      </w:r>
+      <w:r w:rsidR="00A81ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that includes all elements listed in C-2.10.5 of the contract</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B6BE33" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="009B1333" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C5508E">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>County Organization Meeting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC6CD18" w14:textId="660194CA" w:rsidR="00567E70" w:rsidRDefault="00EC7478" w:rsidP="00E92F5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="990"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t>The Provider shall coordinate and participate in at least one meeting each fiscal year with another entity that adds value to the work of the Provider at a county level. The purpose of this meeting must include, the Provider’s prevention strategy, incorporating prevention into the other agency’s work, and prevention or partnership opportunities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7F7D5F" w14:textId="77777777" w:rsidR="0004770E" w:rsidRPr="009B1333" w:rsidRDefault="0004770E" w:rsidP="0004770E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F964D3" w14:textId="77777777" w:rsidR="0004770E" w:rsidRPr="009B1333" w:rsidRDefault="0004770E" w:rsidP="0004770E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C85CCD6" w14:textId="16E4F97C" w:rsidR="0004770E" w:rsidRDefault="001112D8" w:rsidP="00E92F5C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Provider shall coordinate and participate in at least one meeting each fiscal year with another </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6943B85A" wp14:editId="6A710139">
+            <wp:extent cx="5943600" cy="363855"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="125257374" name="Picture 11"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="125257374" name="Picture 125257374"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId23">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="363855"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C6241D" w14:textId="77777777" w:rsidR="001112D8" w:rsidRDefault="001112D8" w:rsidP="001112D8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9-Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve"> under the section titled Outputs (Contracted Service Task) as N/A or Completed. If completed, it should only be marked as completed in the month the task was completed. All other months should be N/A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1377207B" w14:textId="257ADE32" w:rsidR="001112D8" w:rsidRPr="00EE51E5" w:rsidRDefault="001112D8" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>. The purpose of this meeting must include, the Provider’s prevention strategy, incorporating prevention into the other agency’s work, and prevention or partnership opportunities.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2C43795D" w14:textId="77777777" w:rsidR="00CE52D9" w:rsidRPr="00A019CB" w:rsidRDefault="00CE52D9" w:rsidP="00E11788">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>If the task is completed, the required documentation is a sign</w:t>
+      </w:r>
+      <w:r w:rsidR="00894517">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>in sheet and an agenda</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD40FB" w:rsidRPr="00DD40FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD40FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>that includes all elements listed in C-2.10.5 of the contract</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C43795D" w14:textId="77777777" w:rsidR="00CE52D9" w:rsidRPr="009B1333" w:rsidRDefault="00CE52D9" w:rsidP="00E11788">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk144033999"/>
-      <w:r w:rsidRPr="00A019CB">
+      <w:bookmarkStart w:id="4" w:name="_Hlk144033999"/>
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Primary Prevention Services</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="3393AD8B" w14:textId="77777777" w:rsidR="00CE52D9" w:rsidRPr="00DB1476" w:rsidRDefault="00CE52D9" w:rsidP="00CE52D9">
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="3393AD8B" w14:textId="77777777" w:rsidR="00CE52D9" w:rsidRPr="009B1333" w:rsidRDefault="00CE52D9" w:rsidP="00CE52D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="990"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
-      <w:r w:rsidRPr="003552C0">
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve">A minimum of </w:t>
       </w:r>
-      <w:r w:rsidRPr="008859DE">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>80%</w:t>
       </w:r>
-      <w:r w:rsidRPr="003552C0">
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk167344003"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00DB1476">
+      <w:bookmarkStart w:id="5" w:name="_Hlk167344003"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk167343771"/>
+      <w:r w:rsidRPr="009B1333">
+        <w:t>of attendees participating in the Primary Prevention Programming series shall Indicate a change in attitudes and beliefs at the completion of programming as documented in a satisfaction survey, retrospective survey, post-test, or other documented means developed by the Provider</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="009B1333">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="12EB2B6F" w14:textId="77777777" w:rsidR="00C45609" w:rsidRDefault="00135AAB" w:rsidP="00C45609">
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="12EB2B6F" w14:textId="13F03876" w:rsidR="00C45609" w:rsidRPr="009B1333" w:rsidRDefault="00135AAB" w:rsidP="00C45609">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DB1476">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This performance measure is based on the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB1476">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>C-1.2.8</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DB1476">
+      <w:r w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C45609">
+      <w:r w:rsidR="00C45609" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00792E68">
+      <w:r w:rsidR="00792E68" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ask in </w:t>
       </w:r>
-      <w:r w:rsidR="00792E68" w:rsidRPr="00C45609">
+      <w:r w:rsidR="00792E68" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Standard Contract Part 2</w:t>
       </w:r>
-      <w:r w:rsidR="00792E68">
+      <w:r w:rsidR="00792E68" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> under </w:t>
       </w:r>
-      <w:r w:rsidR="00792E68" w:rsidRPr="00C45609">
+      <w:r w:rsidR="00792E68" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Exhibit C</w:t>
       </w:r>
-      <w:r w:rsidR="00C45609">
+      <w:r w:rsidR="00C45609" w:rsidRPr="009B1333">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00C45609">
-[...18 lines deleted...]
-    <w:p w14:paraId="62EE0B47" w14:textId="77777777" w:rsidR="00C45609" w:rsidRDefault="00000000" w:rsidP="00C45609">
+      <w:r w:rsidR="00C45609" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the primary prevention programming shall need either a satisfaction survey, retrospective survey, post-test, or other documented means developed by the provider. These evaluation tools may be anything the provider uses to measure the increase of positive change in attitudes and beliefs at the completion of programming. If the provider should need assistance in developing these tools, the Department encourages the provider to utilize the technical assistance and training provider for domestic violence services. We have provided below link for the Department</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77254" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00C45609" w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TA and Training provider for Domestic Violence Services:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="736F4426" w14:textId="0E56CC84" w:rsidR="00DA2028" w:rsidRDefault="00C45609" w:rsidP="00EE51E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
-      <w:hyperlink r:id="rId16" w:history="1">
-[...17 lines deleted...]
-        <w:r w:rsidR="00C45609" w:rsidRPr="00686BEC">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="009B1333">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Florida Domestic Violence Collaborative</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F445A27" w14:textId="10DC3208" w:rsidR="00CE52D9" w:rsidRPr="00C45609" w:rsidRDefault="00CE52D9">
-[...8 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId19"/>
+    <w:p w14:paraId="7E2224F1" w14:textId="77777777" w:rsidR="00DA2028" w:rsidRPr="009B1333" w:rsidRDefault="00DA2028" w:rsidP="00DA2028">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:rStyle w:val="IntenseEmphasis"/>
+        </w:rPr>
+        <w:t>Documentation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF02A7B" w14:textId="77777777" w:rsidR="00DA2028" w:rsidRPr="009B1333" w:rsidRDefault="00DA2028" w:rsidP="00DA2028">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B1333">
+        <w:t xml:space="preserve">How to document this in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B1333">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9AB77A" w14:textId="77777777" w:rsidR="00DA2028" w:rsidRDefault="00DA2028" w:rsidP="00DA2028">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="00B6AF52" wp14:editId="7B709D26">
+            <wp:extent cx="5943600" cy="368300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="2123127222" name="Picture 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1037171496" name="Picture 1037171496"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId20">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="368300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707DBAD4" w14:textId="77777777" w:rsidR="00DA2028" w:rsidRDefault="00DA2028" w:rsidP="00DA2028">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00945BE0">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">This shall be documented in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 9-Primary Prevention Report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945BE0">
+        <w:t xml:space="preserve"> under the section titled Outputs (Contracted Service Task) as N/A or Completed. If completed, it should only be marked as completed in the month the task was completed. All other months should be N/A.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22754C5B" w14:textId="77777777" w:rsidR="00DA2028" w:rsidRDefault="00DA2028" w:rsidP="00DA2028">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Additionally</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, this task is to be documented in the Performance Measure of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Template 9- Primary Prevention Report</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FF03EC" w14:textId="77777777" w:rsidR="00DA2028" w:rsidRDefault="00DA2028" w:rsidP="00DA2028">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A49BC22" wp14:editId="6463FFFE">
+            <wp:extent cx="5943600" cy="1255395"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:docPr id="1598236372" name="Picture 8" descr="A picture containing application"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="101120375" name="Picture 8" descr="A picture containing application"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId21" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="1255395"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A462570" w14:textId="77777777" w:rsidR="00DA2028" w:rsidRDefault="00DA2028" w:rsidP="00DA2028">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once the task is marked completed in the Outputs (Contracted Service Task) in C-1.2.8, there must be a number in the same month. The number comes from the evaluation tools developed by the provider. The report will not be accepted if one section is marked complete or has a number and the other section is N/A or 0’s. These are the only two sections of the report if one is complete the other must have an entry. These are also to be marked complete at a series completion. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30171613" w14:textId="27C93A97" w:rsidR="00DA2028" w:rsidRDefault="00DA2028" w:rsidP="00DA2028">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the task is completed, the required documentation is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">a sign-in sheet that shows attendance for the series </w:t>
+      </w:r>
+      <w:r w:rsidR="00751E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">o identifying information shall be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE303E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:r w:rsidR="00751E1C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and group </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>process notes upon completion for each session in the series.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA849BB" w14:textId="26CBBFF2" w:rsidR="00607E00" w:rsidRPr="00EE51E5" w:rsidRDefault="00607E00" w:rsidP="00DA2028">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="990"/>
+        </w:tabs>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Reporting Schedule:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE0402">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="252EF69F" wp14:editId="58F9D3E2">
+            <wp:extent cx="5943600" cy="7386320"/>
+            <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+            <wp:docPr id="14008526" name="Picture 10" descr="Table"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="14008526" name="Picture 10" descr="Table"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId25">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="7386320"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A27B65" w14:textId="77777777" w:rsidR="00DE0402" w:rsidRDefault="00DE0402">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="195DA1A4" w14:textId="6440414F" w:rsidR="00B506E9" w:rsidRDefault="004017BD" w:rsidP="00607E00">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Template 9-Primary Prevention Report </w:t>
+      </w:r>
+      <w:r w:rsidR="00607E00" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Guidance:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF2B64C" w14:textId="77A2EC4C" w:rsidR="00674C0C" w:rsidRPr="00EE51E5" w:rsidRDefault="00B506E9" w:rsidP="00674C0C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the </w:t>
+      </w:r>
+      <w:r w:rsidR="00851743">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Activities </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section of the report, all </w:t>
+      </w:r>
+      <w:r w:rsidR="00851743">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>activities</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reported to be completed in </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Template 4- Prevention Implementation Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00F55F2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should be reported in this section. </w:t>
+      </w:r>
+      <w:r w:rsidR="00851743">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template</w:t>
+      </w:r>
+      <w:r w:rsidR="00893D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4- </w:t>
+      </w:r>
+      <w:r w:rsidR="00851743">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Prevention</w:t>
+      </w:r>
+      <w:r w:rsidR="00893D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implementation Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00893D84">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00893D84" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>as submitted</w:t>
+      </w:r>
+      <w:r w:rsidR="00D86A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00893D84" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has separate sections and guidance on what activities would </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0623" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>reportable</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0623" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="0036472B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0623" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00851743" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>respective</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0623" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section</w:t>
+      </w:r>
+      <w:r w:rsidR="0036472B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0623" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Below is </w:t>
+      </w:r>
+      <w:r w:rsidR="00851743" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">guidance and some examples of what activities </w:t>
+      </w:r>
+      <w:r w:rsidR="0036472B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are reportable in each</w:t>
+      </w:r>
+      <w:r w:rsidR="00851743" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section.</w:t>
+      </w:r>
+      <w:r w:rsidR="00851743">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79914B48" w14:textId="2FB72DB3" w:rsidR="00607E00" w:rsidRPr="004017BD" w:rsidRDefault="00674C0C" w:rsidP="00EE51E5">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2160FD11" wp14:editId="5B83A529">
+            <wp:extent cx="5943600" cy="1993900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:docPr id="576642293" name="Picture 12" descr="A screenshot of a computer"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="576642293" name="Picture 12" descr="A screenshot of a computer"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId26" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="1993900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1B7483" w14:textId="3B50DAEC" w:rsidR="00AC41EF" w:rsidRDefault="00CF493D" w:rsidP="00CF493D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>For Individual Engagement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, this may include</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC41EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401D4D67" w14:textId="2237C016" w:rsidR="00AC41EF" w:rsidRDefault="00AC41EF" w:rsidP="00AC41EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC41EF">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF493D" w:rsidRPr="00AC41EF">
+        <w:t>acilitating educational programs and workshops to understand the dynamics of intimate partner violence (IPV)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5839D93D" w14:textId="77777777" w:rsidR="00AC41EF" w:rsidRDefault="00AC41EF" w:rsidP="00AC41EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF493D" w:rsidRPr="00AC41EF">
+        <w:t xml:space="preserve">ecognizing early warning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC41EF">
+        <w:t>signs and</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF493D" w:rsidRPr="00AC41EF">
+        <w:t xml:space="preserve"> learning about healthy relationship </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC41EF">
+        <w:t xml:space="preserve">practices. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FED3B6F" w14:textId="77777777" w:rsidR="00AC41EF" w:rsidRDefault="00AC41EF" w:rsidP="00AC41EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF493D" w:rsidRPr="00AC41EF">
+        <w:t xml:space="preserve">eveloping and practicing skills such as effective communication, conflict resolution, and emotional regulation to foster healthy relationships. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57BFFAF9" w14:textId="77777777" w:rsidR="00AC41EF" w:rsidRDefault="00AC41EF" w:rsidP="00AC41EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF493D" w:rsidRPr="00AC41EF">
+        <w:t>eaching and modeling these skills to young people and children</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2F30AA" w14:textId="5D30B71C" w:rsidR="00CF493D" w:rsidRDefault="00AC41EF" w:rsidP="00AC41EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF493D" w:rsidRPr="00AC41EF">
+        <w:t>roviding financial education and access.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC41EF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="024BEAEA" w14:textId="173B6EFE" w:rsidR="00AC41EF" w:rsidRPr="00DF2F56" w:rsidRDefault="00AC41EF" w:rsidP="00AC41EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:t>Involving young people in prevention efforts through education, leadership opportunities, and peer mentoring programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A75DAB" w14:textId="35300E60" w:rsidR="00AC41EF" w:rsidRDefault="00300220" w:rsidP="00AC41EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Educating and building care givers and caring adults’ capacity to have conversations around relationships and engaging in protective factors. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168CF944" w14:textId="77777777" w:rsidR="00300220" w:rsidRPr="00AC41EF" w:rsidRDefault="00300220" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4997861D" w14:textId="1A384A0A" w:rsidR="009146F4" w:rsidRDefault="00CF493D" w:rsidP="00CF493D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is not an exhaustive list of all activities that can be included under this section. Any activity that aligns with working at the individual level of the socioecological model, as listed in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 4-Prevention Implementation Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, can be documented here. Furthermore, all sessions of the Primary Prevention Programming for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Task C-1.2.8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should also be documented in this section.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43070">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For example: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43070" w:rsidRPr="00B43070">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>If you provide 4 sessions of a 6-session series in the month being reported, the number of activities is 4 and the total attendance is the number of people in each session added together for a total.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766E84EE" w14:textId="3B9BFE3A" w:rsidR="00A039A8" w:rsidRDefault="00684B50" w:rsidP="00CF493D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Community Action</w:t>
+      </w:r>
+      <w:r w:rsidR="00600074" w:rsidRPr="00600074">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> involves coordinated efforts by community members, organizations, and stakeholders to prevent intimate partner violence (IPV). This includes:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E5E5A22" w14:textId="0272B98B" w:rsidR="00674C0C" w:rsidRDefault="00A039A8" w:rsidP="00A039A8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5D84" w:rsidRPr="00A039A8">
+        <w:t>orming alliances with local organizations, schools, healthcare providers, and law enforcement to create a unified approach to IPV prevention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B7C8A0" w14:textId="19CE9F22" w:rsidR="00A039A8" w:rsidRDefault="007572D7" w:rsidP="00A039A8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007572D7">
+        <w:t>Distributing resources such as educational materials, support services, and helplines to ensure community members have access to necessary information and assistance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256CAA32" w14:textId="01924F65" w:rsidR="007572D7" w:rsidRDefault="00D23351" w:rsidP="00A039A8">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D23351">
+        <w:lastRenderedPageBreak/>
+        <w:t>Conducting workshops, seminars, and training sessions to educate the community on healthy relationships, conflict resolution, and bystander intervention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61680D4E" w14:textId="383BD553" w:rsidR="00D23351" w:rsidRDefault="00857106" w:rsidP="00D23351">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00857106">
+        <w:t>Organizing events such as forums to engage the community in discussions and actions against IPV</w:t>
+      </w:r>
+      <w:r w:rsidR="00372D31">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="131336FE" w14:textId="77777777" w:rsidR="00B506E9" w:rsidRDefault="00B506E9" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F5FC49" w14:textId="3465D22F" w:rsidR="00D23351" w:rsidRDefault="00D23351" w:rsidP="00D23351">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is not an exhaustive list of all activities that can be included under this section. Any activity that aligns with working at the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>relational and community levels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the socioecological model, as listed in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 4-Prevention Implementation Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, can be documented here. Furthermore, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Task C-1</w:t>
+      </w:r>
+      <w:r w:rsidR="00372D31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B506E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 and Task C-1.2.10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>should also be documented in this section.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D46D17">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For example</w:t>
+      </w:r>
+      <w:r w:rsidR="000958FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Community Action Team Meetings and </w:t>
+      </w:r>
+      <w:r w:rsidR="002A273E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attendees can be counted in this section. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00348E0E" w14:textId="77777777" w:rsidR="00131B27" w:rsidRDefault="00131B27" w:rsidP="00070C0E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131B27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Social change </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>activities refer to collective efforts aimed at transforming societal norms, attitudes, and behaviors to prevent intimate partner violence (IPV) before it occurs. These activities include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8765AB" w14:textId="36B0133F" w:rsidR="009612B5" w:rsidRPr="009612B5" w:rsidRDefault="009612B5" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009612B5">
+        <w:t>Public Awareness Campaigns: Initiating and participating in campaigns to educate the public about IPV, its signs, and prevention strategies.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB02DD">
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="003A06CE">
+        <w:t>number</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB02DD">
+        <w:t xml:space="preserve"> of campaigns or individual posts can be counted as an event and the reach can be counted as attendees. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B542CFC" w14:textId="5208F706" w:rsidR="009612B5" w:rsidRPr="00EE51E5" w:rsidRDefault="009612B5" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:t>Advocacy and Policy Change: Working to influence policies and legislation that support IPV prevention and protect survivors.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13E20">
+        <w:t xml:space="preserve"> Any meetings had with individuals or work towards this can be counted towards </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274E8D8D" w14:textId="77777777" w:rsidR="009612B5" w:rsidRPr="00EE51E5" w:rsidRDefault="009612B5" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:t>Community Education: Providing educational programs and workshops to promote healthy relationships and challenge harmful norms and behaviors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B991113" w14:textId="77777777" w:rsidR="009612B5" w:rsidRPr="00EE51E5" w:rsidRDefault="009612B5" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:t>Media Engagement: Utilizing media platforms to spread awareness and promote positive messages about IPV prevention.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17C8A9CD" w14:textId="65D17138" w:rsidR="009612B5" w:rsidRDefault="009612B5" w:rsidP="009612B5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:t>Support for Survivors: Creating and promoting resources and support systems for IPV survivors to ensure their safety and well-being.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE92F34" w14:textId="77777777" w:rsidR="009612B5" w:rsidRPr="00EE51E5" w:rsidRDefault="009612B5" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30CC7BFF" w14:textId="6312C2B2" w:rsidR="00070C0E" w:rsidRDefault="00070C0E" w:rsidP="00070C0E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is not an exhaustive list of all activities that can be included under this section. Any activity that aligns with working at the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>societal level</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the socioecological model, as listed in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 4-Prevention Implementation Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF493D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, can be documented here.</w:t>
+      </w:r>
+      <w:r w:rsidR="009D3F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For </w:t>
+      </w:r>
+      <w:r w:rsidR="00266939" w:rsidRPr="00266939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Example: training</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77E7" w:rsidRPr="003A77E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77E7" w:rsidRPr="00305899">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A77E7" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>faith leaders, business owners, and</w:t>
+      </w:r>
+      <w:r w:rsidR="00305899">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/or </w:t>
+      </w:r>
+      <w:r w:rsidR="003A77E7" w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>neighborhood leaders</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77E7" w:rsidRPr="00305899">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003A77E7" w:rsidRPr="003A77E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on recognizing and responding to domestic </w:t>
+      </w:r>
+      <w:r w:rsidR="00266939" w:rsidRPr="003A77E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>violence and</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77E7" w:rsidRPr="003A77E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> promoting </w:t>
+      </w:r>
+      <w:r w:rsidR="00266939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00266939" w:rsidRPr="00266939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ollaborative </w:t>
+      </w:r>
+      <w:r w:rsidR="00266939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>relationships</w:t>
+      </w:r>
+      <w:r w:rsidR="003A77E7" w:rsidRPr="003A77E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and respect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCC537A" w14:textId="77777777" w:rsidR="00DE241F" w:rsidRPr="00EE51E5" w:rsidRDefault="00DE241F" w:rsidP="00DE241F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Capacity building</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activities refer to efforts aimed at enhancing the skills, resources, and abilities of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE241F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>individuals, organizations, and communities to effectively prevent intimate partner violence (IPV). These activities include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD57FA0" w14:textId="3153532E" w:rsidR="00DE241F" w:rsidRDefault="00DE241F" w:rsidP="00DE241F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE241F">
+        <w:t>Providing training programs and workshops to increase knowledge and skills related to IPV prevention, including recognizing signs of IPV, understanding its dynamics, and learning intervention strategies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A58CC29" w14:textId="77777777" w:rsidR="00105B3E" w:rsidRDefault="00DE241F" w:rsidP="00105B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE241F">
+        <w:t>Creating and distributing educational materials, toolkits, and guidelines to support IPV prevention efforts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34862551" w14:textId="77777777" w:rsidR="00105B3E" w:rsidRDefault="00DE241F" w:rsidP="00105B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00105B3E">
+        <w:t>Assisting organizations in developing policies, procedures, and infrastructure to better address IPV prevention and support survivors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A89335" w14:textId="77777777" w:rsidR="00105B3E" w:rsidRDefault="00DE241F" w:rsidP="00105B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00105B3E">
+        <w:t>Identifying and nurturing leaders within the community who can advocate for IPV prevention and drive change.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03305519" w14:textId="77777777" w:rsidR="00105B3E" w:rsidRDefault="00DE241F" w:rsidP="00105B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00105B3E">
+        <w:t>Facilitating connections and partnerships among organizations, stakeholders, and community members to share resources, knowledge, and best practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431CB38E" w14:textId="77777777" w:rsidR="00105B3E" w:rsidRDefault="00DE241F" w:rsidP="00105B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00105B3E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Offering expert support and consultation to organizations and individuals working on IPV prevention initiatives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7360031E" w14:textId="5255DD6E" w:rsidR="00DE241F" w:rsidRDefault="00DE241F" w:rsidP="00105B3E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00105B3E">
+        <w:t>Conducting evaluations and assessments to measure the effectiveness of IPV prevention programs and identify areas for improvement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD7A952" w14:textId="77777777" w:rsidR="00105B3E" w:rsidRPr="00105B3E" w:rsidRDefault="00105B3E" w:rsidP="00EE51E5">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37CA4029" w14:textId="39B2F308" w:rsidR="000F1661" w:rsidRDefault="00A66DB2" w:rsidP="000F1661">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A66DB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This is not an exhaustive list of all activities that can be included under this section. Any activity that aligns with building capacity, whether internally or within the community, to participate in and accomplish intimate partner violence prevention, as outlined in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Template 4-Prevention Implementation Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A66DB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, can be documented here.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F1661">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For </w:t>
+      </w:r>
+      <w:r w:rsidR="000F1661" w:rsidRPr="00266939">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Example: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C2385B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A training series </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10372" w:rsidRPr="00C10372">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to strengthen the ability of local organizations, leaders, and service providers to prevent intimate partner violence (IPV) and support </w:t>
+      </w:r>
+      <w:r w:rsidR="005D7571" w:rsidRPr="00C10372">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>survivors.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7571">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Additionally, creating a toolkit that has educational materials, referral guides, and policy templates to support implementation in their settings. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E17853E" w14:textId="650C33DE" w:rsidR="00A66DB2" w:rsidRPr="00EE51E5" w:rsidRDefault="00A66DB2" w:rsidP="00D23351">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A66DB2" w:rsidRPr="00EE51E5">
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37C929E7" w14:textId="77777777" w:rsidR="003109E5" w:rsidRDefault="003109E5" w:rsidP="00EC7478">
+    <w:p w14:paraId="63D4F9B3" w14:textId="77777777" w:rsidR="008A269F" w:rsidRDefault="008A269F" w:rsidP="00EC7478">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F50C43F" w14:textId="77777777" w:rsidR="003109E5" w:rsidRDefault="003109E5" w:rsidP="00EC7478">
+    <w:p w14:paraId="4262855A" w14:textId="77777777" w:rsidR="008A269F" w:rsidRDefault="008A269F" w:rsidP="00EC7478">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="7540EA93" w14:textId="77777777" w:rsidR="008A269F" w:rsidRDefault="008A269F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -1803,149 +5492,169 @@
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="2063202182"/>
+      <w:id w:val="-310721793"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="0E597BC7" w14:textId="7FECE0E6" w:rsidR="005239EC" w:rsidRDefault="005239EC">
+      <w:p w14:paraId="27B6E6E2" w14:textId="0535505C" w:rsidR="00A511A8" w:rsidRDefault="004668D5">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
-          <w:jc w:val="center"/>
+          <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
+          <w:t>Updated 8/27/2025</w:t>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00A511A8">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00A511A8">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00A511A8">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00A511A8">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00A511A8">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="025D5F4C" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRDefault="00EC7478">
+  <w:p w14:paraId="025D5F4C" w14:textId="77777777" w:rsidR="00EC7478" w:rsidRPr="00EE51E5" w:rsidRDefault="00EC7478">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A60B110" w14:textId="77777777" w:rsidR="003109E5" w:rsidRDefault="003109E5" w:rsidP="00EC7478">
+    <w:p w14:paraId="57E1351E" w14:textId="77777777" w:rsidR="008A269F" w:rsidRDefault="008A269F" w:rsidP="00EC7478">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="085D0E78" w14:textId="77777777" w:rsidR="003109E5" w:rsidRDefault="003109E5" w:rsidP="00EC7478">
+    <w:p w14:paraId="51D020F6" w14:textId="77777777" w:rsidR="008A269F" w:rsidRDefault="008A269F" w:rsidP="00EC7478">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="233A4833" w14:textId="77777777" w:rsidR="008A269F" w:rsidRDefault="008A269F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="447C2F6A" w14:textId="49208C31" w:rsidR="00EC7478" w:rsidRDefault="00EC7478" w:rsidP="00EC7478">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:kern w:val="0"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BCEE45F" wp14:editId="4874BBAD">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BCEE45F" wp14:editId="4874BBAD">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-392687</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3096895" cy="843280"/>
           <wp:effectExtent l="0" t="0" r="8255" b="13970"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Picture 3" descr="Large Rectangle Shape DCF DV Program Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="Large Rectangle Shape DCF DV Program Logo"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" r:link="rId2">
@@ -2022,51 +5731,51 @@
         <w:kern w:val="0"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
       <w:t xml:space="preserve">4 </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7B14E276" w14:textId="00CDF41E" w:rsidR="00EC7478" w:rsidRDefault="005239EC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:kern w:val="0"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DAE3091"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E6FE1D48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="C-%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="554"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
@@ -2298,50 +6007,615 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="412E32AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4E005AC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46BA1060"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17E05210"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4776474A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="697401C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48A46FB0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C3C83C6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56DB5B66"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="326849AC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF77773"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="652A78D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="E-%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="554"/>
         </w:tabs>
         <w:ind w:left="540" w:hanging="540"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="E-%1.%2."/>
@@ -2458,229 +6732,627 @@
         <w:ind w:left="1800" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="E.%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="707926BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BDAA9616"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1428966666">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1982803928">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1567498442">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1263761660">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1175342493">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="567349907">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="425227853">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1792087847">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="116529756">
+    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EC7478"/>
+    <w:rsid w:val="0001531F"/>
     <w:rsid w:val="000275B4"/>
+    <w:rsid w:val="0003620B"/>
+    <w:rsid w:val="00040F7E"/>
+    <w:rsid w:val="0004770E"/>
+    <w:rsid w:val="00051163"/>
+    <w:rsid w:val="00054BD3"/>
     <w:rsid w:val="00054DB8"/>
+    <w:rsid w:val="00070C0E"/>
     <w:rsid w:val="00075B62"/>
+    <w:rsid w:val="00090F4C"/>
     <w:rsid w:val="000910F3"/>
+    <w:rsid w:val="000958FB"/>
+    <w:rsid w:val="000B784E"/>
+    <w:rsid w:val="000D4837"/>
     <w:rsid w:val="000E5FFB"/>
+    <w:rsid w:val="000F1661"/>
+    <w:rsid w:val="000F42D8"/>
+    <w:rsid w:val="00105B3E"/>
     <w:rsid w:val="00110C73"/>
+    <w:rsid w:val="001112D8"/>
     <w:rsid w:val="0011398C"/>
+    <w:rsid w:val="00131B27"/>
+    <w:rsid w:val="0013533E"/>
     <w:rsid w:val="00135AAB"/>
+    <w:rsid w:val="00143378"/>
+    <w:rsid w:val="00145C5F"/>
+    <w:rsid w:val="001563BF"/>
+    <w:rsid w:val="001619A8"/>
     <w:rsid w:val="00161B37"/>
     <w:rsid w:val="00163B74"/>
+    <w:rsid w:val="001674D4"/>
     <w:rsid w:val="0018541A"/>
+    <w:rsid w:val="00196265"/>
+    <w:rsid w:val="00196584"/>
+    <w:rsid w:val="0019753C"/>
     <w:rsid w:val="001B386A"/>
+    <w:rsid w:val="001B4CAB"/>
+    <w:rsid w:val="001C209F"/>
+    <w:rsid w:val="001C4178"/>
+    <w:rsid w:val="001C465F"/>
+    <w:rsid w:val="001D067C"/>
+    <w:rsid w:val="001D2146"/>
+    <w:rsid w:val="001E1A2B"/>
     <w:rsid w:val="001E552C"/>
+    <w:rsid w:val="001E73C3"/>
     <w:rsid w:val="002008B9"/>
-    <w:rsid w:val="0024203E"/>
+    <w:rsid w:val="00214338"/>
+    <w:rsid w:val="00214502"/>
+    <w:rsid w:val="00235724"/>
+    <w:rsid w:val="00244507"/>
+    <w:rsid w:val="00252350"/>
+    <w:rsid w:val="00260F8C"/>
+    <w:rsid w:val="00266939"/>
+    <w:rsid w:val="0027442C"/>
+    <w:rsid w:val="002828FF"/>
+    <w:rsid w:val="00294E47"/>
+    <w:rsid w:val="002A273E"/>
+    <w:rsid w:val="002B46CD"/>
+    <w:rsid w:val="002C4847"/>
     <w:rsid w:val="002D395A"/>
+    <w:rsid w:val="002E065C"/>
     <w:rsid w:val="002E10C9"/>
-    <w:rsid w:val="003109E5"/>
+    <w:rsid w:val="002E58D9"/>
+    <w:rsid w:val="002E6577"/>
+    <w:rsid w:val="00300220"/>
+    <w:rsid w:val="003041E1"/>
+    <w:rsid w:val="00305899"/>
+    <w:rsid w:val="00305F2E"/>
+    <w:rsid w:val="00314C14"/>
+    <w:rsid w:val="00330D44"/>
+    <w:rsid w:val="0033422D"/>
+    <w:rsid w:val="00334277"/>
+    <w:rsid w:val="0034395B"/>
+    <w:rsid w:val="00352317"/>
+    <w:rsid w:val="0036472B"/>
+    <w:rsid w:val="00372D31"/>
+    <w:rsid w:val="0037589D"/>
     <w:rsid w:val="00383F80"/>
+    <w:rsid w:val="003A06CE"/>
+    <w:rsid w:val="003A37D9"/>
+    <w:rsid w:val="003A59EB"/>
+    <w:rsid w:val="003A77E7"/>
+    <w:rsid w:val="003B21D4"/>
+    <w:rsid w:val="003F7202"/>
+    <w:rsid w:val="004017BD"/>
+    <w:rsid w:val="00422EF8"/>
+    <w:rsid w:val="00424555"/>
+    <w:rsid w:val="0043399A"/>
     <w:rsid w:val="00442728"/>
+    <w:rsid w:val="004471CE"/>
+    <w:rsid w:val="004500B5"/>
+    <w:rsid w:val="004528FF"/>
     <w:rsid w:val="004569B7"/>
+    <w:rsid w:val="004577E8"/>
+    <w:rsid w:val="004668D5"/>
     <w:rsid w:val="00466D3D"/>
     <w:rsid w:val="00470221"/>
     <w:rsid w:val="00492AE2"/>
+    <w:rsid w:val="004A19CB"/>
+    <w:rsid w:val="004B7FC3"/>
+    <w:rsid w:val="004C2508"/>
+    <w:rsid w:val="004D1EDD"/>
+    <w:rsid w:val="004E0B2A"/>
+    <w:rsid w:val="004F214C"/>
+    <w:rsid w:val="004F6D41"/>
+    <w:rsid w:val="005176AC"/>
     <w:rsid w:val="00517C22"/>
     <w:rsid w:val="005239EC"/>
     <w:rsid w:val="00523ABD"/>
+    <w:rsid w:val="0052454A"/>
+    <w:rsid w:val="00527459"/>
     <w:rsid w:val="00533AAC"/>
     <w:rsid w:val="00551354"/>
+    <w:rsid w:val="0055354A"/>
+    <w:rsid w:val="00563AF4"/>
     <w:rsid w:val="00567E70"/>
     <w:rsid w:val="00571B19"/>
+    <w:rsid w:val="00581AE8"/>
     <w:rsid w:val="00584EED"/>
+    <w:rsid w:val="00586704"/>
+    <w:rsid w:val="005A383C"/>
     <w:rsid w:val="005A7B5A"/>
+    <w:rsid w:val="005C3697"/>
     <w:rsid w:val="005C424C"/>
+    <w:rsid w:val="005D1D43"/>
     <w:rsid w:val="005D4AD8"/>
+    <w:rsid w:val="005D7571"/>
+    <w:rsid w:val="005E155E"/>
+    <w:rsid w:val="005F53BE"/>
+    <w:rsid w:val="00600074"/>
+    <w:rsid w:val="00607E00"/>
     <w:rsid w:val="00635FE3"/>
+    <w:rsid w:val="00636088"/>
     <w:rsid w:val="006419E5"/>
     <w:rsid w:val="006472B1"/>
+    <w:rsid w:val="00653ED0"/>
+    <w:rsid w:val="00671EDA"/>
+    <w:rsid w:val="00674C0C"/>
     <w:rsid w:val="00676FA9"/>
+    <w:rsid w:val="00684B50"/>
+    <w:rsid w:val="006A64FE"/>
     <w:rsid w:val="006B3CA5"/>
+    <w:rsid w:val="006B64AC"/>
     <w:rsid w:val="006D29AE"/>
     <w:rsid w:val="00701A79"/>
     <w:rsid w:val="007210FC"/>
+    <w:rsid w:val="007243FC"/>
     <w:rsid w:val="00727684"/>
     <w:rsid w:val="007321B2"/>
-    <w:rsid w:val="007540DF"/>
+    <w:rsid w:val="00743F3F"/>
+    <w:rsid w:val="0074775C"/>
+    <w:rsid w:val="00751E1C"/>
+    <w:rsid w:val="007572D7"/>
     <w:rsid w:val="00764DF7"/>
+    <w:rsid w:val="0077624A"/>
+    <w:rsid w:val="0078236E"/>
+    <w:rsid w:val="00782378"/>
     <w:rsid w:val="00792E68"/>
+    <w:rsid w:val="00792F71"/>
+    <w:rsid w:val="007A3C9D"/>
     <w:rsid w:val="007B6F1E"/>
+    <w:rsid w:val="007B79DD"/>
+    <w:rsid w:val="007C352B"/>
+    <w:rsid w:val="007C4C8F"/>
+    <w:rsid w:val="007E2467"/>
+    <w:rsid w:val="007E574A"/>
+    <w:rsid w:val="007E5A75"/>
+    <w:rsid w:val="007F352F"/>
+    <w:rsid w:val="007F4C40"/>
+    <w:rsid w:val="00813530"/>
     <w:rsid w:val="00814CE0"/>
+    <w:rsid w:val="00825BDF"/>
+    <w:rsid w:val="00844935"/>
+    <w:rsid w:val="008509E2"/>
+    <w:rsid w:val="00851743"/>
+    <w:rsid w:val="00857106"/>
     <w:rsid w:val="00861858"/>
+    <w:rsid w:val="008769C8"/>
+    <w:rsid w:val="008866BA"/>
     <w:rsid w:val="0089065A"/>
+    <w:rsid w:val="00892985"/>
+    <w:rsid w:val="00893D84"/>
+    <w:rsid w:val="00894517"/>
+    <w:rsid w:val="008A1DA0"/>
+    <w:rsid w:val="008A269F"/>
     <w:rsid w:val="008B741E"/>
+    <w:rsid w:val="008C2216"/>
     <w:rsid w:val="008C6B9D"/>
     <w:rsid w:val="008F4C8B"/>
+    <w:rsid w:val="009146F4"/>
+    <w:rsid w:val="00932D90"/>
+    <w:rsid w:val="00945BE0"/>
+    <w:rsid w:val="00957963"/>
+    <w:rsid w:val="009612B5"/>
     <w:rsid w:val="00966C53"/>
     <w:rsid w:val="00975CCA"/>
+    <w:rsid w:val="009826F4"/>
+    <w:rsid w:val="0098665C"/>
+    <w:rsid w:val="00987C98"/>
     <w:rsid w:val="009916D9"/>
+    <w:rsid w:val="009A5D84"/>
+    <w:rsid w:val="009A6A6A"/>
     <w:rsid w:val="009B0BEE"/>
+    <w:rsid w:val="009B1333"/>
+    <w:rsid w:val="009B792E"/>
+    <w:rsid w:val="009C55E9"/>
+    <w:rsid w:val="009D3F8D"/>
+    <w:rsid w:val="009D41A3"/>
     <w:rsid w:val="009E5B3D"/>
+    <w:rsid w:val="009E5DD0"/>
+    <w:rsid w:val="009E6B4A"/>
+    <w:rsid w:val="009E763B"/>
+    <w:rsid w:val="009F07E7"/>
+    <w:rsid w:val="009F6C82"/>
+    <w:rsid w:val="00A039A8"/>
+    <w:rsid w:val="00A101FC"/>
+    <w:rsid w:val="00A10E70"/>
+    <w:rsid w:val="00A123AE"/>
+    <w:rsid w:val="00A13E20"/>
     <w:rsid w:val="00A1606A"/>
+    <w:rsid w:val="00A16882"/>
+    <w:rsid w:val="00A214E1"/>
+    <w:rsid w:val="00A25AFB"/>
     <w:rsid w:val="00A2764B"/>
+    <w:rsid w:val="00A30AB6"/>
+    <w:rsid w:val="00A511A8"/>
+    <w:rsid w:val="00A52581"/>
     <w:rsid w:val="00A54BAB"/>
     <w:rsid w:val="00A56813"/>
+    <w:rsid w:val="00A63974"/>
+    <w:rsid w:val="00A66DB2"/>
+    <w:rsid w:val="00A81ECF"/>
     <w:rsid w:val="00A855B4"/>
-    <w:rsid w:val="00AB1C23"/>
+    <w:rsid w:val="00A87EEE"/>
+    <w:rsid w:val="00AC37B7"/>
+    <w:rsid w:val="00AC41EF"/>
+    <w:rsid w:val="00AD7199"/>
+    <w:rsid w:val="00AF1639"/>
+    <w:rsid w:val="00AF35C2"/>
+    <w:rsid w:val="00AF55E8"/>
+    <w:rsid w:val="00AF572C"/>
+    <w:rsid w:val="00B03442"/>
+    <w:rsid w:val="00B038F7"/>
+    <w:rsid w:val="00B2408E"/>
+    <w:rsid w:val="00B33224"/>
+    <w:rsid w:val="00B355C3"/>
+    <w:rsid w:val="00B43070"/>
+    <w:rsid w:val="00B440CF"/>
+    <w:rsid w:val="00B45203"/>
+    <w:rsid w:val="00B506E9"/>
     <w:rsid w:val="00B7177D"/>
+    <w:rsid w:val="00B739A6"/>
     <w:rsid w:val="00B918BF"/>
     <w:rsid w:val="00B921DA"/>
     <w:rsid w:val="00B95DFC"/>
+    <w:rsid w:val="00BA0B07"/>
+    <w:rsid w:val="00BA1266"/>
     <w:rsid w:val="00BA18B5"/>
+    <w:rsid w:val="00BC1EC0"/>
     <w:rsid w:val="00BC215A"/>
+    <w:rsid w:val="00BC6646"/>
     <w:rsid w:val="00BD10D6"/>
+    <w:rsid w:val="00BD39F0"/>
+    <w:rsid w:val="00BD5691"/>
     <w:rsid w:val="00BE3AAF"/>
+    <w:rsid w:val="00BE67A6"/>
+    <w:rsid w:val="00BF29E3"/>
+    <w:rsid w:val="00C01F07"/>
     <w:rsid w:val="00C055BF"/>
+    <w:rsid w:val="00C10372"/>
     <w:rsid w:val="00C13783"/>
     <w:rsid w:val="00C231A7"/>
+    <w:rsid w:val="00C2385B"/>
+    <w:rsid w:val="00C24A1B"/>
     <w:rsid w:val="00C252D2"/>
+    <w:rsid w:val="00C26499"/>
     <w:rsid w:val="00C278CD"/>
     <w:rsid w:val="00C45609"/>
     <w:rsid w:val="00C46288"/>
+    <w:rsid w:val="00C47FE7"/>
+    <w:rsid w:val="00C7244D"/>
     <w:rsid w:val="00C77957"/>
+    <w:rsid w:val="00C84035"/>
+    <w:rsid w:val="00C85484"/>
+    <w:rsid w:val="00C90650"/>
+    <w:rsid w:val="00C9557C"/>
+    <w:rsid w:val="00CA49F9"/>
+    <w:rsid w:val="00CA5BB3"/>
+    <w:rsid w:val="00CB2564"/>
     <w:rsid w:val="00CC4593"/>
     <w:rsid w:val="00CD2752"/>
     <w:rsid w:val="00CE52D9"/>
+    <w:rsid w:val="00CF0623"/>
+    <w:rsid w:val="00CF26B7"/>
+    <w:rsid w:val="00CF493D"/>
+    <w:rsid w:val="00D01DDB"/>
+    <w:rsid w:val="00D03847"/>
+    <w:rsid w:val="00D03A4A"/>
+    <w:rsid w:val="00D22DE0"/>
+    <w:rsid w:val="00D23351"/>
+    <w:rsid w:val="00D265EB"/>
     <w:rsid w:val="00D320C2"/>
+    <w:rsid w:val="00D46D17"/>
+    <w:rsid w:val="00D54BD1"/>
     <w:rsid w:val="00D62AF8"/>
+    <w:rsid w:val="00D72977"/>
+    <w:rsid w:val="00D76187"/>
+    <w:rsid w:val="00D77254"/>
+    <w:rsid w:val="00D86A42"/>
     <w:rsid w:val="00D952D4"/>
+    <w:rsid w:val="00DA2028"/>
+    <w:rsid w:val="00DA3A21"/>
+    <w:rsid w:val="00DB02DD"/>
     <w:rsid w:val="00DB1476"/>
     <w:rsid w:val="00DB2CC6"/>
     <w:rsid w:val="00DC1343"/>
+    <w:rsid w:val="00DD40FB"/>
+    <w:rsid w:val="00DE0402"/>
+    <w:rsid w:val="00DE1A6F"/>
+    <w:rsid w:val="00DE241F"/>
+    <w:rsid w:val="00DE706D"/>
+    <w:rsid w:val="00DF29B9"/>
     <w:rsid w:val="00E0522C"/>
     <w:rsid w:val="00E11788"/>
+    <w:rsid w:val="00E20EB4"/>
+    <w:rsid w:val="00E221E7"/>
+    <w:rsid w:val="00E55DFA"/>
     <w:rsid w:val="00E71E93"/>
+    <w:rsid w:val="00E73EA8"/>
     <w:rsid w:val="00E809A1"/>
+    <w:rsid w:val="00E810C8"/>
+    <w:rsid w:val="00E81ECF"/>
     <w:rsid w:val="00E92F5C"/>
     <w:rsid w:val="00EA45EE"/>
+    <w:rsid w:val="00EB061F"/>
+    <w:rsid w:val="00EC1378"/>
+    <w:rsid w:val="00EC269B"/>
     <w:rsid w:val="00EC7478"/>
+    <w:rsid w:val="00ED12E0"/>
+    <w:rsid w:val="00ED4F20"/>
+    <w:rsid w:val="00EE3012"/>
     <w:rsid w:val="00EE4152"/>
+    <w:rsid w:val="00EE51E5"/>
+    <w:rsid w:val="00EF2BA3"/>
+    <w:rsid w:val="00F00222"/>
     <w:rsid w:val="00F07F4C"/>
+    <w:rsid w:val="00F1093A"/>
+    <w:rsid w:val="00F12ED6"/>
+    <w:rsid w:val="00F23C9D"/>
     <w:rsid w:val="00F27AEC"/>
     <w:rsid w:val="00F32DB2"/>
+    <w:rsid w:val="00F33751"/>
     <w:rsid w:val="00F5210F"/>
+    <w:rsid w:val="00F55F2D"/>
+    <w:rsid w:val="00F564EC"/>
     <w:rsid w:val="00F57B02"/>
     <w:rsid w:val="00F61E6A"/>
+    <w:rsid w:val="00F81C09"/>
+    <w:rsid w:val="00F96F5B"/>
+    <w:rsid w:val="00FA3FB0"/>
+    <w:rsid w:val="00FA7A63"/>
     <w:rsid w:val="00FB0D2E"/>
+    <w:rsid w:val="00FB253A"/>
+    <w:rsid w:val="00FB3173"/>
+    <w:rsid w:val="00FB3A13"/>
+    <w:rsid w:val="00FD0152"/>
+    <w:rsid w:val="00FD1B6A"/>
+    <w:rsid w:val="00FD488C"/>
+    <w:rsid w:val="00FE303E"/>
     <w:rsid w:val="00FE70EF"/>
+    <w:rsid w:val="00FF282E"/>
     <w:rsid w:val="00FF4813"/>
     <w:rsid w:val="00FF4C56"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7176387A"/>
-  <w15:docId w15:val="{75AB72DD-463B-47D8-A31E-DFB11CD80566}"/>
+  <w15:docId w15:val="{FB8734C5-72F0-4DDD-A019-DD6C148632F4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3036,50 +7708,72 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00145C5F"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3201,63 +7895,179 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F32DB2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00701A79"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D77254"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D77254"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00145C5F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="511603502">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="974915950">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1000694711">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1263345012">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1503818945">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1742363066">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fpedv.org/request-technical-assistance/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetoviolence.cdc.gov/apps/main/prevention-information/intimate-partner-violence/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fldvtraining.org/technical-assistance" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fldvtraining.org/technical-assistance" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fpedv.org/request-technical-assistance/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fpedv.org/request-technical-assistance/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fldvtraining.org/technical-assistance" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetoviolence.cdc.gov/apps/main/prevention-information/intimate-partner-violence/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fldvtraining.org/technical-assistance" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fpedv.org/request-technical-assistance/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.tmp"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetoviolence.cdc.gov/apps/main/prevention-information/intimate-partner-violence/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.tmp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.tmp"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetoviolence.cdc.gov/apps/main/prevention-information/intimate-partner-violence/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.tmp"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.tmp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.tmp"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.tmp"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.tmp"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fldvtraining.org/technical-assistance" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fldvtraining.org/technical-assistance" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.tmp"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fldvtraining.org/technical-assistance" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fldvtraining.org/technical-assistance" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.tmp"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.tmp"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.tmp"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://eww.dcf.state.fl.us/webservices/logo/programs/dv/images/DCF_logo_ReLg.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="http://eww.dcf.state.fl.us/webservices/logo/programs/dv/images/DCF_logo_ReLg.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3515,93 +8325,221 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate>TTACHMENT 20SFY 2022 – 2024</PublishDate>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{739CA6CE-6B8E-46AE-A7EE-D71876230A88}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>8652</Characters>
+  <Pages>11</Pages>
+  <Words>3575</Words>
+  <Characters>20378</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>169</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10149</CharactersWithSpaces>
+  <CharactersWithSpaces>23906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="36" baseType="variant">
+      <vt:variant>
+        <vt:i4>5898252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fldvtraining.org/technical-assistance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5898252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fldvtraining.org/technical-assistance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>393309</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://vetoviolence.cdc.gov/apps/main/prevention-information/intimate-partner-violence/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5898252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fldvtraining.org/technical-assistance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>393309</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://vetoviolence.cdc.gov/apps/main/prevention-information/intimate-partner-violence/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5898252</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fldvtraining.org/technical-assistance</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Guidance 4 - Primary Prevention Guidelines</dc:title>
+  <dc:title/>
   <dc:subject/>
   <dc:creator>Macholeth, Morgan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>