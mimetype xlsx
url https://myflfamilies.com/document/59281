--- v0 (2025-10-08)
+++ v1 (2026-02-22)
@@ -1,419 +1,310 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\HQFILESERV\DV_Services\DV_Quality\BIP\3- BIP Monitoring Resources\2- BIP Monitoring Tools and Templates\1- Notification Docs\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1AD9A6C0-8E04-4F34-BEF9-9AB685F3271B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEE0FFF4-5D91-439B-B3D8-C00968E51E8A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="23-24 Request for Documents" sheetId="2" r:id="rId1"/>
+    <sheet name="Request for Documents" sheetId="2" r:id="rId1"/>
     <sheet name="List" sheetId="3" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="CENTERNAME">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'23-24 Request for Documents'!$A$1:$J$54</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'23-24 Request for Documents'!$1:$12</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Request for Documents'!$A$1:$J$49</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Request for Documents'!$1:$12</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F35" i="2" l="1"/>
+  <c r="C35" i="2"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="131">
   <si>
     <t>through</t>
   </si>
   <si>
     <t>→</t>
   </si>
   <si>
     <t>OFFICE OF DOMESTIC VIOLENCE</t>
   </si>
   <si>
-    <t>ON-SITE DOCUMENTS</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">PROVIDER: </t>
   </si>
   <si>
-    <t>ONSITE MONITORING DATES:</t>
-[...1 lines deleted...]
-  <si>
     <t>to</t>
   </si>
   <si>
-    <t>FY 23-24 BIP REQUEST FOR DOCUMENTS</t>
-[...1 lines deleted...]
-  <si>
     <t>Please submit the following documents via email to BIPCertification@myflfamilies.com by:</t>
   </si>
   <si>
     <t>Personnel files (HR and training) for the employees identified by the BIP Certification Specialist.</t>
   </si>
   <si>
     <t>Participant files for the participants identified by the BIP Certification Specialist.</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">The following documents will be requested on-site. A list of all files needed will be provided by the BIP Certification Specialist before the Entrance Conference meeting. Files can be provided in either hard copy or electronic format. </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Below are a list of the documents that will be requested during the monitoring process. Please </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>DO NOT</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> prepare the documents as one file; scan/save each item number as a</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> separate</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> file. (Note that all files for the monitoring scope are subject to review.) </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">A Better Man Project </t>
   </si>
   <si>
-    <t>A Center for Wellness</t>
-[...4 lines deleted...]
-  <si>
     <t>A Peaceful Mind Counseling Group</t>
   </si>
   <si>
     <t>Abolish Abuse</t>
   </si>
   <si>
     <t>Abuse Counseling and Treatment Inc.</t>
   </si>
   <si>
     <t>Abusive Partners of Palm Beach County</t>
   </si>
   <si>
     <t>ADAP Counseling Services</t>
   </si>
   <si>
-    <t>Affordable Counseling- D.A.I.P</t>
-[...4 lines deleted...]
-  <si>
     <t>AIM Target Programs, Inc.</t>
   </si>
   <si>
     <t>Alliance For Psychological Services</t>
   </si>
   <si>
     <t>Alliance Mental Health Services, Inc.</t>
   </si>
   <si>
-    <t>All-In-One Therapy, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>All Things New Again, LLC</t>
   </si>
   <si>
     <t>ANAGA Psychotherapy Center</t>
   </si>
   <si>
     <t>Andrea Barragan</t>
   </si>
   <si>
-    <t>Avalon Treatment Centers</t>
-[...1 lines deleted...]
-  <si>
     <t>Avila Health Group</t>
   </si>
   <si>
     <t>Behavior Management Services</t>
   </si>
   <si>
-    <t>Beltran Behavioral Health</t>
-[...1 lines deleted...]
-  <si>
     <t>Central Florida Recovery Centers, Inc.</t>
   </si>
   <si>
-    <t>Change in Motion</t>
-[...1 lines deleted...]
-  <si>
     <t>Choices, Chances, Changes    </t>
   </si>
   <si>
     <t>Clear View Concepts, Inc.</t>
   </si>
   <si>
-    <t>Clearview Education and Counseling</t>
-[...1 lines deleted...]
-  <si>
     <t>Clinicians Group</t>
   </si>
   <si>
-    <t>CMET</t>
-[...10 lines deleted...]
-  <si>
     <t>Counseling of S.W. Florida</t>
   </si>
   <si>
-    <t>Court Ordered Counseling</t>
-[...1 lines deleted...]
-  <si>
     <t>Creative Counseling Services of Gainesville, Inc.</t>
   </si>
   <si>
     <t>Dade Family Counseling, Inc./Families in Action, Inc.</t>
   </si>
   <si>
-    <t>Dart Best Life Counseling</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr. Kimberly Wilcox PhD, CTP</t>
   </si>
   <si>
-    <t>Equality Foundation LLC</t>
-[...7 lines deleted...]
-  <si>
     <t>Fisher Counseling &amp; Mediation Services, Inc.</t>
   </si>
   <si>
     <t>Florida Family Care</t>
   </si>
   <si>
     <t>Florida Treatment for Change, Inc</t>
   </si>
   <si>
     <t>Free Spirit Evangelistic Outreach Ministries, Inc.</t>
   </si>
   <si>
     <t>GAMA Counseling and Services, LLC</t>
   </si>
   <si>
-    <t>Glass House</t>
-[...7 lines deleted...]
-  <si>
     <t>Integrated Healthcare Systems</t>
   </si>
   <si>
     <t>Interventions Enterprises, Inc.</t>
   </si>
   <si>
     <t>Kids Bridge Batterers' Intervention Program</t>
   </si>
   <si>
-    <t>Lakeview Center</t>
-[...4 lines deleted...]
-  <si>
     <t>Major Impact Supports</t>
   </si>
   <si>
     <t>Mastery Solutions</t>
   </si>
   <si>
     <t>Miami-Dade Community Services</t>
   </si>
   <si>
     <t>Oasis Counseling</t>
   </si>
   <si>
     <t>Paul T. Wheeler</t>
   </si>
   <si>
     <t>Peace Beyond Sights BIP</t>
   </si>
   <si>
-    <t>Pinellas County SO Dept. of Detention &amp; Corrections</t>
-[...1 lines deleted...]
-  <si>
     <t>Professional Counseling and Consulting Group</t>
   </si>
   <si>
-    <t>Professional Counseling Associates Center</t>
-[...10 lines deleted...]
-  <si>
     <t>Second Chance Educational Counseling Services, LLC</t>
   </si>
   <si>
-    <t>Sober Solutions, Inc.</t>
-[...10 lines deleted...]
-  <si>
     <t>TLC Counseling Services</t>
   </si>
   <si>
     <t>Tonine Garberino, LLC</t>
   </si>
   <si>
     <t>Treasure Coast Counseling Center, Inc.</t>
   </si>
   <si>
-    <t>Tri-County Counseling and Life Skills, Inc.</t>
-[...4 lines deleted...]
-  <si>
     <t>WestCare GulfCoast-Florida, Inc.</t>
   </si>
   <si>
     <t>Western Judicial Services, Inc.</t>
   </si>
   <si>
     <t>West Miami CHMC, Inc.</t>
   </si>
   <si>
-    <t>Copies of participant intake form(s), enrollment form(s), and orientation document(s).</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Note stating the date, time and location that the BIP Certification Specialist can observe a group within onsite monitoring dates. </t>
+    <t>DESK REVIEW MONITORING DATES:</t>
+  </si>
+  <si>
+    <t>DESK REVIEW DOCUMENTS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The following documents will be requested via email. A list of all files needed will be provided by the BIP Certification Specialist before the Entrance Conference meeting. Files to be provided in electronic format. </t>
   </si>
   <si>
     <t>Picture of the Department-issued certificate displayed within public view at all program locations.</t>
+  </si>
+  <si>
+    <t>PRE-DESK REVIEW DOCUMENTS</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>In Excel -</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> A roster listing current employees </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
@@ -444,159 +335,310 @@
         <sz val="12"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">include position titles, dates of hire, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>and</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> dates of termination/separation- if applicable. In addition, please create a column on the document  to number each of the files (i.e. 1, 2, 3…) in red text.</t>
     </r>
   </si>
   <si>
+    <t>Note: Example of Employees List format below. Names/dates are fictitious and are for demonstration purposes only.</t>
+  </si>
+  <si>
+    <t>Employees Roster</t>
+  </si>
+  <si>
     <t>March 20, 2019 - April 22, 2020</t>
   </si>
   <si>
     <t>Employee Name</t>
   </si>
   <si>
     <t>Position Title</t>
   </si>
   <si>
     <t>Date of Hire</t>
   </si>
   <si>
     <t>Date of Termination</t>
   </si>
   <si>
     <t>Robert Lenor</t>
   </si>
   <si>
+    <t>N/A</t>
+  </si>
+  <si>
     <t>Reese Jones</t>
   </si>
   <si>
     <t>Julio Mendez</t>
   </si>
   <si>
-    <t>N/A</t>
-[...4 lines deleted...]
-  <si>
     <t>Participants Roster</t>
   </si>
   <si>
-    <t>Note: Example of Employees List format below. Names/dates are fictitious and are for demonstration purposes only.</t>
-[...1 lines deleted...]
-  <si>
     <t>Participant Name</t>
+  </si>
+  <si>
+    <t>File Number</t>
+  </si>
+  <si>
+    <t>Program Director/BIP Assesor</t>
+  </si>
+  <si>
+    <t>BIP Group Facilitator</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">In Excel- </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Interview Schedule form- Complete and return the form. </t>
+      <t xml:space="preserve">Interview Schedule form- Complete and return the form. Interview will be conducted via TEAMS with camera/audio on. </t>
     </r>
   </si>
   <si>
-    <t>File Number</t>
-[...7 lines deleted...]
-  <si>
     <t>Kefi Counseling, LLC</t>
   </si>
   <si>
     <t>Metropolitan Behavioral Services, LLC</t>
   </si>
   <si>
     <t>All Family Resource Center, LLC</t>
   </si>
   <si>
     <t>Note: Example of Participants List format below. Names/dates/file numbers are fictitious and are for demonstration purposes only.</t>
+  </si>
+  <si>
+    <t>James Rodrigo</t>
+  </si>
+  <si>
+    <t>Sandy Mendez</t>
+  </si>
+  <si>
+    <t>Thomas Brown</t>
+  </si>
+  <si>
+    <t>Status</t>
+  </si>
+  <si>
+    <t>Enrolled - Still attending</t>
+  </si>
+  <si>
+    <t>Discharged - Non Compliance or Transfer</t>
+  </si>
+  <si>
+    <t>Discharged - Completion</t>
+  </si>
+  <si>
+    <t>Beltran Psychological Services, LLC</t>
+  </si>
+  <si>
+    <t>Confidential Counseling Agency, LLC</t>
+  </si>
+  <si>
+    <t>Families Against Abuse BIP and Counseling Services, LLC</t>
+  </si>
+  <si>
+    <t>BIP REQUEST FOR DOCUMENTS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIP Policy Checklist- Please complete the form. Also, provide any applicable policies that have been updated since last certification. </t>
+  </si>
+  <si>
+    <t>County of Residence</t>
+  </si>
+  <si>
+    <t>County</t>
+  </si>
+  <si>
+    <t>CMET, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIP Curriculum Checklist- Please complete the form. Also, provide any new or updated material since last certification. </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="12"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>In Excel -</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> A roster listing participant names and/or unique identifiers (i.e. file numbers) for all BIP participants during the period listed below. In addition, please create a column on the document to number each of the files (i.e. 1, 2, 3…) in red text.</t>
+      <t xml:space="preserve"> A roster listing status, participant names, and/or unique identifiers (i.e. file numbers if applicable) for all BIP participants (Men &amp; Women) during the period listed below. In addition, please create a column on the document to number each of the files (i.e. 1, 2, 3…) in red text. If there is more than one BIP office location provide BIP participant roster listing for each location. </t>
     </r>
+  </si>
+  <si>
+    <t>Change In Motion, LLC</t>
+  </si>
+  <si>
+    <t>Healing Hearts Ministry Outreach, Inc.</t>
+  </si>
+  <si>
+    <t>Equality Foundation, LLC</t>
+  </si>
+  <si>
+    <t>Community Hands of Hope, LLC</t>
+  </si>
+  <si>
+    <t>Best Life Counseling, LLC</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Feel Psychotherapies, LLC</t>
+  </si>
+  <si>
+    <t>Synergy Family Therapy and Mental Wellness Group, LLC</t>
+  </si>
+  <si>
+    <t>Affordable Counseling, Inc.</t>
+  </si>
+  <si>
+    <t>Resolutions Health Alliance, P.A.</t>
+  </si>
+  <si>
+    <t>New Way Counseling Services, Inc.</t>
+  </si>
+  <si>
+    <t>MAC Associates</t>
+  </si>
+  <si>
+    <t>A No Abuse, Inc.</t>
+  </si>
+  <si>
+    <t>Avalon Treatment Center, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mental Massage Counseling, Inc. </t>
+  </si>
+  <si>
+    <t>Collier County Counseling, Inc.</t>
+  </si>
+  <si>
+    <t>Professional Counseling Associates Center, LLC</t>
+  </si>
+  <si>
+    <t>Family Resource Connection, Inc.</t>
+  </si>
+  <si>
+    <t>Psychological Management Group, P.A.</t>
+  </si>
+  <si>
+    <t>Court Ordered Counseling, LLC</t>
+  </si>
+  <si>
+    <t>Foundations to Healing, Inc.</t>
+  </si>
+  <si>
+    <t>Inspire Counseling &amp; Support Center</t>
+  </si>
+  <si>
+    <t>Salvation Army Batterers' Intervention Program</t>
+  </si>
+  <si>
+    <t>STOP, Inc. BIP</t>
+  </si>
+  <si>
+    <t>Clearview Education &amp; Counseling, LLC</t>
+  </si>
+  <si>
+    <t>The Holistic Plan of Care, Inc.</t>
+  </si>
+  <si>
+    <t>In Community Counseling, LLC</t>
+  </si>
+  <si>
+    <t>Lakeview Center, Inc.</t>
+  </si>
+  <si>
+    <t>Pinellas County Sheriff's Office</t>
+  </si>
+  <si>
+    <t>Sober Solutions Counseling, Inc.</t>
+  </si>
+  <si>
+    <t>Tri-County Counseling &amp; Life Skills</t>
+  </si>
+  <si>
+    <t>Ways to Better Options, LLC    </t>
+  </si>
+  <si>
+    <t>Embrace Your Emotions Services, LLC</t>
+  </si>
+  <si>
+    <t>Broward Sheriff's Office</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
+    <numFmt numFmtId="165" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -674,65 +716,65 @@
       <sz val="14"/>
       <color rgb="FFFF0000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF3399"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <sz val="9"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="9"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -767,51 +809,51 @@
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment textRotation="45"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -826,156 +868,176 @@
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FF8DD3A8"/>
       <color rgb="FF75E0EB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>809625</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="Large Square Shape DCF DV Program Logo">
           <a:extLst>
@@ -1274,1300 +1336,1390 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:K54"/>
+  <dimension ref="A2:K50"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A8" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O26" sqref="O26"/>
+    <sheetView tabSelected="1" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K6" sqref="K6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.42578125" style="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="17" max="16384" width="8.7109375" style="1"/>
+    <col min="1" max="1" width="5.44140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="4.5546875" style="11" customWidth="1"/>
+    <col min="3" max="3" width="12.44140625" style="1" customWidth="1"/>
+    <col min="4" max="4" width="14.44140625" style="1" customWidth="1"/>
+    <col min="5" max="5" width="10.5546875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="19.44140625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="9.88671875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="21.88671875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="19.44140625" style="1" customWidth="1"/>
+    <col min="10" max="11" width="6.44140625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="6.5546875" style="1" customWidth="1"/>
+    <col min="13" max="14" width="10.5546875" style="1" customWidth="1"/>
+    <col min="15" max="16" width="9.5546875" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="8.6640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:11" ht="14.4" x14ac:dyDescent="0.3">
       <c r="C2"/>
       <c r="K2" s="3"/>
     </row>
-    <row r="3" spans="1:11" ht="20.25" x14ac:dyDescent="0.3">
-      <c r="C3" s="34" t="s">
+    <row r="3" spans="1:11" ht="20.399999999999999" x14ac:dyDescent="0.25">
+      <c r="C3" s="46" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="34"/>
-[...4 lines deleted...]
-      <c r="I3" s="34"/>
+      <c r="D3" s="46"/>
+      <c r="E3" s="46"/>
+      <c r="F3" s="46"/>
+      <c r="G3" s="46"/>
+      <c r="H3" s="46"/>
+      <c r="I3" s="46"/>
       <c r="K3" s="4"/>
     </row>
-    <row r="5" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="6" spans="1:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="46" t="s">
+        <v>90</v>
+      </c>
+      <c r="D5" s="46"/>
+      <c r="E5" s="46"/>
+      <c r="F5" s="46"/>
+      <c r="G5" s="46"/>
+      <c r="H5" s="46"/>
+      <c r="I5" s="46"/>
+    </row>
+    <row r="6" spans="1:11" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="5"/>
     </row>
-    <row r="7" spans="1:11" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="18"/>
       <c r="C7" s="19" t="s">
-        <v>7</v>
-[...9 lines deleted...]
-    <row r="8" spans="1:11" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+      <c r="D7" s="49"/>
+      <c r="E7" s="49"/>
+      <c r="F7" s="49"/>
+      <c r="G7" s="49"/>
+      <c r="H7" s="49"/>
+      <c r="I7" s="49"/>
+      <c r="J7" s="49"/>
+    </row>
+    <row r="8" spans="1:11" s="6" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="18"/>
       <c r="C8" s="20"/>
       <c r="D8" s="20"/>
       <c r="E8" s="20"/>
       <c r="F8" s="20"/>
       <c r="G8" s="20"/>
       <c r="H8" s="20"/>
       <c r="I8" s="20"/>
     </row>
-    <row r="9" spans="1:11" s="6" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F9" s="26"/>
+    <row r="9" spans="1:11" s="6" customFormat="1" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="50" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="50"/>
+      <c r="C9" s="50"/>
+      <c r="D9" s="50"/>
+      <c r="E9" s="50"/>
+      <c r="F9" s="28"/>
       <c r="G9" s="21" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="H9" s="26"/>
+        <v>4</v>
+      </c>
+      <c r="H9" s="28"/>
       <c r="I9" s="21"/>
       <c r="J9" s="17"/>
     </row>
-    <row r="11" spans="1:11" ht="37.9" customHeight="1" x14ac:dyDescent="0.3">
-[...26 lines deleted...]
-      <c r="J13" s="41"/>
+    <row r="10" spans="1:11" s="6" customFormat="1" ht="13.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="22"/>
+      <c r="B10" s="22"/>
+      <c r="C10" s="22"/>
+      <c r="D10" s="22"/>
+      <c r="E10" s="22"/>
+      <c r="F10" s="23"/>
+      <c r="G10" s="21"/>
+      <c r="H10" s="23"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="17"/>
+    </row>
+    <row r="11" spans="1:11" ht="37.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="48"/>
+      <c r="C11" s="48"/>
+      <c r="D11" s="48"/>
+      <c r="E11" s="48"/>
+      <c r="F11" s="48"/>
+      <c r="G11" s="48"/>
+      <c r="H11" s="48"/>
+      <c r="I11" s="48"/>
+      <c r="J11" s="48"/>
+    </row>
+    <row r="12" spans="1:11" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:11" s="15" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="47" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" s="47"/>
+      <c r="C13" s="47"/>
+      <c r="D13" s="47"/>
+      <c r="E13" s="47"/>
+      <c r="F13" s="47"/>
+      <c r="G13" s="47"/>
+      <c r="H13" s="47"/>
+      <c r="I13" s="47"/>
+      <c r="J13" s="47"/>
       <c r="K13" s="14"/>
     </row>
-    <row r="14" spans="1:11" ht="23.45" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-    <row r="15" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:11" ht="23.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="51"/>
+      <c r="C14" s="51"/>
+      <c r="D14" s="51"/>
+      <c r="E14" s="51"/>
+      <c r="F14" s="51"/>
+      <c r="G14" s="51"/>
+      <c r="H14" s="51"/>
+      <c r="I14" s="52"/>
+      <c r="J14" s="52"/>
+      <c r="K14" s="25"/>
+    </row>
+    <row r="15" spans="1:11" ht="20.399999999999999" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B15" s="7">
         <v>1</v>
       </c>
-      <c r="C15" s="35" t="s">
-[...10 lines deleted...]
-    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C15" s="39" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" s="39"/>
+      <c r="E15" s="39"/>
+      <c r="F15" s="39"/>
+      <c r="G15" s="39"/>
+      <c r="H15" s="39"/>
+      <c r="I15" s="39"/>
+      <c r="J15" s="39"/>
+    </row>
+    <row r="16" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="10"/>
-      <c r="C16" s="12"/>
-[...4 lines deleted...]
-      <c r="H16" s="12"/>
+      <c r="C16" s="34"/>
+      <c r="D16" s="34"/>
+      <c r="E16" s="34"/>
+      <c r="F16" s="34"/>
+      <c r="G16" s="34"/>
+      <c r="H16" s="34"/>
       <c r="I16" s="9"/>
       <c r="J16" s="9"/>
     </row>
-    <row r="17" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:10" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B17" s="7">
         <v>2</v>
       </c>
-      <c r="C17" s="35" t="s">
-[...10 lines deleted...]
-    <row r="18" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C17" s="39" t="s">
+        <v>95</v>
+      </c>
+      <c r="D17" s="39"/>
+      <c r="E17" s="39"/>
+      <c r="F17" s="39"/>
+      <c r="G17" s="39"/>
+      <c r="H17" s="39"/>
+      <c r="I17" s="39"/>
+      <c r="J17" s="39"/>
+    </row>
+    <row r="18" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="10"/>
       <c r="C18" s="12"/>
       <c r="D18" s="12"/>
       <c r="E18" s="12"/>
       <c r="F18" s="12"/>
       <c r="G18" s="12"/>
       <c r="H18" s="12"/>
       <c r="I18" s="9"/>
       <c r="J18" s="9"/>
     </row>
-    <row r="19" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B19" s="7">
         <v>3</v>
       </c>
-      <c r="C19" s="35" t="s">
-[...10 lines deleted...]
-    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C19" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" s="39"/>
+      <c r="E19" s="39"/>
+      <c r="F19" s="39"/>
+      <c r="G19" s="39"/>
+      <c r="H19" s="39"/>
+      <c r="I19" s="39"/>
+      <c r="J19" s="39"/>
+    </row>
+    <row r="20" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="10"/>
       <c r="C20" s="12"/>
       <c r="D20" s="12"/>
       <c r="E20" s="12"/>
       <c r="F20" s="12"/>
       <c r="G20" s="12"/>
       <c r="H20" s="12"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
     </row>
-    <row r="21" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="16" t="s">
+    <row r="21" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="24" t="s">
         <v>1</v>
       </c>
       <c r="B21" s="7">
         <v>4</v>
       </c>
-      <c r="C21" s="35" t="s">
-[...10 lines deleted...]
-    <row r="22" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C21" s="53" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" s="54"/>
+      <c r="E21" s="54"/>
+      <c r="F21" s="54"/>
+      <c r="G21" s="54"/>
+      <c r="H21" s="54"/>
+      <c r="I21" s="54"/>
+      <c r="J21" s="54"/>
+    </row>
+    <row r="22" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="10"/>
       <c r="C22" s="12"/>
       <c r="D22" s="12"/>
       <c r="E22" s="12"/>
       <c r="F22" s="12"/>
       <c r="G22" s="12"/>
       <c r="H22" s="12"/>
       <c r="I22" s="9"/>
       <c r="J22" s="9"/>
     </row>
-    <row r="23" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:10" ht="49.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B23" s="7">
         <v>5</v>
       </c>
-      <c r="C23" s="35" t="s">
-[...39 lines deleted...]
-    <row r="26" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C23" s="53" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" s="53"/>
+      <c r="E23" s="53"/>
+      <c r="F23" s="53"/>
+      <c r="G23" s="53"/>
+      <c r="H23" s="53"/>
+      <c r="I23" s="53"/>
+      <c r="J23" s="53"/>
+    </row>
+    <row r="24" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="13"/>
+      <c r="B24" s="7"/>
+      <c r="C24" s="45" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" s="45"/>
+      <c r="E24" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="F24" s="45" t="s">
+        <v>102</v>
+      </c>
+      <c r="G24" s="45"/>
+      <c r="H24" s="7"/>
+      <c r="I24" s="7"/>
+      <c r="J24" s="11"/>
+    </row>
+    <row r="25" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="10"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="12"/>
+      <c r="E25" s="12"/>
+      <c r="F25" s="12"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="12"/>
+      <c r="I25" s="9"/>
+      <c r="J25" s="9"/>
+    </row>
+    <row r="26" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="10"/>
-      <c r="C26" s="12"/>
-[...5 lines deleted...]
-      <c r="I26" s="9"/>
+      <c r="C26" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="D26" s="44"/>
+      <c r="E26" s="44"/>
+      <c r="F26" s="44"/>
+      <c r="G26" s="44"/>
+      <c r="H26" s="44"/>
+      <c r="I26" s="44"/>
       <c r="J26" s="9"/>
     </row>
-    <row r="27" spans="1:10" ht="49.15" customHeight="1" x14ac:dyDescent="0.3">
-[...31 lines deleted...]
-    <row r="29" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="10"/>
+      <c r="C27" s="12"/>
+      <c r="D27" s="40" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" s="40"/>
+      <c r="F27" s="40"/>
+      <c r="G27" s="12"/>
+      <c r="H27" s="12"/>
+      <c r="I27" s="9"/>
+      <c r="J27" s="9"/>
+    </row>
+    <row r="28" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="10"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="43" t="s">
+        <v>61</v>
+      </c>
+      <c r="E28" s="43"/>
+      <c r="F28" s="43"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="12"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+    </row>
+    <row r="29" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="10"/>
-      <c r="C29" s="12"/>
-[...4 lines deleted...]
-      <c r="H29" s="12"/>
+      <c r="C29" s="29"/>
+      <c r="D29" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="E29" s="41" t="s">
+        <v>63</v>
+      </c>
+      <c r="F29" s="41"/>
+      <c r="G29" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="H29" s="29" t="s">
+        <v>65</v>
+      </c>
       <c r="I29" s="9"/>
       <c r="J29" s="9"/>
     </row>
-    <row r="30" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="10"/>
-      <c r="C30" s="39" t="s">
-[...7 lines deleted...]
-      <c r="I30" s="39"/>
+      <c r="C30" s="30">
+        <v>1</v>
+      </c>
+      <c r="D30" s="31" t="s">
+        <v>66</v>
+      </c>
+      <c r="E30" s="43" t="s">
+        <v>73</v>
+      </c>
+      <c r="F30" s="43"/>
+      <c r="G30" s="32">
+        <v>43122</v>
+      </c>
+      <c r="H30" s="31" t="s">
+        <v>67</v>
+      </c>
+      <c r="I30" s="9"/>
       <c r="J30" s="9"/>
     </row>
-    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="10"/>
-      <c r="C31" s="12"/>
-[...6 lines deleted...]
-      <c r="H31" s="12"/>
+      <c r="C31" s="30">
+        <v>2</v>
+      </c>
+      <c r="D31" s="31" t="s">
+        <v>68</v>
+      </c>
+      <c r="E31" s="43" t="s">
+        <v>74</v>
+      </c>
+      <c r="F31" s="43"/>
+      <c r="G31" s="32">
+        <v>43508</v>
+      </c>
+      <c r="H31" s="32">
+        <v>43910</v>
+      </c>
       <c r="I31" s="9"/>
       <c r="J31" s="9"/>
     </row>
-    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="10"/>
-      <c r="C32" s="12"/>
-[...6 lines deleted...]
-      <c r="H32" s="12"/>
+      <c r="C32" s="30">
+        <v>3</v>
+      </c>
+      <c r="D32" s="31" t="s">
+        <v>69</v>
+      </c>
+      <c r="E32" s="43" t="s">
+        <v>74</v>
+      </c>
+      <c r="F32" s="43"/>
+      <c r="G32" s="32">
+        <v>43911</v>
+      </c>
+      <c r="H32" s="31" t="s">
+        <v>67</v>
+      </c>
       <c r="I32" s="9"/>
       <c r="J32" s="9"/>
     </row>
-    <row r="33" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="10"/>
-      <c r="C33" s="28"/>
-[...12 lines deleted...]
-      </c>
+      <c r="C33" s="12"/>
+      <c r="D33" s="12"/>
+      <c r="E33" s="12"/>
+      <c r="F33" s="12"/>
+      <c r="G33" s="12"/>
+      <c r="H33" s="12"/>
       <c r="I33" s="9"/>
       <c r="J33" s="9"/>
     </row>
-    <row r="34" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C34" s="29">
+    <row r="34" spans="1:11" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="D34" s="31" t="s">
-[...36 lines deleted...]
-    <row r="36" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="7">
+        <v>6</v>
+      </c>
+      <c r="C34" s="55" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34" s="55"/>
+      <c r="E34" s="55"/>
+      <c r="F34" s="55"/>
+      <c r="G34" s="55"/>
+      <c r="H34" s="55"/>
+      <c r="I34" s="55"/>
+      <c r="J34" s="55"/>
+    </row>
+    <row r="35" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="13"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="45" t="str">
+        <f>C24</f>
+        <v>Date</v>
+      </c>
+      <c r="D35" s="45"/>
+      <c r="E35" s="8" t="s">
+        <v>0</v>
+      </c>
+      <c r="F35" s="45" t="str">
+        <f>F24</f>
+        <v>Date</v>
+      </c>
+      <c r="G35" s="45"/>
+      <c r="H35" s="7"/>
+      <c r="I35" s="7"/>
+      <c r="J35" s="11"/>
+    </row>
+    <row r="36" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="10"/>
-      <c r="C36" s="29">
-[...14 lines deleted...]
-      </c>
+      <c r="C36" s="12"/>
+      <c r="D36" s="12"/>
+      <c r="E36" s="12"/>
+      <c r="F36" s="12"/>
+      <c r="G36" s="12"/>
+      <c r="H36" s="12"/>
       <c r="I36" s="9"/>
       <c r="J36" s="9"/>
     </row>
-    <row r="37" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="10"/>
-      <c r="C37" s="12"/>
-[...5 lines deleted...]
-      <c r="I37" s="9"/>
+      <c r="C37" s="44" t="s">
+        <v>79</v>
+      </c>
+      <c r="D37" s="44"/>
+      <c r="E37" s="44"/>
+      <c r="F37" s="44"/>
+      <c r="G37" s="44"/>
+      <c r="H37" s="44"/>
+      <c r="I37" s="44"/>
       <c r="J37" s="9"/>
     </row>
-    <row r="38" spans="1:10" s="2" customFormat="1" ht="34.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="16" t="s">
+    <row r="38" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="10"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="40" t="s">
+        <v>70</v>
+      </c>
+      <c r="E38" s="40"/>
+      <c r="F38" s="40"/>
+      <c r="G38" s="12"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="9"/>
+    </row>
+    <row r="39" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="10"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="43" t="s">
+        <v>61</v>
+      </c>
+      <c r="E39" s="43"/>
+      <c r="F39" s="43"/>
+      <c r="G39" s="12"/>
+      <c r="H39" s="12"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="9"/>
+    </row>
+    <row r="40" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="10"/>
+      <c r="C40" s="29"/>
+      <c r="D40" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="E40" s="41" t="s">
+        <v>72</v>
+      </c>
+      <c r="F40" s="41"/>
+      <c r="G40" s="41" t="s">
+        <v>83</v>
+      </c>
+      <c r="H40" s="41"/>
+      <c r="I40" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="J40" s="41"/>
+    </row>
+    <row r="41" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="10"/>
+      <c r="C41" s="30">
         <v>1</v>
       </c>
-      <c r="B38" s="7">
-[...51 lines deleted...]
-    <row r="42" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D41" s="33" t="s">
+        <v>80</v>
+      </c>
+      <c r="E41" s="43">
+        <v>12345</v>
+      </c>
+      <c r="F41" s="43"/>
+      <c r="G41" s="42" t="s">
+        <v>84</v>
+      </c>
+      <c r="H41" s="42"/>
+      <c r="I41" s="42" t="s">
+        <v>93</v>
+      </c>
+      <c r="J41" s="42"/>
+    </row>
+    <row r="42" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="10"/>
-      <c r="C42" s="27"/>
-[...10 lines deleted...]
-    <row r="43" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C42" s="30">
+        <v>2</v>
+      </c>
+      <c r="D42" s="33" t="s">
+        <v>81</v>
+      </c>
+      <c r="E42" s="43">
+        <v>54321</v>
+      </c>
+      <c r="F42" s="43"/>
+      <c r="G42" s="42" t="s">
+        <v>85</v>
+      </c>
+      <c r="H42" s="42"/>
+      <c r="I42" s="42" t="s">
+        <v>93</v>
+      </c>
+      <c r="J42" s="42"/>
+    </row>
+    <row r="43" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="10"/>
-      <c r="C43" s="27"/>
+      <c r="C43" s="30">
+        <v>3</v>
+      </c>
       <c r="D43" s="33" t="s">
-        <v>98</v>
-[...8 lines deleted...]
-    <row r="44" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>82</v>
+      </c>
+      <c r="E43" s="43">
+        <v>98765</v>
+      </c>
+      <c r="F43" s="43"/>
+      <c r="G43" s="42" t="s">
+        <v>86</v>
+      </c>
+      <c r="H43" s="42"/>
+      <c r="I43" s="42" t="s">
+        <v>93</v>
+      </c>
+      <c r="J43" s="42"/>
+    </row>
+    <row r="44" spans="1:11" ht="11.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="10"/>
-      <c r="C44" s="28"/>
-[...8 lines deleted...]
-      <c r="H44" s="28"/>
+      <c r="C44" s="30"/>
+      <c r="D44" s="31"/>
+      <c r="E44" s="43"/>
+      <c r="F44" s="43"/>
+      <c r="G44" s="32"/>
+      <c r="H44" s="31"/>
       <c r="I44" s="9"/>
       <c r="J44" s="9"/>
     </row>
-    <row r="45" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C45" s="29">
+    <row r="45" spans="1:11" s="15" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="56" t="s">
+        <v>54</v>
+      </c>
+      <c r="B45" s="56"/>
+      <c r="C45" s="56"/>
+      <c r="D45" s="56"/>
+      <c r="E45" s="56"/>
+      <c r="F45" s="56"/>
+      <c r="G45" s="56"/>
+      <c r="H45" s="56"/>
+      <c r="I45" s="56"/>
+      <c r="J45" s="56"/>
+      <c r="K45" s="14"/>
+    </row>
+    <row r="46" spans="1:11" ht="30.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="57" t="s">
+        <v>55</v>
+      </c>
+      <c r="B46" s="57"/>
+      <c r="C46" s="57"/>
+      <c r="D46" s="57"/>
+      <c r="E46" s="57"/>
+      <c r="F46" s="57"/>
+      <c r="G46" s="57"/>
+      <c r="H46" s="57"/>
+      <c r="I46" s="57"/>
+      <c r="J46" s="57"/>
+    </row>
+    <row r="47" spans="1:11" ht="24.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="D45" s="31" t="s">
-[...45 lines deleted...]
-    <row r="48" spans="1:10" ht="11.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B47" s="7">
+        <v>1</v>
+      </c>
+      <c r="C47" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="D47" s="39"/>
+      <c r="E47" s="39"/>
+      <c r="F47" s="39"/>
+      <c r="G47" s="39"/>
+      <c r="H47" s="39"/>
+      <c r="I47" s="39"/>
+      <c r="J47" s="39"/>
+    </row>
+    <row r="48" spans="1:11" ht="9.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="10"/>
-      <c r="C48" s="29"/>
-[...4 lines deleted...]
-      <c r="H48" s="31"/>
+      <c r="C48" s="12"/>
+      <c r="D48" s="12"/>
+      <c r="E48" s="12"/>
+      <c r="F48" s="12"/>
+      <c r="G48" s="12"/>
+      <c r="H48" s="12"/>
       <c r="I48" s="9"/>
       <c r="J48" s="9"/>
     </row>
-    <row r="49" spans="1:11" s="15" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="A51" s="16" t="s">
+    <row r="49" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B51" s="7">
-[...28 lines deleted...]
-      <c r="B53" s="7">
+      <c r="B49" s="7">
         <v>2</v>
       </c>
-      <c r="C53" s="35" t="s">
-[...19 lines deleted...]
-      <c r="J54" s="9"/>
+      <c r="C49" s="39" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="39"/>
+      <c r="E49" s="39"/>
+      <c r="F49" s="39"/>
+      <c r="G49" s="39"/>
+      <c r="H49" s="39"/>
+      <c r="I49" s="39"/>
+      <c r="J49" s="39"/>
+    </row>
+    <row r="50" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="10"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="12"/>
+      <c r="E50" s="12"/>
+      <c r="F50" s="12"/>
+      <c r="G50" s="12"/>
+      <c r="H50" s="12"/>
+      <c r="I50" s="9"/>
+      <c r="J50" s="9"/>
     </row>
   </sheetData>
-  <mergeCells count="39">
-[...6 lines deleted...]
-    <mergeCell ref="D43:F43"/>
+  <mergeCells count="45">
+    <mergeCell ref="A45:J45"/>
+    <mergeCell ref="A46:J46"/>
+    <mergeCell ref="G40:H40"/>
+    <mergeCell ref="G41:H41"/>
+    <mergeCell ref="C37:I37"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="G42:H42"/>
+    <mergeCell ref="G43:H43"/>
+    <mergeCell ref="C17:J17"/>
+    <mergeCell ref="C21:J21"/>
+    <mergeCell ref="C23:J23"/>
+    <mergeCell ref="C49:J49"/>
+    <mergeCell ref="C34:J34"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="F35:G35"/>
+    <mergeCell ref="C47:J47"/>
+    <mergeCell ref="D38:F38"/>
+    <mergeCell ref="D39:F39"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="E41:F41"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="E43:F43"/>
     <mergeCell ref="E44:F44"/>
-    <mergeCell ref="E45:F45"/>
-[...5 lines deleted...]
-    <mergeCell ref="C41:I41"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="C5:I5"/>
     <mergeCell ref="C3:I3"/>
     <mergeCell ref="C15:J15"/>
     <mergeCell ref="A13:J13"/>
     <mergeCell ref="A11:J11"/>
     <mergeCell ref="D7:J7"/>
     <mergeCell ref="A9:E9"/>
     <mergeCell ref="A14:H14"/>
     <mergeCell ref="I14:J14"/>
-    <mergeCell ref="E33:F33"/>
-[...8 lines deleted...]
-    <mergeCell ref="F28:G28"/>
     <mergeCell ref="C19:J19"/>
-    <mergeCell ref="C23:J23"/>
-[...3 lines deleted...]
-    <mergeCell ref="D32:F32"/>
+    <mergeCell ref="D27:F27"/>
+    <mergeCell ref="E29:F29"/>
+    <mergeCell ref="I40:J40"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="E31:F31"/>
+    <mergeCell ref="C26:I26"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="F24:G24"/>
+    <mergeCell ref="E32:F32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="72" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup scale="57" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="48" max="9" man="1"/>
+    <brk id="44" max="9" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7E56DE2C-B489-4264-A4D7-23B75F8ECF47}">
           <x14:formula1>
-            <xm:f>List!$A$1:$A$81</xm:f>
+            <xm:f>List!$A$1:$A$84</xm:f>
           </x14:formula1>
           <xm:sqref>D7:J7</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BFDEF9C4-CB75-4E15-8015-492963B16649}">
-  <dimension ref="A1:A81"/>
+  <dimension ref="A1:C86"/>
   <sheetViews>
-    <sheetView topLeftCell="A8" workbookViewId="0">
-      <selection activeCell="C11" sqref="C11"/>
+    <sheetView topLeftCell="A63" workbookViewId="0">
+      <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="54.28515625" customWidth="1"/>
+    <col min="1" max="1" width="49.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A1" s="24" t="s">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A1" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1" s="35"/>
+    </row>
+    <row r="2" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A2" s="26" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" s="35"/>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A3" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" s="35"/>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A4" s="26" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="35"/>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A5" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="35"/>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A6" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="35"/>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A7" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="35"/>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A8" s="26" t="s">
+        <v>105</v>
+      </c>
+      <c r="C8" s="35"/>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A9" s="27" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="36"/>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A10" s="26" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" s="36"/>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A11" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="36"/>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A12" s="26" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="24" t="s">
+      <c r="C12" s="35"/>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A13" s="26" t="s">
         <v>17</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A4" s="24" t="s">
+      <c r="C13" s="35"/>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A14" s="26" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="24" t="s">
+      <c r="C14" s="35"/>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A15" s="26" t="s">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="24" t="s">
+      <c r="C15" s="35"/>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A16" s="26" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" s="35"/>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A17" s="26" t="s">
         <v>21</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="24" t="s">
+      <c r="C17" s="35"/>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A18" s="26" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="24" t="s">
+      <c r="C18" s="35"/>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A19" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="C19" s="35"/>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A20" s="26" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="35"/>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A21" s="26" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" s="35"/>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A22" s="26" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="24" t="s">
+      <c r="C22" s="35"/>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A23" s="26" t="s">
+        <v>97</v>
+      </c>
+      <c r="C23" s="35"/>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A24" s="27" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="24" t="s">
+      <c r="C24" s="36"/>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A25" s="27" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="25" t="s">
+      <c r="C25" s="36"/>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A26" s="27" t="s">
+        <v>121</v>
+      </c>
+      <c r="C26" s="36"/>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A27" s="26" t="s">
         <v>26</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" s="24" t="s">
+      <c r="C27" s="35"/>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A28" s="26" t="s">
+        <v>94</v>
+      </c>
+      <c r="C28" s="35"/>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A29" s="26" t="s">
+        <v>112</v>
+      </c>
+      <c r="C29" s="35"/>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A30" s="26" t="s">
+        <v>100</v>
+      </c>
+      <c r="C30" s="35"/>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A31" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="C31" s="35"/>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A32" s="26" t="s">
         <v>27</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" s="24" t="s">
+      <c r="C32" s="35"/>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A33" s="26" t="s">
+        <v>116</v>
+      </c>
+      <c r="C33" s="35"/>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A34" s="26" t="s">
         <v>28</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="24" t="s">
+      <c r="C34" s="35"/>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A35" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="C35" s="35"/>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A36" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="C36" s="35"/>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A37" s="26" t="s">
+        <v>129</v>
+      </c>
+      <c r="C37" s="35"/>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A38" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="C38" s="36"/>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A39" s="26" t="s">
+        <v>89</v>
+      </c>
+      <c r="C39" s="35"/>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A40" s="26" t="s">
+        <v>114</v>
+      </c>
+      <c r="C40" s="35"/>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A41" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="C41" s="35"/>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A42" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="C42" s="35"/>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A43" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="C43" s="35"/>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A44" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="C44" s="35"/>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A45" s="26" t="s">
         <v>117</v>
       </c>
-    </row>
-[...26 lines deleted...]
-      <c r="A20" s="24" t="s">
+      <c r="C45" s="35"/>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A46" s="26" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" s="24" t="s">
+      <c r="C46" s="35"/>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A47" s="26" t="s">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="24" t="s">
+      <c r="C47" s="35"/>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A48" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="C48" s="35"/>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A49" s="26" t="s">
+        <v>123</v>
+      </c>
+      <c r="C49" s="35"/>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A50" s="38" t="s">
+        <v>118</v>
+      </c>
+      <c r="C50" s="35"/>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A51" s="26" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" s="24" t="s">
+      <c r="C51" s="35"/>
+    </row>
+    <row r="52" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A52" s="26" t="s">
         <v>37</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" s="24" t="s">
+      <c r="C52" s="35"/>
+    </row>
+    <row r="53" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A53" s="26" t="s">
+        <v>76</v>
+      </c>
+      <c r="C53" s="35"/>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A54" s="26" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" s="25" t="s">
+      <c r="C54" s="35"/>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A55" s="27" t="s">
+        <v>124</v>
+      </c>
+      <c r="C55" s="36"/>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A56" s="26" t="s">
+        <v>108</v>
+      </c>
+      <c r="C56" s="35"/>
+    </row>
+    <row r="57" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A57" s="26" t="s">
         <v>39</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" s="25" t="s">
+      <c r="C57" s="35"/>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A58" s="26" t="s">
         <v>40</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" s="25" t="s">
+      <c r="C58" s="35"/>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A59" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="C59" s="35"/>
+    </row>
+    <row r="60" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A60" s="26" t="s">
+        <v>77</v>
+      </c>
+      <c r="C60" s="35"/>
+    </row>
+    <row r="61" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A61" s="26" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A28" s="24" t="s">
+      <c r="C61" s="35"/>
+    </row>
+    <row r="62" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A62" s="26" t="s">
+        <v>107</v>
+      </c>
+      <c r="C62" s="35"/>
+    </row>
+    <row r="63" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A63" s="26" t="s">
         <v>42</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A29" s="24" t="s">
+      <c r="C63" s="35"/>
+    </row>
+    <row r="64" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A64" s="26" t="s">
         <v>43</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A30" s="24" t="s">
+      <c r="C64" s="36"/>
+    </row>
+    <row r="65" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A65" s="27" t="s">
         <v>44</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="24" t="s">
+      <c r="C65" s="35"/>
+    </row>
+    <row r="66" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A66" s="26" t="s">
+        <v>125</v>
+      </c>
+      <c r="C66" s="35"/>
+    </row>
+    <row r="67" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A67" s="26" t="s">
         <v>45</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="24" t="s">
+      <c r="C67" s="35"/>
+    </row>
+    <row r="68" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A68" s="26" t="s">
+        <v>113</v>
+      </c>
+      <c r="C68" s="35"/>
+    </row>
+    <row r="69" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A69" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="C69" s="36"/>
+    </row>
+    <row r="70" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A70" s="27" t="s">
+        <v>106</v>
+      </c>
+      <c r="C70" s="36"/>
+    </row>
+    <row r="71" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A71" s="27" t="s">
+        <v>119</v>
+      </c>
+      <c r="C71" s="36"/>
+    </row>
+    <row r="72" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A72" s="27" t="s">
         <v>46</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="24" t="s">
+      <c r="C72" s="35"/>
+    </row>
+    <row r="73" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A73" s="26" t="s">
+        <v>126</v>
+      </c>
+      <c r="C73" s="36"/>
+    </row>
+    <row r="74" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A74" s="27" t="s">
+        <v>120</v>
+      </c>
+      <c r="C74" s="36"/>
+    </row>
+    <row r="75" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A75" s="27" t="s">
+        <v>104</v>
+      </c>
+      <c r="C75" s="35"/>
+    </row>
+    <row r="76" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A76" s="26" t="s">
+        <v>122</v>
+      </c>
+      <c r="C76" s="35"/>
+    </row>
+    <row r="77" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A77" s="26" t="s">
         <v>47</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="24" t="s">
+      <c r="C77" s="35"/>
+    </row>
+    <row r="78" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A78" s="26" t="s">
         <v>48</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A35" s="24" t="s">
+      <c r="C78" s="35"/>
+    </row>
+    <row r="79" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A79" s="26" t="s">
         <v>49</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A36" s="24" t="s">
+      <c r="C79" s="35"/>
+    </row>
+    <row r="80" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A80" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="C80" s="36"/>
+    </row>
+    <row r="81" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A81" s="27" t="s">
+        <v>128</v>
+      </c>
+      <c r="C81" s="35"/>
+    </row>
+    <row r="82" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A82" s="26" t="s">
         <v>50</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A37" s="24" t="s">
+      <c r="C82" s="35"/>
+    </row>
+    <row r="83" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A83" s="26" t="s">
         <v>51</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A38" s="24" t="s">
+      <c r="C83" s="35"/>
+    </row>
+    <row r="84" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="A84" s="26" t="s">
         <v>52</v>
       </c>
-    </row>
-[...213 lines deleted...]
-      </c>
+      <c r="C84" s="37"/>
+    </row>
+    <row r="85" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="C85" s="37"/>
+    </row>
+    <row r="86" spans="1:3" x14ac:dyDescent="0.3">
+      <c r="C86" s="37"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
-      <vt:lpstr>23-24 Request for Documents</vt:lpstr>
+      <vt:lpstr>Request for Documents</vt:lpstr>
       <vt:lpstr>List</vt:lpstr>
-      <vt:lpstr>'23-24 Request for Documents'!Print_Area</vt:lpstr>
-      <vt:lpstr>'23-24 Request for Documents'!Print_Titles</vt:lpstr>
+      <vt:lpstr>'Request for Documents'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Request for Documents'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>FY 23-24 BIP Request for Documents (Excel)</dc:title>
   <dc:creator>Suncara S Jackson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>