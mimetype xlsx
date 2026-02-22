--- v0 (2025-10-08)
+++ v1 (2026-02-22)
@@ -4,86 +4,86 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty2.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/customProperty3.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\HQFILESERV\DV_Services\DV_Quality\BIP\3- BIP Monitoring Resources\2- BIP Monitoring Tools and Templates\5- Tools &amp; Checklists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7AEFE6D5-7F06-43AB-B259-F92330BD486C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B2324743-FAFA-4C84-98AD-180E0B2E116D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="24" windowWidth="23040" windowHeight="12216" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BIP Policy Checklist" sheetId="4" r:id="rId1"/>
     <sheet name="Lists" sheetId="5" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="Centers">Lists!$B$1:$B$41</definedName>
-[...1 lines deleted...]
-    <definedName name="Monitors">Lists!$E$1:$E$4</definedName>
+    <definedName name="Centers">Lists!$B$1:$B$39</definedName>
+    <definedName name="ContractMonitors">Lists!$E$1:$E$6</definedName>
+    <definedName name="Monitors">Lists!$E$1:$E$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="149" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="143">
   <si>
     <t>YES</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Reviewed By:</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
     <t>Submitted By:</t>
   </si>
   <si>
     <t>POLICY LOCATION/PAGE #</t>
   </si>
   <si>
     <t>OFFICE OF DOMESTIC VIOLENCE</t>
   </si>
   <si>
     <t>Program Name:</t>
   </si>
   <si>
@@ -143,53 +143,50 @@
   <si>
     <t>Providing initial notification that the perpetrator is attending a BIP?</t>
   </si>
   <si>
     <t>Determining whether the victim wants to receive information about the perpetrator's progress or provide information so that the provider can better understand the context of the perpetrator's violence?</t>
   </si>
   <si>
     <t>When and how to share information regarding threats of violence made by the perpetrator during group sessions?</t>
   </si>
   <si>
     <t>Conflict of interest (direct-service staff, program employees, assessors, concurrent treatment providers, and program participants may not engage in any activity that presents a conflict of interest or the appearance of a conflict of interest)?</t>
   </si>
   <si>
     <t>Intake/enrollment (including participant absences and conduct)?</t>
   </si>
   <si>
     <t>Record keeping and reporting?</t>
   </si>
   <si>
     <t>Fee collection and acceptance of indigent participants?</t>
   </si>
   <si>
     <t>Domestic violence in the workplace?</t>
   </si>
   <si>
-    <t>Kevin Tarrance</t>
-[...1 lines deleted...]
-  <si>
     <t>Non-discrimination (services shall not be denied to any person because of race, ethnicity, national origin, religion, age, gender, sex, sexual orientation, or disability)?</t>
   </si>
   <si>
     <t>Batterers' Intervention Program Policy Checklist</t>
   </si>
   <si>
     <t>Authority</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(1), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(2), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(4), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(5), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(9), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(10), FAC</t>
@@ -197,316 +194,334 @@
   <si>
     <t>65H-2.016(4)(a)(11), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(6), FAC; 65H-2.016(3), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(b), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(8), FAC; 65H-2.016(5)(a), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(a)(3), FAC; 65H-2.016(6)(c) and (d), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(b), FAC; 65H-2.020(1), FAC</t>
   </si>
   <si>
     <t>65H-2.016(4)(b), FAC; 65H-2.016(2)(a), FAC</t>
   </si>
   <si>
     <t>65H-2.016(8)(a), FAC</t>
   </si>
   <si>
+    <t>For BIP Certification Specialist Use Only:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A Better Man Project </t>
+  </si>
+  <si>
+    <t>A Peaceful Mind Counseling Group</t>
+  </si>
+  <si>
+    <t>Abolish Abuse</t>
+  </si>
+  <si>
+    <t>Abuse Counseling and Treatment Inc.</t>
+  </si>
+  <si>
+    <t>Abusive Partners of Palm Beach County</t>
+  </si>
+  <si>
+    <t>ADAP Counseling Services</t>
+  </si>
+  <si>
+    <t>AIM Target Programs, Inc.</t>
+  </si>
+  <si>
+    <t>Alliance For Psychological Services</t>
+  </si>
+  <si>
+    <t>Alliance Mental Health Services, Inc.</t>
+  </si>
+  <si>
+    <t>All Things New Again, LLC</t>
+  </si>
+  <si>
+    <t>ANAGA Psychotherapy Center</t>
+  </si>
+  <si>
+    <t>Andrea Barragan</t>
+  </si>
+  <si>
+    <t>Avila Health Group</t>
+  </si>
+  <si>
+    <t>Behavior Management Services</t>
+  </si>
+  <si>
+    <t>Central Florida Recovery Centers, Inc.</t>
+  </si>
+  <si>
+    <t>Choices, Chances, Changes    </t>
+  </si>
+  <si>
+    <t>Clear View Concepts, Inc.</t>
+  </si>
+  <si>
+    <t>Clinicians Group</t>
+  </si>
+  <si>
+    <t>Counseling of S.W. Florida</t>
+  </si>
+  <si>
+    <t>Creative Counseling Services of Gainesville, Inc.</t>
+  </si>
+  <si>
+    <t>Dr. Kimberly Wilcox PhD, CTP</t>
+  </si>
+  <si>
+    <t>Fisher Counseling &amp; Mediation Services, Inc.</t>
+  </si>
+  <si>
+    <t>Florida Family Care</t>
+  </si>
+  <si>
+    <t>Florida Treatment for Change, Inc</t>
+  </si>
+  <si>
+    <t>Free Spirit Evangelistic Outreach Ministries, Inc.</t>
+  </si>
+  <si>
+    <t>GAMA Counseling and Services, LLC</t>
+  </si>
+  <si>
+    <t>Integrated Healthcare Systems</t>
+  </si>
+  <si>
+    <t>Interventions Enterprises, Inc.</t>
+  </si>
+  <si>
+    <t>Kids Bridge Batterers' Intervention Program</t>
+  </si>
+  <si>
+    <t>Major Impact Supports</t>
+  </si>
+  <si>
+    <t>Mastery Solutions</t>
+  </si>
+  <si>
+    <t>Miami-Dade Community Services</t>
+  </si>
+  <si>
+    <t>Oasis Counseling</t>
+  </si>
+  <si>
+    <t>Paul T. Wheeler</t>
+  </si>
+  <si>
+    <t>Peace Beyond Sights BIP</t>
+  </si>
+  <si>
+    <t>Professional Counseling and Consulting Group</t>
+  </si>
+  <si>
+    <t>Second Chance Educational Counseling Services, LLC</t>
+  </si>
+  <si>
+    <t>TLC Counseling Services</t>
+  </si>
+  <si>
+    <t>Tonine Garberino, LLC</t>
+  </si>
+  <si>
+    <t>Treasure Coast Counseling Center, Inc.</t>
+  </si>
+  <si>
+    <t>WestCare GulfCoast-Florida, Inc.</t>
+  </si>
+  <si>
+    <t>Western Judicial Services, Inc.</t>
+  </si>
+  <si>
+    <t>West Miami CHMC, Inc.</t>
+  </si>
+  <si>
+    <t>Kefi Counseling, LLC</t>
+  </si>
+  <si>
+    <t>Metropolitan Behavioral Services, LLC</t>
+  </si>
+  <si>
+    <t>All Family Resource Center, LLC</t>
+  </si>
+  <si>
+    <t>Beltran Psychological Services, LLC</t>
+  </si>
+  <si>
+    <t>Confidential Counseling Agency, LLC</t>
+  </si>
+  <si>
+    <t>Families Against Abuse BIP and Counseling Services, LLC</t>
+  </si>
+  <si>
+    <t>Dade Family Counseling, Inc.</t>
+  </si>
+  <si>
+    <t>Praxis Counseling</t>
+  </si>
+  <si>
+    <t>Sober Solutions Counseling, Inc.</t>
+  </si>
+  <si>
+    <t>CMET, LLC</t>
+  </si>
+  <si>
+    <t>Maritza Ramirez-Combs</t>
+  </si>
+  <si>
+    <t>Healing Hearts Ministry Outreach, Inc.</t>
+  </si>
+  <si>
+    <t>Change In Motion, LLC</t>
+  </si>
+  <si>
+    <t>Community Hands of Hope, LLC</t>
+  </si>
+  <si>
+    <t>Equality Foundation, LLC</t>
+  </si>
+  <si>
+    <t>Best Life Counseling, LLC</t>
+  </si>
+  <si>
+    <t>Feel Psychotherapies, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Answer "YES" or "NO" for each policy requirement below, and notate the location of the requested information, if applicable. Attach [ONLY CHANGED SINCE LAST YEAR, IF APPLICABLE] policy when submitting the completed checklist. </t>
+  </si>
+  <si>
+    <t>Michelle Roberts</t>
+  </si>
+  <si>
+    <t>Synergy Family Therapy and Mental Wellness Group, LLC</t>
+  </si>
+  <si>
+    <t>Affordable Counseling, Inc.</t>
+  </si>
+  <si>
+    <t>Resolutions Health Alliance, P.A.</t>
+  </si>
+  <si>
+    <t>New Way Counseling Services, Inc.</t>
+  </si>
+  <si>
+    <t>MAC Associates</t>
+  </si>
+  <si>
+    <t>A No Abuse, Inc.</t>
+  </si>
+  <si>
+    <t>Avalon Treatment Center, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mental Massage Counseling, Inc. </t>
+  </si>
+  <si>
+    <t>Collier County Counseling, Inc.</t>
+  </si>
+  <si>
+    <t>Professional Counseling Associates Center, LLC</t>
+  </si>
+  <si>
+    <t>Family Resource Connection, Inc.</t>
+  </si>
+  <si>
+    <t>Psychological Management Group, P.A.</t>
+  </si>
+  <si>
+    <t>Keenan Jackson</t>
+  </si>
+  <si>
+    <t>password to unprotect: BIP2026</t>
+  </si>
+  <si>
     <t>Summer Page</t>
   </si>
   <si>
-    <t>Maritza Ramirez</t>
-[...251 lines deleted...]
-    <t>All Family Resource Center, LLC</t>
+    <t>Court Ordered Counseling, LLC</t>
+  </si>
+  <si>
+    <t>Foundations to Healing, Inc.</t>
+  </si>
+  <si>
+    <t>Inspire Counseling &amp; Support Center</t>
+  </si>
+  <si>
+    <t>Salvation Army Batterers' Intervention Program</t>
+  </si>
+  <si>
+    <t>STOP, Inc. BIP</t>
+  </si>
+  <si>
+    <t>Clearview Education &amp; Counseling, LLC</t>
+  </si>
+  <si>
+    <t>The Holistic Plan of Care, Inc.</t>
+  </si>
+  <si>
+    <t>In Community Counseling, LLC</t>
+  </si>
+  <si>
+    <t>Lakeview Center, Inc.</t>
+  </si>
+  <si>
+    <t>Life Skills Institute Counseling, LLC</t>
+  </si>
+  <si>
+    <t>Pinellas County Sheriff's Office</t>
+  </si>
+  <si>
+    <t>Tri-County Counseling &amp; Life Skills</t>
+  </si>
+  <si>
+    <t>Ways to Better Options, LLC    </t>
+  </si>
+  <si>
+    <t>Embrace Your Emotions Services, LLC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yyyy;@"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
@@ -545,70 +560,78 @@
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color rgb="FFC00000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="16"/>
-[...5 lines deleted...]
-      <b/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="16"/>
+      <color rgb="FFC00000"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -741,51 +764,51 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="58">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
@@ -834,126 +857,131 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center" wrapText="1"/>
-[...28 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF00FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1306,1089 +1334,1110 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G3" sqref="G3"/>
+      <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17" style="11" customWidth="1"/>
-    <col min="2" max="2" width="86.42578125" style="11" customWidth="1"/>
+    <col min="2" max="2" width="86.44140625" style="11" customWidth="1"/>
     <col min="3" max="3" width="20" style="11" customWidth="1"/>
-    <col min="4" max="5" width="5.85546875" style="10" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="11"/>
+    <col min="4" max="4" width="9.21875" style="10" customWidth="1"/>
+    <col min="5" max="5" width="5.88671875" style="10" customWidth="1"/>
+    <col min="6" max="6" width="35.44140625" style="11" customWidth="1"/>
+    <col min="7" max="7" width="9.109375" style="11" customWidth="1"/>
+    <col min="8" max="8" width="9.44140625" style="11" customWidth="1"/>
+    <col min="9" max="16384" width="9.109375" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="18"/>
       <c r="B1" s="18"/>
       <c r="C1" s="18"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="18"/>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="18"/>
       <c r="B2" s="18"/>
       <c r="C2" s="18"/>
       <c r="D2" s="19"/>
       <c r="E2" s="19"/>
       <c r="F2" s="18"/>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:7" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A3" s="20"/>
       <c r="B3" s="20"/>
       <c r="C3" s="20"/>
       <c r="D3" s="19"/>
       <c r="E3" s="19"/>
       <c r="F3" s="18"/>
     </row>
-    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="18"/>
       <c r="B4" s="18"/>
       <c r="C4" s="18"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="18"/>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="18"/>
       <c r="B5" s="18"/>
       <c r="C5" s="18"/>
       <c r="D5" s="19"/>
       <c r="E5" s="19"/>
       <c r="F5" s="18"/>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A6" s="50" t="s">
+    <row r="6" spans="1:7" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A6" s="47" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="50"/>
-[...3 lines deleted...]
-      <c r="F6" s="50"/>
+      <c r="B6" s="47"/>
+      <c r="C6" s="47"/>
+      <c r="D6" s="47"/>
+      <c r="E6" s="47"/>
+      <c r="F6" s="47"/>
       <c r="G6" s="12"/>
     </row>
-    <row r="7" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="F7" s="49"/>
+    <row r="7" spans="1:7" ht="18" x14ac:dyDescent="0.35">
+      <c r="A7" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="46"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
+      <c r="E7" s="46"/>
+      <c r="F7" s="46"/>
       <c r="G7" s="12"/>
     </row>
-    <row r="8" spans="1:7" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" ht="20.399999999999999" x14ac:dyDescent="0.35">
       <c r="A8" s="21"/>
       <c r="B8" s="21"/>
       <c r="C8" s="21"/>
       <c r="D8" s="21"/>
       <c r="E8" s="21"/>
       <c r="F8" s="21"/>
     </row>
-    <row r="9" spans="1:7" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" ht="20.399999999999999" x14ac:dyDescent="0.35">
       <c r="A9" s="22" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="9"/>
       <c r="C9" s="24"/>
       <c r="D9" s="21"/>
       <c r="E9" s="21"/>
       <c r="F9" s="13"/>
     </row>
-    <row r="10" spans="1:7" s="14" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" s="14" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="23" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="8"/>
       <c r="C10" s="25"/>
       <c r="D10" s="26"/>
       <c r="E10" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="F10" s="43"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:7" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="F10" s="42"/>
+    </row>
+    <row r="11" spans="1:7" ht="20.399999999999999" x14ac:dyDescent="0.35">
       <c r="A11" s="27"/>
       <c r="B11" s="28"/>
       <c r="C11" s="28"/>
       <c r="D11" s="19"/>
       <c r="E11" s="19"/>
       <c r="F11" s="18"/>
     </row>
-    <row r="12" spans="1:7" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" s="44" customFormat="1" ht="61.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="54" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
       <c r="B12" s="55"/>
       <c r="C12" s="29" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" s="43" t="s">
+        <v>0</v>
+      </c>
+      <c r="E12" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="F12" s="43" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" s="49"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
+      <c r="E13" s="49"/>
+      <c r="F13" s="50"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A14" s="56" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" s="57"/>
+      <c r="C14" s="30" t="s">
         <v>37</v>
-      </c>
-[...26 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D14" s="6"/>
       <c r="E14" s="7"/>
       <c r="F14" s="7"/>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A15" s="44" t="s">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="56" t="s">
         <v>10</v>
       </c>
-      <c r="B15" s="45"/>
-[...1 lines deleted...]
-        <v>39</v>
+      <c r="B15" s="57"/>
+      <c r="C15" s="30" t="s">
+        <v>38</v>
       </c>
       <c r="D15" s="6"/>
       <c r="E15" s="7"/>
       <c r="F15" s="7"/>
     </row>
-    <row r="16" spans="1:7" ht="38.25" x14ac:dyDescent="0.3">
-      <c r="A16" s="44" t="s">
+    <row r="16" spans="1:7" ht="41.4" x14ac:dyDescent="0.25">
+      <c r="A16" s="56" t="s">
         <v>30</v>
       </c>
-      <c r="B16" s="45"/>
-[...1 lines deleted...]
-        <v>48</v>
+      <c r="B16" s="57"/>
+      <c r="C16" s="30" t="s">
+        <v>47</v>
       </c>
       <c r="D16" s="6"/>
       <c r="E16" s="7"/>
       <c r="F16" s="7"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A17" s="44" t="s">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="56" t="s">
         <v>11</v>
       </c>
-      <c r="B17" s="45"/>
-[...1 lines deleted...]
-        <v>40</v>
+      <c r="B17" s="57"/>
+      <c r="C17" s="30" t="s">
+        <v>39</v>
       </c>
       <c r="D17" s="6"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A18" s="44" t="s">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="56" t="s">
         <v>31</v>
       </c>
-      <c r="B18" s="45"/>
-[...1 lines deleted...]
-        <v>41</v>
+      <c r="B18" s="57"/>
+      <c r="C18" s="30" t="s">
+        <v>40</v>
       </c>
       <c r="D18" s="6"/>
       <c r="E18" s="7"/>
       <c r="F18" s="7"/>
     </row>
-    <row r="19" spans="1:6" ht="25.5" x14ac:dyDescent="0.3">
-      <c r="A19" s="44" t="s">
+    <row r="19" spans="1:6" ht="27.6" x14ac:dyDescent="0.25">
+      <c r="A19" s="56" t="s">
         <v>32</v>
       </c>
-      <c r="B19" s="45"/>
-[...1 lines deleted...]
-        <v>45</v>
+      <c r="B19" s="57"/>
+      <c r="C19" s="30" t="s">
+        <v>44</v>
       </c>
       <c r="D19" s="6"/>
       <c r="E19" s="7"/>
       <c r="F19" s="7"/>
     </row>
-    <row r="20" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-        <v>47</v>
+    <row r="20" spans="1:6" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="56" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="57"/>
+      <c r="C20" s="30" t="s">
+        <v>46</v>
       </c>
       <c r="D20" s="6"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
     </row>
-    <row r="21" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A21" s="44" t="s">
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="56" t="s">
         <v>12</v>
       </c>
-      <c r="B21" s="45"/>
-[...1 lines deleted...]
-        <v>42</v>
+      <c r="B21" s="57"/>
+      <c r="C21" s="30" t="s">
+        <v>41</v>
       </c>
       <c r="D21" s="6"/>
       <c r="E21" s="7"/>
       <c r="F21" s="7"/>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A22" s="44" t="s">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="56" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="45"/>
-[...1 lines deleted...]
-        <v>43</v>
+      <c r="B22" s="57"/>
+      <c r="C22" s="30" t="s">
+        <v>42</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="7"/>
       <c r="F22" s="7"/>
     </row>
-    <row r="23" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="44" t="s">
+    <row r="23" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="56" t="s">
         <v>14</v>
       </c>
-      <c r="B23" s="45"/>
-[...1 lines deleted...]
-        <v>44</v>
+      <c r="B23" s="57"/>
+      <c r="C23" s="30" t="s">
+        <v>43</v>
       </c>
       <c r="D23" s="6"/>
       <c r="E23" s="7"/>
       <c r="F23" s="7"/>
     </row>
-    <row r="24" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="46" t="s">
+    <row r="24" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="47"/>
-[...6 lines deleted...]
-      <c r="A25" s="44" t="s">
+      <c r="B24" s="49"/>
+      <c r="C24" s="49"/>
+      <c r="D24" s="49"/>
+      <c r="E24" s="49"/>
+      <c r="F24" s="50"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="56" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="45"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="B25" s="57"/>
+      <c r="C25" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="D25" s="6"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A26" s="44" t="s">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="56" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="45"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="B26" s="57"/>
+      <c r="C26" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="D26" s="6"/>
       <c r="E26" s="7"/>
       <c r="F26" s="7"/>
     </row>
-    <row r="27" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A27" s="44" t="s">
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="56" t="s">
         <v>18</v>
       </c>
-      <c r="B27" s="45"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="B27" s="57"/>
+      <c r="C27" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A28" s="44" t="s">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="56" t="s">
         <v>19</v>
       </c>
-      <c r="B28" s="45"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="B28" s="57"/>
+      <c r="C28" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="D28" s="6"/>
       <c r="E28" s="7"/>
       <c r="F28" s="7"/>
     </row>
-    <row r="29" spans="1:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="44" t="s">
+    <row r="29" spans="1:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="56" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="45"/>
-[...1 lines deleted...]
-        <v>49</v>
+      <c r="B29" s="57"/>
+      <c r="C29" s="30" t="s">
+        <v>48</v>
       </c>
       <c r="D29" s="6"/>
       <c r="E29" s="7"/>
       <c r="F29" s="7"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A30" s="44" t="s">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" s="56" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="45"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="B30" s="57"/>
+      <c r="C30" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="D30" s="6"/>
       <c r="E30" s="7"/>
       <c r="F30" s="7"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A31" s="44" t="s">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="56" t="s">
         <v>21</v>
       </c>
-      <c r="B31" s="45"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="B31" s="57"/>
+      <c r="C31" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="D31" s="6"/>
       <c r="E31" s="7"/>
       <c r="F31" s="7"/>
     </row>
-    <row r="32" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A32" s="44" t="s">
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" s="56" t="s">
         <v>22</v>
       </c>
-      <c r="B32" s="45"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="B32" s="57"/>
+      <c r="C32" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="D32" s="6"/>
       <c r="E32" s="7"/>
       <c r="F32" s="7"/>
     </row>
-    <row r="33" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="44" t="s">
+    <row r="33" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="56" t="s">
         <v>23</v>
       </c>
-      <c r="B33" s="45"/>
-[...1 lines deleted...]
-        <v>50</v>
+      <c r="B33" s="57"/>
+      <c r="C33" s="30" t="s">
+        <v>49</v>
       </c>
       <c r="D33" s="6"/>
       <c r="E33" s="7"/>
       <c r="F33" s="7"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A34" s="44" t="s">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="56" t="s">
         <v>33</v>
       </c>
-      <c r="B34" s="45"/>
-[...1 lines deleted...]
-        <v>46</v>
+      <c r="B34" s="57"/>
+      <c r="C34" s="30" t="s">
+        <v>45</v>
       </c>
       <c r="D34" s="6"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A35" s="46" t="s">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="48" t="s">
         <v>24</v>
       </c>
-      <c r="B35" s="47"/>
-[...3 lines deleted...]
-      <c r="F35" s="48"/>
+      <c r="B35" s="49"/>
+      <c r="C35" s="49"/>
+      <c r="D35" s="49"/>
+      <c r="E35" s="49"/>
+      <c r="F35" s="50"/>
       <c r="H35" s="15"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A36" s="44" t="s">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="56" t="s">
         <v>25</v>
       </c>
-      <c r="B36" s="45"/>
-[...1 lines deleted...]
-        <v>51</v>
+      <c r="B36" s="57"/>
+      <c r="C36" s="30" t="s">
+        <v>50</v>
       </c>
       <c r="D36" s="6"/>
       <c r="E36" s="7"/>
       <c r="F36" s="6"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A37" s="44" t="s">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="B37" s="45"/>
-[...1 lines deleted...]
-        <v>51</v>
+      <c r="B37" s="57"/>
+      <c r="C37" s="30" t="s">
+        <v>50</v>
       </c>
       <c r="D37" s="6"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
     </row>
-    <row r="38" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="44" t="s">
+    <row r="38" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="56" t="s">
         <v>27</v>
       </c>
-      <c r="B38" s="45"/>
-[...1 lines deleted...]
-        <v>51</v>
+      <c r="B38" s="57"/>
+      <c r="C38" s="30" t="s">
+        <v>50</v>
       </c>
       <c r="D38" s="6"/>
       <c r="E38" s="7"/>
       <c r="F38" s="7"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A39" s="44" t="s">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A39" s="56" t="s">
         <v>28</v>
       </c>
-      <c r="B39" s="45"/>
-[...1 lines deleted...]
-        <v>51</v>
+      <c r="B39" s="57"/>
+      <c r="C39" s="30" t="s">
+        <v>50</v>
       </c>
       <c r="D39" s="6"/>
       <c r="E39" s="7"/>
       <c r="F39" s="7"/>
     </row>
-    <row r="40" spans="1:8" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-    <row r="41" spans="1:8" ht="14.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="31"/>
+      <c r="B40" s="31"/>
+      <c r="C40" s="31"/>
+      <c r="D40" s="32"/>
+      <c r="E40" s="32"/>
+      <c r="F40" s="31"/>
+    </row>
+    <row r="41" spans="1:8" ht="14.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="51" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B41" s="52"/>
       <c r="C41" s="52"/>
       <c r="D41" s="52"/>
       <c r="E41" s="52"/>
       <c r="F41" s="53"/>
     </row>
-    <row r="42" spans="1:8" s="14" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="34" t="s">
+    <row r="42" spans="1:8" s="14" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="33" t="s">
         <v>2</v>
       </c>
       <c r="B42" s="9"/>
       <c r="C42" s="22"/>
       <c r="D42" s="22"/>
       <c r="E42" s="22"/>
-      <c r="F42" s="36"/>
-[...2 lines deleted...]
-      <c r="A43" s="35" t="s">
+      <c r="F42" s="35"/>
+    </row>
+    <row r="43" spans="1:8" s="14" customFormat="1" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="34" t="s">
         <v>3</v>
       </c>
-      <c r="B43" s="42"/>
-[...5 lines deleted...]
-    <row r="44" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="B43" s="41"/>
+      <c r="C43" s="36"/>
+      <c r="D43" s="37"/>
+      <c r="E43" s="37"/>
+      <c r="F43" s="38"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A44" s="16"/>
       <c r="B44" s="16"/>
       <c r="C44" s="16"/>
       <c r="D44" s="17"/>
       <c r="E44" s="17"/>
       <c r="F44" s="16"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A45" s="16"/>
       <c r="B45" s="16"/>
       <c r="C45" s="16"/>
       <c r="D45" s="17"/>
       <c r="E45" s="17"/>
       <c r="F45" s="16"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="KZHSmGeTGUsnHPrxdo1pAE2ORZAqTem4m0HbWYTTalVkTYwrwyF9QX4KuKbeoujrHs9PYibZgq7IxVNjf4CwJg==" saltValue="F2MiiOksa1S+NpwkyPQHPQ==" spinCount="100000" sheet="1" formatCells="0" formatRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="iTJMvlPx16tK0KeGR937fMJ1l5iGBb7kIymwpE/9nRMUYr0RFPVpFOxqXQmnT83Y9HeZfuIlPEnanRbsiBMStw==" saltValue="c/X1Gk37Q2GfVm8ehDFK3g==" spinCount="100000" sheet="1" formatCells="0" formatRows="0"/>
   <mergeCells count="31">
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="A35:F35"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="A24:F24"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A29:B29"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A13:F13"/>
     <mergeCell ref="A41:F41"/>
     <mergeCell ref="A12:B12"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A25:B25"/>
-    <mergeCell ref="A26:B26"/>
-[...13 lines deleted...]
-    <mergeCell ref="A35:F35"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.15" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="60" orientation="portrait" r:id="rId1"/>
   <customProperties>
     <customPr name="DrillPoint.FROID" r:id="rId2"/>
     <customPr name="DrillPoint.Mode" r:id="rId3"/>
     <customPr name="DrillPoint.Subsheet" r:id="rId4"/>
   </customProperties>
   <drawing r:id="rId5"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2C251DCD-9184-4B7C-B12C-8DF875E9ABA3}">
           <x14:formula1>
-            <xm:f>Lists!$E$1:$E$3</xm:f>
+            <xm:f>Lists!$E$1:$E$4</xm:f>
           </x14:formula1>
           <xm:sqref>B42</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6D50C672-D4C3-44F4-BC96-66CF552861C5}">
           <x14:formula1>
-            <xm:f>Lists!$A$1:$A$81</xm:f>
+            <xm:f>Lists!$A$1:$A$85</xm:f>
           </x14:formula1>
           <xm:sqref>B9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:E81"/>
+  <dimension ref="A1:E85"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+    <sheetView topLeftCell="A29" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B36" sqref="B36"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="50.7109375" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="4" width="9.140625" style="1"/>
+    <col min="1" max="1" width="49.33203125" customWidth="1"/>
+    <col min="2" max="2" width="32.109375" style="2" customWidth="1"/>
+    <col min="3" max="4" width="9.109375" style="1"/>
     <col min="5" max="5" width="18" style="1" customWidth="1"/>
-    <col min="6" max="16384" width="9.140625" style="1"/>
+    <col min="6" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="40" t="s">
+    <row r="1" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="39" t="s">
+        <v>52</v>
+      </c>
+      <c r="E1" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="39" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="39" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" s="5"/>
+    </row>
+    <row r="6" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="39" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" s="5"/>
+    </row>
+    <row r="7" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="39" t="s">
         <v>57</v>
       </c>
-      <c r="E1" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="40" t="s">
+    </row>
+    <row r="8" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="39" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="40" t="s">
         <v>58</v>
       </c>
-      <c r="B2" s="2" t="s">
-[...7 lines deleted...]
-      <c r="A3" s="40" t="s">
+    </row>
+    <row r="10" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="39" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="39" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="39" t="s">
         <v>59</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="40" t="s">
+    </row>
+    <row r="13" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="39" t="s">
         <v>60</v>
       </c>
-      <c r="E4" s="5"/>
-[...8 lines deleted...]
-      <c r="A6" s="40" t="s">
+    </row>
+    <row r="14" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="39" t="s">
         <v>62</v>
       </c>
-      <c r="E6" s="5"/>
-[...2 lines deleted...]
-      <c r="A7" s="40" t="s">
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A15" s="39" t="s">
         <v>63</v>
       </c>
-      <c r="E7" s="5"/>
-[...2 lines deleted...]
-      <c r="A8" s="40" t="s">
+    </row>
+    <row r="16" spans="1:5" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="39" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A17" s="39" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="40" t="s">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A18" s="39" t="s">
         <v>65</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="40" t="s">
+      <c r="B18" s="3"/>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A19" s="39" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A20" s="39" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A21" s="39" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="41" t="s">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A22" s="39" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A23" s="40" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="40" t="s">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A24" s="40" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="40" t="s">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A25" s="40" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A26" s="39" t="s">
         <v>69</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="40" t="s">
+      <c r="B26" s="4"/>
+    </row>
+    <row r="27" spans="1:2" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="39" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A28" s="39" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A29" s="39" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A30" s="39" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A31" s="39" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A32" s="39" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A33" s="39" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A34" s="39" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A35" s="39" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A36" s="39" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A37" s="40" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A38" s="39" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A39" s="39" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="40" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A40" s="39" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="41" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A41" s="39" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="42" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A42" s="39" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="43" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A43" s="39" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="44" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A44" s="39" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="45" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A45" s="39" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="46" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A46" s="39" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="47" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A47" s="39" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="48" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A48" s="39" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A49" s="39" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A50" s="39" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A51" s="39" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A52" s="39" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A53" s="39" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A54" s="40" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
-[...56 lines deleted...]
-      <c r="A26" s="41" t="s">
+    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A55" s="40" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A56" s="39" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="57" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A57" s="39" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A27" s="41" t="s">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A58" s="39" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A28" s="40" t="s">
+    <row r="59" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A59" s="39" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="60" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A60" s="39" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="61" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A61" s="39" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A29" s="40" t="s">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A62" s="39" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="63" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A63" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="B29" s="4"/>
-[...2 lines deleted...]
-      <c r="A30" s="40" t="s">
+    </row>
+    <row r="64" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A64" s="40" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A31" s="40" t="s">
+    <row r="65" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A65" s="39" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A32" s="40" t="s">
+    <row r="66" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A66" s="39" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="39" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A68" s="39" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A33" s="40" t="s">
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A69" s="40" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="70" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A70" s="40" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="71" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A71" s="40" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="72" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A72" s="39" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="73" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A73" s="40" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A34" s="40" t="s">
+    <row r="74" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A74" s="40" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="75" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A75" s="39" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="76" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A76" s="39" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="77" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A77" s="39" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="78" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A78" s="39" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A35" s="40" t="s">
+    <row r="79" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A79" s="39" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A36" s="40" t="s">
+    <row r="80" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A80" s="40" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A37" s="40" t="s">
+    <row r="81" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A81" s="39" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="82" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A82" s="39" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="83" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A83" s="39" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A38" s="40" t="s">
+    <row r="84" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A84" s="45" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A39" s="41" t="s">
+    <row r="85" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A85" s="45" t="s">
         <v>94</v>
-      </c>
-[...208 lines deleted...]
-        <v>134</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="84" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>BIP Policy Checklist</vt:lpstr>
       <vt:lpstr>Lists</vt:lpstr>
       <vt:lpstr>Centers</vt:lpstr>
       <vt:lpstr>ContractMonitors</vt:lpstr>
       <vt:lpstr>Monitors</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>FY 23-24 BIP Policy Checklist (Excel)</dc:title>
   <dc:creator>valenzuela_marcy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>