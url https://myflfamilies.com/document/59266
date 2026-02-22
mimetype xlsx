--- v0 (2025-10-08)
+++ v1 (2026-02-22)
@@ -9,60 +9,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\HQFILESERV\DV_Services\DV_Quality\BIP\3- BIP Monitoring Resources\2- BIP Monitoring Tools and Templates\5- Tools &amp; Checklists\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D9DEE16F-C331-4DDB-9070-31BE3F9E887D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C684AF98-A722-44DA-9032-1A176EA4AA9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" tabRatio="876" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="876" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Employee File Review" sheetId="15" r:id="rId1"/>
     <sheet name="Participant File Review" sheetId="16" r:id="rId2"/>
     <sheet name="Group Observation Checklist" sheetId="18" r:id="rId3"/>
     <sheet name="Lists" sheetId="14" state="hidden" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
     <externalReference r:id="rId7"/>
   </externalReferences>
   <definedNames>
     <definedName name="Centers" localSheetId="0">[1]Lists!$A$1:$A$41</definedName>
     <definedName name="Centers" localSheetId="2">[2]Lists!$A$1:$A$41</definedName>
     <definedName name="Centers" localSheetId="1">[3]Lists!$A$1:$A$41</definedName>
     <definedName name="Centers">Lists!$A$1:$A$41</definedName>
     <definedName name="ContractMonitors">Lists!$C$1:$C$5</definedName>
     <definedName name="Monitors">Lists!$C$1:$C$4</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Employee File Review'!$A$1:$N$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Participant File Review'!$A$1:$T$42</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Employee File Review'!$A:$C,'Employee File Review'!$1:$10</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Participant File Review'!$A:$B,'Participant File Review'!$1:$9</definedName>
     <definedName name="YN" localSheetId="0">[1]Lists!$E$1:$E$4</definedName>
     <definedName name="YN" localSheetId="2">[2]Lists!$E$1:$E$4</definedName>
@@ -907,53 +907,50 @@
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Have the following requirements been met?</t>
     </r>
   </si>
   <si>
     <t>File Number</t>
   </si>
   <si>
     <t>Proof of Identity (government-issued photo ID)</t>
   </si>
   <si>
-    <t>Copy of Court Order or Police Report, if applicable</t>
-[...1 lines deleted...]
-  <si>
     <t>Intake and Enrollment to include:</t>
   </si>
   <si>
     <t>Explanation of program fees, rules, regulations, and expectations?</t>
   </si>
   <si>
     <t>Participant Enrollment Form</t>
   </si>
   <si>
     <t>Initial Eligibility Screening</t>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>If yes, was participant eligible?</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -1544,89 +1541,135 @@
     <t>Ways to Better Options    </t>
   </si>
   <si>
     <t>WestCare GulfCoast-Florida, Inc.</t>
   </si>
   <si>
     <t>Western Judicial Services, Inc.</t>
   </si>
   <si>
     <t>West Miami CHMC, Inc.</t>
   </si>
   <si>
     <t>Inspire Counseling &amp; Support Center (The Transition House)</t>
   </si>
   <si>
     <t>BOTH</t>
   </si>
   <si>
     <t>Notes:</t>
   </si>
   <si>
     <t xml:space="preserve">Number of Participants: 
 Co-facilitated or single: </t>
   </si>
   <si>
-    <t xml:space="preserve">Name(s) of Facilitator(s):  </t>
-[...1 lines deleted...]
-  <si>
     <t>Was the group in session for a minimum of one (1) hour and 30 minutes, excluding breaks?</t>
   </si>
   <si>
     <t>PART II: GROUP CONTENT</t>
   </si>
   <si>
-    <t xml:space="preserve">Do the facilitators interact well and synchronize lesson material? </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Does the facilitator provide a platform for eliciting personal information from the participants? </t>
   </si>
   <si>
     <t xml:space="preserve">Does the facilitator follow the curriculum/lesson plan? </t>
   </si>
   <si>
     <t>Did the facilitator record notes on participants performance?</t>
   </si>
   <si>
     <t>Kefi Counseling, LLC</t>
   </si>
   <si>
     <t>Was the group size appropriate (minimum of 2; maximum of 23 for co-facilitated group and 15 for single facilitated group)?</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Copy of Court Order </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>and</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Police Report, if applicable</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Do the facilitators interact well and synchronize lesson material? </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(co-facilitators only)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Do the facilitators model balanced power dynamics in the group? </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>(co-facilitators only)</t>
+    </r>
+  </si>
+  <si>
+    <t>Name(s) of Facilitator(s):                                                             Topic(s) of discussion:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
-  <fonts count="35" x14ac:knownFonts="1">
+  <fonts count="36" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
@@ -1793,50 +1836,56 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF8FB8F"/>
@@ -2630,59 +2679,59 @@
         <a:xfrm>
           <a:off x="206829" y="130630"/>
           <a:ext cx="4402137" cy="1271810"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///A:\2022-23\FY%2022-23%20BIP%20Monitoring%20Files%20&amp;%20Information\3-%20FY%2022-23%20BIP%20Monitoring%20Tools%20and%20Templates\1-%20FY%2022-23%20BIP%20Monitoring%20Tools\3-%20Tools%20and%20Checklists\FY%2022-23%20BIP%20Employee%20Personnel%20File%20Review.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2019/04/relationships/externalLinkLongPath" Target="file:///\\HQFILESERV\2022-23\FY%2022-23%20BIP%20Monitoring%20Files%20&amp;%20Information\3-%20FY%2022-23%20BIP%20Monitoring%20Tools%20and%20Templates\1-%20FY%2022-23%20BIP%20Monitoring%20Tools\3-%20Tools%20and%20Checklists\FY%2022-23%20BIP%20Employee%20Personnel%20File%20Review.xlsx?A5D99CCB" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\A5D99CCB\FY%2022-23%20BIP%20Employee%20Personnel%20File%20Review.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2019/04/relationships/externalLinkLongPath" Target="file:///\\HQFILESERV\DV_Services\DV_Quality\2022-23\FY%2022-23%20DV%20Contract%20Monitoring%20Files%20&amp;%20Information\4-%20FY%2022-23%20Monitoring%20Tools%20and%20Templates\1-%20FY%2022-23%20CENTER%20Monitoring\8-%20Program%20Tools\FY%2022-23%20Adult%20Outreach%20Service%20File%20Checklist.xlsx?0A4DF6D4" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\0A4DF6D4\FY%2022-23%20Adult%20Outreach%20Service%20File%20Checklist.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///A:\2022-23\FY%2022-23%20BIP%20Monitoring%20Files%20&amp;%20Information\3-%20FY%2022-23%20BIP%20Monitoring%20Tools%20and%20Templates\1-%20FY%2022-23%20BIP%20Monitoring%20Tools\3-%20Tools%20and%20Checklists\FY%2022-23%20BIP%20Participant%20File%20Review.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\HQFILESERV\2022-23\FY%2022-23%20BIP%20Monitoring%20Files%20&amp;%20Information\3-%20FY%2022-23%20BIP%20Monitoring%20Tools%20and%20Templates\1-%20FY%2022-23%20BIP%20Monitoring%20Tools\3-%20Tools%20and%20Checklists\FY%2022-23%20BIP%20Participant%20File%20Review.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Employee File Review"/>
       <sheetName val="Holidays"/>
       <sheetName val="Lists"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2">
         <row r="1">
           <cell r="E1" t="str">
             <v>Y</v>
           </cell>
         </row>
         <row r="2">
           <cell r="E2" t="str">
             <v>N</v>
           </cell>
         </row>
         <row r="3">
@@ -3232,1503 +3281,1503 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EA736375-D252-4687-9621-112F8B8D237F}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N51"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="30" workbookViewId="0">
-      <selection activeCell="U22" sqref="U22"/>
+    <sheetView topLeftCell="A8" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="30" workbookViewId="0">
+      <selection activeCell="P10" sqref="P10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.19921875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="37.125" style="7" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="15" max="16384" width="8.25" style="7"/>
+    <col min="1" max="1" width="37.09765625" style="7" customWidth="1"/>
+    <col min="2" max="2" width="8.69921875" style="7" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.3984375" style="7" customWidth="1"/>
+    <col min="4" max="4" width="7.3984375" style="7" customWidth="1"/>
+    <col min="5" max="5" width="3.8984375" style="7" bestFit="1" customWidth="1"/>
+    <col min="6" max="13" width="9.3984375" style="7" customWidth="1"/>
+    <col min="14" max="14" width="7.59765625" style="5" customWidth="1"/>
+    <col min="15" max="16384" width="8.19921875" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="101" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="101"/>
       <c r="C1" s="101"/>
       <c r="D1" s="101"/>
       <c r="E1" s="101"/>
       <c r="F1" s="101"/>
       <c r="G1" s="101"/>
       <c r="H1" s="101"/>
       <c r="I1" s="101"/>
       <c r="J1" s="101"/>
       <c r="K1" s="101"/>
       <c r="L1" s="101"/>
       <c r="M1" s="101"/>
       <c r="N1" s="5"/>
     </row>
-    <row r="2" spans="1:14" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:14" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="101" t="s">
         <v>17</v>
       </c>
       <c r="B2" s="101"/>
       <c r="C2" s="101"/>
       <c r="D2" s="101"/>
       <c r="E2" s="101"/>
       <c r="F2" s="101"/>
       <c r="G2" s="101"/>
       <c r="H2" s="101"/>
       <c r="I2" s="101"/>
       <c r="J2" s="101"/>
       <c r="K2" s="101"/>
       <c r="L2" s="101"/>
       <c r="M2" s="101"/>
       <c r="N2" s="5"/>
     </row>
-    <row r="3" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D3" s="8"/>
       <c r="G3" s="102"/>
       <c r="H3" s="102"/>
       <c r="I3" s="102"/>
       <c r="J3" s="102"/>
       <c r="K3" s="102"/>
       <c r="L3" s="102"/>
       <c r="M3" s="102"/>
     </row>
-    <row r="4" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="5" spans="1:14" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:14" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="103"/>
       <c r="C5" s="103"/>
       <c r="D5" s="103"/>
       <c r="E5" s="103"/>
       <c r="F5" s="103"/>
       <c r="G5" s="103"/>
       <c r="H5" s="103"/>
       <c r="I5" s="103"/>
       <c r="J5" s="103"/>
       <c r="K5" s="103"/>
       <c r="L5" s="103"/>
       <c r="M5" s="103"/>
       <c r="N5" s="5"/>
     </row>
-    <row r="6" spans="1:14" s="12" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" s="12" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="8"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="10"/>
       <c r="G6" s="10"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="8"/>
       <c r="N6" s="5"/>
     </row>
-    <row r="7" spans="1:14" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:14" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="9" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B7" s="76"/>
       <c r="C7" s="76"/>
       <c r="D7" s="76"/>
       <c r="E7" s="76"/>
       <c r="F7" s="76"/>
       <c r="J7" s="13" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="74"/>
       <c r="L7" s="75"/>
       <c r="M7" s="75"/>
       <c r="N7" s="5"/>
     </row>
-    <row r="8" spans="1:14" s="12" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" s="12" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="8"/>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="10"/>
       <c r="E8" s="8"/>
       <c r="F8" s="14"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="K8" s="14"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="5"/>
     </row>
-    <row r="9" spans="1:14" s="16" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:14" s="16" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="15"/>
       <c r="N9" s="5"/>
     </row>
-    <row r="10" spans="1:14" s="19" customFormat="1" ht="121.5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:14" s="19" customFormat="1" ht="123" x14ac:dyDescent="0.3">
       <c r="A10" s="95" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B10" s="96"/>
       <c r="C10" s="96"/>
       <c r="D10" s="96"/>
       <c r="E10" s="17" t="s">
         <v>19</v>
       </c>
       <c r="F10" s="18"/>
       <c r="G10" s="18"/>
       <c r="H10" s="18"/>
       <c r="I10" s="18"/>
       <c r="J10" s="18"/>
       <c r="K10" s="18"/>
       <c r="L10" s="18"/>
       <c r="M10" s="18"/>
       <c r="N10" s="5"/>
     </row>
-    <row r="11" spans="1:14" s="19" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:14" s="19" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="20"/>
       <c r="B11" s="20"/>
       <c r="C11" s="20"/>
       <c r="D11" s="21"/>
       <c r="E11" s="22"/>
       <c r="F11" s="21"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="23"/>
       <c r="J11" s="24"/>
       <c r="K11" s="24"/>
       <c r="L11" s="24"/>
       <c r="M11" s="24"/>
       <c r="N11" s="5"/>
     </row>
-    <row r="12" spans="1:14" s="19" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:14" s="19" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="97" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="98"/>
       <c r="C12" s="98"/>
       <c r="D12" s="98"/>
       <c r="E12" s="99"/>
       <c r="F12" s="25"/>
       <c r="G12" s="25"/>
       <c r="H12" s="25"/>
       <c r="I12" s="25"/>
       <c r="J12" s="25"/>
       <c r="K12" s="25"/>
       <c r="L12" s="25"/>
       <c r="M12" s="25"/>
       <c r="N12" s="5"/>
     </row>
-    <row r="13" spans="1:14" s="19" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:14" s="19" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="97" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="98"/>
       <c r="C13" s="98"/>
       <c r="D13" s="98"/>
       <c r="E13" s="99"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
       <c r="H13" s="25"/>
       <c r="I13" s="25"/>
       <c r="J13" s="25"/>
       <c r="K13" s="25"/>
       <c r="L13" s="25"/>
       <c r="M13" s="25"/>
       <c r="N13" s="5"/>
     </row>
-    <row r="14" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="83" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="84"/>
       <c r="C14" s="84"/>
       <c r="D14" s="84"/>
       <c r="E14" s="85"/>
       <c r="F14" s="26"/>
       <c r="G14" s="26"/>
       <c r="H14" s="26"/>
       <c r="I14" s="26"/>
       <c r="J14" s="26"/>
       <c r="K14" s="26"/>
       <c r="L14" s="26"/>
       <c r="M14" s="26"/>
       <c r="N14" s="100" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="15" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="83" t="s">
         <v>24</v>
       </c>
       <c r="B15" s="84"/>
       <c r="C15" s="84"/>
       <c r="D15" s="84"/>
       <c r="E15" s="85"/>
       <c r="F15" s="26"/>
       <c r="G15" s="26"/>
       <c r="H15" s="26"/>
       <c r="I15" s="26"/>
       <c r="J15" s="26"/>
       <c r="K15" s="26"/>
       <c r="L15" s="26"/>
       <c r="M15" s="26"/>
       <c r="N15" s="100"/>
     </row>
-    <row r="16" spans="1:14" s="19" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:14" s="19" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="20"/>
       <c r="B16" s="20"/>
       <c r="C16" s="20"/>
       <c r="D16" s="21"/>
       <c r="E16" s="22"/>
       <c r="F16" s="21"/>
       <c r="G16" s="23"/>
       <c r="H16" s="23"/>
       <c r="I16" s="23"/>
       <c r="J16" s="24"/>
       <c r="K16" s="24"/>
       <c r="L16" s="24"/>
       <c r="M16" s="24"/>
       <c r="N16" s="27"/>
     </row>
-    <row r="17" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="86" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="87"/>
       <c r="C17" s="87"/>
       <c r="D17" s="87"/>
       <c r="E17" s="88"/>
       <c r="F17" s="28"/>
       <c r="G17" s="28"/>
       <c r="H17" s="28"/>
       <c r="I17" s="28"/>
       <c r="J17" s="28"/>
       <c r="K17" s="28"/>
       <c r="L17" s="28"/>
       <c r="M17" s="28"/>
       <c r="N17" s="29">
         <f t="shared" ref="N17:N44" si="0">COUNTIF(F17:M17, "N")</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="86" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="87"/>
       <c r="C18" s="87"/>
       <c r="D18" s="87"/>
       <c r="E18" s="88"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="28"/>
       <c r="L18" s="28"/>
       <c r="M18" s="28"/>
       <c r="N18" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="86" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="87"/>
       <c r="C19" s="87"/>
       <c r="D19" s="87"/>
       <c r="E19" s="88"/>
       <c r="F19" s="28"/>
       <c r="G19" s="28"/>
       <c r="H19" s="28"/>
       <c r="I19" s="28"/>
       <c r="J19" s="28"/>
       <c r="K19" s="28"/>
       <c r="L19" s="28"/>
       <c r="M19" s="28"/>
       <c r="N19" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="86" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="87"/>
       <c r="C20" s="87"/>
       <c r="D20" s="87"/>
       <c r="E20" s="88"/>
       <c r="F20" s="28"/>
       <c r="G20" s="28"/>
       <c r="H20" s="28"/>
       <c r="I20" s="28"/>
       <c r="J20" s="28"/>
       <c r="K20" s="28"/>
       <c r="L20" s="28"/>
       <c r="M20" s="28"/>
       <c r="N20" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="86" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="87"/>
       <c r="C21" s="87"/>
       <c r="D21" s="87"/>
       <c r="E21" s="88"/>
       <c r="F21" s="28"/>
       <c r="G21" s="28"/>
       <c r="H21" s="28"/>
       <c r="I21" s="28"/>
       <c r="J21" s="28"/>
       <c r="K21" s="28"/>
       <c r="L21" s="28"/>
       <c r="M21" s="28"/>
       <c r="N21" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="86" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="87"/>
       <c r="C22" s="87"/>
       <c r="D22" s="87"/>
       <c r="E22" s="88"/>
       <c r="F22" s="28" t="str">
         <f t="shared" ref="F22:M22" si="1">IF(F15="P","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="G22" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="H22" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="I22" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="J22" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="K22" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="L22" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="M22" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="N22" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:14" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:14" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="83" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="84"/>
       <c r="C23" s="84"/>
       <c r="D23" s="84"/>
       <c r="E23" s="85"/>
       <c r="F23" s="28" t="str">
         <f>IF(F15="P","N/A",IF(F14="BIPA","N/A",IF(F14="Other","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G23" s="28" t="str">
         <f t="shared" ref="G23:M23" si="2">IF(G15="P","N/A",IF(G14="BIPA","N/A",IF(G14="Other","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H23" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="I23" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="J23" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="K23" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="L23" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="M23" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="N23" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:14" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:14" ht="59.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="83" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B24" s="84"/>
       <c r="C24" s="84"/>
       <c r="D24" s="84"/>
       <c r="E24" s="85"/>
       <c r="F24" s="28" t="str">
         <f>IF(F15="P","N/A",IF(F14="BIPF","N/A",IF(F14="Other","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G24" s="28" t="str">
         <f t="shared" ref="G24:M24" si="3">IF(G15="P","N/A",IF(G14="BIPF","N/A",IF(G14="Other","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H24" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="I24" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="J24" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="K24" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="L24" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="M24" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="N24" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="86" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="87"/>
       <c r="C25" s="87"/>
       <c r="D25" s="87"/>
       <c r="E25" s="88"/>
       <c r="F25" s="28" t="str">
         <f>IF(F15="P","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="G25" s="28" t="str">
         <f t="shared" ref="G25:M25" si="4">IF(G15="P","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="H25" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="I25" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="J25" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="K25" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="L25" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="M25" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="N25" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="80" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="81"/>
       <c r="C26" s="81"/>
       <c r="D26" s="81"/>
       <c r="E26" s="82"/>
       <c r="F26" s="28" t="str">
         <f>IF(F25="N","N/A",IF(F25="NOT YET","N/A",IF(F25="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G26" s="28" t="str">
         <f t="shared" ref="G26:M26" si="5">IF(G25="N","N/A",IF(G25="NOT YET","N/A",IF(G25="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H26" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="I26" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="J26" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="K26" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="L26" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="M26" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="N26" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="83" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="84"/>
       <c r="C27" s="84"/>
       <c r="D27" s="84"/>
       <c r="E27" s="85"/>
       <c r="F27" s="28" t="str">
         <f>IF(F15="P","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="G27" s="28" t="str">
         <f t="shared" ref="G27:M27" si="6">IF(G15="P","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="H27" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="I27" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="J27" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="K27" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="L27" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="M27" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="N27" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="80" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="81"/>
       <c r="C28" s="81"/>
       <c r="D28" s="81"/>
       <c r="E28" s="82"/>
       <c r="F28" s="28" t="str">
         <f>IF(F27="N","N/A",IF(F27="NOT YET","N/A",IF(F27="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G28" s="28" t="str">
         <f t="shared" ref="G28:M28" si="7">IF(G27="N","N/A",IF(G27="NOT YET","N/A",IF(G27="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H28" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="I28" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="J28" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="K28" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="L28" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="M28" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="N28" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="80" t="s">
         <v>33</v>
       </c>
       <c r="B29" s="81"/>
       <c r="C29" s="81"/>
       <c r="D29" s="81"/>
       <c r="E29" s="82"/>
       <c r="F29" s="28" t="str">
         <f>IF(F27="N","N/A",IF(F27="NOT YET","N/A",IF(F27="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G29" s="28" t="str">
         <f t="shared" ref="G29:M29" si="8">IF(G27="N","N/A",IF(G27="NOT YET","N/A",IF(G27="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H29" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="I29" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="J29" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="K29" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="L29" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="M29" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="N29" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="86" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="87"/>
       <c r="C30" s="87"/>
       <c r="D30" s="87"/>
       <c r="E30" s="88"/>
       <c r="F30" s="28" t="str">
         <f t="shared" ref="F30:M30" si="9">IF(F15="P","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="G30" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="H30" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="I30" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="J30" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="K30" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="L30" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="M30" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="N30" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="80" t="s">
         <v>37</v>
       </c>
       <c r="B31" s="81"/>
       <c r="C31" s="81"/>
       <c r="D31" s="81"/>
       <c r="E31" s="82"/>
       <c r="F31" s="28" t="str">
         <f>IF(F30="N","N/A",IF(F30="NOT YET","N/A",IF(F30="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G31" s="28" t="str">
         <f t="shared" ref="G31:M31" si="10">IF(G30="N","N/A",IF(G30="NOT YET","N/A",IF(G30="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H31" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="I31" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="J31" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="K31" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="L31" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="M31" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="N31" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="86" t="s">
         <v>38</v>
       </c>
       <c r="B32" s="87"/>
       <c r="C32" s="87"/>
       <c r="D32" s="87"/>
       <c r="E32" s="88"/>
       <c r="F32" s="30" t="str">
         <f>IF(F15="F","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="G32" s="30" t="str">
         <f t="shared" ref="G32:M32" si="11">IF(G15="F","NOT YET","-")</f>
         <v>-</v>
       </c>
       <c r="H32" s="30" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="I32" s="30" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="J32" s="30" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="K32" s="30" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="L32" s="30" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="M32" s="30" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="N32" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="80" t="s">
         <v>37</v>
       </c>
       <c r="B33" s="81"/>
       <c r="C33" s="81"/>
       <c r="D33" s="81"/>
       <c r="E33" s="82"/>
       <c r="F33" s="28" t="str">
         <f>IF(F32="N","N/A",IF(F32="NOT YET","N/A",IF(F32="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G33" s="28" t="str">
         <f t="shared" ref="G33:M33" si="12">IF(G32="N","N/A",IF(G32="NOT YET","N/A",IF(G32="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H33" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="I33" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="J33" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="K33" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="L33" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="M33" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="N33" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="86" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="87"/>
       <c r="C34" s="87"/>
       <c r="D34" s="87"/>
       <c r="E34" s="88"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="28"/>
       <c r="L34" s="28"/>
       <c r="M34" s="28"/>
       <c r="N34" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:14" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="86" t="s">
         <v>40</v>
       </c>
       <c r="B35" s="87"/>
       <c r="C35" s="87"/>
       <c r="D35" s="87"/>
       <c r="E35" s="88"/>
       <c r="F35" s="28" t="str">
         <f t="shared" ref="F35:M35" si="13">IF(F15="P","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="G35" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="H35" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="I35" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="J35" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="K35" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="L35" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="M35" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="N35" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:14" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:14" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="92" t="s">
         <v>41</v>
       </c>
       <c r="B36" s="93"/>
       <c r="C36" s="93"/>
       <c r="D36" s="93"/>
       <c r="E36" s="94"/>
       <c r="F36" s="28" t="str">
         <f t="shared" ref="F36:M36" si="14">IF(F15="P","N/A","-")</f>
         <v>-</v>
       </c>
       <c r="G36" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="H36" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="I36" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="J36" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="K36" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="L36" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="M36" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="N36" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:14" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:14" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="83" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="84"/>
       <c r="C37" s="84"/>
       <c r="D37" s="84"/>
       <c r="E37" s="85"/>
       <c r="F37" s="28" t="str">
         <f t="shared" ref="F37:M37" si="15">IF(F15="P","N/A",IF(F14="BIPA","N/A",IF(F14="Other","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G37" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="H37" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="I37" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="J37" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="K37" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="L37" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="M37" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="N37" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="89" t="s">
         <v>43</v>
       </c>
       <c r="B38" s="90"/>
       <c r="C38" s="90"/>
       <c r="D38" s="90"/>
       <c r="E38" s="91"/>
       <c r="F38" s="28" t="str">
         <f>IF(F37="N","N/A",IF(F37="NOT YET","N/A",IF(F37="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G38" s="28" t="str">
         <f t="shared" ref="G38:M38" si="16">IF(G37="N","N/A",IF(G37="NOT YET","N/A",IF(G37="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H38" s="28" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="I38" s="28" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="J38" s="28" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="K38" s="28" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="L38" s="28" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="M38" s="28" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="N38" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:14" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:14" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="83" t="s">
         <v>44</v>
       </c>
       <c r="B39" s="84"/>
       <c r="C39" s="84"/>
       <c r="D39" s="84"/>
       <c r="E39" s="85"/>
       <c r="F39" s="28" t="str">
         <f t="shared" ref="F39:M39" si="17">IF(F15="P","N/A",IF(F14="BIPA","N/A",IF(F14="Other","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G39" s="28" t="str">
         <f t="shared" si="17"/>
         <v>-</v>
       </c>
       <c r="H39" s="28" t="str">
         <f t="shared" si="17"/>
         <v>-</v>
       </c>
       <c r="I39" s="28" t="str">
         <f t="shared" si="17"/>
         <v>-</v>
       </c>
       <c r="J39" s="28" t="str">
         <f t="shared" si="17"/>
         <v>-</v>
       </c>
       <c r="K39" s="28" t="str">
         <f t="shared" si="17"/>
         <v>-</v>
       </c>
       <c r="L39" s="28" t="str">
         <f t="shared" si="17"/>
         <v>-</v>
       </c>
       <c r="M39" s="28" t="str">
         <f t="shared" si="17"/>
         <v>-</v>
       </c>
       <c r="N39" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="89" t="s">
         <v>43</v>
       </c>
       <c r="B40" s="90"/>
       <c r="C40" s="90"/>
       <c r="D40" s="90"/>
       <c r="E40" s="91"/>
       <c r="F40" s="28" t="str">
         <f>IF(F39="N","N/A",IF(F39="NOT YET","N/A",IF(F39="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G40" s="28" t="str">
         <f t="shared" ref="G40:M40" si="18">IF(G39="N","N/A",IF(G39="NOT YET","N/A",IF(G39="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H40" s="28" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="I40" s="28" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="J40" s="28" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="K40" s="28" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="L40" s="28" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="M40" s="28" t="str">
         <f t="shared" si="18"/>
         <v>-</v>
       </c>
       <c r="N40" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:14" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:14" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="83" t="s">
         <v>45</v>
       </c>
       <c r="B41" s="84"/>
       <c r="C41" s="84"/>
       <c r="D41" s="84"/>
       <c r="E41" s="85"/>
       <c r="F41" s="28" t="str">
         <f t="shared" ref="F41:M41" si="19">IF(F15="P","N/A",IF(F14="BIPA","N/A",IF(F14="Other","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G41" s="28" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="H41" s="28" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="I41" s="28" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="J41" s="28" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="K41" s="28" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="L41" s="28" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="M41" s="28" t="str">
         <f t="shared" si="19"/>
         <v>-</v>
       </c>
       <c r="N41" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="89" t="s">
         <v>43</v>
       </c>
       <c r="B42" s="90"/>
       <c r="C42" s="90"/>
       <c r="D42" s="90"/>
       <c r="E42" s="91"/>
       <c r="F42" s="28" t="str">
         <f>IF(F41="N","N/A",IF(F41="NOT YET","N/A",IF(F41="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G42" s="28" t="str">
         <f t="shared" ref="G42:M42" si="20">IF(G41="N","N/A",IF(G41="NOT YET","N/A",IF(G41="N/A","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="H42" s="28" t="str">
         <f t="shared" si="20"/>
         <v>-</v>
       </c>
       <c r="I42" s="28" t="str">
         <f t="shared" si="20"/>
         <v>-</v>
       </c>
       <c r="J42" s="28" t="str">
         <f t="shared" si="20"/>
         <v>-</v>
       </c>
       <c r="K42" s="28" t="str">
         <f t="shared" si="20"/>
         <v>-</v>
       </c>
       <c r="L42" s="28" t="str">
         <f t="shared" si="20"/>
         <v>-</v>
       </c>
       <c r="M42" s="28" t="str">
         <f t="shared" si="20"/>
         <v>-</v>
       </c>
       <c r="N42" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:14" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:14" ht="51.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="83" t="s">
         <v>46</v>
       </c>
       <c r="B43" s="84"/>
       <c r="C43" s="84"/>
       <c r="D43" s="84"/>
       <c r="E43" s="85"/>
       <c r="F43" s="28" t="str">
         <f t="shared" ref="F43:M43" si="21">IF(F15="P","N/A",IF(F14="BIPF","N/A",IF(F14="Other","N/A","-")))</f>
         <v>-</v>
       </c>
       <c r="G43" s="28" t="str">
         <f t="shared" si="21"/>
         <v>-</v>
       </c>
       <c r="H43" s="28" t="str">
         <f t="shared" si="21"/>
         <v>-</v>
       </c>
       <c r="I43" s="28" t="str">
         <f t="shared" si="21"/>
         <v>-</v>
       </c>
       <c r="J43" s="28" t="str">
         <f t="shared" si="21"/>
         <v>-</v>
       </c>
       <c r="K43" s="28" t="str">
         <f t="shared" si="21"/>
         <v>-</v>
       </c>
       <c r="L43" s="28" t="str">
         <f t="shared" si="21"/>
         <v>-</v>
       </c>
       <c r="M43" s="28" t="str">
         <f t="shared" si="21"/>
         <v>-</v>
       </c>
       <c r="N43" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:14" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:14" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="77" t="s">
         <v>47</v>
       </c>
       <c r="B44" s="78"/>
       <c r="C44" s="78"/>
       <c r="D44" s="78"/>
       <c r="E44" s="79"/>
       <c r="F44" s="31" t="str">
         <f>IF(F15="F","N/A",IF(F14="Other","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="G44" s="31" t="str">
         <f t="shared" ref="G44:M44" si="22">IF(G15="F","N/A",IF(G14="Other","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="H44" s="31" t="str">
         <f t="shared" si="22"/>
         <v>-</v>
       </c>
       <c r="I44" s="31" t="str">
         <f t="shared" si="22"/>
         <v>-</v>
       </c>
       <c r="J44" s="31" t="str">
         <f t="shared" si="22"/>
         <v>-</v>
       </c>
       <c r="K44" s="31" t="str">
         <f t="shared" si="22"/>
         <v>-</v>
       </c>
       <c r="L44" s="31" t="str">
         <f t="shared" si="22"/>
         <v>-</v>
       </c>
       <c r="M44" s="31" t="str">
         <f t="shared" si="22"/>
         <v>-</v>
       </c>
       <c r="N44" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:14" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:14" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="66" t="s">
         <v>48</v>
       </c>
       <c r="B45" s="67"/>
       <c r="C45" s="67"/>
       <c r="D45" s="67"/>
       <c r="E45" s="67"/>
       <c r="F45" s="67"/>
       <c r="G45" s="67"/>
       <c r="H45" s="67"/>
       <c r="I45" s="67"/>
       <c r="J45" s="67"/>
       <c r="K45" s="67"/>
       <c r="L45" s="67"/>
       <c r="M45" s="67"/>
     </row>
-    <row r="47" spans="1:14" s="5" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:14" s="5" customFormat="1" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="7"/>
       <c r="B47" s="7"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="7"/>
       <c r="F47" s="7"/>
       <c r="G47" s="7"/>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
     </row>
-    <row r="48" spans="1:14" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:14" s="5" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="32" t="s">
         <v>49</v>
       </c>
       <c r="B48" s="33"/>
       <c r="C48" s="33"/>
       <c r="D48" s="33"/>
       <c r="E48" s="33"/>
       <c r="F48" s="33"/>
       <c r="G48" s="33"/>
       <c r="H48" s="33"/>
       <c r="I48" s="33"/>
       <c r="J48" s="33"/>
       <c r="K48" s="33"/>
       <c r="L48" s="34"/>
       <c r="M48" s="7"/>
     </row>
-    <row r="49" spans="1:13" s="5" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:13" s="5" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="68" t="s">
         <v>50</v>
       </c>
       <c r="B49" s="69"/>
       <c r="C49" s="69"/>
       <c r="D49" s="69"/>
       <c r="E49" s="69"/>
       <c r="F49" s="69"/>
       <c r="G49" s="69"/>
       <c r="H49" s="69"/>
       <c r="I49" s="69"/>
       <c r="J49" s="69"/>
       <c r="K49" s="69"/>
       <c r="L49" s="70"/>
       <c r="M49" s="7"/>
     </row>
-    <row r="50" spans="1:13" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:13" s="5" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="35"/>
       <c r="B50" s="7"/>
       <c r="C50" s="7"/>
       <c r="D50" s="7"/>
       <c r="E50" s="7"/>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="7"/>
       <c r="I50" s="7"/>
       <c r="J50" s="7"/>
       <c r="K50" s="7"/>
       <c r="L50" s="36"/>
       <c r="M50" s="7"/>
     </row>
-    <row r="51" spans="1:13" s="5" customFormat="1" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:13" s="5" customFormat="1" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="71" t="s">
         <v>51</v>
       </c>
       <c r="B51" s="72"/>
       <c r="C51" s="72"/>
       <c r="D51" s="72"/>
       <c r="E51" s="72"/>
       <c r="F51" s="72"/>
       <c r="G51" s="72"/>
       <c r="H51" s="72"/>
       <c r="I51" s="72"/>
       <c r="J51" s="72"/>
       <c r="K51" s="72"/>
       <c r="L51" s="73"/>
       <c r="M51" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="43">
     <mergeCell ref="N14:N15"/>
     <mergeCell ref="A15:E15"/>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="G3:M3"/>
     <mergeCell ref="B5:M5"/>
     <mergeCell ref="A20:E20"/>
@@ -4838,408 +4887,408 @@
           <x14:formula1>
             <xm:f>Lists!$A$1:$A$150</xm:f>
           </x14:formula1>
           <xm:sqref>B5:M5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0D4837D4-FB61-4C46-B935-C039F63ED905}">
           <x14:formula1>
             <xm:f>Lists!$E$10:$E$13</xm:f>
           </x14:formula1>
           <xm:sqref>F14:M14</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A876B400-1163-4A09-8201-9A85DC6F24D8}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:T42"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="30" workbookViewId="0">
-      <selection activeCell="T4" sqref="T4"/>
+    <sheetView topLeftCell="A19" zoomScale="80" zoomScaleNormal="80" zoomScaleSheetLayoutView="30" workbookViewId="0">
+      <selection activeCell="A12" sqref="A12:C12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.25" defaultRowHeight="14.25" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.19921875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="29.375" style="7" customWidth="1"/>
+    <col min="1" max="1" width="29.3984375" style="7" customWidth="1"/>
     <col min="2" max="2" width="49" style="7" customWidth="1"/>
     <col min="3" max="3" width="3.5" style="7" bestFit="1" customWidth="1"/>
-    <col min="4" max="18" width="8.75" style="7" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="21" max="16384" width="8.25" style="7"/>
+    <col min="4" max="18" width="8.69921875" style="7" customWidth="1"/>
+    <col min="19" max="19" width="6.59765625" style="7" customWidth="1"/>
+    <col min="20" max="20" width="7.59765625" style="5" customWidth="1"/>
+    <col min="21" max="16384" width="8.19921875" style="7"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:20" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="101" t="s">
         <v>16</v>
       </c>
       <c r="B1" s="101"/>
       <c r="C1" s="101"/>
       <c r="D1" s="101"/>
       <c r="E1" s="101"/>
       <c r="F1" s="101"/>
       <c r="G1" s="101"/>
       <c r="H1" s="101"/>
       <c r="I1" s="101"/>
       <c r="J1" s="101"/>
       <c r="K1" s="101"/>
       <c r="L1" s="101"/>
       <c r="M1" s="101"/>
       <c r="N1" s="101"/>
       <c r="O1" s="101"/>
       <c r="P1" s="101"/>
       <c r="Q1" s="101"/>
       <c r="R1" s="101"/>
       <c r="S1" s="101"/>
       <c r="T1" s="5"/>
     </row>
-    <row r="2" spans="1:20" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:20" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="101" t="s">
         <v>52</v>
       </c>
       <c r="B2" s="101"/>
       <c r="C2" s="101"/>
       <c r="D2" s="101"/>
       <c r="E2" s="101"/>
       <c r="F2" s="101"/>
       <c r="G2" s="101"/>
       <c r="H2" s="101"/>
       <c r="I2" s="101"/>
       <c r="J2" s="101"/>
       <c r="K2" s="101"/>
       <c r="L2" s="101"/>
       <c r="M2" s="101"/>
       <c r="N2" s="101"/>
       <c r="O2" s="101"/>
       <c r="P2" s="101"/>
       <c r="Q2" s="101"/>
       <c r="R2" s="101"/>
       <c r="S2" s="101"/>
       <c r="T2" s="5"/>
     </row>
-    <row r="3" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="E3" s="102"/>
       <c r="F3" s="102"/>
       <c r="G3" s="102"/>
       <c r="H3" s="102"/>
       <c r="I3" s="102"/>
       <c r="J3" s="102"/>
       <c r="K3" s="102"/>
       <c r="L3" s="102"/>
       <c r="M3" s="102"/>
       <c r="N3" s="102"/>
       <c r="O3" s="102"/>
       <c r="P3" s="102"/>
       <c r="Q3" s="102"/>
       <c r="R3" s="102"/>
     </row>
-    <row r="4" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="5" spans="1:20" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="5" spans="1:20" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="9" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="76"/>
       <c r="C5" s="76"/>
       <c r="D5" s="76"/>
       <c r="E5" s="76"/>
       <c r="F5" s="39"/>
       <c r="G5" s="39"/>
       <c r="H5" s="39"/>
       <c r="I5" s="39"/>
       <c r="J5" s="39"/>
       <c r="K5" s="39"/>
       <c r="L5" s="39"/>
       <c r="M5" s="39"/>
       <c r="N5" s="39"/>
       <c r="O5" s="39"/>
       <c r="P5" s="39"/>
       <c r="Q5" s="39"/>
       <c r="R5" s="39"/>
       <c r="S5" s="39"/>
       <c r="T5" s="5"/>
     </row>
-    <row r="6" spans="1:20" s="12" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:20" s="12" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="8"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="T6" s="5"/>
     </row>
-    <row r="7" spans="1:20" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:20" s="6" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="9" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B7" s="40"/>
       <c r="C7" s="39"/>
       <c r="F7" s="13" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="75"/>
       <c r="H7" s="75"/>
       <c r="I7" s="75"/>
     </row>
-    <row r="8" spans="1:20" s="12" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:20" s="12" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="8"/>
       <c r="B8" s="10"/>
       <c r="C8" s="8"/>
       <c r="D8" s="62"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="I8" s="14"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8"/>
       <c r="P8" s="8"/>
       <c r="Q8" s="8"/>
       <c r="R8" s="8"/>
       <c r="T8" s="5"/>
     </row>
-    <row r="9" spans="1:20" s="19" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:20" s="19" customFormat="1" ht="82.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="95" t="s">
         <v>53</v>
       </c>
       <c r="B9" s="115"/>
       <c r="C9" s="41" t="s">
         <v>54</v>
       </c>
       <c r="D9" s="42"/>
       <c r="E9" s="18"/>
       <c r="F9" s="18"/>
       <c r="G9" s="18"/>
       <c r="H9" s="18"/>
       <c r="I9" s="18"/>
       <c r="J9" s="18"/>
       <c r="K9" s="18"/>
       <c r="L9" s="18"/>
       <c r="M9" s="18"/>
       <c r="N9" s="18"/>
       <c r="O9" s="18"/>
       <c r="P9" s="18"/>
       <c r="Q9" s="18"/>
       <c r="R9" s="18"/>
       <c r="S9" s="43" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="10" spans="1:20" s="19" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:20" s="19" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="20"/>
       <c r="B10" s="20"/>
       <c r="C10" s="22"/>
       <c r="D10" s="21"/>
       <c r="E10" s="23"/>
       <c r="F10" s="23"/>
       <c r="G10" s="23"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="24"/>
       <c r="K10" s="24"/>
       <c r="L10" s="24"/>
       <c r="M10" s="24"/>
       <c r="N10" s="24"/>
       <c r="O10" s="24"/>
       <c r="P10" s="23"/>
       <c r="Q10" s="24"/>
       <c r="R10" s="24"/>
       <c r="S10" s="44"/>
     </row>
-    <row r="11" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A11" s="83" t="s">
         <v>55</v>
       </c>
       <c r="B11" s="84"/>
       <c r="C11" s="85"/>
       <c r="D11" s="28"/>
       <c r="E11" s="28"/>
       <c r="F11" s="28"/>
       <c r="G11" s="28"/>
       <c r="H11" s="28"/>
       <c r="I11" s="28"/>
       <c r="J11" s="28"/>
       <c r="K11" s="28"/>
       <c r="L11" s="28"/>
       <c r="M11" s="28"/>
       <c r="N11" s="28"/>
       <c r="O11" s="28"/>
       <c r="P11" s="28"/>
       <c r="Q11" s="28"/>
       <c r="R11" s="28"/>
       <c r="S11" s="29">
         <f t="shared" ref="S11:S41" si="0">COUNTIF(D11:R11, "No")</f>
         <v>0</v>
       </c>
       <c r="T11" s="7"/>
     </row>
-    <row r="12" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="86" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="B12" s="87"/>
       <c r="C12" s="88"/>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="28"/>
       <c r="G12" s="28"/>
       <c r="H12" s="28"/>
       <c r="I12" s="28"/>
       <c r="J12" s="28"/>
       <c r="K12" s="28"/>
       <c r="L12" s="28"/>
       <c r="M12" s="28"/>
       <c r="N12" s="28"/>
       <c r="O12" s="28"/>
       <c r="P12" s="28"/>
       <c r="Q12" s="28"/>
       <c r="R12" s="28"/>
       <c r="S12" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T12" s="7"/>
     </row>
-    <row r="13" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="86" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B13" s="87"/>
       <c r="C13" s="88"/>
       <c r="D13" s="45"/>
       <c r="E13" s="45"/>
       <c r="F13" s="45"/>
       <c r="G13" s="45"/>
       <c r="H13" s="45"/>
       <c r="I13" s="45"/>
       <c r="J13" s="45"/>
       <c r="K13" s="45"/>
       <c r="L13" s="45"/>
       <c r="M13" s="45"/>
       <c r="N13" s="45"/>
       <c r="O13" s="45"/>
       <c r="P13" s="45"/>
       <c r="Q13" s="45"/>
       <c r="R13" s="45"/>
       <c r="S13" s="29"/>
       <c r="T13" s="7"/>
     </row>
-    <row r="14" spans="1:20" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A14" s="116" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B14" s="117"/>
       <c r="C14" s="118"/>
       <c r="D14" s="28"/>
       <c r="E14" s="28"/>
       <c r="F14" s="28"/>
       <c r="G14" s="28"/>
       <c r="H14" s="28"/>
       <c r="I14" s="28"/>
       <c r="J14" s="28"/>
       <c r="K14" s="28"/>
       <c r="L14" s="28"/>
       <c r="M14" s="28"/>
       <c r="N14" s="28"/>
       <c r="O14" s="28"/>
       <c r="P14" s="28"/>
       <c r="Q14" s="28"/>
       <c r="R14" s="28"/>
       <c r="S14" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T14" s="7"/>
     </row>
-    <row r="15" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="112" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B15" s="113"/>
       <c r="C15" s="114"/>
       <c r="D15" s="28"/>
       <c r="E15" s="28"/>
       <c r="F15" s="28"/>
       <c r="G15" s="28"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="28"/>
       <c r="K15" s="28"/>
       <c r="L15" s="28"/>
       <c r="M15" s="28"/>
       <c r="N15" s="28"/>
       <c r="O15" s="28"/>
       <c r="P15" s="28"/>
       <c r="Q15" s="28"/>
       <c r="R15" s="28"/>
       <c r="S15" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T15" s="7"/>
     </row>
-    <row r="16" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A16" s="83" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B16" s="84"/>
       <c r="C16" s="85"/>
       <c r="D16" s="28"/>
       <c r="E16" s="28"/>
       <c r="F16" s="28"/>
       <c r="G16" s="28"/>
       <c r="H16" s="28"/>
       <c r="I16" s="28"/>
       <c r="J16" s="28"/>
       <c r="K16" s="28"/>
       <c r="L16" s="28"/>
       <c r="M16" s="28"/>
       <c r="N16" s="28"/>
       <c r="O16" s="28"/>
       <c r="P16" s="28"/>
       <c r="Q16" s="28"/>
       <c r="R16" s="28"/>
       <c r="S16" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T16" s="7"/>
     </row>
-    <row r="17" spans="1:20" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:20" ht="54.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="111" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B17" s="104"/>
       <c r="C17" s="105"/>
       <c r="D17" s="28" t="str">
         <f>IF(D16="No","N/A",IF(D16="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E17" s="28" t="str">
         <f t="shared" ref="E17:R17" si="1">IF(E16="No","N/A",IF(E16="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F17" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="G17" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="H17" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="I17" s="28" t="str">
         <f t="shared" si="1"/>
@@ -5265,80 +5314,80 @@
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="O17" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="P17" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="Q17" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="R17" s="28" t="str">
         <f t="shared" si="1"/>
         <v>-</v>
       </c>
       <c r="S17" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T17" s="7"/>
     </row>
-    <row r="18" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:20" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="86" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B18" s="87"/>
       <c r="C18" s="88"/>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="28"/>
       <c r="G18" s="28"/>
       <c r="H18" s="28"/>
       <c r="I18" s="28"/>
       <c r="J18" s="28"/>
       <c r="K18" s="28"/>
       <c r="L18" s="28"/>
       <c r="M18" s="28"/>
       <c r="N18" s="28"/>
       <c r="O18" s="28"/>
       <c r="P18" s="28"/>
       <c r="Q18" s="28"/>
       <c r="R18" s="28"/>
       <c r="S18" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T18" s="7"/>
     </row>
-    <row r="19" spans="1:20" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:20" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="89" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B19" s="104"/>
       <c r="C19" s="105"/>
       <c r="D19" s="28" t="str">
         <f t="shared" ref="D19:R19" si="2">IF(D18="No","N/A",IF(D18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E19" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="F19" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="G19" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="H19" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="I19" s="28" t="str">
         <f t="shared" si="2"/>
@@ -5364,53 +5413,53 @@
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="O19" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="P19" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="Q19" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="R19" s="28" t="str">
         <f t="shared" si="2"/>
         <v>-</v>
       </c>
       <c r="S19" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T19" s="7"/>
     </row>
-    <row r="20" spans="1:20" ht="30.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:20" ht="30.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="89" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B20" s="104"/>
       <c r="C20" s="105"/>
       <c r="D20" s="28" t="str">
         <f>IF(D18="No","N/A",IF(D18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E20" s="28" t="str">
         <f t="shared" ref="E20:R20" si="3">IF(E18="No","N/A",IF(E18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F20" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="G20" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="H20" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="I20" s="28" t="str">
         <f t="shared" si="3"/>
@@ -5436,53 +5485,53 @@
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="O20" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="P20" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="Q20" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="R20" s="28" t="str">
         <f t="shared" si="3"/>
         <v>-</v>
       </c>
       <c r="S20" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T20" s="7"/>
     </row>
-    <row r="21" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A21" s="89" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B21" s="104"/>
       <c r="C21" s="105"/>
       <c r="D21" s="28" t="str">
         <f>IF(D18="No","N/A",IF(D18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E21" s="28" t="str">
         <f t="shared" ref="E21:R21" si="4">IF(E18="No","N/A",IF(E18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F21" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="G21" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="H21" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="I21" s="28" t="str">
         <f t="shared" si="4"/>
@@ -5508,53 +5557,53 @@
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="O21" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="P21" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="Q21" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="R21" s="28" t="str">
         <f t="shared" si="4"/>
         <v>-</v>
       </c>
       <c r="S21" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T21" s="7"/>
     </row>
-    <row r="22" spans="1:20" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:20" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="89" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B22" s="104"/>
       <c r="C22" s="105"/>
       <c r="D22" s="28" t="str">
         <f>IF(D18="No","N/A",IF(D18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E22" s="28" t="str">
         <f t="shared" ref="E22:R22" si="5">IF(E18="No","N/A",IF(E18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F22" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="G22" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="H22" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="I22" s="28" t="str">
         <f t="shared" si="5"/>
@@ -5580,53 +5629,53 @@
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="O22" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="P22" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="Q22" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="R22" s="28" t="str">
         <f t="shared" si="5"/>
         <v>-</v>
       </c>
       <c r="S22" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T22" s="7"/>
     </row>
-    <row r="23" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A23" s="89" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B23" s="104"/>
       <c r="C23" s="105"/>
       <c r="D23" s="28" t="str">
         <f>IF(D18="No","N/A",IF(D18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E23" s="28" t="str">
         <f t="shared" ref="E23:R23" si="6">IF(E18="No","N/A",IF(E18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F23" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="G23" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="H23" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="I23" s="28" t="str">
         <f t="shared" si="6"/>
@@ -5652,53 +5701,53 @@
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="O23" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="P23" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="Q23" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="R23" s="28" t="str">
         <f t="shared" si="6"/>
         <v>-</v>
       </c>
       <c r="S23" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T23" s="7"/>
     </row>
-    <row r="24" spans="1:20" ht="34.35" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:20" ht="34.35" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="89" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B24" s="104"/>
       <c r="C24" s="105"/>
       <c r="D24" s="28" t="str">
         <f>IF(D18="No","N/A",IF(D18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E24" s="28" t="str">
         <f t="shared" ref="E24:R24" si="7">IF(E18="No","N/A",IF(E18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F24" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="G24" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="H24" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="I24" s="28" t="str">
         <f t="shared" si="7"/>
@@ -5724,53 +5773,53 @@
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="O24" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="P24" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="Q24" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="R24" s="28" t="str">
         <f t="shared" si="7"/>
         <v>-</v>
       </c>
       <c r="S24" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T24" s="7"/>
     </row>
-    <row r="25" spans="1:20" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:20" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="89" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B25" s="104"/>
       <c r="C25" s="105"/>
       <c r="D25" s="28" t="str">
         <f>IF(D18="No","N/A",IF(D18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E25" s="28" t="str">
         <f t="shared" ref="E25:R25" si="8">IF(E18="No","N/A",IF(E18="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F25" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="G25" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="H25" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="I25" s="28" t="str">
         <f t="shared" si="8"/>
@@ -5796,242 +5845,242 @@
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="O25" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="P25" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="Q25" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="R25" s="28" t="str">
         <f t="shared" si="8"/>
         <v>-</v>
       </c>
       <c r="S25" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T25" s="7"/>
     </row>
-    <row r="26" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="86" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B26" s="87"/>
       <c r="C26" s="88"/>
       <c r="D26" s="28"/>
       <c r="E26" s="28"/>
       <c r="F26" s="28"/>
       <c r="G26" s="28"/>
       <c r="H26" s="28"/>
       <c r="I26" s="28"/>
       <c r="J26" s="28"/>
       <c r="K26" s="28"/>
       <c r="L26" s="28"/>
       <c r="M26" s="28"/>
       <c r="N26" s="28"/>
       <c r="O26" s="28"/>
       <c r="P26" s="28"/>
       <c r="Q26" s="28"/>
       <c r="R26" s="28"/>
       <c r="S26" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T26" s="7"/>
     </row>
-    <row r="27" spans="1:20" ht="30.4" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:20" ht="30.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="83" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B27" s="84"/>
       <c r="C27" s="85"/>
       <c r="D27" s="28"/>
       <c r="E27" s="28"/>
       <c r="F27" s="28"/>
       <c r="G27" s="28"/>
       <c r="H27" s="28"/>
       <c r="I27" s="28"/>
       <c r="J27" s="28"/>
       <c r="K27" s="28"/>
       <c r="L27" s="28"/>
       <c r="M27" s="28"/>
       <c r="N27" s="28"/>
       <c r="O27" s="28"/>
       <c r="P27" s="28"/>
       <c r="Q27" s="28"/>
       <c r="R27" s="28"/>
       <c r="S27" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T27" s="7"/>
     </row>
-    <row r="28" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A28" s="83" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B28" s="84"/>
       <c r="C28" s="85"/>
       <c r="D28" s="28"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="28"/>
       <c r="L28" s="28"/>
       <c r="M28" s="28"/>
       <c r="N28" s="28"/>
       <c r="O28" s="28"/>
       <c r="P28" s="28"/>
       <c r="Q28" s="28"/>
       <c r="R28" s="28"/>
       <c r="S28" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T28" s="7"/>
     </row>
-    <row r="29" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="86" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B29" s="87"/>
       <c r="C29" s="88"/>
       <c r="D29" s="28"/>
       <c r="E29" s="28"/>
       <c r="F29" s="28"/>
       <c r="G29" s="28"/>
       <c r="H29" s="28"/>
       <c r="I29" s="28"/>
       <c r="J29" s="28"/>
       <c r="K29" s="28"/>
       <c r="L29" s="28"/>
       <c r="M29" s="28"/>
       <c r="N29" s="28"/>
       <c r="O29" s="28"/>
       <c r="P29" s="28"/>
       <c r="Q29" s="28"/>
       <c r="R29" s="28"/>
       <c r="S29" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T29" s="7"/>
     </row>
-    <row r="30" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="86" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B30" s="87"/>
       <c r="C30" s="88"/>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="28"/>
       <c r="L30" s="28"/>
       <c r="M30" s="28"/>
       <c r="N30" s="28"/>
       <c r="O30" s="28"/>
       <c r="P30" s="28"/>
       <c r="Q30" s="28"/>
       <c r="R30" s="28"/>
       <c r="S30" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T30" s="7"/>
     </row>
-    <row r="31" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="86" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B31" s="87"/>
       <c r="C31" s="88"/>
       <c r="D31" s="28"/>
       <c r="E31" s="28"/>
       <c r="F31" s="28"/>
       <c r="G31" s="28"/>
       <c r="H31" s="28"/>
       <c r="I31" s="28"/>
       <c r="J31" s="28"/>
       <c r="K31" s="28"/>
       <c r="L31" s="28"/>
       <c r="M31" s="28"/>
       <c r="N31" s="28"/>
       <c r="O31" s="28"/>
       <c r="P31" s="28"/>
       <c r="Q31" s="28"/>
       <c r="R31" s="28"/>
       <c r="S31" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T31" s="7"/>
     </row>
-    <row r="32" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="86" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B32" s="87"/>
       <c r="C32" s="88"/>
       <c r="D32" s="28"/>
       <c r="E32" s="28"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="28"/>
       <c r="L32" s="28"/>
       <c r="M32" s="28"/>
       <c r="N32" s="28"/>
       <c r="O32" s="28"/>
       <c r="P32" s="28"/>
       <c r="Q32" s="28"/>
       <c r="R32" s="28"/>
       <c r="S32" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T32" s="7"/>
     </row>
-    <row r="33" spans="1:20" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:20" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="89" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B33" s="104"/>
       <c r="C33" s="105"/>
       <c r="D33" s="28" t="str">
         <f>IF(D32="No","N/A",IF(D32="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E33" s="28" t="str">
         <f t="shared" ref="E33:R33" si="9">IF(E32="No","N/A",IF(E32="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F33" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="G33" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="H33" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="I33" s="28" t="str">
         <f t="shared" si="9"/>
@@ -6057,80 +6106,80 @@
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="O33" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="P33" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="Q33" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="R33" s="28" t="str">
         <f t="shared" si="9"/>
         <v>-</v>
       </c>
       <c r="S33" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T33" s="7"/>
     </row>
-    <row r="34" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:20" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="86" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B34" s="87"/>
       <c r="C34" s="88"/>
       <c r="D34" s="28"/>
       <c r="E34" s="28"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="28"/>
       <c r="L34" s="28"/>
       <c r="M34" s="28"/>
       <c r="N34" s="28"/>
       <c r="O34" s="28"/>
       <c r="P34" s="28"/>
       <c r="Q34" s="28"/>
       <c r="R34" s="28"/>
       <c r="S34" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T34" s="7"/>
     </row>
-    <row r="35" spans="1:20" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:20" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="89" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B35" s="104"/>
       <c r="C35" s="105"/>
       <c r="D35" s="28" t="str">
         <f>IF(D34="No","N/A",IF(D34="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E35" s="28" t="str">
         <f t="shared" ref="E35:R35" si="10">IF(E34="No","N/A",IF(E34="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F35" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="G35" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="H35" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="I35" s="28" t="str">
         <f t="shared" si="10"/>
@@ -6156,53 +6205,53 @@
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="O35" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="P35" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="Q35" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="R35" s="28" t="str">
         <f t="shared" si="10"/>
         <v>-</v>
       </c>
       <c r="S35" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T35" s="7"/>
     </row>
-    <row r="36" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A36" s="89" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B36" s="104"/>
       <c r="C36" s="105"/>
       <c r="D36" s="28" t="str">
         <f>IF(D34="No","N/A",IF(D34="N/A","N/A",IF(D35="No","N/A",IF(D35="N/A","N/A","-"))))</f>
         <v>-</v>
       </c>
       <c r="E36" s="28" t="str">
         <f t="shared" ref="E36:R36" si="11">IF(E34="No","N/A",IF(E34="N/A","N/A",IF(E35="No","N/A",IF(E35="N/A","N/A","-"))))</f>
         <v>-</v>
       </c>
       <c r="F36" s="28" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="G36" s="28" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="H36" s="28" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="I36" s="28" t="str">
         <f t="shared" si="11"/>
@@ -6228,53 +6277,53 @@
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="O36" s="28" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="P36" s="28" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="Q36" s="28" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="R36" s="28" t="str">
         <f t="shared" si="11"/>
         <v>-</v>
       </c>
       <c r="S36" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T36" s="7"/>
     </row>
-    <row r="37" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A37" s="89" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B37" s="104"/>
       <c r="C37" s="105"/>
       <c r="D37" s="28" t="str">
         <f>IF(D34="No","N/A",IF(D34="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E37" s="28" t="str">
         <f t="shared" ref="E37:R37" si="12">IF(E34="No","N/A",IF(E34="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F37" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="G37" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="H37" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="I37" s="28" t="str">
         <f t="shared" si="12"/>
@@ -6300,53 +6349,53 @@
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="O37" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="P37" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="Q37" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="R37" s="28" t="str">
         <f t="shared" si="12"/>
         <v>-</v>
       </c>
       <c r="S37" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T37" s="7"/>
     </row>
-    <row r="38" spans="1:20" ht="15" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A38" s="89" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B38" s="104"/>
       <c r="C38" s="105"/>
       <c r="D38" s="28" t="str">
         <f>IF(D34="No","N/A",IF(D34="N/A","N/A",IF(D37="No","N/A",IF(D37="N/A","N/A","-"))))</f>
         <v>-</v>
       </c>
       <c r="E38" s="28" t="str">
         <f t="shared" ref="E38:R38" si="13">IF(E34="No","N/A",IF(E34="N/A","N/A",IF(E37="No","N/A",IF(E37="N/A","N/A","-"))))</f>
         <v>-</v>
       </c>
       <c r="F38" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="G38" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="H38" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="I38" s="28" t="str">
         <f t="shared" si="13"/>
@@ -6372,53 +6421,53 @@
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="O38" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="P38" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="Q38" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="R38" s="28" t="str">
         <f t="shared" si="13"/>
         <v>-</v>
       </c>
       <c r="S38" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T38" s="7"/>
     </row>
-    <row r="39" spans="1:20" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:20" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="89" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B39" s="104"/>
       <c r="C39" s="105"/>
       <c r="D39" s="28" t="str">
         <f>IF(D34="No","N/A",IF(D34="N/A","N/A",IF(D37="No","N/A",IF(D37="N/A","N/A","-"))))</f>
         <v>-</v>
       </c>
       <c r="E39" s="28" t="str">
         <f t="shared" ref="E39:R39" si="14">IF(E34="No","N/A",IF(E34="N/A","N/A",IF(E37="No","N/A",IF(E37="N/A","N/A","-"))))</f>
         <v>-</v>
       </c>
       <c r="F39" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="G39" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="H39" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="I39" s="28" t="str">
         <f t="shared" si="14"/>
@@ -6444,53 +6493,53 @@
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="O39" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="P39" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="Q39" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="R39" s="28" t="str">
         <f t="shared" si="14"/>
         <v>-</v>
       </c>
       <c r="S39" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T39" s="7"/>
     </row>
-    <row r="40" spans="1:20" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:20" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="89" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B40" s="104"/>
       <c r="C40" s="105"/>
       <c r="D40" s="28" t="str">
         <f>IF(D34="No","N/A",IF(D34="N/A","N/A",IF(D37="No","N/A",IF(D37="N/A","N/A","-"))))</f>
         <v>-</v>
       </c>
       <c r="E40" s="28" t="str">
         <f t="shared" ref="E40:R40" si="15">IF(E34="No","N/A",IF(E34="N/A","N/A",IF(E37="No","N/A",IF(E37="N/A","N/A","-"))))</f>
         <v>-</v>
       </c>
       <c r="F40" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="G40" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="H40" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="I40" s="28" t="str">
         <f t="shared" si="15"/>
@@ -6516,53 +6565,53 @@
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="O40" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="P40" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="Q40" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="R40" s="28" t="str">
         <f t="shared" si="15"/>
         <v>-</v>
       </c>
       <c r="S40" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T40" s="7"/>
     </row>
-    <row r="41" spans="1:20" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:20" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="106" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B41" s="107"/>
       <c r="C41" s="108"/>
       <c r="D41" s="46" t="str">
         <f>IF(D34="No","N/A",IF(D34="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="E41" s="46" t="str">
         <f t="shared" ref="E41:R41" si="16">IF(E34="No","N/A",IF(E34="N/A","N/A","-"))</f>
         <v>-</v>
       </c>
       <c r="F41" s="46" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="G41" s="46" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="H41" s="46" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="I41" s="46" t="str">
         <f t="shared" si="16"/>
@@ -6588,53 +6637,53 @@
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="O41" s="46" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="P41" s="46" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="Q41" s="46" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="R41" s="46" t="str">
         <f t="shared" si="16"/>
         <v>-</v>
       </c>
       <c r="S41" s="29">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="T41" s="7"/>
     </row>
-    <row r="42" spans="1:20" ht="52.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:20" ht="52.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="66" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B42" s="109"/>
       <c r="C42" s="109"/>
       <c r="D42" s="109"/>
       <c r="E42" s="109"/>
       <c r="F42" s="109"/>
       <c r="G42" s="109"/>
       <c r="H42" s="109"/>
       <c r="I42" s="109"/>
       <c r="J42" s="109"/>
       <c r="K42" s="109"/>
       <c r="L42" s="109"/>
       <c r="M42" s="109"/>
       <c r="N42" s="109"/>
       <c r="O42" s="109"/>
       <c r="P42" s="109"/>
       <c r="Q42" s="109"/>
       <c r="R42" s="110"/>
       <c r="S42" s="47"/>
     </row>
   </sheetData>
   <mergeCells count="38">
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
@@ -6704,1084 +6753,1084 @@
           <x14:formula1>
             <xm:f>Lists!$C$1:$C$3</xm:f>
           </x14:formula1>
           <xm:sqref>B7</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EA43AE10-B715-440C-AF5E-D3B5C82C74B6}">
           <x14:formula1>
             <xm:f>Lists!$A$1:$A$150</xm:f>
           </x14:formula1>
           <xm:sqref>B5:E5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCE7CE16-AC84-4B08-901C-58777CFDEAFB}">
   <sheetPr>
     <tabColor rgb="FFCC99FF"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A4:N55"/>
   <sheetViews>
-    <sheetView topLeftCell="A45" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L46" sqref="L46:M46"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="N2" sqref="N2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.375" style="48" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="12.25" style="48" customWidth="1"/>
+    <col min="1" max="1" width="8.3984375" style="48" customWidth="1"/>
+    <col min="2" max="2" width="15.69921875" style="48" customWidth="1"/>
+    <col min="3" max="6" width="8.3984375" style="48" customWidth="1"/>
+    <col min="7" max="7" width="12.19921875" style="48" customWidth="1"/>
     <col min="8" max="12" width="8" style="48"/>
-    <col min="13" max="13" width="35.625" style="48" customWidth="1"/>
-    <col min="14" max="14" width="8.375" style="48" customWidth="1"/>
+    <col min="13" max="13" width="35.59765625" style="48" customWidth="1"/>
+    <col min="14" max="14" width="8.3984375" style="48" customWidth="1"/>
     <col min="15" max="16384" width="8" style="48"/>
   </cols>
   <sheetData>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
       <c r="F4"/>
     </row>
-    <row r="5" spans="1:14" ht="23.25" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:14" ht="23.4" x14ac:dyDescent="0.45">
       <c r="H5" s="138" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="138"/>
       <c r="J5" s="138"/>
       <c r="K5" s="138"/>
       <c r="L5" s="138"/>
       <c r="M5" s="138"/>
     </row>
-    <row r="6" spans="1:14" ht="25.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:14" ht="25.2" x14ac:dyDescent="0.45">
       <c r="A6" s="49"/>
       <c r="B6" s="49"/>
       <c r="C6" s="49"/>
       <c r="D6" s="49"/>
       <c r="E6" s="49"/>
       <c r="F6" s="49"/>
       <c r="G6" s="49"/>
       <c r="H6" s="139" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I6" s="139"/>
       <c r="J6" s="139"/>
       <c r="K6" s="139"/>
       <c r="L6" s="139"/>
       <c r="M6" s="139"/>
       <c r="N6" s="50"/>
     </row>
-    <row r="7" spans="1:14" ht="20.25" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:14" ht="20.399999999999999" x14ac:dyDescent="0.35">
       <c r="A7" s="51"/>
       <c r="B7" s="51"/>
       <c r="C7" s="51"/>
       <c r="D7" s="51"/>
       <c r="E7" s="51"/>
       <c r="F7" s="51"/>
       <c r="G7" s="51"/>
       <c r="H7" s="50"/>
       <c r="I7" s="50"/>
       <c r="J7" s="50"/>
       <c r="K7" s="50"/>
       <c r="L7" s="50"/>
       <c r="M7" s="50"/>
       <c r="N7" s="50"/>
     </row>
-    <row r="8" spans="1:14" ht="30.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:14" ht="30.6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="52" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="52"/>
       <c r="C8" s="140"/>
       <c r="D8" s="140"/>
       <c r="E8" s="140"/>
       <c r="F8" s="140"/>
       <c r="G8" s="140"/>
       <c r="H8" s="140"/>
       <c r="I8" s="140"/>
       <c r="J8" s="140"/>
       <c r="K8" s="140"/>
       <c r="L8" s="140"/>
       <c r="M8" s="140"/>
       <c r="N8" s="53"/>
     </row>
-    <row r="9" spans="1:14" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:14" ht="31.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="52" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B9" s="52"/>
       <c r="C9" s="141"/>
       <c r="D9" s="141"/>
       <c r="E9" s="141"/>
       <c r="F9" s="141"/>
       <c r="G9" s="141"/>
       <c r="H9" s="141"/>
       <c r="I9" s="141"/>
       <c r="J9" s="52"/>
       <c r="K9" s="52" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="L9" s="142"/>
       <c r="M9" s="142"/>
       <c r="N9" s="53"/>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A10" s="131"/>
       <c r="B10" s="131"/>
       <c r="C10" s="131"/>
       <c r="D10" s="131"/>
       <c r="E10" s="131"/>
       <c r="F10" s="131"/>
       <c r="G10" s="131"/>
       <c r="H10" s="131"/>
       <c r="I10" s="131"/>
       <c r="J10" s="131"/>
       <c r="K10" s="131"/>
       <c r="L10" s="131"/>
       <c r="M10" s="131"/>
       <c r="N10" s="54"/>
     </row>
     <row r="11" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="132"/>
       <c r="B11" s="132"/>
       <c r="C11" s="132"/>
       <c r="D11" s="132"/>
       <c r="E11" s="132"/>
       <c r="F11" s="132"/>
       <c r="G11" s="132"/>
       <c r="H11" s="132"/>
       <c r="I11" s="132"/>
       <c r="J11" s="132"/>
       <c r="K11" s="132"/>
       <c r="L11" s="132"/>
       <c r="M11" s="132"/>
       <c r="N11" s="1"/>
     </row>
     <row r="12" spans="1:14" ht="36" x14ac:dyDescent="0.3">
       <c r="A12" s="133" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B12" s="133"/>
       <c r="C12" s="133"/>
       <c r="D12" s="133"/>
       <c r="E12" s="133"/>
       <c r="F12" s="133"/>
       <c r="G12" s="133"/>
       <c r="H12" s="55" t="s">
+        <v>85</v>
+      </c>
+      <c r="I12" s="55" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="J12" s="55" t="s">
         <v>1</v>
       </c>
       <c r="K12" s="56" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="134" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M12" s="134"/>
       <c r="N12" s="54"/>
     </row>
-    <row r="13" spans="1:14" ht="25.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:14" ht="25.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="135" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B13" s="136"/>
       <c r="C13" s="136"/>
       <c r="D13" s="136"/>
       <c r="E13" s="136"/>
       <c r="F13" s="136"/>
       <c r="G13" s="136"/>
       <c r="H13" s="136"/>
       <c r="I13" s="136"/>
       <c r="J13" s="136"/>
       <c r="K13" s="136"/>
       <c r="L13" s="136"/>
       <c r="M13" s="137"/>
       <c r="N13" s="54"/>
     </row>
-    <row r="14" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="126" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B14" s="127"/>
       <c r="C14" s="127"/>
       <c r="D14" s="127"/>
       <c r="E14" s="127"/>
       <c r="F14" s="127"/>
       <c r="G14" s="128"/>
       <c r="H14" s="57"/>
       <c r="I14" s="57"/>
       <c r="J14" s="57"/>
       <c r="K14" s="57">
         <f>COUNTIF(I14,"X")</f>
         <v>0</v>
       </c>
       <c r="L14" s="129" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="M14" s="122"/>
       <c r="N14" s="58"/>
     </row>
-    <row r="15" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="126" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="B15" s="127"/>
       <c r="C15" s="127"/>
       <c r="D15" s="127"/>
       <c r="E15" s="127"/>
       <c r="F15" s="127"/>
       <c r="G15" s="128"/>
       <c r="H15" s="57"/>
       <c r="I15" s="57"/>
       <c r="J15" s="57"/>
       <c r="K15" s="57">
         <f t="shared" ref="K15:K53" si="0">COUNTIF(I15,"X")</f>
         <v>0</v>
       </c>
       <c r="L15" s="129" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="M15" s="122"/>
       <c r="N15" s="58"/>
     </row>
-    <row r="16" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="126" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B16" s="127"/>
       <c r="C16" s="127"/>
       <c r="D16" s="127"/>
       <c r="E16" s="127"/>
       <c r="F16" s="127"/>
       <c r="G16" s="128"/>
       <c r="H16" s="57"/>
       <c r="I16" s="57"/>
       <c r="J16" s="57"/>
       <c r="K16" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L16" s="129"/>
       <c r="M16" s="122"/>
       <c r="N16" s="58"/>
     </row>
-    <row r="17" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="126" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B17" s="127"/>
       <c r="C17" s="127"/>
       <c r="D17" s="127"/>
       <c r="E17" s="127"/>
       <c r="F17" s="127"/>
       <c r="G17" s="128"/>
       <c r="H17" s="57"/>
       <c r="I17" s="57"/>
       <c r="J17" s="57"/>
       <c r="K17" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L17" s="129"/>
       <c r="M17" s="122"/>
       <c r="N17" s="58"/>
     </row>
-    <row r="18" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="126" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B18" s="127"/>
       <c r="C18" s="127"/>
       <c r="D18" s="127"/>
       <c r="E18" s="127"/>
       <c r="F18" s="127"/>
       <c r="G18" s="128"/>
       <c r="H18" s="57"/>
       <c r="I18" s="57"/>
       <c r="J18" s="57"/>
       <c r="K18" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L18" s="129"/>
       <c r="M18" s="122"/>
       <c r="N18" s="58"/>
     </row>
-    <row r="19" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="126" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B19" s="127"/>
       <c r="C19" s="127"/>
       <c r="D19" s="127"/>
       <c r="E19" s="127"/>
       <c r="F19" s="127"/>
       <c r="G19" s="128"/>
       <c r="H19" s="57"/>
       <c r="I19" s="57"/>
       <c r="J19" s="57"/>
       <c r="K19" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L19" s="129"/>
       <c r="M19" s="122"/>
       <c r="N19" s="58"/>
     </row>
-    <row r="20" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="126" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B20" s="127"/>
       <c r="C20" s="127"/>
       <c r="D20" s="127"/>
       <c r="E20" s="127"/>
       <c r="F20" s="127"/>
       <c r="G20" s="128"/>
       <c r="H20" s="59"/>
       <c r="I20" s="59"/>
       <c r="J20" s="59"/>
       <c r="K20" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L20" s="129"/>
       <c r="M20" s="122"/>
       <c r="N20" s="58"/>
     </row>
-    <row r="21" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="126" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B21" s="127"/>
       <c r="C21" s="127"/>
       <c r="D21" s="127"/>
       <c r="E21" s="127"/>
       <c r="F21" s="127"/>
       <c r="G21" s="128"/>
       <c r="H21" s="59"/>
       <c r="I21" s="59"/>
       <c r="J21" s="59"/>
       <c r="K21" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L21" s="129"/>
       <c r="M21" s="122"/>
       <c r="N21" s="58"/>
     </row>
-    <row r="22" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="126" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B22" s="127"/>
       <c r="C22" s="127"/>
       <c r="D22" s="127"/>
       <c r="E22" s="127"/>
       <c r="F22" s="127"/>
       <c r="G22" s="128"/>
       <c r="H22" s="59"/>
       <c r="I22" s="59"/>
       <c r="J22" s="59"/>
       <c r="K22" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L22" s="129"/>
       <c r="M22" s="122"/>
       <c r="N22" s="58"/>
     </row>
-    <row r="23" spans="1:14" ht="25.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:14" ht="25.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="123" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="B23" s="124"/>
       <c r="C23" s="124"/>
       <c r="D23" s="124"/>
       <c r="E23" s="124"/>
       <c r="F23" s="124"/>
       <c r="G23" s="124"/>
       <c r="H23" s="124"/>
       <c r="I23" s="124"/>
       <c r="J23" s="124"/>
       <c r="K23" s="124"/>
       <c r="L23" s="124"/>
       <c r="M23" s="125"/>
       <c r="N23" s="60"/>
     </row>
-    <row r="24" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="126" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B24" s="127"/>
       <c r="C24" s="127"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="127"/>
       <c r="G24" s="128"/>
       <c r="H24" s="57"/>
       <c r="I24" s="57"/>
       <c r="J24" s="57"/>
       <c r="K24" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L24" s="129"/>
       <c r="M24" s="122"/>
       <c r="N24" s="58"/>
     </row>
-    <row r="25" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="126" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B25" s="127"/>
       <c r="C25" s="127"/>
       <c r="D25" s="127"/>
       <c r="E25" s="127"/>
       <c r="F25" s="127"/>
       <c r="G25" s="128"/>
       <c r="H25" s="57"/>
       <c r="I25" s="57"/>
       <c r="J25" s="57"/>
       <c r="K25" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L25" s="129"/>
       <c r="M25" s="122"/>
       <c r="N25" s="58"/>
     </row>
-    <row r="26" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="126" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B26" s="127"/>
       <c r="C26" s="127"/>
       <c r="D26" s="127"/>
       <c r="E26" s="127"/>
       <c r="F26" s="127"/>
       <c r="G26" s="128"/>
       <c r="H26" s="59"/>
       <c r="I26" s="59"/>
       <c r="J26" s="59"/>
       <c r="K26" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L26" s="129"/>
       <c r="M26" s="122"/>
       <c r="N26" s="58"/>
     </row>
-    <row r="27" spans="1:14" ht="55.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:14" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="126" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B27" s="127"/>
       <c r="C27" s="127"/>
       <c r="D27" s="127"/>
       <c r="E27" s="127"/>
       <c r="F27" s="127"/>
       <c r="G27" s="128"/>
       <c r="H27" s="59"/>
       <c r="I27" s="59"/>
       <c r="J27" s="59"/>
       <c r="K27" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L27" s="129"/>
       <c r="M27" s="122"/>
       <c r="N27" s="58"/>
     </row>
-    <row r="28" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="126" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B28" s="127"/>
       <c r="C28" s="127"/>
       <c r="D28" s="127"/>
       <c r="E28" s="127"/>
       <c r="F28" s="127"/>
       <c r="G28" s="128"/>
       <c r="H28" s="59"/>
       <c r="I28" s="59"/>
       <c r="J28" s="59"/>
       <c r="K28" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L28" s="129"/>
       <c r="M28" s="122"/>
       <c r="N28" s="58"/>
     </row>
-    <row r="29" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="126" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B29" s="127"/>
       <c r="C29" s="127"/>
       <c r="D29" s="127"/>
       <c r="E29" s="127"/>
       <c r="F29" s="127"/>
       <c r="G29" s="128"/>
       <c r="H29" s="59"/>
       <c r="I29" s="59"/>
       <c r="J29" s="59"/>
       <c r="K29" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L29" s="129"/>
       <c r="M29" s="122"/>
       <c r="N29" s="58"/>
     </row>
-    <row r="30" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="126" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B30" s="127"/>
       <c r="C30" s="127"/>
       <c r="D30" s="127"/>
       <c r="E30" s="127"/>
       <c r="F30" s="127"/>
       <c r="G30" s="128"/>
       <c r="H30" s="59"/>
       <c r="I30" s="59"/>
       <c r="J30" s="59"/>
       <c r="K30" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L30" s="129"/>
       <c r="M30" s="122"/>
       <c r="N30" s="58"/>
     </row>
-    <row r="31" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="126" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B31" s="127"/>
       <c r="C31" s="127"/>
       <c r="D31" s="127"/>
       <c r="E31" s="127"/>
       <c r="F31" s="127"/>
       <c r="G31" s="128"/>
       <c r="H31" s="59"/>
       <c r="I31" s="59"/>
       <c r="J31" s="59"/>
       <c r="K31" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L31" s="129"/>
       <c r="M31" s="122"/>
       <c r="N31" s="58"/>
     </row>
-    <row r="32" spans="1:14" ht="25.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:14" ht="25.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="123" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B32" s="124"/>
       <c r="C32" s="124"/>
       <c r="D32" s="124"/>
       <c r="E32" s="124"/>
       <c r="F32" s="124"/>
       <c r="G32" s="124"/>
       <c r="H32" s="124"/>
       <c r="I32" s="124"/>
       <c r="J32" s="124"/>
       <c r="K32" s="124"/>
       <c r="L32" s="124"/>
       <c r="M32" s="125"/>
       <c r="N32" s="60"/>
     </row>
-    <row r="33" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="126" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B33" s="127"/>
       <c r="C33" s="127"/>
       <c r="D33" s="127"/>
       <c r="E33" s="127"/>
       <c r="F33" s="127"/>
       <c r="G33" s="128"/>
       <c r="H33" s="57"/>
       <c r="I33" s="57"/>
       <c r="J33" s="57"/>
       <c r="K33" s="57">
         <f t="shared" ref="K33" si="1">COUNTIF(I33,"X")</f>
         <v>0</v>
       </c>
       <c r="L33" s="129"/>
       <c r="M33" s="122"/>
       <c r="N33" s="58"/>
     </row>
-    <row r="34" spans="1:14" ht="55.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:14" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="126" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B34" s="127"/>
       <c r="C34" s="127"/>
       <c r="D34" s="127"/>
       <c r="E34" s="127"/>
       <c r="F34" s="127"/>
       <c r="G34" s="128"/>
       <c r="H34" s="59"/>
       <c r="I34" s="59"/>
       <c r="J34" s="59"/>
       <c r="K34" s="57">
         <f>COUNTIF(I34,"X")</f>
         <v>0</v>
       </c>
       <c r="L34" s="129"/>
       <c r="M34" s="122"/>
       <c r="N34" s="58"/>
     </row>
-    <row r="35" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="126" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B35" s="127"/>
       <c r="C35" s="127"/>
       <c r="D35" s="127"/>
       <c r="E35" s="127"/>
       <c r="F35" s="127"/>
       <c r="G35" s="128"/>
       <c r="H35" s="59"/>
       <c r="I35" s="59"/>
       <c r="J35" s="59"/>
       <c r="K35" s="57">
         <f>COUNTIF(I35,"X")</f>
         <v>0</v>
       </c>
       <c r="L35" s="129"/>
       <c r="M35" s="122"/>
       <c r="N35" s="58"/>
     </row>
-    <row r="36" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="126" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B36" s="127"/>
       <c r="C36" s="127"/>
       <c r="D36" s="127"/>
       <c r="E36" s="127"/>
       <c r="F36" s="127"/>
       <c r="G36" s="128"/>
       <c r="H36" s="59"/>
       <c r="I36" s="59"/>
       <c r="J36" s="59"/>
       <c r="K36" s="57">
         <f>COUNTIF(I36,"X")</f>
         <v>0</v>
       </c>
       <c r="L36" s="129"/>
       <c r="M36" s="122"/>
       <c r="N36" s="58"/>
     </row>
-    <row r="37" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="126" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B37" s="127"/>
       <c r="C37" s="127"/>
       <c r="D37" s="127"/>
       <c r="E37" s="127"/>
       <c r="F37" s="127"/>
       <c r="G37" s="128"/>
       <c r="H37" s="59"/>
       <c r="I37" s="59"/>
       <c r="J37" s="59"/>
       <c r="K37" s="57">
         <f>COUNTIF(I37,"X")</f>
         <v>0</v>
       </c>
       <c r="L37" s="129"/>
       <c r="M37" s="122"/>
       <c r="N37" s="58"/>
     </row>
-    <row r="38" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="126" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B38" s="127"/>
       <c r="C38" s="127"/>
       <c r="D38" s="127"/>
       <c r="E38" s="127"/>
       <c r="F38" s="127"/>
       <c r="G38" s="128"/>
       <c r="H38" s="59"/>
       <c r="I38" s="59"/>
       <c r="J38" s="59"/>
       <c r="K38" s="57">
         <f>COUNTIF(I38,"X")</f>
         <v>0</v>
       </c>
       <c r="L38" s="129"/>
       <c r="M38" s="122"/>
       <c r="N38" s="58"/>
     </row>
-    <row r="39" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="126" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B39" s="127"/>
       <c r="C39" s="127"/>
       <c r="D39" s="127"/>
       <c r="E39" s="127"/>
       <c r="F39" s="127"/>
       <c r="G39" s="128"/>
       <c r="H39" s="57"/>
       <c r="I39" s="57"/>
       <c r="J39" s="57"/>
       <c r="K39" s="57">
         <f t="shared" ref="K39:K41" si="2">COUNTIF(I39,"X")</f>
         <v>0</v>
       </c>
       <c r="L39" s="129"/>
       <c r="M39" s="122"/>
       <c r="N39" s="58"/>
     </row>
-    <row r="40" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="126" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B40" s="127"/>
       <c r="C40" s="127"/>
       <c r="D40" s="127"/>
       <c r="E40" s="127"/>
       <c r="F40" s="127"/>
       <c r="G40" s="128"/>
       <c r="H40" s="57"/>
       <c r="I40" s="57"/>
       <c r="J40" s="57"/>
       <c r="K40" s="57">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L40" s="129"/>
       <c r="M40" s="122"/>
       <c r="N40" s="58"/>
     </row>
-    <row r="41" spans="1:14" ht="55.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:14" ht="55.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="126" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B41" s="127"/>
       <c r="C41" s="127"/>
       <c r="D41" s="127"/>
       <c r="E41" s="127"/>
       <c r="F41" s="127"/>
       <c r="G41" s="128"/>
       <c r="H41" s="59"/>
       <c r="I41" s="59"/>
       <c r="J41" s="59"/>
       <c r="K41" s="57">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L41" s="129"/>
       <c r="M41" s="122"/>
       <c r="N41" s="58"/>
     </row>
-    <row r="42" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="126" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B42" s="127"/>
       <c r="C42" s="127"/>
       <c r="D42" s="127"/>
       <c r="E42" s="127"/>
       <c r="F42" s="127"/>
       <c r="G42" s="128"/>
       <c r="H42" s="57"/>
       <c r="I42" s="57"/>
       <c r="J42" s="57"/>
       <c r="K42" s="57">
         <f>COUNTIF(I42,"X")</f>
         <v>0</v>
       </c>
       <c r="L42" s="129"/>
       <c r="M42" s="122"/>
       <c r="N42" s="58"/>
     </row>
-    <row r="43" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="119" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B43" s="120"/>
       <c r="C43" s="120"/>
       <c r="D43" s="120"/>
       <c r="E43" s="120"/>
       <c r="F43" s="120"/>
       <c r="G43" s="120"/>
       <c r="H43" s="57"/>
       <c r="I43" s="57"/>
       <c r="J43" s="57"/>
       <c r="K43" s="57">
         <f t="shared" ref="K43:K47" si="3">COUNTIF(I43,"X")</f>
         <v>0</v>
       </c>
       <c r="L43" s="121"/>
       <c r="M43" s="122"/>
       <c r="N43" s="58"/>
     </row>
-    <row r="44" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="119" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B44" s="120"/>
       <c r="C44" s="120"/>
       <c r="D44" s="120"/>
       <c r="E44" s="120"/>
       <c r="F44" s="120"/>
       <c r="G44" s="120"/>
       <c r="H44" s="57"/>
       <c r="I44" s="57"/>
       <c r="J44" s="57"/>
       <c r="K44" s="57">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L44" s="121"/>
       <c r="M44" s="122"/>
       <c r="N44" s="58"/>
     </row>
-    <row r="45" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="119" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B45" s="120"/>
       <c r="C45" s="120"/>
       <c r="D45" s="120"/>
       <c r="E45" s="120"/>
       <c r="F45" s="120"/>
       <c r="G45" s="120"/>
       <c r="H45" s="57"/>
       <c r="I45" s="57"/>
       <c r="J45" s="57"/>
       <c r="K45" s="57">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L45" s="121"/>
       <c r="M45" s="122"/>
       <c r="N45" s="58"/>
     </row>
-    <row r="46" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="119" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="B46" s="120"/>
       <c r="C46" s="120"/>
       <c r="D46" s="120"/>
       <c r="E46" s="120"/>
       <c r="F46" s="120"/>
       <c r="G46" s="120"/>
       <c r="H46" s="57"/>
       <c r="I46" s="57"/>
       <c r="J46" s="57"/>
       <c r="K46" s="57">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L46" s="130"/>
       <c r="M46" s="130"/>
       <c r="N46" s="58"/>
     </row>
-    <row r="47" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:14" s="65" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="119" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B47" s="120"/>
       <c r="C47" s="120"/>
       <c r="D47" s="120"/>
       <c r="E47" s="120"/>
       <c r="F47" s="120"/>
       <c r="G47" s="120"/>
       <c r="H47" s="57"/>
       <c r="I47" s="57"/>
       <c r="J47" s="57"/>
       <c r="K47" s="57">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L47" s="121"/>
       <c r="M47" s="122"/>
       <c r="N47" s="58"/>
     </row>
-    <row r="48" spans="1:14" ht="25.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:14" ht="25.2" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="123" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B48" s="124"/>
       <c r="C48" s="124"/>
       <c r="D48" s="124"/>
       <c r="E48" s="124"/>
       <c r="F48" s="124"/>
       <c r="G48" s="124"/>
       <c r="H48" s="124"/>
       <c r="I48" s="124"/>
       <c r="J48" s="124"/>
       <c r="K48" s="124"/>
       <c r="L48" s="124"/>
       <c r="M48" s="125"/>
       <c r="N48" s="60"/>
     </row>
-    <row r="49" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="126" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B49" s="127"/>
       <c r="C49" s="127"/>
       <c r="D49" s="127"/>
       <c r="E49" s="127"/>
       <c r="F49" s="127"/>
       <c r="G49" s="128"/>
       <c r="H49" s="59"/>
       <c r="I49" s="59"/>
       <c r="J49" s="59"/>
       <c r="K49" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L49" s="129"/>
       <c r="M49" s="122"/>
       <c r="N49" s="58"/>
     </row>
-    <row r="50" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="126" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B50" s="127"/>
       <c r="C50" s="127"/>
       <c r="D50" s="127"/>
       <c r="E50" s="127"/>
       <c r="F50" s="127"/>
       <c r="G50" s="128"/>
       <c r="H50" s="59"/>
       <c r="I50" s="59"/>
       <c r="J50" s="59"/>
       <c r="K50" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L50" s="129"/>
       <c r="M50" s="122"/>
       <c r="N50" s="58"/>
     </row>
-    <row r="51" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="126" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B51" s="127"/>
       <c r="C51" s="127"/>
       <c r="D51" s="127"/>
       <c r="E51" s="127"/>
       <c r="F51" s="127"/>
       <c r="G51" s="128"/>
       <c r="H51" s="59"/>
       <c r="I51" s="59"/>
       <c r="J51" s="59"/>
       <c r="K51" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L51" s="129"/>
       <c r="M51" s="122"/>
       <c r="N51" s="58"/>
     </row>
-    <row r="52" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:14" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="126" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B52" s="127"/>
       <c r="C52" s="127"/>
       <c r="D52" s="127"/>
       <c r="E52" s="127"/>
       <c r="F52" s="127"/>
       <c r="G52" s="128"/>
       <c r="H52" s="59"/>
       <c r="I52" s="59"/>
       <c r="J52" s="59"/>
       <c r="K52" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L52" s="129"/>
       <c r="M52" s="122"/>
       <c r="N52" s="58"/>
     </row>
-    <row r="53" spans="1:14" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:14" ht="68.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="126" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B53" s="127"/>
       <c r="C53" s="127"/>
       <c r="D53" s="127"/>
       <c r="E53" s="127"/>
       <c r="F53" s="127"/>
       <c r="G53" s="128"/>
       <c r="H53" s="59"/>
       <c r="I53" s="59"/>
       <c r="J53" s="59"/>
       <c r="K53" s="57">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="L53" s="129"/>
       <c r="M53" s="122"/>
       <c r="N53" s="58"/>
     </row>
-    <row r="54" spans="1:14" ht="21.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:14" ht="21.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="143" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B54" s="144"/>
       <c r="C54" s="144"/>
       <c r="D54" s="144"/>
       <c r="E54" s="144"/>
       <c r="F54" s="144"/>
       <c r="G54" s="144"/>
       <c r="H54" s="144"/>
       <c r="I54" s="144"/>
       <c r="J54" s="144"/>
       <c r="K54" s="144"/>
       <c r="L54" s="144"/>
       <c r="M54" s="145"/>
     </row>
-    <row r="55" spans="1:14" ht="223.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:14" ht="223.35" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="146" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="B55" s="147"/>
       <c r="C55" s="147"/>
       <c r="D55" s="147"/>
       <c r="E55" s="147"/>
       <c r="F55" s="147"/>
       <c r="G55" s="147"/>
       <c r="H55" s="147"/>
       <c r="I55" s="147"/>
       <c r="J55" s="147"/>
       <c r="K55" s="147"/>
       <c r="L55" s="147"/>
       <c r="M55" s="148"/>
       <c r="N55" s="61"/>
     </row>
   </sheetData>
   <mergeCells count="89">
     <mergeCell ref="A54:M54"/>
     <mergeCell ref="A55:M55"/>
     <mergeCell ref="A52:G52"/>
     <mergeCell ref="L52:M52"/>
     <mergeCell ref="A53:G53"/>
     <mergeCell ref="L53:M53"/>
     <mergeCell ref="A49:G49"/>
     <mergeCell ref="L49:M49"/>
@@ -7882,541 +7931,541 @@
           <x14:formula1>
             <xm:f>Lists!$A$1:$A$81</xm:f>
           </x14:formula1>
           <xm:sqref>C8:M8</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{0D298F2F-EFE8-4D30-A3A5-9B5B98BA4254}">
           <x14:formula1>
             <xm:f>Lists!$C$1:$C$3</xm:f>
           </x14:formula1>
           <xm:sqref>C9:I9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F55C355D-14FB-45FD-867E-FB2810753554}">
   <dimension ref="A1:G81"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H2" sqref="H2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.59765625" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="48" style="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="8.625" style="3"/>
-[...1 lines deleted...]
-    <col min="4" max="16384" width="8.625" style="3"/>
+    <col min="2" max="2" width="8.59765625" style="3"/>
+    <col min="3" max="3" width="16.8984375" style="3" customWidth="1"/>
+    <col min="4" max="16384" width="8.59765625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="63" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="37" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A2" s="63" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="37" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A3" s="63" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="G3" s="37" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="63" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C4" s="2"/>
       <c r="E4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="37"/>
     </row>
-    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A5" s="63" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C5" s="2"/>
       <c r="G5" s="37"/>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A6" s="63" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C6" s="2"/>
       <c r="G6" s="37"/>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A7" s="63" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C7" s="2"/>
       <c r="G7" s="37"/>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" s="63" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G8" s="37"/>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="63" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>9</v>
       </c>
       <c r="G9" s="38"/>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A10" s="63" t="s">
+        <v>138</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="G10" s="38"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A11" s="64" t="s">
         <v>139</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G11" s="38"/>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="63" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="G12" s="37"/>
     </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="63" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="37"/>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="63" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="64" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="63" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="63" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A18" s="63" t="s">
         <v>146</v>
-      </c>
-[...3 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="63" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="63" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="63" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A22" s="63" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A22" s="63" t="s">
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A23" s="63" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A23" s="63" t="s">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A24" s="63" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A24" s="63" t="s">
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A25" s="64" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A25" s="64" t="s">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A26" s="64" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A26" s="64" t="s">
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A27" s="64" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A27" s="64" t="s">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A28" s="63" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A28" s="63" t="s">
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A29" s="63" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A29" s="63" t="s">
+    <row r="30" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="63" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="30" spans="1:5" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="63" t="s">
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A31" s="63" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A31" s="63" t="s">
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A32" s="63" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="32" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A32" s="63" t="s">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A33" s="63" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A33" s="63" t="s">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A34" s="63" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A34" s="63" t="s">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A35" s="63" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A35" s="63" t="s">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A36" s="63" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A36" s="63" t="s">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A37" s="63" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A37" s="63" t="s">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A38" s="63" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A38" s="63" t="s">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A39" s="64" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A39" s="64" t="s">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A40" s="63" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A40" s="63" t="s">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A41" s="63" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A41" s="63" t="s">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A42" s="63" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A42" s="63" t="s">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A43" s="63" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A43" s="63" t="s">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A44" s="63" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A44" s="63" t="s">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A45" s="63" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A45" s="63" t="s">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A46" s="63" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A46" s="63" t="s">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A47" s="64" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A47" s="64" t="s">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A48" s="63" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A48" s="63" t="s">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A49" s="63" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A49" s="63" t="s">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A50" s="63" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A51" s="63" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A51" s="63" t="s">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A52" s="63" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A52" s="63" t="s">
+    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A53" s="63" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A54" s="63" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="53" spans="1:1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A54" s="63" t="s">
+    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A55" s="64" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="55" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A55" s="64" t="s">
+    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A56" s="63" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="56" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A56" s="63" t="s">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A57" s="63" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="57" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A57" s="63" t="s">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A58" s="63" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="58" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A58" s="63" t="s">
+    <row r="59" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A59" s="63" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="59" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A59" s="63" t="s">
+    <row r="60" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A60" s="63" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="60" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A60" s="63" t="s">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A61" s="63" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A61" s="63" t="s">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A62" s="63" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A62" s="63" t="s">
+    <row r="63" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A63" s="64" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="63" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A63" s="64" t="s">
+    <row r="64" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A64" s="63" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="64" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A64" s="63" t="s">
+    <row r="65" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A65" s="63" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="65" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A65" s="63" t="s">
+    <row r="66" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A66" s="63" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="66" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A66" s="63" t="s">
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="63" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="67" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A67" s="63" t="s">
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A68" s="64" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="68" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A68" s="64" t="s">
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A69" s="64" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="69" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A69" s="64" t="s">
+    <row r="70" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A70" s="64" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="70" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A70" s="64" t="s">
+    <row r="71" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A71" s="63" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="71" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A71" s="63" t="s">
+    <row r="72" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A72" s="64" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="72" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A72" s="64" t="s">
+    <row r="73" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A73" s="64" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="73" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A73" s="64" t="s">
+    <row r="74" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A74" s="63" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="74" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A74" s="63" t="s">
+    <row r="75" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A75" s="63" t="s">
         <v>201</v>
       </c>
     </row>
-    <row r="75" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A75" s="63" t="s">
+    <row r="76" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A76" s="63" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="76" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A76" s="63" t="s">
+    <row r="77" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A77" s="63" t="s">
         <v>203</v>
       </c>
     </row>
-    <row r="77" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A77" s="63" t="s">
+    <row r="78" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A78" s="64" t="s">
         <v>204</v>
       </c>
     </row>
-    <row r="78" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A78" s="64" t="s">
+    <row r="79" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A79" s="63" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="79" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A79" s="63" t="s">
+    <row r="80" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A80" s="63" t="s">
         <v>206</v>
       </c>
     </row>
-    <row r="80" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A80" s="63" t="s">
+    <row r="81" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A81" s="63" t="s">
         <v>207</v>
-      </c>
-[...3 lines deleted...]
-        <v>208</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
@@ -8428,33 +8477,32 @@
     <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Employee File Review</vt:lpstr>
       <vt:lpstr>Participant File Review</vt:lpstr>
       <vt:lpstr>Group Observation Checklist</vt:lpstr>
       <vt:lpstr>Lists</vt:lpstr>
       <vt:lpstr>Centers</vt:lpstr>
       <vt:lpstr>ContractMonitors</vt:lpstr>
       <vt:lpstr>Monitors</vt:lpstr>
       <vt:lpstr>'Employee File Review'!Print_Area</vt:lpstr>
       <vt:lpstr>'Participant File Review'!Print_Area</vt:lpstr>
       <vt:lpstr>'Employee File Review'!Print_Titles</vt:lpstr>
       <vt:lpstr>'Participant File Review'!Print_Titles</vt:lpstr>
       <vt:lpstr>YN</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>2024 BIP Monitoring Review Tools (Excel)</dc:title>
   <dc:creator>Danielle Criswell</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>