--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,166 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Auna\CRRA 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{C8788F93-D351-44E9-A24E-20E7A9BA35E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{874388A4-2CF5-469A-AE45-3F16736F1A6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F8EDCD32-2F4E-406C-99C6-6DE47C2BC368}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{B539E8AD-1A3A-4C5E-9CA8-B7B48042260D}"/>
   </bookViews>
   <sheets>
     <sheet name="CRRA-Certified" sheetId="2" r:id="rId1"/>
-    <sheet name="CRRA-Expired &amp; Inactive" sheetId="3" r:id="rId2"/>
-    <sheet name="CRRA-Ethics" sheetId="4" r:id="rId3"/>
+    <sheet name="CRRA-Inactive &amp; Expired" sheetId="3" r:id="rId2"/>
+    <sheet name="CRRA-Ethical" sheetId="4" r:id="rId3"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'CRRA-Certified'!$A$1:$L$435</definedName>
+  </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4327" uniqueCount="2192">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4379" uniqueCount="2219">
   <si>
     <t>Credential Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>CredentialType</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Contact Email</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Expiration Date</t>
   </si>
   <si>
     <t>CRRA. - Certified Recovery Residence Administrator</t>
   </si>
   <si>
     <t>EXPIRED</t>
   </si>
   <si>
+    <t>Palm Beach</t>
+  </si>
+  <si>
+    <t>Broward</t>
+  </si>
+  <si>
     <t>Lake</t>
   </si>
   <si>
-    <t>Palm Beach</t>
-[...4 lines deleted...]
-  <si>
     <t>istudymedicalforfun@gmail.com</t>
   </si>
   <si>
     <t>Osceola</t>
   </si>
   <si>
     <t>Duval</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Miami-Dade</t>
   </si>
   <si>
     <t>Flagler</t>
   </si>
   <si>
     <t>HillsBorough</t>
   </si>
   <si>
+    <t>Pinellas</t>
+  </si>
+  <si>
+    <t>Volusia</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100000 </t>
   </si>
   <si>
     <t>CERTIFIED</t>
   </si>
   <si>
     <t>Sburnscarter@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100001 </t>
   </si>
   <si>
     <t>Timothy Bradley</t>
   </si>
   <si>
     <t>rwtlb@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100002 </t>
   </si>
   <si>
     <t>llrichmond@yahoo.com</t>
   </si>
   <si>
     <t>Seminole</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100003 </t>
   </si>
   <si>
     <t>josephwgagliardo@gmail.com</t>
   </si>
   <si>
-    <t>Lee</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100004 </t>
   </si>
   <si>
     <t>INACTIVE</t>
   </si>
   <si>
     <t>anesvik@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100005 </t>
   </si>
   <si>
     <t>chrisege82@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100006 </t>
   </si>
   <si>
     <t>bcmaulbach@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100007 </t>
   </si>
   <si>
     <t>John E Branch</t>
@@ -288,53 +297,50 @@
   <si>
     <t>kevinschmidt2001@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100023 </t>
   </si>
   <si>
     <t>ossipm@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100024 </t>
   </si>
   <si>
     <t>Beth A Miskiewicz</t>
   </si>
   <si>
     <t>bethmisk@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100025 </t>
   </si>
   <si>
     <t>William.Atkinsoniv@gmail.com</t>
   </si>
   <si>
-    <t>Pinellas</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100026 </t>
   </si>
   <si>
     <t>positivestartcounseling@msn.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100027 </t>
   </si>
   <si>
     <t>Jimaine Titus</t>
   </si>
   <si>
     <t>Jimaine@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100028 </t>
   </si>
   <si>
     <t>ezdrawer@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100029 </t>
   </si>
   <si>
     <t>Gail T Morin</t>
@@ -378,53 +384,50 @@
   <si>
     <t>Brendan M Reres</t>
   </si>
   <si>
     <t>breres@cametobelievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100035 </t>
   </si>
   <si>
     <t>James Hartman</t>
   </si>
   <si>
     <t>jhartman@thehartmanhouse.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100036 </t>
   </si>
   <si>
     <t>Lillian Kay Hayes</t>
   </si>
   <si>
     <t>kayhayes@avenues12.org</t>
   </si>
   <si>
-    <t>Volusia</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100037 </t>
   </si>
   <si>
     <t>Jennifer Napolitano</t>
   </si>
   <si>
     <t>jennifer@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100038 </t>
   </si>
   <si>
     <t>Nancy K Steiner</t>
   </si>
   <si>
     <t>nsteiner@sanctuarydelraybeach.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100039 </t>
   </si>
   <si>
     <t>benbueno1209@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100040 </t>
@@ -816,51 +819,51 @@
   <si>
     <t>Sarasota</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100088 </t>
   </si>
   <si>
     <t>Richard Mukasa</t>
   </si>
   <si>
     <t>richmukasa@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100089 </t>
   </si>
   <si>
     <t>William B Berard Iv</t>
   </si>
   <si>
     <t>williamberard@gracesway.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100090 </t>
   </si>
   <si>
-    <t>melvinclark1979@gmail.com</t>
+    <t>mclarkiii1879@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100091 </t>
   </si>
   <si>
     <t>Juan A Harris, Sr.</t>
   </si>
   <si>
     <t>drjuanharris@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100092 </t>
   </si>
   <si>
     <t>sarahsackslcsw@aol.com</t>
   </si>
   <si>
     <t>Brevard</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100093 </t>
   </si>
   <si>
     <t>Samuel H Draper</t>
   </si>
@@ -1419,50 +1422,59 @@
   <si>
     <t xml:space="preserve">CRRA.0100168 </t>
   </si>
   <si>
     <t>Sunbecca03@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100170 </t>
   </si>
   <si>
     <t>Mildred Taylor</t>
   </si>
   <si>
     <t>millyt606@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100171 </t>
   </si>
   <si>
     <t>John W Gau</t>
   </si>
   <si>
     <t>jgau@amethystrecovery.org</t>
   </si>
   <si>
+    <t xml:space="preserve">CRRA.0100172 </t>
+  </si>
+  <si>
+    <t>Jason Edward Riddell</t>
+  </si>
+  <si>
+    <t>jasonedwardriddell@hotmail.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100173 </t>
   </si>
   <si>
     <t>Richard Bryant</t>
   </si>
   <si>
     <t>rbryant@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100174 </t>
   </si>
   <si>
     <t>James Farese</t>
   </si>
   <si>
     <t>jfarese@yourliferecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100175 </t>
   </si>
   <si>
     <t>Robert A Meshna</t>
   </si>
   <si>
     <t>robertm20@hotmail.com</t>
@@ -4017,51 +4029,51 @@
   <si>
     <t xml:space="preserve">CRRA.0100516 </t>
   </si>
   <si>
     <t>kyle@trifecta.life</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100517 </t>
   </si>
   <si>
     <t>jmccue@palmcoastrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100518 </t>
   </si>
   <si>
     <t>cselph@wstreatment.com</t>
   </si>
   <si>
     <t>Citrus</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100519 </t>
   </si>
   <si>
-    <t>crudupsonya@gmail.com</t>
+    <t>sonya@dbyj.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100520 </t>
   </si>
   <si>
     <t>Jennie Bosco</t>
   </si>
   <si>
     <t>Jennbosco92@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100521 </t>
   </si>
   <si>
     <t>kate.reynolds@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100522 </t>
   </si>
   <si>
     <t>bayshoreretreat@gmail.com</t>
   </si>
   <si>
     <t>Walton</t>
   </si>
@@ -5199,51 +5211,51 @@
   <si>
     <t xml:space="preserve">CRRA.0100735 </t>
   </si>
   <si>
     <t>Tonyc@brileysoberhome.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100736 </t>
   </si>
   <si>
     <t>Matthew J Adams</t>
   </si>
   <si>
     <t>matthewjadams11@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100737 </t>
   </si>
   <si>
     <t>julietterossi@mac.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100738 </t>
   </si>
   <si>
-    <t>John.King@recoveryunplugged.com</t>
+    <t>Johnnyking0127@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100739 </t>
   </si>
   <si>
     <t>eric_vikings68@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100740 </t>
   </si>
   <si>
     <t>Jared DiCianno</t>
   </si>
   <si>
     <t>jareddicianno@beachhousecenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100741 </t>
   </si>
   <si>
     <t>Brooklynbilly718@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100742 </t>
   </si>
@@ -5304,1344 +5316,1416 @@
   <si>
     <t xml:space="preserve">CRRA.0100751 </t>
   </si>
   <si>
     <t>tampabaydiann@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100752 </t>
   </si>
   <si>
     <t>rachelalvarado4@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100753 </t>
   </si>
   <si>
     <t>pamelapah007@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100754 </t>
   </si>
   <si>
     <t>codybothe@yahoo.com</t>
   </si>
   <si>
+    <t xml:space="preserve">CRRA.0100755 </t>
+  </si>
+  <si>
+    <t>magdanllc@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100756 </t>
+  </si>
+  <si>
+    <t>Mia Werksman</t>
+  </si>
+  <si>
+    <t>mia@liveoakdetox.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100757 </t>
+  </si>
+  <si>
+    <t>karelinellis2021@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100758 </t>
+  </si>
+  <si>
+    <t>Michael Lenok</t>
+  </si>
+  <si>
+    <t>lenokmichael@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100759 </t>
+  </si>
+  <si>
+    <t>tocovia.whipple82@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100760 </t>
+  </si>
+  <si>
+    <t>Laurenes1002@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100761 </t>
+  </si>
+  <si>
+    <t>chad@recoveryrxcorp.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100762.P </t>
+  </si>
+  <si>
+    <t>Clark Kent</t>
+  </si>
+  <si>
+    <t>amoore@flcertificationboard.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph Gagliardo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Craig Allen Nesvik Sr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Christopher George Ege</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> George Albert Jahn</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Javier Costa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kevin B Schmidt</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Ian Ossip</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William R Atkinson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrew Parker</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jason Allen Leslie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Benjamin R Bueno</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrew Haynes Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph J Giuliano Giuliano</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Devin Buoniello</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jack Chappell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alejandro L Castillo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William D Niemi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Aulbach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brian P Greenblott</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Christopher Pasquale</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Philip M Chamness</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Neill M Timmons Jr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Harry Rentas Sr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael J Calderin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jacob Hillman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick J Slattery</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Melvin E. Clark III</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeffrey A Gandelman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Philip J Huml</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Frank J Seidl</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael A Kirk</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ahmad A. Bryant</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alan R. Buchanan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sean A Wilcox</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kyle Welshman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brett Lieberman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David M Mitchell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas A Matthews</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Todd C Morongell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Evan Jarschauer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John W Chamberlain</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Neal Cooke</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alec J Sperduto</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jason J Tunick</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lyle R Fried</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Paul Kevin Sohr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick Morris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Evan M. Kaiser</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Theodore Beddoe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jonathan Belolo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick F Ronan Ronan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas M Mouracade</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brett M D'Aoust</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jaime Torres</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Arthur Laflamme</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Edward Troy Nielsen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Matthew J Cutrupi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patrick Dolan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lee W Mayer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrew J Michie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William Raucci</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Raab</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Trenton P Hovey</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ray G Steadman Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David M Jackson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William Joyce</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kenneth G DeBaun</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Park</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Raphael Sierra</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mark W LaMadeleine</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph D Anastasio</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas Peter Bonovitch</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John J Binns</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vence A Monlyn</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Raymond Roy Rapaglia</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dennis Kolsch II</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Alan Gordon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeffrey E Jaskiel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ross Alan Donahue</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kenneth Larry Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Igor Soldatov</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ryan Quigley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Timothy Michael O'Connell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carl Edward Smith Jr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kurt Richard Raatz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Paul F Fisher</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William Donald Soutar</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph P Hansel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Richard Kleinhans</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alvise V Pugliese</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Shayne Sundholm</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William T Kovach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Adams Cox</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lonny A Mead Mead</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ramon A Hooper III</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nicholas James Conti</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Marika</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeffrey J Tucker</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kyle S Diehl</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Donald Alan Ford</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Martin Thomas Waddington</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Dudash Rev</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael R Griggs</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Arthur Flood Flood</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeffrey Robert Irwin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rudolph J Baldoni Jr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William Crocco Crocco</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mark Gibson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ronald J Chapman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Gerald Patrick Nolan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jose L Ayala</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vandy Brisbon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Josh M Veal</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Troy Garr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David E Pearce</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Paul Zilber</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Donald L Emanuel Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Cianci</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ryan John Potter</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Paul Apanowicz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kanan S Hobbs</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Taylor Dodge</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Clint Britton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert W Bigelow</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael D Palumbo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samuel Beer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Theodore M Monticello</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ronnie Nelson Hanley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Richard J White Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michael Manuel Cabot</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cory David Halpern</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kyle T Harper</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Justin McCue</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sean Barr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tyrone A Cowell Sr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Negron Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Donald Barnhart</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Garry N Trout</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Stein</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Phillip Ralph Peters</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tory Perfetti</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John C Cunningham</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chrysley D Schroeder Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas Santomauro</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Thomas Beyer</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joseph C Batchelor Iv</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Steven Bernard Williams</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Curtis S Reeves</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Steven G Farnsworth</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mark A Santosuosso</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashneil S Soni</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Justin Kalel Baksh</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kurt Allen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ryan Mauthe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> James F Slattery II</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert J Smith III</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Logan W Chamberlin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Klee Rebban</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mark Douglas McInnes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> George Reynolds</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> George Morris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Hofmann</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Austin Patrick Mckenna</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrew J Canny</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Nash Pakel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Wayne Smith</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dale Garth Gibson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> James E Findlay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Adam Kurisko</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Anthony Barcelona Jr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nicholas Howard Ferriell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lizardo A Velarde</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert Joseph Gray</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Scott Jaworski</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Travis E McAllister</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Michael Cogelia</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brett Harrison</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Logan Hamilton Finnecy</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Derek Andrew McBryde</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Colin Daniel Keffner</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Keith Nelson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Naftali Horowitz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Eric Cole Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jerry Sorani</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Troy Lee Russell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kid Quick</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rodin Calderon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Robert C Baxter III</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Richard Belair</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jonathan Charles Pershing Brenner</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jeremy Mayfield</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samuel Lucas Guggenheim-Locksley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rasheed Carlisle Farquharson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Richard Mintz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Raul Maurice</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Harold Edward Arnold Jr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephen Joseph Brennan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Frank Hernandez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Cason</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Aharon Cohen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alexander Tate</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Wise</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jason Wade Bowen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> David Bryan Oppenheim</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Glen Grechika</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John Johnston</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joshua John Mitarnowski</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rafael Antonio Correa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> John King</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Eric Rivas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> William D Rochler</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jason David Milos</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dustin Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Harry Balsamo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> James C Bothe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chad Belger</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brenda Aulbach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Susan Tembeck Riccardi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Phoebe A Maisto</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jessica Leavins</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michelle A. Fyfe</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Allyson Marie Ward</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Phyllis Renee Reddy-Haley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Safiyah Rubyellen Davis-Rosario</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Yenisse C Gonzalez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rose Martine Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Melissa A Torres</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Beverly O Womack</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alishia Timmons</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cori N Mastapasco-Baiza</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samantha VanSant Hewett</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Madelin Vargas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kirstin Smith</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dee Bee Cox</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Elizabeth Jane McDowell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jordan Cairns</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Takeisha Nichole Stewart</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kelly Pitts</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Iryna Bergstrom</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracy M StJohn-Durkin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Doris A Carroll</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lilian Pontillo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Shannon L Rogan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrea L Raab</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Angela Dawn Eschbach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rebecca L Booth</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kenea B Brittle</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Melissa Kimball Lucas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cathy A Claud</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samantha M Hovey</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dawn D Jonas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rebekah Austin Cotton Kerr</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tracey V Castillo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Theresa R Tripucka</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patricia Spango</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michelle Quinton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephanie Rachael Martinez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer Lynn Schmitt</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashley Marie Candelmo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Margarita Del Carmen Battistini de Lauria</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jessica Terranova Cook</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Desiree D Preston</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Angela Michelle Cowell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amanda K Reynolds Armstrong</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Anastasiya Amromin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brooke K Laxton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Margaret Baldwin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Linda A Barbes Stein</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Miriam Meneely</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brenna Koretsky Pezo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carla A Sweeney</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Catherine M Cabot</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amber T Gilbert</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Barbara Sue Moody-Holbrook</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kathryn Lund</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer L McCrackin</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michelle A Cutrera</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lauren M. Schreck</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Laura B Molino</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Virginia Grier Noyes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tamara Kurfiss</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Holly Hope Hermida-Lopez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Millicent N Huser</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Elisea Fenster</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Barbara Nicole Gudz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Meredith Belger</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mary Elizabeth Thierry</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Linda Eve Welborn</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Monay Link</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Andrea Schrader</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cassandra Voller</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kari Muñoz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Juliette Rossi</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tarik Nicole Mollineau</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sherley Dort</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Diann M Drossos</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rachel Gay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Margaret Muchugu</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tocovia C Whipple</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sharon Burns-Carter</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lashawnda L Richmond</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephanie Mordes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rebecca Barrett Gaines</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Gina Metrano</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cynthia L. Crouch</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nicole Sauvola-Lamay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Maria Jackson Freeman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sarah R Sacks</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kimberly R Jackson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Juanita L Hunt</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mildred Tennessee</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Samantha Garabed</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rachel M Utano</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Maxine W Dooley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Grace Marquez</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Reshma Harilal</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jane Pendleton Causey</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Christi P Adams Ed.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rebecca Hoeft Christiansen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rosemary A. Boisvert</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Susanne O Makenian</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Catherine Hamilton</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sarah B Gentry</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Susan E Glasscock</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kari-Anne Spiller</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kimberlee A Burgess</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Hana Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Debra E Strand</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carol A. Parks Mba, Ms</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Angela Luna</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Deanna Michelle Soprito</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Gidget L Burke</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Helene S Ryan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cynthia Renee Lee</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Molly Groo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ariana Raub</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Whitney Lehman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Docus L Sampa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lisa Anne Sax</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashanti R Wilson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lindsey C McKeown</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carla J Anastasio</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brenda Kay Kinman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jacqueline C Shay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dana Alyce Herrera</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kelly Ann Miller</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vanester Jones</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Renee Yvette</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marialuisa Luisa Way</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marguerite D Ballard</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brittany Ringersen</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lexie L Woods</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Tara M Cannon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amy Elizabeth Cooper</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer Rae Hunt</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nancy Susan Williamson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Debra Ann Organo</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kelly L Hubbard</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Teleauba Y. Revels</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Deborah Furman Coleman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Claudia R Rodrigues</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julia Arrendell</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Maydean Yates</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer Leigh Mobley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Marilyn Thomas</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Alaina C Edwards</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Karen F Berk</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Joanna M. Painton-Hathaway</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Leticia Ferraro</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Michelle A Price</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Angelique R Hofacre</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Connie Davis Belcher</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Reagan F Bender</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Katrina L Chase</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chelle C Selph</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sonya Marie Crudup</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Megan Deane</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Barbie J Thrower</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Amanda L Hubbard Hubbard</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Terry A Morris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julia Deitchman</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rachel Tea</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Erica L Cadavid</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kathryn Del Guidice</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> April L Young</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephanie Sheiner</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Patricia E. Jones</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Linda M. Pyz</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashley Janell Zeilic</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Janet Lee Johnson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Heather Eckert</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sandra M Barnett</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sauda P Harris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Courtney Creese</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brittany Booth</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kimberly Gay</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Veronica Nese</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Bonnie Ann Rettka</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Erica Ann Helms</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Cailyn Finger</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Emily Nicole Reyes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Taylor Jean Cate</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jacqueline Gabriele</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Mariam Olson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ashley Regan</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Toy L Hines</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Jennifer Kay Brown</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lisa J Schnabel</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Victoria Lynn Bartle</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dawn Lynn Goldy-Haviland</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Chelsea Lee Long</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Debra D Lewis</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brittany N Leach</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Melissa Holly Manzone</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Venique D Wilson</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sylvetta Mosley</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sarah Noel York</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vanessa Aboud</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Shatril Harris</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Carissa Ashley Kowal</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Brenda Rene Morrow</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Imani Nia Turner</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julie Deluca</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sherry Lee Niemeier</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Laurie O'Connor</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Haylei Brooke Grand</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Christina Reyes</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Stephanie Ann Susu</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Krista Lynn Winters</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Heidi L Matheny</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Julnyca Cadet</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pamela Ann Dixon</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lauren Elizabeth Simms</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Daniela Riccelli</t>
   </si>
   <si>
     <t xml:space="preserve"> Renee Noel</t>
   </si>
   <si>
     <t xml:space="preserve"> Chasity Fortham</t>
   </si>
   <si>
-    <t xml:space="preserve"> Joseph Gagliardo</t>
-[...1283 lines deleted...]
-    <t xml:space="preserve"> Pamela Ann Dixon</t>
+    <t xml:space="preserve"> KareLin S. Ellis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -6749,64 +6833,64 @@
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <color rgb="FF0000BF"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
+      <sz val="12"/>
       <color rgb="FF0000BF"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -6961,51 +7045,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F0F0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF99CCFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="15">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -7077,106 +7161,60 @@
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="medium">
-        <color rgb="FF000000"/>
-[...35 lines deleted...]
-      <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -7184,90 +7222,72 @@
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="19" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="33" borderId="11" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="33" borderId="10" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="20" fillId="33" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="20" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -7609,17483 +7629,17691 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83977" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83666" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73625" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84676" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84361" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85846" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83233" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77461" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44372" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44372" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44826" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45389" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44826" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27C4F93E-6863-4512-86C9-772294C27AA7}">
-  <dimension ref="A1:G388"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7633A366-A35D-4BCC-B0FD-6F39BF47350C}">
+  <dimension ref="A1:G397"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A363" workbookViewId="0">
-      <selection activeCell="A389" sqref="A389:XFD389"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A374" workbookViewId="0">
+      <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.44140625" style="3" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="43.77734375" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="22.33203125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="32.109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="52.109375" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="17.5546875" style="3" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="37.88671875" style="3" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="14.21875" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="46" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.5546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.44140625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="16384" width="8.88671875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
-        <v>1511</v>
+        <v>22</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>1931</v>
+        <v>2081</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>1512</v>
+        <v>24</v>
       </c>
       <c r="F2" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G2" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
-        <v>1657</v>
+        <v>28</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>1962</v>
+        <v>2082</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>1658</v>
+        <v>29</v>
       </c>
       <c r="F3" s="6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="G3" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
-        <v>1242</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>2125</v>
+        <v>1782</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>1243</v>
+        <v>32</v>
       </c>
       <c r="F4" s="6" t="s">
-        <v>211</v>
+        <v>21</v>
       </c>
       <c r="G4" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
-        <v>370</v>
+        <v>36</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>1795</v>
+        <v>1784</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>371</v>
+        <v>37</v>
       </c>
       <c r="F5" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G5" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G5" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G6" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
-        <v>1661</v>
+        <v>43</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>1963</v>
+        <v>1785</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>1662</v>
+        <v>44</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G7" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
-        <v>404</v>
+        <v>48</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>405</v>
+        <v>49</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
-        <v>1069</v>
+        <v>59</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>1852</v>
+        <v>1786</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>1070</v>
+        <v>60</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="G9" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
-        <v>1351</v>
+        <v>62</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>2138</v>
+        <v>2000</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>1352</v>
+        <v>63</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>493</v>
+        <v>18</v>
       </c>
       <c r="G10" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
-        <v>1444</v>
+        <v>79</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>2034</v>
+        <v>2001</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>1445</v>
+        <v>80</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>610</v>
+        <v>9</v>
       </c>
       <c r="G11" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
-        <v>1340</v>
+        <v>83</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>2026</v>
+        <v>1788</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>1341</v>
+        <v>84</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="G12" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
-        <v>747</v>
+        <v>88</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>2005</v>
+        <v>1789</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>748</v>
+        <v>89</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="G13" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
-        <v>1686</v>
+        <v>90</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>2051</v>
+        <v>2002</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>1687</v>
+        <v>91</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G14" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>1774</v>
+        <v>1791</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G15" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
-        <v>1482</v>
+        <v>125</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>1926</v>
+        <v>1792</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>1483</v>
+        <v>126</v>
       </c>
       <c r="F16" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G16" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G17" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G18" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G19" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="F20" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G16" s="7">
-[...19 lines deleted...]
-      <c r="F17" s="6" t="s">
+      <c r="G20" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G21" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="G22" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G23" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G24" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G25" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="F26" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G17" s="7">
-[...205 lines deleted...]
-      </c>
       <c r="G26" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="27" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
-        <v>1432</v>
+        <v>191</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>1913</v>
+        <v>1799</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>1433</v>
+        <v>192</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G27" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="28" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
-        <v>1480</v>
+        <v>193</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>1925</v>
+        <v>1800</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>1481</v>
+        <v>194</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G28" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="29" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
-        <v>1630</v>
+        <v>195</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>2046</v>
+        <v>1801</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>1631</v>
+        <v>196</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G29" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="30" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
-        <v>1448</v>
+        <v>207</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>2035</v>
+        <v>1802</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>1449</v>
+        <v>208</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G30" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
-        <v>1344</v>
+        <v>209</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>2137</v>
+        <v>1803</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>1345</v>
+        <v>210</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>270</v>
+        <v>211</v>
       </c>
       <c r="G31" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="32" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
-        <v>125</v>
+        <v>212</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>1773</v>
+        <v>213</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>126</v>
+        <v>214</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G32" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
-        <v>366</v>
+        <v>227</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>1989</v>
+        <v>2004</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>367</v>
+        <v>228</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>229</v>
       </c>
       <c r="G33" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="34" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
-        <v>1527</v>
+        <v>230</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>2157</v>
+        <v>2087</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>1528</v>
+        <v>231</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G34" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="4" t="s">
-        <v>36</v>
+        <v>235</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>1978</v>
+        <v>1805</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>37</v>
+        <v>236</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G35" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="36" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
-        <v>922</v>
+        <v>240</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>2102</v>
+        <v>2088</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>923</v>
+        <v>241</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>163</v>
+        <v>10</v>
       </c>
       <c r="G36" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
-        <v>1677</v>
+        <v>246</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>2180</v>
+        <v>1806</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>1678</v>
+        <v>247</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="G37" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="38" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
-        <v>1402</v>
+        <v>254</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>2031</v>
+        <v>1807</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>1403</v>
+        <v>255</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>270</v>
+        <v>256</v>
       </c>
       <c r="G38" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="39" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
-        <v>1544</v>
+        <v>265</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>1939</v>
+        <v>266</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>1545</v>
+        <v>267</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="G39" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="40" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
-        <v>390</v>
+        <v>274</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>1798</v>
+        <v>275</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>391</v>
+        <v>276</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>392</v>
+        <v>9</v>
       </c>
       <c r="G40" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="41" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
-        <v>193</v>
+        <v>277</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>1781</v>
+        <v>2005</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="F41" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="F41" s="6"/>
+      <c r="G41" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G42" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G43" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G44" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G45" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="F46" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G41" s="7">
-[...113 lines deleted...]
-      </c>
       <c r="G46" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="47" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
-        <v>1673</v>
+        <v>331</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>2179</v>
+        <v>332</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>1674</v>
+        <v>333</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G47" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
-        <v>1026</v>
+        <v>334</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>1846</v>
+        <v>335</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>1027</v>
+        <v>336</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
       <c r="G48" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="49" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
-        <v>1404</v>
+        <v>337</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>2032</v>
+        <v>2094</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>1405</v>
+        <v>338</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G49" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="50" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
-        <v>675</v>
+        <v>344</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>2088</v>
+        <v>2095</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>676</v>
+        <v>345</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>11</v>
+        <v>320</v>
       </c>
       <c r="G50" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="51" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="4" t="s">
-        <v>1702</v>
+        <v>356</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>2052</v>
+        <v>2097</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>1703</v>
+        <v>357</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="G51" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="52" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="4" t="s">
-        <v>557</v>
+        <v>366</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>2081</v>
+        <v>2009</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>558</v>
+        <v>367</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>11</v>
+        <v>229</v>
       </c>
       <c r="G52" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="53" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A53" s="4" t="s">
-        <v>1408</v>
+        <v>370</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>2033</v>
+        <v>1814</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>1409</v>
+        <v>371</v>
       </c>
       <c r="F53" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G53" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="4" t="s">
+        <v>372</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G54" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G55" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="4" t="s">
+        <v>388</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="F56" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G53" s="7">
-[...7 lines deleted...]
-      <c r="B54" s="5" t="s">
+      <c r="G56" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="G57" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G58" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="B59" s="5" t="s">
         <v>2010</v>
       </c>
-      <c r="C54" s="5" t="s">
-[...85 lines deleted...]
-      <c r="A58" s="4" t="s">
+      <c r="C59" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G59" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="4" t="s">
         <v>406</v>
       </c>
-      <c r="B58" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E58" s="5" t="s">
+      <c r="B60" s="5" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="F58" s="6" t="s">
+      <c r="F60" s="6" t="s">
         <v>270</v>
       </c>
-      <c r="G58" s="7">
-[...44 lines deleted...]
-      </c>
       <c r="G60" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="61" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" s="4" t="s">
-        <v>195</v>
+        <v>408</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>1782</v>
+        <v>409</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>196</v>
+        <v>410</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>10</v>
+        <v>270</v>
       </c>
       <c r="G61" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="62" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="4" t="s">
-        <v>1398</v>
+        <v>417</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>1905</v>
+        <v>1819</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>1399</v>
+        <v>418</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>10</v>
+        <v>229</v>
       </c>
       <c r="G62" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="4" t="s">
-        <v>1206</v>
+        <v>422</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>2120</v>
+        <v>423</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>1207</v>
+        <v>424</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G63" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="64" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="4" t="s">
-        <v>1283</v>
+        <v>425</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>1885</v>
+        <v>2011</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>1284</v>
+        <v>426</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>803</v>
+        <v>206</v>
       </c>
       <c r="G64" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="65" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" s="4" t="s">
-        <v>1552</v>
+        <v>427</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>1942</v>
+        <v>428</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>1553</v>
+        <v>429</v>
       </c>
       <c r="F65" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G65" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="66" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" s="4" t="s">
-        <v>1296</v>
+        <v>436</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>2131</v>
+        <v>1820</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>1297</v>
+        <v>437</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G66" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="67" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A67" s="4" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>1991</v>
+        <v>2013</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>426</v>
+        <v>447</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>206</v>
+        <v>13</v>
       </c>
       <c r="G67" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="68" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" s="4" t="s">
-        <v>1321</v>
+        <v>457</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>1893</v>
+        <v>2100</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>1322</v>
+        <v>458</v>
       </c>
       <c r="F68" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G68" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G69" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="F70" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G68" s="7">
-[...19 lines deleted...]
-      <c r="F69" s="6" t="s">
+      <c r="G70" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G71" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="F72" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G69" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G72" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="73" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A73" s="4" t="s">
-        <v>945</v>
+        <v>517</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>2104</v>
+        <v>1822</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>946</v>
+        <v>518</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>30</v>
+        <v>519</v>
       </c>
       <c r="G73" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" s="4" t="s">
-        <v>308</v>
+        <v>526</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>1760</v>
+        <v>2018</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>309</v>
+        <v>527</v>
       </c>
       <c r="F74" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G74" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="75" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A75" s="4" t="s">
-        <v>1108</v>
+        <v>531</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>1855</v>
+        <v>1823</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>1109</v>
+        <v>532</v>
       </c>
       <c r="F75" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G75" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="76" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A76" s="4" t="s">
-        <v>1653</v>
+        <v>544</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>1961</v>
+        <v>1825</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>1654</v>
+        <v>545</v>
       </c>
       <c r="F76" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G76" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G77" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G78" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="F79" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G76" s="7">
-[...42 lines deleted...]
-      <c r="F78" s="6" t="s">
+      <c r="G79" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G80" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="F81" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G78" s="7">
-[...65 lines deleted...]
-      </c>
       <c r="G81" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="82" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A82" s="4" t="s">
-        <v>1160</v>
+        <v>567</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>2119</v>
+        <v>2105</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>1161</v>
+        <v>568</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G82" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="83" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" s="4" t="s">
-        <v>1094</v>
+        <v>572</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>2116</v>
+        <v>1827</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>1095</v>
+        <v>573</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>11</v>
+        <v>574</v>
       </c>
       <c r="G83" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="84" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A84" s="4" t="s">
-        <v>1608</v>
+        <v>575</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>2171</v>
+        <v>1828</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>1609</v>
+        <v>576</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="G84" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="85" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A85" s="4" t="s">
-        <v>670</v>
+        <v>577</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>2087</v>
+        <v>578</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E85" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G85" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G86" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G87" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="G88" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="4" t="s">
+        <v>620</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F89" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G89" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="4" t="s">
+        <v>626</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="F90" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="4" t="s">
+        <v>645</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="F91" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G91" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="4" t="s">
         <v>671</v>
       </c>
-      <c r="F85" s="6" t="s">
+      <c r="B92" s="5" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="F92" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G92" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="4" t="s">
+        <v>673</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="F93" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G93" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="4" t="s">
+        <v>678</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="F94" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G85" s="7">
-[...42 lines deleted...]
-      <c r="F87" s="6" t="s">
+      <c r="G94" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="4" t="s">
+        <v>683</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="F95" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="4" t="s">
+        <v>701</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="F96" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="4" t="s">
+        <v>703</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="F97" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G87" s="7">
-[...19 lines deleted...]
-      <c r="F88" s="6" t="s">
+      <c r="G97" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="4" t="s">
+        <v>718</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="F98" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G88" s="7">
-[...19 lines deleted...]
-      <c r="F89" s="6" t="s">
+      <c r="G98" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="4" t="s">
+        <v>720</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="F99" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G89" s="7">
-[...111 lines deleted...]
-      <c r="F94" s="6" t="s">
+      <c r="G99" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="4" t="s">
+        <v>736</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="F100" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G94" s="7">
-[...136 lines deleted...]
-      </c>
       <c r="G100" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="101" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A101" s="4" t="s">
-        <v>477</v>
+        <v>750</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>1802</v>
+        <v>2025</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>478</v>
+        <v>751</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G101" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="102" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A102" s="4" t="s">
-        <v>585</v>
+        <v>763</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>1810</v>
+        <v>1840</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>586</v>
+        <v>764</v>
       </c>
       <c r="F102" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G102" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="103" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A103" s="4" t="s">
-        <v>1651</v>
+        <v>768</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>1960</v>
+        <v>1841</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>1652</v>
+        <v>769</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G103" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="104" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A104" s="4" t="s">
-        <v>315</v>
+        <v>776</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>1792</v>
+        <v>2026</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>316</v>
+        <v>777</v>
       </c>
       <c r="F104" s="6" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="G104" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="105" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="105" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A105" s="4" t="s">
-        <v>1374</v>
+        <v>784</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>1900</v>
+        <v>1842</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>1375</v>
+        <v>785</v>
       </c>
       <c r="F105" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G105" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="106" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="106" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A106" s="4" t="s">
-        <v>41</v>
+        <v>795</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>1766</v>
+        <v>2027</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D106" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G106" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="4" t="s">
+        <v>803</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>805</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="G107" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="4" t="s">
+        <v>822</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G108" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="4" t="s">
+        <v>824</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="4" t="s">
+        <v>835</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="F110" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="E106" s="5" t="s">
-[...19 lines deleted...]
-      <c r="D107" s="5" t="s">
+      <c r="G110" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="4" t="s">
+        <v>837</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G111" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="4" t="s">
+        <v>842</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="G112" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A113" s="4" t="s">
+        <v>852</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G113" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="4" t="s">
+        <v>854</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="F114" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="4" t="s">
+        <v>861</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G115" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="4" t="s">
+        <v>866</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G116" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="4" t="s">
+        <v>868</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="4" t="s">
+        <v>874</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G118" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="4" t="s">
+        <v>876</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="F119" s="6"/>
+      <c r="G119" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="4" t="s">
+        <v>878</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>880</v>
+      </c>
+      <c r="G120" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="4" t="s">
+        <v>884</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G121" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="F122" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G122" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="4" t="s">
+        <v>890</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G123" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="4" t="s">
+        <v>892</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="F124" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="E107" s="5" t="s">
-[...370 lines deleted...]
-      <c r="F123" s="6" t="s">
+      <c r="G124" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="4" t="s">
+        <v>896</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G125" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="4" t="s">
+        <v>925</v>
+      </c>
+      <c r="B126" s="5" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C126" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="F126" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="G123" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G126" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="127" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="127" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A127" s="4" t="s">
-        <v>698</v>
+        <v>927</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>1816</v>
+        <v>2033</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>699</v>
+        <v>928</v>
       </c>
       <c r="F127" s="6" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="G127" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="128" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A128" s="4" t="s">
-        <v>1758</v>
+        <v>937</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>1977</v>
+        <v>2125</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>1759</v>
+        <v>938</v>
       </c>
       <c r="F128" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G128" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="129" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="129" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A129" s="4" t="s">
-        <v>1506</v>
+        <v>948</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>1930</v>
+        <v>2126</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>1507</v>
+        <v>949</v>
       </c>
       <c r="F129" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="4" t="s">
+        <v>953</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="F130" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G130" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>957</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G131" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="4" t="s">
+        <v>958</v>
+      </c>
+      <c r="B132" s="5" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C132" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="F132" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G129" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G132" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="133" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="133" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A133" s="4" t="s">
-        <v>104</v>
+        <v>960</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>1772</v>
+        <v>1855</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>105</v>
+        <v>961</v>
       </c>
       <c r="F133" s="6" t="s">
-        <v>11</v>
+        <v>962</v>
       </c>
       <c r="G133" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="134" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="134" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A134" s="4" t="s">
-        <v>1735</v>
+        <v>963</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>1974</v>
+        <v>1856</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>1736</v>
+        <v>964</v>
       </c>
       <c r="F134" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G134" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="135" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="135" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A135" s="4" t="s">
-        <v>541</v>
+        <v>965</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>1806</v>
+        <v>2034</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>542</v>
+        <v>966</v>
       </c>
       <c r="F135" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G135" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="136" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A136" s="4" t="s">
-        <v>1667</v>
+        <v>970</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>1965</v>
+        <v>971</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D136" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>972</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="4" t="s">
+        <v>975</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>976</v>
+      </c>
+      <c r="F137" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G137" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="4" t="s">
+        <v>977</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="F138" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G138" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="4" t="s">
+        <v>979</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G139" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="4" t="s">
+        <v>987</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>988</v>
+      </c>
+      <c r="F140" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G140" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="4" t="s">
+        <v>989</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>990</v>
+      </c>
+      <c r="F141" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G141" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="4" t="s">
+        <v>991</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>992</v>
+      </c>
+      <c r="F142" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G142" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="4" t="s">
+        <v>996</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G143" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="4" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F144" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G144" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="4" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C145" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D145" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G145" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="4" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B146" s="5" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C146" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F146" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G146" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="4" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G147" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="4" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F148" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="E136" s="5" t="s">
-[...278 lines deleted...]
-      <c r="F148" s="6"/>
       <c r="G148" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="149" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="149" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A149" s="4" t="s">
-        <v>1724</v>
+        <v>1031</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>1971</v>
+        <v>2133</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>1725</v>
+        <v>1032</v>
       </c>
       <c r="F149" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G149" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="150" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="150" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A150" s="4" t="s">
-        <v>1542</v>
+        <v>1039</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>1938</v>
+        <v>1866</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>1543</v>
+        <v>1040</v>
       </c>
       <c r="F150" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G150" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="151" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="151" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A151" s="4" t="s">
-        <v>1487</v>
+        <v>1041</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>1927</v>
+        <v>1867</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>1488</v>
+        <v>1042</v>
       </c>
       <c r="F151" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G151" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="152" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="152" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A152" s="4" t="s">
-        <v>881</v>
+        <v>1046</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>1830</v>
+        <v>1868</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>882</v>
+        <v>1047</v>
       </c>
       <c r="F152" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G152" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="4" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C153" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D153" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F153" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G153" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="4" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F154" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G154" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="4" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C155" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F155" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G155" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="4" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C156" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D156" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E156" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F156" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G152" s="7">
-[...42 lines deleted...]
-      <c r="F154" s="6" t="s">
+      <c r="G156" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A157" s="4" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F157" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G157" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A158" s="4" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D158" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F158" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G158" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="4" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F159" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="G159" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="4" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B160" s="5" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C160" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F160" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G160" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="4" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F161" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G154" s="7">
-[...111 lines deleted...]
-      <c r="F159" s="6" t="s">
+      <c r="G161" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="4" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G162" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A163" s="4" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F163" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G163" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A164" s="4" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F164" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G164" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="4" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F165" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G165" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="4" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F166" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G166" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="4" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F167" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G167" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A168" s="4" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="F168" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G168" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A169" s="4" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F169" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G169" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A170" s="4" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F170" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G170" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A171" s="4" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F171" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G171" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A172" s="4" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G172" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="4" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G173" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A174" s="4" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F174" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G159" s="7">
-[...19 lines deleted...]
-      <c r="F160" s="6" t="s">
+      <c r="G174" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A175" s="4" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F175" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G160" s="7">
-[...191 lines deleted...]
-      <c r="B169" s="5" t="s">
+      <c r="G175" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A176" s="4" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F176" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G176" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A177" s="4" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F177" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G177" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A178" s="4" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B178" s="5" t="s">
         <v>1883</v>
       </c>
-      <c r="C169" s="5" t="s">
-[...205 lines deleted...]
-      </c>
       <c r="C178" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>546</v>
+        <v>1162</v>
       </c>
       <c r="F178" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G178" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="179" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="179" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A179" s="4" t="s">
-        <v>834</v>
+        <v>1163</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>2008</v>
+        <v>2141</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>835</v>
+        <v>1164</v>
       </c>
       <c r="F179" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G179" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="180" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="180" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A180" s="4" t="s">
-        <v>873</v>
+        <v>1165</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>1829</v>
+        <v>1884</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="F180" s="6"/>
+        <v>1166</v>
+      </c>
+      <c r="F180" s="6" t="s">
+        <v>220</v>
+      </c>
       <c r="G180" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="181" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="181" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A181" s="4" t="s">
-        <v>988</v>
+        <v>1167</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>1842</v>
+        <v>1885</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>989</v>
+        <v>1168</v>
       </c>
       <c r="F181" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G181" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="182" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="182" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A182" s="4" t="s">
-        <v>1595</v>
+        <v>1177</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>1948</v>
+        <v>1887</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>1596</v>
+        <v>1178</v>
       </c>
       <c r="F182" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G182" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A183" s="4" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B183" s="5" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C183" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F183" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G183" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A184" s="4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F184" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G182" s="7">
-[...44 lines deleted...]
-      </c>
       <c r="G184" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="185" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="185" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A185" s="4" t="s">
-        <v>1036</v>
+        <v>1184</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>1847</v>
+        <v>1185</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>1037</v>
+        <v>1186</v>
       </c>
       <c r="F185" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G185" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="186" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="186" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A186" s="4" t="s">
-        <v>1149</v>
+        <v>1193</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>1861</v>
+        <v>1889</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>1150</v>
+        <v>1194</v>
       </c>
       <c r="F186" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G186" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="187" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="187" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A187" s="4" t="s">
-        <v>1323</v>
+        <v>1200</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>1894</v>
+        <v>1891</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>1324</v>
+        <v>1201</v>
       </c>
       <c r="F187" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G187" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="188" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="188" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A188" s="4" t="s">
-        <v>388</v>
+        <v>1202</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>1797</v>
+        <v>1892</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>389</v>
+        <v>1203</v>
       </c>
       <c r="F188" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G188" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="189" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="189" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A189" s="4" t="s">
-        <v>25</v>
+        <v>1204</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>2060</v>
+        <v>1893</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>26</v>
+        <v>1205</v>
       </c>
       <c r="F189" s="6" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="G189" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="190" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="190" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A190" s="4" t="s">
-        <v>1576</v>
+        <v>1209</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>2040</v>
+        <v>2142</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>1577</v>
+        <v>1210</v>
       </c>
       <c r="F190" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G190" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="191" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="191" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A191" s="4" t="s">
-        <v>1560</v>
+        <v>1217</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>2039</v>
+        <v>1894</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>1561</v>
+        <v>1218</v>
       </c>
       <c r="F191" s="6" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
       <c r="G191" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="192" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="192" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A192" s="4" t="s">
-        <v>1694</v>
+        <v>1222</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>2184</v>
+        <v>2143</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>1695</v>
+        <v>1223</v>
       </c>
       <c r="F192" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G192" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="193" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="193" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A193" s="4" t="s">
-        <v>760</v>
+        <v>1224</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>1821</v>
+        <v>1895</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>761</v>
+        <v>1225</v>
       </c>
       <c r="F193" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G193" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="194" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="194" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A194" s="4" t="s">
-        <v>1259</v>
+        <v>1226</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>2128</v>
+        <v>1896</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>1260</v>
+        <v>1227</v>
       </c>
       <c r="F194" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G194" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="195" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="195" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A195" s="4" t="s">
-        <v>1028</v>
+        <v>1230</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>2111</v>
+        <v>2145</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>1029</v>
+        <v>1231</v>
       </c>
       <c r="F195" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="G195" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="4" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F196" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G195" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G196" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="197" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="197" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A197" s="4" t="s">
-        <v>1659</v>
+        <v>1234</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>2049</v>
+        <v>1235</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>1660</v>
+        <v>1236</v>
       </c>
       <c r="F197" s="6" t="s">
-        <v>88</v>
+        <v>806</v>
       </c>
       <c r="G197" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="198" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="198" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A198" s="4" t="s">
-        <v>1452</v>
+        <v>1240</v>
       </c>
       <c r="B198" s="5" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F198" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G198" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="4" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B199" s="5" t="s">
         <v>2147</v>
       </c>
-      <c r="C198" s="5" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="C199" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>872</v>
+        <v>1246</v>
       </c>
       <c r="F199" s="6" t="s">
-        <v>88</v>
+        <v>211</v>
       </c>
       <c r="G199" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="200" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="200" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A200" s="4" t="s">
-        <v>858</v>
+        <v>1250</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>2098</v>
+        <v>2148</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>859</v>
+        <v>1251</v>
       </c>
       <c r="F200" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G200" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="201" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="201" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A201" s="4" t="s">
-        <v>1580</v>
+        <v>1252</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>2167</v>
+        <v>2149</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>1581</v>
+        <v>1253</v>
       </c>
       <c r="F201" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G201" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="202" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="202" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A202" s="4" t="s">
-        <v>1518</v>
+        <v>1254</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>1934</v>
+        <v>1898</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1519</v>
+        <v>1255</v>
       </c>
       <c r="F202" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G202" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="203" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A203" s="4" t="s">
-        <v>1456</v>
+        <v>1262</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>1919</v>
+        <v>2150</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>1457</v>
+        <v>1263</v>
       </c>
       <c r="F203" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G203" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A204" s="4" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F204" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="G204" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="4" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G205" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="4" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F206" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G206" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="4" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F207" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G207" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="4" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F208" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G208" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="4" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F209" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G209" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A210" s="4" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F210" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="G210" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A211" s="4" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F211" s="6" t="s">
         <v>229</v>
       </c>
-      <c r="G203" s="7">
-[...134 lines deleted...]
-      <c r="F209" s="6" t="s">
+      <c r="G211" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="4" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F212" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G212" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A213" s="4" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F213" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G213" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="4" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F214" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G214" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="4" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>1300</v>
+      </c>
+      <c r="F215" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G209" s="7">
-[...76 lines deleted...]
-      <c r="B213" s="5" t="s">
+      <c r="G215" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="4" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F216" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G216" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="4" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F217" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G217" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A218" s="4" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F218" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G218" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A219" s="4" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F219" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G219" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A220" s="4" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F220" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G220" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A221" s="4" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B221" s="5" t="s">
         <v>1912</v>
       </c>
-      <c r="C213" s="5" t="s">
-[...182 lines deleted...]
-      </c>
       <c r="C221" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>1633</v>
+        <v>1325</v>
       </c>
       <c r="F221" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G221" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="222" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="222" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A222" s="4" t="s">
-        <v>851</v>
+        <v>1326</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>2009</v>
+        <v>1913</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>852</v>
+        <v>1327</v>
       </c>
       <c r="F222" s="6" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G222" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="223" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="223" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A223" s="4" t="s">
-        <v>1642</v>
+        <v>1328</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>2047</v>
+        <v>1914</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>1643</v>
-[...1 lines deleted...]
-      <c r="F223" s="6"/>
+        <v>1329</v>
+      </c>
+      <c r="F223" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="G223" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="224" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="224" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A224" s="4" t="s">
-        <v>974</v>
+        <v>1330</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>1839</v>
+        <v>2156</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>975</v>
+        <v>1331</v>
       </c>
       <c r="F224" s="6" t="s">
-        <v>10</v>
+        <v>1332</v>
       </c>
       <c r="G224" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="225" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="225" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A225" s="4" t="s">
-        <v>1164</v>
+        <v>1333</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>1866</v>
+        <v>2157</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>1165</v>
+        <v>1334</v>
       </c>
       <c r="F225" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G225" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="226" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="226" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A226" s="4" t="s">
-        <v>191</v>
+        <v>1340</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>1780</v>
+        <v>2158</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>192</v>
+        <v>1341</v>
       </c>
       <c r="F226" s="6" t="s">
-        <v>11</v>
+        <v>1342</v>
       </c>
       <c r="G226" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="227" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="227" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A227" s="4" t="s">
-        <v>1267</v>
+        <v>1343</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>1880</v>
+        <v>2046</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E227" s="5" t="s">
-        <v>1268</v>
+        <v>1344</v>
       </c>
       <c r="F227" s="6" t="s">
-        <v>516</v>
+        <v>16</v>
       </c>
       <c r="G227" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="228" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="228" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A228" s="4" t="s">
-        <v>1294</v>
+        <v>1345</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>1887</v>
+        <v>2047</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>1295</v>
+        <v>1346</v>
       </c>
       <c r="F228" s="6" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G228" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="229" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="229" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A229" s="4" t="s">
-        <v>81</v>
+        <v>1347</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>1769</v>
+        <v>2159</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>82</v>
+        <v>1348</v>
       </c>
       <c r="F229" s="6" t="s">
-        <v>10</v>
+        <v>270</v>
       </c>
       <c r="G229" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="230" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="230" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A230" s="4" t="s">
-        <v>235</v>
+        <v>1352</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>1786</v>
+        <v>1915</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E230" s="5" t="s">
-        <v>236</v>
+        <v>1353</v>
       </c>
       <c r="F230" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G230" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="231" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="231" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A231" s="4" t="s">
-        <v>1306</v>
+        <v>1354</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>1892</v>
+        <v>2160</v>
       </c>
       <c r="C231" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>1307</v>
+        <v>1355</v>
       </c>
       <c r="F231" s="6" t="s">
-        <v>10</v>
+        <v>496</v>
       </c>
       <c r="G231" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="232" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="232" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A232" s="4" t="s">
-        <v>1162</v>
+        <v>1356</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>1865</v>
+        <v>2161</v>
       </c>
       <c r="C232" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>1163</v>
+        <v>1357</v>
       </c>
       <c r="F232" s="6" t="s">
-        <v>220</v>
+        <v>21</v>
       </c>
       <c r="G232" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="233" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="233" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A233" s="4" t="s">
-        <v>1556</v>
+        <v>1358</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>2038</v>
+        <v>1916</v>
       </c>
       <c r="C233" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>1557</v>
+        <v>1359</v>
       </c>
       <c r="F233" s="6" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
       <c r="G233" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="234" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="234" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A234" s="4" t="s">
-        <v>89</v>
+        <v>1360</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>1982</v>
+        <v>2162</v>
       </c>
       <c r="C234" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>90</v>
+        <v>1361</v>
       </c>
       <c r="F234" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G234" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="235" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="235" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A235" s="4" t="s">
-        <v>310</v>
+        <v>1362</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>2070</v>
+        <v>2048</v>
       </c>
       <c r="C235" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E235" s="5" t="s">
-        <v>311</v>
+        <v>1363</v>
       </c>
       <c r="F235" s="6" t="s">
-        <v>10</v>
+        <v>176</v>
       </c>
       <c r="G235" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="236" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="236" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A236" s="4" t="s">
-        <v>1606</v>
+        <v>1367</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>2044</v>
+        <v>2163</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>1607</v>
+        <v>1368</v>
       </c>
       <c r="F236" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G236" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="237" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="237" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A237" s="4" t="s">
-        <v>1681</v>
+        <v>1371</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>2050</v>
+        <v>2164</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E237" s="5" t="s">
-        <v>1682</v>
-[...1 lines deleted...]
-      <c r="F237" s="6"/>
+        <v>1372</v>
+      </c>
+      <c r="F237" s="6" t="s">
+        <v>9</v>
+      </c>
       <c r="G237" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="238" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="238" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A238" s="4" t="s">
-        <v>1565</v>
+        <v>1375</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>1944</v>
+        <v>2165</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>1566</v>
+        <v>1376</v>
       </c>
       <c r="F238" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G238" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="239" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="239" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A239" s="4" t="s">
-        <v>1092</v>
+        <v>1377</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>2115</v>
+        <v>1919</v>
       </c>
       <c r="C239" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E239" s="5" t="s">
-        <v>1093</v>
+        <v>1378</v>
       </c>
       <c r="F239" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G239" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="240" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="240" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A240" s="4" t="s">
-        <v>528</v>
+        <v>1379</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>1804</v>
+        <v>1380</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>529</v>
+        <v>1381</v>
       </c>
       <c r="F240" s="6" t="s">
-        <v>11</v>
+        <v>206</v>
       </c>
       <c r="G240" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="241" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="241" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A241" s="4" t="s">
-        <v>209</v>
+        <v>1385</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>1784</v>
+        <v>1920</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>210</v>
+        <v>1386</v>
       </c>
       <c r="F241" s="6" t="s">
-        <v>211</v>
+        <v>10</v>
       </c>
       <c r="G241" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="242" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="242" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A242" s="4" t="s">
-        <v>1515</v>
+        <v>1387</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>1933</v>
+        <v>2049</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>1516</v>
+        <v>1386</v>
       </c>
       <c r="F242" s="6" t="s">
-        <v>1517</v>
+        <v>10</v>
       </c>
       <c r="G242" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="243" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="243" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A243" s="4" t="s">
-        <v>1123</v>
+        <v>1388</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>1858</v>
+        <v>1921</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1124</v>
+        <v>1389</v>
       </c>
       <c r="F243" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G243" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A244" s="4" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F244" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G244" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A245" s="4" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F245" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G245" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A246" s="4" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F246" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G246" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A247" s="4" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F247" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G243" s="7">
-[...90 lines deleted...]
-      </c>
       <c r="G247" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="248" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="248" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A248" s="4" t="s">
-        <v>668</v>
+        <v>1405</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>1813</v>
+        <v>2051</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>669</v>
+        <v>1406</v>
       </c>
       <c r="F248" s="6" t="s">
-        <v>10</v>
+        <v>270</v>
       </c>
       <c r="G248" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="249" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="249" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A249" s="4" t="s">
-        <v>254</v>
+        <v>1407</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>1788</v>
+        <v>2052</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>255</v>
+        <v>1408</v>
       </c>
       <c r="F249" s="6" t="s">
-        <v>256</v>
+        <v>14</v>
       </c>
       <c r="G249" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="250" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="250" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A250" s="4" t="s">
-        <v>572</v>
+        <v>1409</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>1809</v>
+        <v>1925</v>
       </c>
       <c r="C250" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E250" s="5" t="s">
-        <v>573</v>
+        <v>1410</v>
       </c>
       <c r="F250" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G250" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="251" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="251" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A251" s="4" t="s">
-        <v>1277</v>
+        <v>1411</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>1882</v>
+        <v>2053</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>1278</v>
+        <v>1412</v>
       </c>
       <c r="F251" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G251" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="252" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="252" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A252" s="4" t="s">
-        <v>1038</v>
+        <v>1417</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>1848</v>
+        <v>1928</v>
       </c>
       <c r="C252" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>1039</v>
+        <v>1418</v>
       </c>
       <c r="F252" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G252" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="253" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="253" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A253" s="4" t="s">
-        <v>569</v>
+        <v>1422</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>1808</v>
+        <v>2167</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>570</v>
+        <v>1423</v>
       </c>
       <c r="F253" s="6" t="s">
-        <v>571</v>
+        <v>10</v>
       </c>
       <c r="G253" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="254" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="254" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A254" s="4" t="s">
-        <v>1237</v>
+        <v>1427</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>1878</v>
+        <v>1929</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E254" s="5" t="s">
-        <v>1238</v>
+        <v>1428</v>
       </c>
       <c r="F254" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G254" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A255" s="4" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F255" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G255" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A256" s="4" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>1432</v>
+      </c>
+      <c r="F256" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G256" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A257" s="4" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1434</v>
+      </c>
+      <c r="F257" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G257" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A258" s="4" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>1436</v>
+      </c>
+      <c r="F258" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G258" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A259" s="4" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C259" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D259" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F259" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G259" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A260" s="4" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F260" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="G260" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A261" s="4" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="F261" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G261" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A262" s="4" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F262" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G262" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="4" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F263" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G263" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="4" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="F264" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G264" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="4" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F265" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G265" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="4" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F266" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G266" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="4" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F267" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G267" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="4" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F268" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="G268" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A269" s="4" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F269" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G254" s="7">
-[...318 lines deleted...]
-      <c r="F268" s="6" t="s">
+      <c r="G269" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A270" s="4" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F270" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G270" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="4" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F271" s="6" t="s">
         <v>320</v>
       </c>
-      <c r="G268" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G271" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="272" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="272" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A272" s="4" t="s">
-        <v>457</v>
+        <v>1474</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>2078</v>
+        <v>1475</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E272" s="5" t="s">
-        <v>458</v>
+        <v>1476</v>
       </c>
       <c r="F272" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G272" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="273" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="273" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A273" s="4" t="s">
-        <v>792</v>
+        <v>1477</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>2007</v>
+        <v>1941</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>793</v>
+        <v>1478</v>
       </c>
       <c r="F273" s="6" t="s">
         <v>206</v>
       </c>
       <c r="G273" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="274" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="274" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A274" s="4" t="s">
-        <v>924</v>
+        <v>1479</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>2013</v>
+        <v>1942</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>925</v>
+        <v>1480</v>
       </c>
       <c r="F274" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G274" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A275" s="4" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C275" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D275" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F275" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G275" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A276" s="4" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D276" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F276" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G276" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A277" s="4" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C277" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F277" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G277" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A278" s="4" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F278" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G278" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A279" s="4" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E279" s="5" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F279" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G279" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A280" s="4" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F280" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="G274" s="7">
-[...136 lines deleted...]
-      </c>
       <c r="G280" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="281" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="281" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A281" s="4" t="s">
-        <v>1626</v>
+        <v>1497</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>1956</v>
+        <v>2056</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>1627</v>
+        <v>1498</v>
       </c>
       <c r="F281" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G281" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="282" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="282" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A282" s="4" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F282" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G282" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A283" s="4" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>1502</v>
+      </c>
+      <c r="F283" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="G283" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A284" s="4" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F284" s="6"/>
+      <c r="G284" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A285" s="4" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F285" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G285" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A286" s="4" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F286" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G286" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A287" s="4" t="s">
+        <v>1514</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F287" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G287" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A288" s="4" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F288" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="G288" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A289" s="4" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F289" s="6" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G289" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A290" s="4" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F290" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G290" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A291" s="4" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F291" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G291" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A292" s="4" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F292" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="G292" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A293" s="4" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F293" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G293" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A294" s="4" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F294" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G294" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A295" s="4" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F295" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G295" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A296" s="4" t="s">
+        <v>1541</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F296" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G296" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A297" s="4" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>1546</v>
+      </c>
+      <c r="F297" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G297" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A298" s="4" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F298" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G298" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A299" s="4" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F299" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G299" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A300" s="4" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F300" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G300" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A301" s="4" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>1556</v>
+      </c>
+      <c r="F301" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G301" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A302" s="4" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E302" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F302" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G302" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A303" s="4" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F303" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G303" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A304" s="4" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F304" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G304" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A305" s="4" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F305" s="6" t="s">
+        <v>1567</v>
+      </c>
+      <c r="G305" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A306" s="4" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F306" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G306" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A307" s="4" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F307" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G307" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A308" s="4" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="F308" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G308" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A309" s="4" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F309" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G309" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A310" s="4" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F310" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G310" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A311" s="4" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F311" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G311" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A312" s="4" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F312" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G312" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A313" s="4" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F313" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G313" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A314" s="4" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>1595</v>
+      </c>
+      <c r="F314" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G314" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A315" s="4" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F315" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G315" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A316" s="4" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B316" s="5" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F316" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G316" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A317" s="4" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F317" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G317" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A318" s="4" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F318" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G318" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A319" s="4" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F319" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G319" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A320" s="4" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F320" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="G320" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A321" s="4" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E321" s="5" t="s">
         <v>1610</v>
       </c>
-      <c r="B282" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D282" s="5" t="s">
+      <c r="F321" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G321" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A322" s="4" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F322" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G322" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A323" s="4" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F323" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G323" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A324" s="4" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="F324" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G324" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A325" s="4" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F325" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G325" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A326" s="4" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F326" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G326" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A327" s="4" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>1622</v>
+      </c>
+      <c r="F327" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G327" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A328" s="4" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F328" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="G328" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A329" s="4" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F329" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G329" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A330" s="4" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>1628</v>
+      </c>
+      <c r="F330" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G330" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A331" s="4" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F331" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G331" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A332" s="4" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F332" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="G332" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A333" s="4" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F333" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G333" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A334" s="4" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F334" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G334" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A335" s="4" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C335" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F335" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G335" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A336" s="4" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C336" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E336" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F336" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G336" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A337" s="4" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B337" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C337" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E337" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F337" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G337" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="338" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A338" s="4" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B338" s="5" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C338" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D338" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F338" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G338" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="339" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A339" s="4" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B339" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C339" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D339" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E339" s="5" t="s">
+        <v>1646</v>
+      </c>
+      <c r="F339" s="6"/>
+      <c r="G339" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A340" s="4" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B340" s="5" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C340" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D340" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E340" s="5" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F340" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="E282" s="5" t="s">
-[...71 lines deleted...]
-      <c r="F285" s="6" t="s">
+      <c r="G340" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A341" s="4" t="s">
+        <v>1652</v>
+      </c>
+      <c r="B341" s="5" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C341" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D341" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E341" s="5" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F341" s="6" t="s">
         <v>270</v>
       </c>
-      <c r="G285" s="7">
-[...212 lines deleted...]
-      <c r="B295" s="5" t="s">
+      <c r="G341" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A342" s="4" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B342" s="5" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C342" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F342" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G342" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A343" s="4" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B343" s="5" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C343" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D343" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E343" s="5" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F343" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G343" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A344" s="4" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B344" s="5" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C344" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D344" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E344" s="5" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F344" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G344" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A345" s="4" t="s">
+        <v>1662</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C345" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D345" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E345" s="5" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F345" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G345" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A346" s="4" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C346" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D346" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E346" s="5" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F346" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G346" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="347" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A347" s="4" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C347" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D347" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E347" s="5" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F347" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G347" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A348" s="4" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C348" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D348" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E348" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F348" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G348" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A349" s="4" t="s">
+        <v>1674</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C349" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D349" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>1675</v>
+      </c>
+      <c r="F349" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G349" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="350" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A350" s="4" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C350" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D350" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E350" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F350" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G350" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="351" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A351" s="4" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C351" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D351" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F351" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G351" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="352" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A352" s="4" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C352" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D352" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E352" s="5" t="s">
+        <v>1681</v>
+      </c>
+      <c r="F352" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G352" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="353" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A353" s="4" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B353" s="5" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C353" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D353" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E353" s="5" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F353" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G353" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="354" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A354" s="4" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C354" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D354" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E354" s="5" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F354" s="6"/>
+      <c r="G354" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="355" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A355" s="4" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B355" s="5" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C355" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E355" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F355" s="6"/>
+      <c r="G355" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A356" s="4" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B356" s="5" t="s">
         <v>2071</v>
       </c>
-      <c r="C295" s="5" t="s">
-[...244 lines deleted...]
-      <c r="A306" s="4" t="s">
+      <c r="C356" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D356" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E356" s="5" t="s">
         <v>1690</v>
-      </c>
-[...1158 lines deleted...]
-        <v>1716</v>
       </c>
       <c r="F356" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G356" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="357" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="357" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A357" s="4" t="s">
-        <v>1569</v>
+        <v>1691</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>1570</v>
+        <v>2204</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E357" s="5" t="s">
-        <v>1571</v>
+        <v>1692</v>
       </c>
       <c r="F357" s="6" t="s">
-        <v>10</v>
+        <v>806</v>
       </c>
       <c r="G357" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="358" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="358" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A358" s="4" t="s">
-        <v>1747</v>
+        <v>1693</v>
       </c>
       <c r="B358" s="5" t="s">
-        <v>1748</v>
+        <v>2205</v>
       </c>
       <c r="C358" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E358" s="5" t="s">
-        <v>1749</v>
+        <v>1694</v>
       </c>
       <c r="F358" s="6" t="s">
-        <v>118</v>
+        <v>220</v>
       </c>
       <c r="G358" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="359" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="359" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A359" s="4" t="s">
-        <v>1709</v>
+        <v>1695</v>
       </c>
       <c r="B359" s="5" t="s">
-        <v>1710</v>
+        <v>1987</v>
       </c>
       <c r="C359" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D359" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E359" s="5" t="s">
-        <v>1711</v>
-[...3 lines deleted...]
-      </c>
+        <v>1696</v>
+      </c>
+      <c r="F359" s="6"/>
       <c r="G359" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="360" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="360" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A360" s="4" t="s">
-        <v>274</v>
+        <v>1697</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>275</v>
+        <v>2206</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D360" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E360" s="5" t="s">
-        <v>276</v>
+        <v>1698</v>
       </c>
       <c r="F360" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G360" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="361" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="361" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A361" s="4" t="s">
-        <v>800</v>
+        <v>1699</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>801</v>
+        <v>2207</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D361" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E361" s="5" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F361" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G361" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="362" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A362" s="4" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B362" s="5" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C362" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D362" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E362" s="5" t="s">
+        <v>1702</v>
+      </c>
+      <c r="F362" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G362" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="363" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A363" s="4" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B363" s="5" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C363" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D363" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>1704</v>
+      </c>
+      <c r="F363" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G363" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="364" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A364" s="4" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B364" s="5" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C364" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D364" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E364" s="5" t="s">
+        <v>1706</v>
+      </c>
+      <c r="F364" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="E361" s="5" t="s">
-[...36 lines deleted...]
-      <c r="B363" s="5" t="s">
+      <c r="G364" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="365" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A365" s="4" t="s">
         <v>1707</v>
       </c>
-      <c r="C363" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E363" s="5" t="s">
+      <c r="B365" s="5" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C365" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D365" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E365" s="5" t="s">
         <v>1708</v>
       </c>
-      <c r="F363" s="6" t="s">
-[...44 lines deleted...]
-      </c>
       <c r="F365" s="6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G365" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="366" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="366" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A366" s="4" t="s">
-        <v>1464</v>
+        <v>1709</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>1465</v>
+        <v>1710</v>
       </c>
       <c r="C366" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D366" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E366" s="5" t="s">
-        <v>1466</v>
+        <v>1711</v>
       </c>
       <c r="F366" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G366" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="367" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="367" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A367" s="4" t="s">
-        <v>1597</v>
+        <v>1712</v>
       </c>
       <c r="B367" s="5" t="s">
-        <v>1598</v>
+        <v>1713</v>
       </c>
       <c r="C367" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D367" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E367" s="5" t="s">
-        <v>1599</v>
+        <v>1714</v>
       </c>
       <c r="F367" s="6" t="s">
-        <v>88</v>
+        <v>14</v>
       </c>
       <c r="G367" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="368" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="368" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A368" s="4" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E368" s="5" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F368" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G368" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="369" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A369" s="4" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B369" s="5" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C369" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F369" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G369" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="370" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A370" s="4" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B370" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C370" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D370" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E370" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F370" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G370" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="371" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A371" s="4" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B371" s="5" t="s">
+        <v>1723</v>
+      </c>
+      <c r="C371" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D371" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F371" s="6"/>
+      <c r="G371" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="372" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A372" s="4" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B372" s="5" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C372" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D372" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E372" s="5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="F372" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G372" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="373" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A373" s="4" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B373" s="5" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C373" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E373" s="5" t="s">
         <v>1728</v>
-      </c>
-[...125 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F373" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G373" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="374" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="374" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A374" s="4" t="s">
-        <v>617</v>
+        <v>1729</v>
       </c>
       <c r="B374" s="5" t="s">
-        <v>618</v>
+        <v>1991</v>
       </c>
       <c r="C374" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D374" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E374" s="5" t="s">
-        <v>619</v>
+        <v>1730</v>
       </c>
       <c r="F374" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G374" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="375" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A375" s="4" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B375" s="5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="C375" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F375" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G375" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="376" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A376" s="4" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B376" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C376" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D376" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E376" s="5" t="s">
+        <v>1735</v>
+      </c>
+      <c r="F376" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G376" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A377" s="4" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B377" s="5" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C377" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D377" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F377" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G374" s="7">
-[...42 lines deleted...]
-      <c r="F376" s="6" t="s">
+      <c r="G377" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A378" s="4" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C378" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E378" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F378" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G378" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A379" s="4" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B379" s="5" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C379" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D379" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E379" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F379" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G379" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A380" s="4" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B380" s="5" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C380" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D380" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E380" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F380" s="6"/>
+      <c r="G380" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A381" s="4" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B381" s="5" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C381" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D381" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E381" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F381" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G376" s="7">
-[...111 lines deleted...]
-      <c r="F381" s="6"/>
       <c r="G381" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="382" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="382" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A382" s="4" t="s">
-        <v>1120</v>
+        <v>1746</v>
       </c>
       <c r="B382" s="5" t="s">
-        <v>1121</v>
+        <v>1994</v>
       </c>
       <c r="C382" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D382" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E382" s="5" t="s">
-        <v>1122</v>
+        <v>1747</v>
       </c>
       <c r="F382" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G382" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="383" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="383" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A383" s="4" t="s">
-        <v>1101</v>
+        <v>1748</v>
       </c>
       <c r="B383" s="5" t="s">
-        <v>1102</v>
+        <v>2076</v>
       </c>
       <c r="C383" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D383" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E383" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F383" s="6"/>
+      <c r="G383" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="384" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A384" s="4" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B384" s="5" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C384" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D384" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E384" s="5" t="s">
+        <v>1752</v>
+      </c>
+      <c r="F384" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="E383" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F383" s="6" t="s">
+      <c r="G384" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A385" s="4" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B385" s="5" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C385" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D385" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E385" s="5" t="s">
+        <v>1754</v>
+      </c>
+      <c r="F385" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G383" s="7">
-[...44 lines deleted...]
-      </c>
       <c r="G385" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="386" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="386" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A386" s="4" t="s">
-        <v>1231</v>
+        <v>1755</v>
       </c>
       <c r="B386" s="5" t="s">
-        <v>1232</v>
+        <v>2077</v>
       </c>
       <c r="C386" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D386" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E386" s="5" t="s">
-        <v>1233</v>
+        <v>1756</v>
       </c>
       <c r="F386" s="6" t="s">
-        <v>803</v>
+        <v>18</v>
       </c>
       <c r="G386" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="387" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="387" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A387" s="4" t="s">
-        <v>1683</v>
+        <v>1757</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>1684</v>
+        <v>2078</v>
       </c>
       <c r="C387" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D387" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E387" s="5" t="s">
-        <v>1685</v>
-[...1 lines deleted...]
-      <c r="F387" s="6"/>
+        <v>1758</v>
+      </c>
+      <c r="F387" s="6" t="s">
+        <v>19</v>
+      </c>
       <c r="G387" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="388" spans="1:7" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="388" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A388" s="4" t="s">
-        <v>1176</v>
+        <v>1759</v>
       </c>
       <c r="B388" s="5" t="s">
-        <v>1177</v>
+        <v>2213</v>
       </c>
       <c r="C388" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D388" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E388" s="5" t="s">
-        <v>1178</v>
+        <v>1760</v>
       </c>
       <c r="F388" s="6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G388" s="7">
         <v>46203</v>
       </c>
     </row>
+    <row r="389" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A389" s="4" t="s">
+        <v>1761</v>
+      </c>
+      <c r="B389" s="5" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C389" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D389" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E389" s="5" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F389" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G389" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="390" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A390" s="4" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B390" s="5" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C390" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D390" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E390" s="5" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F390" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G390" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="391" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A391" s="4" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B391" s="5" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C391" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D391" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E391" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F391" s="6"/>
+      <c r="G391" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="392" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A392" s="4" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B392" s="5" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C392" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D392" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E392" s="5" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F392" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="G392" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="393" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A393" s="4" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B393" s="5" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C393" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D393" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E393" s="5" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F393" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G393" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A394" s="4" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B394" s="5" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C394" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D394" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E394" s="5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F394" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G394" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A395" s="4" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B395" s="5" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C395" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D395" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E395" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F395" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G395" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A396" s="4" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B396" s="5" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C396" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D396" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E396" s="5" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F396" s="6"/>
+      <c r="G396" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A397" s="4" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B397" s="5" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C397" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D397" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E397" s="5" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F397" s="6" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G397" s="7">
+        <v>46312</v>
+      </c>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G390">
-    <sortCondition ref="D1:D390"/>
+  <autoFilter ref="A1:L435" xr:uid="{7633A366-A35D-4BCC-B0FD-6F39BF47350C}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G435">
+    <sortCondition ref="D1:D435"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="A303" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{E8228BB3-42C2-4CFE-82F9-63965FABD4F2}"/>
-[...385 lines deleted...]
-    <hyperlink ref="A128" r:id="rId387" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82846" xr:uid="{1A0453CE-DF2D-49A2-9320-B7ED4177DA88}"/>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{64E5452E-B49D-4CED-9311-5389ADFF1EC7}"/>
+    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44386" xr:uid="{A320BE1C-5316-4875-8A26-85866CF23728}"/>
+    <hyperlink ref="A4" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44387" xr:uid="{7E79C7BD-5EEC-4414-B27E-536A3B51E610}"/>
+    <hyperlink ref="A5" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44419" xr:uid="{7DF3C059-45B4-47BF-9FC8-6FFA35063A6B}"/>
+    <hyperlink ref="A6" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44425" xr:uid="{54FF0544-94E5-42F7-B027-AAE8914FCB9A}"/>
+    <hyperlink ref="A7" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44428" xr:uid="{DC71A1F4-5018-4034-84FC-3FC7A7F730F9}"/>
+    <hyperlink ref="A8" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44432" xr:uid="{11988104-D8ED-4FE2-8AC3-A6A6E0C10551}"/>
+    <hyperlink ref="A9" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44436" xr:uid="{33635122-7C87-40CD-91FD-9C4E061E30CC}"/>
+    <hyperlink ref="A10" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44438" xr:uid="{177CF76F-BF78-4F7C-BD2B-B6C961702EE4}"/>
+    <hyperlink ref="A11" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44475" xr:uid="{6A7FC1E7-B0D7-4F2D-A4B7-2F8EAC92B216}"/>
+    <hyperlink ref="A12" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44496" xr:uid="{72B979BF-D085-4DCA-A2B5-BD8EC58E149C}"/>
+    <hyperlink ref="A13" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44499" xr:uid="{887F4912-5464-4A8D-A237-B573B3B0E7C4}"/>
+    <hyperlink ref="A14" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44509" xr:uid="{49058902-9715-4965-9D2D-468FC0B69D02}"/>
+    <hyperlink ref="A15" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44528" xr:uid="{06BC3EE2-0F4F-4828-9FB0-030A478EDD6D}"/>
+    <hyperlink ref="A16" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44558" xr:uid="{BDD4BF57-1174-49A5-B4C1-4D421861CF20}"/>
+    <hyperlink ref="A17" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44564" xr:uid="{562C5827-DA84-4209-B859-19309AAF3EE0}"/>
+    <hyperlink ref="A18" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44567" xr:uid="{F457D597-BA02-4A6E-9B7C-9B6669756F2F}"/>
+    <hyperlink ref="A19" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44569" xr:uid="{CA3AE226-AB28-45A1-8881-993828A3D18B}"/>
+    <hyperlink ref="A20" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44572" xr:uid="{6F9D87C0-C7B5-4B41-9878-17C324FF008C}"/>
+    <hyperlink ref="A21" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44596" xr:uid="{73D7B2C4-82C3-48D4-A615-84B531C9A2A8}"/>
+    <hyperlink ref="A22" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44636" xr:uid="{1E9269C2-AC0A-41D0-8169-F1DAE3E747BA}"/>
+    <hyperlink ref="A23" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44640" xr:uid="{5D12B6D1-B6DC-4CF6-A72C-D00507D60863}"/>
+    <hyperlink ref="A24" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44645" xr:uid="{EDF086FC-75F7-4D99-BB9E-0A64739A3BE9}"/>
+    <hyperlink ref="A25" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44646" xr:uid="{D8A8ADE9-D410-46E8-AEB1-1B4D1F68E7CC}"/>
+    <hyperlink ref="A26" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44653" xr:uid="{269EFFFF-6416-4EEC-B8FE-9FBABCC69F56}"/>
+    <hyperlink ref="A27" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44655" xr:uid="{7F3691C1-127C-48A3-83EB-204A1B34758C}"/>
+    <hyperlink ref="A28" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44657" xr:uid="{33E2BFC4-A184-45A3-B489-4BDC61CF14CE}"/>
+    <hyperlink ref="A29" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44658" xr:uid="{C292CA5B-B1A4-4B14-B4BB-8DAC2CD758D4}"/>
+    <hyperlink ref="A30" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44666" xr:uid="{261D5622-2D78-4CFA-8A3C-DFAEF9A07379}"/>
+    <hyperlink ref="A31" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44689" xr:uid="{95F91212-4A32-4973-A9A3-E7DFEF377CBF}"/>
+    <hyperlink ref="A32" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44694" xr:uid="{A937946B-9C60-4995-BCEA-1648D100AA33}"/>
+    <hyperlink ref="A33" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44749" xr:uid="{9AE0E5B9-279A-49CB-8417-D8F587391333}"/>
+    <hyperlink ref="A34" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44770" xr:uid="{808760DB-A483-4963-9B68-7CAA53DB3E0B}"/>
+    <hyperlink ref="A35" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44773" xr:uid="{7690ED46-F6CF-4A1A-A764-F21C7510B6F4}"/>
+    <hyperlink ref="A36" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44783" xr:uid="{FE0B6E55-502B-4C76-B5BE-E2666B66CD3C}"/>
+    <hyperlink ref="A37" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44832" xr:uid="{99E4D3F5-5A2D-44B5-A2D0-684FB12DBB82}"/>
+    <hyperlink ref="A38" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44890" xr:uid="{528400F4-3C40-42DD-A405-15F72786B39A}"/>
+    <hyperlink ref="A39" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44919" xr:uid="{B48546A2-5C1E-4151-BAF3-5602D5FEF4CA}"/>
+    <hyperlink ref="A40" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44926" xr:uid="{E5BBF187-DFFC-435D-958A-8FEA39B9D10D}"/>
+    <hyperlink ref="A41" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44932" xr:uid="{1C550D64-6B07-4B08-90E4-6B928687306C}"/>
+    <hyperlink ref="A42" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45026" xr:uid="{27532F00-C504-478A-AF37-D97D0FA3C6A4}"/>
+    <hyperlink ref="A43" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45032" xr:uid="{5FFC7270-8800-4D88-AEC4-17CE5D7E949F}"/>
+    <hyperlink ref="A44" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45035" xr:uid="{B047808C-C308-470A-8619-6D1291AD5855}"/>
+    <hyperlink ref="A45" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45055" xr:uid="{84624F62-FB3F-4D6A-BD6C-F21146A6DCED}"/>
+    <hyperlink ref="A46" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45084" xr:uid="{E98990CB-7CB5-45D5-B385-07986616C45A}"/>
+    <hyperlink ref="A47" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45100" xr:uid="{717F8805-C39D-42A3-8353-254E6EACEDB1}"/>
+    <hyperlink ref="A48" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45113" xr:uid="{07FD559E-CB53-4616-B868-81350A3776EF}"/>
+    <hyperlink ref="A49" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45115" xr:uid="{1EA379E0-4E2C-486D-8FFD-383280DD3CAC}"/>
+    <hyperlink ref="A50" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45129" xr:uid="{072F16D4-8F95-42AD-8468-14B68FEE2272}"/>
+    <hyperlink ref="A51" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45169" xr:uid="{B3312847-F046-4644-BFEF-F6883FB1A3F2}"/>
+    <hyperlink ref="A52" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45188" xr:uid="{B8C4E8DC-51C6-45E5-9271-5B2A4C66DB6F}"/>
+    <hyperlink ref="A53" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45212" xr:uid="{803D5B71-F256-4EB9-9D82-661288C76EEB}"/>
+    <hyperlink ref="A54" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45213" xr:uid="{0146ED08-ED73-4630-9E5D-E982E33981E5}"/>
+    <hyperlink ref="A55" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45225" xr:uid="{1A92864C-6DAC-4459-8439-3215C413065E}"/>
+    <hyperlink ref="A56" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45248" xr:uid="{1CBAC561-1AAE-495A-A4FB-2322FD8368C9}"/>
+    <hyperlink ref="A57" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45251" xr:uid="{2E7990AE-6A52-4B74-A482-49D2DE707A4E}"/>
+    <hyperlink ref="A58" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45261" xr:uid="{F456A571-EAA0-4E1D-A788-2275E82D3249}"/>
+    <hyperlink ref="A59" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45266" xr:uid="{3F1BFABE-0472-4B2F-857E-F2C8AFE16AFE}"/>
+    <hyperlink ref="A60" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45267" xr:uid="{D3E137AF-5BB7-4C6C-AC23-88B63EA948FA}"/>
+    <hyperlink ref="A61" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45269" xr:uid="{01FB39C1-A1AE-482E-8793-538E909E5AEC}"/>
+    <hyperlink ref="A62" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45312" xr:uid="{2BD286F1-2F71-44ED-A1C2-8F3167AB9E3B}"/>
+    <hyperlink ref="A63" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45337" xr:uid="{170499F0-A54E-4EA3-92F1-2B4675A8596D}"/>
+    <hyperlink ref="A64" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56785" xr:uid="{B7CD8C0A-401E-41BA-A72C-A8F97C601EAF}"/>
+    <hyperlink ref="A65" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45343" xr:uid="{862EFED1-5FB2-4315-B389-6E78B6041267}"/>
+    <hyperlink ref="A66" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45349" xr:uid="{844D07FF-EA92-42E1-8677-5F2E5FD3A621}"/>
+    <hyperlink ref="A67" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45366" xr:uid="{7CD9EB52-F299-4B3E-8657-348FFBBCDA6C}"/>
+    <hyperlink ref="A68" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45377" xr:uid="{01C6A64E-789E-463C-BDF0-60BE7729C9E7}"/>
+    <hyperlink ref="A69" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45400" xr:uid="{FA4EBF68-A4FF-4261-9789-1F0A4CE69913}"/>
+    <hyperlink ref="A70" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45401" xr:uid="{026DC2D4-35CD-4413-B039-E8F0AB1A7416}"/>
+    <hyperlink ref="A71" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45427" xr:uid="{7BFF6A47-6E8C-4E99-BBA5-44BBC4FBAA23}"/>
+    <hyperlink ref="A72" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45433" xr:uid="{33323311-A70F-47F6-8B1C-193B7B744CE7}"/>
+    <hyperlink ref="A73" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45463" xr:uid="{C9862AA3-74DD-4F67-9203-C19D617D1379}"/>
+    <hyperlink ref="A74" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45470" xr:uid="{095112A3-9767-4914-8FC2-70705BFDDA8D}"/>
+    <hyperlink ref="A75" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45512" xr:uid="{85684E7D-4EE7-4B1E-B341-95E973D4B4FE}"/>
+    <hyperlink ref="A76" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45522" xr:uid="{77226646-84BD-44F9-9616-DFAEF7171EE6}"/>
+    <hyperlink ref="A77" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57694" xr:uid="{51ADD2AE-875C-4E2E-9976-FD599B8090D1}"/>
+    <hyperlink ref="A78" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45524" xr:uid="{20D29A1B-BC11-4F76-9DDB-D20C5C98A29F}"/>
+    <hyperlink ref="A79" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45537" xr:uid="{6ED3A225-2674-407E-8418-A4E4CA1C0819}"/>
+    <hyperlink ref="A80" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45570" xr:uid="{6CCA292D-C060-4E4A-A346-F2B9439ABEDC}"/>
+    <hyperlink ref="A81" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45571" xr:uid="{A25CDD43-5310-45A5-BDE3-249DF1AD8066}"/>
+    <hyperlink ref="A82" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45612" xr:uid="{DE89A7C5-32E4-4039-8486-7E12EDD27239}"/>
+    <hyperlink ref="A83" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45765" xr:uid="{157D698A-5808-4C55-9655-F16FDB190B0D}"/>
+    <hyperlink ref="A84" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45767" xr:uid="{130D08A3-BD66-431A-822C-71A8C4F5F1F1}"/>
+    <hyperlink ref="A85" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45769" xr:uid="{4998ED7E-2D6C-462E-ADF9-737CEB19E261}"/>
+    <hyperlink ref="A86" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45797" xr:uid="{7476B11C-572D-4341-ACAD-15A6103FA8AD}"/>
+    <hyperlink ref="A87" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46001" xr:uid="{B408EA49-7765-4F8F-B936-262A10F13E6D}"/>
+    <hyperlink ref="A88" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46304" xr:uid="{6726148A-B98E-4794-9730-FE92A0703D73}"/>
+    <hyperlink ref="A89" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46313" xr:uid="{FA39CFA0-2012-42B2-8A70-4CE23E7E421C}"/>
+    <hyperlink ref="A90" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46647" xr:uid="{60FCD575-4136-4FEB-8335-13DFBCF7019F}"/>
+    <hyperlink ref="A91" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46774" xr:uid="{06492460-647C-4EF1-9F61-00204D0C999E}"/>
+    <hyperlink ref="A92" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47125" xr:uid="{3AF7BE99-EC4A-4F82-B80A-431E6F824CAC}"/>
+    <hyperlink ref="A93" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47127" xr:uid="{6DCE471C-BEE8-429C-893D-87B2435D107D}"/>
+    <hyperlink ref="A94" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47178" xr:uid="{DF8ADEF3-4AA7-47E6-8C28-D73E94448E98}"/>
+    <hyperlink ref="A95" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47180" xr:uid="{CE073EFA-412A-4A95-970B-3BD98343D8FC}"/>
+    <hyperlink ref="A96" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47529" xr:uid="{74FCD4E0-92F0-4D57-AA6A-2CB334468CF0}"/>
+    <hyperlink ref="A97" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47530" xr:uid="{3EB5FE62-BB0C-4595-B20A-C744B2206114}"/>
+    <hyperlink ref="A98" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47770" xr:uid="{842D36E1-2D04-41BC-AB6D-03EE231752A0}"/>
+    <hyperlink ref="A99" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47771" xr:uid="{1B402789-3E2A-467B-8409-CED36F42A552}"/>
+    <hyperlink ref="A100" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47967" xr:uid="{560D30F8-F86C-4403-8C2F-853FC73D94EE}"/>
+    <hyperlink ref="A101" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47980" xr:uid="{42B779A9-1283-4BC7-A88A-808BB4E959C1}"/>
+    <hyperlink ref="A102" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48029" xr:uid="{643887BF-B786-44B4-8DBE-29284A50C34B}"/>
+    <hyperlink ref="A103" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48113" xr:uid="{877288D8-BFBD-4561-806A-C792AD8C6DC0}"/>
+    <hyperlink ref="A104" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48147" xr:uid="{D6160624-36DC-4D7F-81C2-8B4C4464B90D}"/>
+    <hyperlink ref="A105" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48155" xr:uid="{348920FF-2880-47C7-8D76-E328DBE50558}"/>
+    <hyperlink ref="A106" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48256" xr:uid="{EF700930-3DB2-4DB6-88D2-D58D6904D190}"/>
+    <hyperlink ref="A107" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48266" xr:uid="{9DBCB6B3-727F-415C-B605-78D8231A681E}"/>
+    <hyperlink ref="A108" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48332" xr:uid="{2C70B587-9CB3-4819-8F1A-C86FD49E82FE}"/>
+    <hyperlink ref="A109" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48333" xr:uid="{49EF78A6-DA1B-4AA9-8583-877A0B79F928}"/>
+    <hyperlink ref="A110" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48418" xr:uid="{28225ED4-E2F3-424B-AAF5-B78BB7252697}"/>
+    <hyperlink ref="A111" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48422" xr:uid="{ABE54F51-F6DA-410C-AA94-A49EF4BB655F}"/>
+    <hyperlink ref="A112" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48429" xr:uid="{5FBCECB9-84CE-41F5-9740-A23BD8A68E31}"/>
+    <hyperlink ref="A113" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55707" xr:uid="{3B30D482-5800-4345-ADCE-F9CDA0A6ABA2}"/>
+    <hyperlink ref="A114" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48457" xr:uid="{299091DF-6328-4EA0-A1C0-E99CED6C5C09}"/>
+    <hyperlink ref="A115" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48494" xr:uid="{E59B9BA8-37BF-4EC0-80BE-D08786574CC1}"/>
+    <hyperlink ref="A116" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48514" xr:uid="{56D14F30-7B9C-4C5E-BD88-1A953E5E1A11}"/>
+    <hyperlink ref="A117" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48535" xr:uid="{61E9A5F0-C073-4015-97A7-C6FFF2B67FB1}"/>
+    <hyperlink ref="A118" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54314" xr:uid="{6599B15E-69A4-4D59-BBC0-1A295C410F5D}"/>
+    <hyperlink ref="A119" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48539" xr:uid="{75C26C3B-4763-4115-920D-9EF9D81991B6}"/>
+    <hyperlink ref="A120" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48541" xr:uid="{7E7ACFAF-F0F1-49E2-86C6-CFAF25FE80BF}"/>
+    <hyperlink ref="A121" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48562" xr:uid="{B7F3C533-8A15-4A3C-8BBC-267CEB4EE1BD}"/>
+    <hyperlink ref="A122" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48592" xr:uid="{5320D0D2-8084-46C2-A812-6871D2C10109}"/>
+    <hyperlink ref="A123" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48601" xr:uid="{84F1E0A5-6E60-4FE7-935A-AF614BD099E3}"/>
+    <hyperlink ref="A124" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48603" xr:uid="{07A902C1-DB87-470F-BE3F-FC27C23D080D}"/>
+    <hyperlink ref="A125" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48649" xr:uid="{20D48358-198D-49F5-A178-2C19B5C6656E}"/>
+    <hyperlink ref="A126" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48784" xr:uid="{41C34CC0-9FE0-4AD5-BA19-649FFBF5A5D0}"/>
+    <hyperlink ref="A127" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48787" xr:uid="{CCC556B7-2EA4-44C1-93A7-06EE3E649391}"/>
+    <hyperlink ref="A128" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48846" xr:uid="{6DED42BF-F3B6-42C3-B048-A147E82B575A}"/>
+    <hyperlink ref="A129" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48869" xr:uid="{70092F4A-82F8-4510-875E-B81A6B179900}"/>
+    <hyperlink ref="A130" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48872" xr:uid="{EA511573-4C31-4E5E-81D5-CFF67B05B67B}"/>
+    <hyperlink ref="A131" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48873" xr:uid="{007610D6-C88E-4F8E-850B-67E2512EDDA1}"/>
+    <hyperlink ref="A132" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48876" xr:uid="{3768EF6A-8177-446B-B2B1-E7ABD873E1C6}"/>
+    <hyperlink ref="A133" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48880" xr:uid="{A0113B54-2F30-456C-B543-D401E7DF3EF3}"/>
+    <hyperlink ref="A134" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48881" xr:uid="{FCEB54DA-761E-46B6-A78D-8702B78A96C7}"/>
+    <hyperlink ref="A135" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48885" xr:uid="{95EE7E5E-F754-4CFA-8BEE-84FC4E24A768}"/>
+    <hyperlink ref="A136" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48890" xr:uid="{990DA9A4-D4C5-48AA-8BBE-8120A599E465}"/>
+    <hyperlink ref="A137" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48900" xr:uid="{F27F3B93-EE23-45C6-8213-48FF19F4124A}"/>
+    <hyperlink ref="A138" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48902" xr:uid="{912B2567-EAA9-4915-9659-3B2A484F7B1E}"/>
+    <hyperlink ref="A139" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48903" xr:uid="{7C751C40-5513-47E2-8659-1F7DE44AD63E}"/>
+    <hyperlink ref="A140" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48953" xr:uid="{A393C0E5-261D-4E2F-BEDE-69AAE46C7975}"/>
+    <hyperlink ref="A141" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48998" xr:uid="{C360B9EC-6277-4A56-87B6-8A9AB2589366}"/>
+    <hyperlink ref="A142" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49034" xr:uid="{7FE9508E-B9A7-4380-8631-0DAD27D48999}"/>
+    <hyperlink ref="A143" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49048" xr:uid="{662A39CE-03D4-4F1D-9C8F-EA6B8D741E1A}"/>
+    <hyperlink ref="A144" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56623" xr:uid="{ABCB1EDC-77FA-4F9B-A291-70E2E01F1430}"/>
+    <hyperlink ref="A145" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49317" xr:uid="{0F93D3C8-4E3A-4587-9955-4E31437FF407}"/>
+    <hyperlink ref="A146" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49336" xr:uid="{FDD5D441-5C09-4C81-AE17-3EA361E3DE9C}"/>
+    <hyperlink ref="A147" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49345" xr:uid="{7E3B97D1-FEBA-429B-B483-CCC1ACA5C39E}"/>
+    <hyperlink ref="A148" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57405" xr:uid="{012F61E6-5509-4E43-948A-9CB236D700DB}"/>
+    <hyperlink ref="A149" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49489" xr:uid="{86896593-C7F4-49BE-AA83-0F195B711139}"/>
+    <hyperlink ref="A150" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49687" xr:uid="{78749462-D2F0-4B46-B476-FA1D7F39C714}"/>
+    <hyperlink ref="A151" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49798" xr:uid="{ED6DD0D7-41BB-47D1-A25B-657AB6983956}"/>
+    <hyperlink ref="A152" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49824" xr:uid="{4178D576-7F35-4673-9EE9-045DFAF9B6AA}"/>
+    <hyperlink ref="A153" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49898" xr:uid="{CE71A6E2-8BB7-4EE1-ABE6-13B4BB61DF97}"/>
+    <hyperlink ref="A154" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49904" xr:uid="{4AE5A8D6-A9FE-4B5F-9B4E-B06BE93B8132}"/>
+    <hyperlink ref="A155" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50014" xr:uid="{3B573747-F891-4768-A18D-22ABA3ADAA12}"/>
+    <hyperlink ref="A156" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50016" xr:uid="{1598C094-8BF4-48A0-BC0A-0615C068E650}"/>
+    <hyperlink ref="A157" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50108" xr:uid="{91C0F702-6B06-4F70-9DBC-103428A1F6CE}"/>
+    <hyperlink ref="A158" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50184" xr:uid="{19CA9B0D-9833-4ED7-B608-071D9BDD1DA5}"/>
+    <hyperlink ref="A159" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50315" xr:uid="{E5CCCA16-A1C9-4CFE-A64A-2DEA8F3B0C19}"/>
+    <hyperlink ref="A160" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50781" xr:uid="{D208F82C-249E-4E5B-9C5F-066C1C04367C}"/>
+    <hyperlink ref="A161" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50783" xr:uid="{F82E86E1-F4B4-47BA-8DAD-02C2F46D781E}"/>
+    <hyperlink ref="A162" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50815" xr:uid="{436B48FF-AEDD-4E79-B406-6DAFB6FE525C}"/>
+    <hyperlink ref="A163" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55831" xr:uid="{6FA6C0C4-526B-4D0E-B900-6BA3AD089FB5}"/>
+    <hyperlink ref="A164" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50824" xr:uid="{56B1A3B1-5BFA-4299-878A-BBE73D4B7B9F}"/>
+    <hyperlink ref="A165" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50925" xr:uid="{925E9792-6293-49B8-9B00-30884556AE82}"/>
+    <hyperlink ref="A166" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51020" xr:uid="{A257D0AF-6D1B-4EE6-BD49-34D3D6FE351A}"/>
+    <hyperlink ref="A167" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51036" xr:uid="{9D09A0F7-7E70-4E9A-8419-203691696BD4}"/>
+    <hyperlink ref="A168" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51039" xr:uid="{FE02AF61-36E3-4C11-B7F6-EC191F44F9BD}"/>
+    <hyperlink ref="A169" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51040" xr:uid="{C77CBE00-8EEA-46BD-B5D0-4FE98B919FBA}"/>
+    <hyperlink ref="A170" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51048" xr:uid="{9945524A-45BF-4035-9A58-9BFB7C6DDBAB}"/>
+    <hyperlink ref="A171" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51085" xr:uid="{1F4AA03E-B448-4B0B-9852-0D4880E20548}"/>
+    <hyperlink ref="A172" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51227" xr:uid="{31B70D28-2DE6-4F2C-970D-190BCF83F04F}"/>
+    <hyperlink ref="A173" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51252" xr:uid="{14C183A9-51E3-49E2-B19D-F218BA8625A6}"/>
+    <hyperlink ref="A174" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51581" xr:uid="{DF4E8D29-2949-4CFB-BD00-8DD79D0760BE}"/>
+    <hyperlink ref="A175" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51584" xr:uid="{28D82AD6-469C-496D-9332-971DEBE8D089}"/>
+    <hyperlink ref="A176" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51612" xr:uid="{C497958C-ED37-418A-B03A-1855E7BD7D81}"/>
+    <hyperlink ref="A177" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51655" xr:uid="{10532E90-6C45-43CA-964D-DDF3F5F310DB}"/>
+    <hyperlink ref="A178" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57430" xr:uid="{9DAA07C8-8050-4CF7-85AA-E00A26C5D122}"/>
+    <hyperlink ref="A179" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51693" xr:uid="{F20C4E50-3408-4CE8-B0AE-0A9D1A8D6118}"/>
+    <hyperlink ref="A180" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51694" xr:uid="{EA9AD7FB-ECEB-4CF4-AAAF-7C3B0B921B1C}"/>
+    <hyperlink ref="A181" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51697" xr:uid="{C1FE1CFD-CDAC-4F5B-A99A-7A54FE309CE9}"/>
+    <hyperlink ref="A182" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51717" xr:uid="{A4284C5A-3146-47F4-A962-CF304B027DB2}"/>
+    <hyperlink ref="A183" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51758" xr:uid="{B07E7DF1-936F-44F9-B84E-5A9DC03DDC36}"/>
+    <hyperlink ref="A184" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51762" xr:uid="{59C230C9-137D-4792-A4F3-5EFCE1FA496D}"/>
+    <hyperlink ref="A185" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51763" xr:uid="{C4B408D5-7B70-40FF-99B1-70C08EB12B22}"/>
+    <hyperlink ref="A186" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51864" xr:uid="{0594C65D-ED7F-4AC3-9C2A-F0C132179AF7}"/>
+    <hyperlink ref="A187" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52025" xr:uid="{1D668FE1-809E-499D-B759-6148901DA8B9}"/>
+    <hyperlink ref="A188" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52026" xr:uid="{25DEE8E5-1E1A-48FC-A2B0-FC0DBF8ECD04}"/>
+    <hyperlink ref="A189" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52108" xr:uid="{8933DB32-ABBB-425F-BF10-9AB73D29CF0B}"/>
+    <hyperlink ref="A190" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52126" xr:uid="{DE7189AB-E910-4621-8D2D-E019538C641C}"/>
+    <hyperlink ref="A191" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52227" xr:uid="{A59FFBFF-161C-4EC1-81A3-5888F23B4973}"/>
+    <hyperlink ref="A192" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52315" xr:uid="{F0EF748D-2F42-4288-9E16-B4C2F1CF50FC}"/>
+    <hyperlink ref="A193" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52369" xr:uid="{8E337028-C6BB-4262-A04F-23A228E03E0A}"/>
+    <hyperlink ref="A194" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52370" xr:uid="{9738BF72-D909-49C2-85E3-FD0668A50F35}"/>
+    <hyperlink ref="A195" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52410" xr:uid="{9A350171-2099-4AB4-A820-0EF049854B95}"/>
+    <hyperlink ref="A196" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52555" xr:uid="{A9D3C855-359D-4E81-8DF2-C27A829C357D}"/>
+    <hyperlink ref="A197" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52575" xr:uid="{7384214F-0214-4E22-9D74-36E9805D8C32}"/>
+    <hyperlink ref="A198" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52624" xr:uid="{3BD3ACF8-7F23-4D96-9F5D-FB30314B2203}"/>
+    <hyperlink ref="A199" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52773" xr:uid="{F3A94CF1-88E5-432E-ACA8-5F781D9E9319}"/>
+    <hyperlink ref="A200" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52795" xr:uid="{F46D34D4-55BA-454B-9241-03D9B9B1737F}"/>
+    <hyperlink ref="A201" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52824" xr:uid="{7B334D65-38EE-4070-8EFB-1E4A22423770}"/>
+    <hyperlink ref="A202" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52873" xr:uid="{875530E7-E1C5-4639-94E4-B8AD5216A280}"/>
+    <hyperlink ref="A203" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53091" xr:uid="{958EF9C4-BEBF-4EB1-AC1F-EABE3AE03C64}"/>
+    <hyperlink ref="A204" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53227" xr:uid="{AE0E67D2-7A36-41EB-80AC-07765A5E5B34}"/>
+    <hyperlink ref="A205" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53283" xr:uid="{1B3829A2-1C64-412E-8CF4-7519BC34BCC4}"/>
+    <hyperlink ref="A206" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53514" xr:uid="{3E3CCE24-AC5E-4430-8CC6-ED5DB72E669A}"/>
+    <hyperlink ref="A207" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53730" xr:uid="{F1FF3B6A-C64B-4A7B-9705-FC6FEA8960D4}"/>
+    <hyperlink ref="A208" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53746" xr:uid="{932D892A-B99F-4AD6-86D1-EF364E02CAC3}"/>
+    <hyperlink ref="A209" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53750" xr:uid="{1C8AF8AB-4FEF-4A78-ADFC-C8FDF560DBAD}"/>
+    <hyperlink ref="A210" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53790" xr:uid="{11B8995F-8214-46E1-BBD3-8CA44779D456}"/>
+    <hyperlink ref="A211" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53957" xr:uid="{5DCE906D-7DBC-4F67-8D03-1F808DEDC30F}"/>
+    <hyperlink ref="A212" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53958" xr:uid="{C24389BF-25F5-4258-921A-AC566A2C2DEB}"/>
+    <hyperlink ref="A213" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54038" xr:uid="{AC349B12-5079-4488-A7D0-968AD6687FCD}"/>
+    <hyperlink ref="A214" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54155" xr:uid="{B151ADEF-B8E4-454B-99AF-E5AEA941ECF7}"/>
+    <hyperlink ref="A215" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54303" xr:uid="{E830A302-76EA-42E5-9F0D-A1731500F0C8}"/>
+    <hyperlink ref="A216" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54304" xr:uid="{C515B354-5395-44C2-B1F6-7E3FF309EF2C}"/>
+    <hyperlink ref="A217" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54305" xr:uid="{6D996D2A-4BC2-4838-BA21-87CCE96FD593}"/>
+    <hyperlink ref="A218" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54621" xr:uid="{61D250A2-1FAE-4C60-9C09-2A1D644F3096}"/>
+    <hyperlink ref="A219" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54636" xr:uid="{D2D17680-BFF8-4E19-87C7-422A2FDBFBB8}"/>
+    <hyperlink ref="A220" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54637" xr:uid="{0E6E25AF-1DE3-4C0F-924D-501689F259AD}"/>
+    <hyperlink ref="A221" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54856" xr:uid="{91F0E4BE-2A99-4929-A4F2-4DE21CEA3AC5}"/>
+    <hyperlink ref="A222" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55016" xr:uid="{F5C17DB5-D368-42AA-9961-4F26E22A7E7A}"/>
+    <hyperlink ref="A223" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55017" xr:uid="{7ED2A463-CEE4-4552-B238-C30D83197ADC}"/>
+    <hyperlink ref="A224" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55143" xr:uid="{75B47D5D-ACF7-4201-BA23-EE0211CD2B2F}"/>
+    <hyperlink ref="A225" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55219" xr:uid="{8AA96E40-81F9-4A96-A7A5-8EBABC7152C1}"/>
+    <hyperlink ref="A226" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55715" xr:uid="{20B3A797-9CEE-4C8E-BF5D-9DA53B76C3FB}"/>
+    <hyperlink ref="A227" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55742" xr:uid="{912411EB-E02C-4C54-B0EA-F0D182DF78DF}"/>
+    <hyperlink ref="A228" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55767" xr:uid="{1799D64D-2C11-4338-81C9-4A9B45109A9C}"/>
+    <hyperlink ref="A229" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55938" xr:uid="{0AD7E1B1-C31B-4885-85CD-EC4832EE7006}"/>
+    <hyperlink ref="A230" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56065" xr:uid="{FFAF1DD1-3712-44E9-BF9D-36AC60CB4F82}"/>
+    <hyperlink ref="A231" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56126" xr:uid="{1BD6F6F4-5C0B-4544-B559-95EDF589AF12}"/>
+    <hyperlink ref="A232" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56369" xr:uid="{2D6D0BD8-A8A5-4ABC-ABFC-F1A37709D0D1}"/>
+    <hyperlink ref="A233" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56455" xr:uid="{3218F917-B752-4118-BF47-330037F0ABFF}"/>
+    <hyperlink ref="A234" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56460" xr:uid="{B2ACF282-737D-48EE-A536-8FD33A82522D}"/>
+    <hyperlink ref="A235" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56578" xr:uid="{C2B39D5F-BF30-4566-B263-CEAADA4D77CA}"/>
+    <hyperlink ref="A236" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56625" xr:uid="{E7DF4344-8AAF-4CFE-89AB-8B4DBACAF900}"/>
+    <hyperlink ref="A237" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56788" xr:uid="{913BFAEF-0C60-40B0-9FCF-B6F7E61676C1}"/>
+    <hyperlink ref="A238" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57077" xr:uid="{52262009-D638-4B37-BDFC-CC21F98CE5C3}"/>
+    <hyperlink ref="A239" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57131" xr:uid="{1F9DC9DD-BBC0-4C63-BDA1-BFC05DDAD28D}"/>
+    <hyperlink ref="A240" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57143" xr:uid="{E23A273E-76AD-4E28-86D7-DD56827313D1}"/>
+    <hyperlink ref="A241" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57369" xr:uid="{9B9F95CA-A460-4A75-8864-A8CF240F7545}"/>
+    <hyperlink ref="A242" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57371" xr:uid="{CE47E2D0-BDD9-4D2F-80C6-B166C413B8CE}"/>
+    <hyperlink ref="A243" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57372" xr:uid="{419505CE-9242-43E2-A402-751AE0A2F441}"/>
+    <hyperlink ref="A244" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57951" xr:uid="{7DCE74EB-FB03-40D0-96B0-41974D42A292}"/>
+    <hyperlink ref="A245" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58089" xr:uid="{DD465FC0-6598-4D7E-A78C-0875E71A9CCC}"/>
+    <hyperlink ref="A246" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58643" xr:uid="{A5AEB302-643D-4738-85C3-268ED4D8EA83}"/>
+    <hyperlink ref="A247" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58682" xr:uid="{70B846AE-8433-4A18-9EE7-AC8C94627B52}"/>
+    <hyperlink ref="A248" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58686" xr:uid="{64739DC6-58E7-4794-9692-0941DF694B26}"/>
+    <hyperlink ref="A249" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58731" xr:uid="{F1583C7F-941C-41CE-A1E7-B120B519FF49}"/>
+    <hyperlink ref="A250" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58966" xr:uid="{E3A60C77-EC55-4C8E-9CDE-E0E9B13C9D4A}"/>
+    <hyperlink ref="A251" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58967" xr:uid="{7F040FD5-3524-4C74-8172-2D18A43A4A75}"/>
+    <hyperlink ref="A252" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59065" xr:uid="{9B7D6948-D9D7-4D18-9DB6-AE0064549DC6}"/>
+    <hyperlink ref="A253" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59172" xr:uid="{204A85B5-3FA1-40F5-A222-44F98C53122F}"/>
+    <hyperlink ref="A254" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59257" xr:uid="{C5783951-DEB2-4F24-AEE6-DB94DADC64CB}"/>
+    <hyperlink ref="A255" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59317" xr:uid="{F264484A-2ADD-4665-AB40-2AB4790C4AB3}"/>
+    <hyperlink ref="A256" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59323" xr:uid="{BE89EC15-B7E6-4C3B-9036-F5BC86C08B8E}"/>
+    <hyperlink ref="A257" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33339" xr:uid="{A0F1A2FA-5241-4457-A417-B8F77E45D839}"/>
+    <hyperlink ref="A258" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32659" xr:uid="{97BF2E09-D3CB-4E3B-81F6-6876DA8297B4}"/>
+    <hyperlink ref="A259" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33817" xr:uid="{F5690341-D2B5-402F-A75E-82739490BC2A}"/>
+    <hyperlink ref="A260" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61708" xr:uid="{3A070641-2A9E-4C79-A73C-B31DA514E396}"/>
+    <hyperlink ref="A261" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33735" xr:uid="{9EAD84BC-CC80-4290-B9F6-47F297A3ECEA}"/>
+    <hyperlink ref="A262" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32517" xr:uid="{B68BBC08-9FDA-4B85-A05B-822A0CBBFC0D}"/>
+    <hyperlink ref="A263" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61962" xr:uid="{90D0F7B0-E445-4906-90A9-BB40AE56E389}"/>
+    <hyperlink ref="A264" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32472" xr:uid="{011F144E-56CD-41B1-8076-B1996872C1FC}"/>
+    <hyperlink ref="A265" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62157" xr:uid="{007EE521-8E45-4D9B-8EEC-5464C5FF230C}"/>
+    <hyperlink ref="A266" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33943" xr:uid="{8241AF83-E6E8-4649-AA10-0759505E8951}"/>
+    <hyperlink ref="A267" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33455" xr:uid="{37B7E96A-A5D5-4B4B-B528-469B8859FD0C}"/>
+    <hyperlink ref="A268" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62602" xr:uid="{0D8D7BEE-3CB7-4615-AAB8-75B9B9DCC76E}"/>
+    <hyperlink ref="A269" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33891" xr:uid="{DC103DA4-D811-48CD-9FD5-2379F20D18DE}"/>
+    <hyperlink ref="A270" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33790" xr:uid="{B88C8A6B-F6E6-4432-A8DB-FB7F42640DE7}"/>
+    <hyperlink ref="A271" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62662" xr:uid="{388786DB-6411-479A-A146-99BD9D5071AC}"/>
+    <hyperlink ref="A272" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63251" xr:uid="{4943D0BB-A153-49E1-A6C1-C265BF92B16C}"/>
+    <hyperlink ref="A273" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63312" xr:uid="{ECF5D589-4A11-406D-BC34-F5D5B28FBC0E}"/>
+    <hyperlink ref="A274" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61840" xr:uid="{ED2E2259-AB28-452E-A918-98D76EF0A3A1}"/>
+    <hyperlink ref="A275" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63852" xr:uid="{FB0A555E-5788-4E15-967D-76EBC6FA5785}"/>
+    <hyperlink ref="A276" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62952" xr:uid="{37306BE9-1F09-4C8C-BD92-0235B0D759EA}"/>
+    <hyperlink ref="A277" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33930" xr:uid="{D2C5E9F6-A2D9-445A-8178-8953D7C3FF43}"/>
+    <hyperlink ref="A278" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64982" xr:uid="{D9A2ADCC-4746-4CDD-8DB2-ACE1B0554C13}"/>
+    <hyperlink ref="A279" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64617" xr:uid="{3A7D8DDA-F8E2-47E3-9FF3-C355EB75B975}"/>
+    <hyperlink ref="A280" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66035" xr:uid="{F4DBA261-EB6A-4265-B2CE-DC107CD73918}"/>
+    <hyperlink ref="A281" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65427" xr:uid="{87C29100-675C-4937-AB7A-E851B6EB34DC}"/>
+    <hyperlink ref="A282" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64087" xr:uid="{98B9932D-2E4E-42CF-AEE1-839DC71BDF59}"/>
+    <hyperlink ref="A283" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66039" xr:uid="{C7FBE1C1-7FE2-4D88-8CD8-EA29AB532E73}"/>
+    <hyperlink ref="A284" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64641" xr:uid="{D5E69C19-9760-46C8-98CF-4BA4BBBC6812}"/>
+    <hyperlink ref="A285" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64462" xr:uid="{9EC62BB9-7D2D-48FB-B89C-2B4DCE0BC3A3}"/>
+    <hyperlink ref="A286" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33974" xr:uid="{4849B979-D4BF-4CBE-A14B-7CF2C00C293E}"/>
+    <hyperlink ref="A287" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65604" xr:uid="{87E5235C-D306-4C7C-BED4-733291552F7C}"/>
+    <hyperlink ref="A288" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33935" xr:uid="{0B1BDB34-C580-482A-895E-AFEDB78A5BD2}"/>
+    <hyperlink ref="A289" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64749" xr:uid="{66BE233A-0DE9-4617-A2EE-F278F44C3E82}"/>
+    <hyperlink ref="A290" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65376" xr:uid="{738D093B-8C72-4CE0-9882-E07799C971D8}"/>
+    <hyperlink ref="A291" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66730" xr:uid="{13244742-9C1E-4F07-BEDE-232306E476CE}"/>
+    <hyperlink ref="A292" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66248" xr:uid="{37921418-2959-407D-8CB9-9AA025F59DE2}"/>
+    <hyperlink ref="A293" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67351" xr:uid="{E956A440-6B09-4152-BA92-F586FE751962}"/>
+    <hyperlink ref="A294" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67068" xr:uid="{3B036B41-BD14-4A67-A9AD-7887B97F1512}"/>
+    <hyperlink ref="A295" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65909" xr:uid="{72EB38BB-B566-4708-A35C-6997321EE42B}"/>
+    <hyperlink ref="A296" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66472" xr:uid="{763C9492-CF14-438B-9474-FA44C288504B}"/>
+    <hyperlink ref="A297" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65343" xr:uid="{D322C161-B0F8-4986-B8F3-1632840AD86E}"/>
+    <hyperlink ref="A298" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62428" xr:uid="{7089920C-392F-4A38-99CF-A5EFA98688D0}"/>
+    <hyperlink ref="A299" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64196" xr:uid="{A565AE7B-C617-431E-8242-BBA47A362831}"/>
+    <hyperlink ref="A300" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69778" xr:uid="{AB23252F-AB50-4095-A754-98338004A737}"/>
+    <hyperlink ref="A301" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68319" xr:uid="{978D67B0-CE99-4D94-A630-98B6AAA46C14}"/>
+    <hyperlink ref="A302" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71354" xr:uid="{88114847-7DEF-46B4-951A-E7E3ECC6AAFA}"/>
+    <hyperlink ref="A303" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71352" xr:uid="{7B58B104-7468-410C-8ADA-D19901CA651C}"/>
+    <hyperlink ref="A304" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72263" xr:uid="{69D89AAF-68A7-4D79-B6C2-1004DFDB9D3F}"/>
+    <hyperlink ref="A305" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71724" xr:uid="{074E6A98-EAC0-46AB-994F-2FAA261EFD97}"/>
+    <hyperlink ref="A306" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72024" xr:uid="{678B82B1-E0DF-4B4F-A7BE-7EA512E46807}"/>
+    <hyperlink ref="A307" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67586" xr:uid="{E3E2196D-4A7E-48D2-983F-BBFDEAE4220E}"/>
+    <hyperlink ref="A308" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72543" xr:uid="{FCE0BEDE-BE5D-4A64-B2A1-3183DEE5B466}"/>
+    <hyperlink ref="A309" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67062" xr:uid="{68C0F9AE-2B6E-4AC7-AFAD-616255C0E28A}"/>
+    <hyperlink ref="A310" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65023" xr:uid="{28FAD7CA-3D07-42A5-A09D-1A95DF334459}"/>
+    <hyperlink ref="A311" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69703" xr:uid="{D5B2D0FF-7A86-4C41-8398-6496A510592D}"/>
+    <hyperlink ref="A312" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71653" xr:uid="{8A14621F-3019-48C4-9346-AAAB25E04F37}"/>
+    <hyperlink ref="A313" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69740" xr:uid="{66265250-6844-4A73-B450-60F51699065D}"/>
+    <hyperlink ref="A314" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68392" xr:uid="{8998F853-4545-413A-8008-0D45C0576BC3}"/>
+    <hyperlink ref="A315" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73402" xr:uid="{987EE55B-DD49-4E71-8D12-14895F09B8A9}"/>
+    <hyperlink ref="A316" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69567" xr:uid="{77AA560B-42BD-4B6C-9113-44DB28612E6E}"/>
+    <hyperlink ref="A317" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73750" xr:uid="{B9610EBB-2392-4F10-AA6D-00FE98235132}"/>
+    <hyperlink ref="A318" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74146" xr:uid="{77A3BE28-1C29-438E-AF29-5EE35016B37C}"/>
+    <hyperlink ref="A319" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74026" xr:uid="{BD3F6E2C-54CC-4879-AB09-62AD90673F3F}"/>
+    <hyperlink ref="A320" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68094" xr:uid="{64CE604B-D390-4028-BD40-9F95638778EA}"/>
+    <hyperlink ref="A321" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74460" xr:uid="{65A08EA3-8F65-4EC7-BEC1-E01547174FDB}"/>
+    <hyperlink ref="A322" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74362" xr:uid="{1E5F4410-C163-493F-A696-6F9F63EE5525}"/>
+    <hyperlink ref="A323" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32290" xr:uid="{E0215A78-504C-4F6D-883C-5817985BB13C}"/>
+    <hyperlink ref="A324" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66696" xr:uid="{49C262FB-807B-4886-A405-9731F3D9A128}"/>
+    <hyperlink ref="A325" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74270" xr:uid="{A73EFFC5-17F6-430B-9481-5DDCFED07EF6}"/>
+    <hyperlink ref="A326" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74870" xr:uid="{FC96C84A-19F6-4B6D-BEE0-CA6176F52D73}"/>
+    <hyperlink ref="A327" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72542" xr:uid="{9A354396-B575-402E-AE02-FA529D1F5F96}"/>
+    <hyperlink ref="A328" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74733" xr:uid="{2250FABE-3740-46E2-896E-28B39E8D39D8}"/>
+    <hyperlink ref="A329" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69502" xr:uid="{E77CBCCF-AECF-4EBE-B8D4-E541BCF4DEB0}"/>
+    <hyperlink ref="A330" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73200" xr:uid="{56C1C746-7354-4C92-9794-09B2BD0965ED}"/>
+    <hyperlink ref="A331" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75455" xr:uid="{43C4181E-95A6-48B6-838E-F8C74F4CC90B}"/>
+    <hyperlink ref="A332" r:id="rId331" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74593" xr:uid="{9F0F7424-BBCA-4871-ABD7-1C72E860F144}"/>
+    <hyperlink ref="A333" r:id="rId332" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75990" xr:uid="{3ECEB65E-9FE4-49AA-BE13-C09ACB662D28}"/>
+    <hyperlink ref="A334" r:id="rId333" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76019" xr:uid="{21DA14D0-9BFB-41B0-B241-EF85CD948EC6}"/>
+    <hyperlink ref="A335" r:id="rId334" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75779" xr:uid="{8289CCEC-47D6-407E-9D74-2D64D9C72E9F}"/>
+    <hyperlink ref="A336" r:id="rId335" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75430" xr:uid="{0C7D02E4-56E1-4E7A-ABF8-BEC617493F7B}"/>
+    <hyperlink ref="A337" r:id="rId336" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75766" xr:uid="{C1CBF4BA-B6F2-4AC3-895C-AA3525267C0F}"/>
+    <hyperlink ref="A338" r:id="rId337" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74421" xr:uid="{9E5F871D-454D-48E4-AD1E-B01AED98E4A4}"/>
+    <hyperlink ref="A339" r:id="rId338" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76222" xr:uid="{D8EAB79D-0682-4568-ABE1-01109644A9AD}"/>
+    <hyperlink ref="A340" r:id="rId339" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76806" xr:uid="{E5C6E816-EEA0-4298-8C0D-80BDBFD00B2C}"/>
+    <hyperlink ref="A341" r:id="rId340" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75843" xr:uid="{D912BB4F-6DDE-4966-91F2-83431B693453}"/>
+    <hyperlink ref="A342" r:id="rId341" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76428" xr:uid="{D1E369CE-AD43-49BD-861E-ED9D5CC001A4}"/>
+    <hyperlink ref="A343" r:id="rId342" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77937" xr:uid="{637BE71E-2E33-41CE-A2BF-C2E578CCFDCB}"/>
+    <hyperlink ref="A344" r:id="rId343" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75716" xr:uid="{C34F10A1-10E0-40AD-926C-43C49912857A}"/>
+    <hyperlink ref="A345" r:id="rId344" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67624" xr:uid="{90E4E91D-8E52-4B28-8512-48EDB012412F}"/>
+    <hyperlink ref="A346" r:id="rId345" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78708" xr:uid="{AD6E57E9-34C8-4718-B05A-A13CF8D54D96}"/>
+    <hyperlink ref="A347" r:id="rId346" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78357" xr:uid="{D2B670C2-BE40-476E-AC77-99C06F84FF0D}"/>
+    <hyperlink ref="A348" r:id="rId347" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79044" xr:uid="{D450907A-05CB-4612-A079-CA44BBA15202}"/>
+    <hyperlink ref="A349" r:id="rId348" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79159" xr:uid="{B6029CEC-1AD7-4645-88F4-AD5D4FBD7909}"/>
+    <hyperlink ref="A350" r:id="rId349" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79523" xr:uid="{8A4936A2-92AD-4679-8C0A-FC50A3827207}"/>
+    <hyperlink ref="A351" r:id="rId350" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78356" xr:uid="{66ED27DA-81F1-46A8-8563-15A67CCEFB62}"/>
+    <hyperlink ref="A352" r:id="rId351" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78909" xr:uid="{3F5F595A-65BB-4111-B495-033E6B359814}"/>
+    <hyperlink ref="A353" r:id="rId352" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77588" xr:uid="{0709E4FE-7EA6-47C5-A069-4DBB5440D4BB}"/>
+    <hyperlink ref="A354" r:id="rId353" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80286" xr:uid="{CCB4B43B-A048-4DF9-BE2F-4B098C49C69B}"/>
+    <hyperlink ref="A355" r:id="rId354" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79440" xr:uid="{3AB23FA2-950D-481D-8E6D-1699F6FF55BF}"/>
+    <hyperlink ref="A356" r:id="rId355" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80642" xr:uid="{221FEE17-EC1F-418F-BD4D-410B81BB0416}"/>
+    <hyperlink ref="A357" r:id="rId356" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76480" xr:uid="{E570FF70-6B74-4AB2-A00B-18D10D006C04}"/>
+    <hyperlink ref="A358" r:id="rId357" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79413" xr:uid="{3B15DE34-AF1F-49BF-A667-C20163744913}"/>
+    <hyperlink ref="A359" r:id="rId358" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76245" xr:uid="{7957C3F1-A2B7-4843-A08F-E4D9DC2C82E1}"/>
+    <hyperlink ref="A360" r:id="rId359" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81602" xr:uid="{6F3D34BF-81D1-4E3C-8CB7-D1A752E9008B}"/>
+    <hyperlink ref="A361" r:id="rId360" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81243" xr:uid="{A1255538-7E2C-4442-87DE-0A03AB07203E}"/>
+    <hyperlink ref="A362" r:id="rId361" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82142" xr:uid="{D648FEE0-08FA-49A1-8665-F89A1E7160E9}"/>
+    <hyperlink ref="A363" r:id="rId362" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77343" xr:uid="{F8D6EC95-5362-4F70-82F2-C33D376E5F0B}"/>
+    <hyperlink ref="A364" r:id="rId363" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79840" xr:uid="{A0B8F530-9B2E-4F78-B57C-1D1EB6158176}"/>
+    <hyperlink ref="A365" r:id="rId364" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78988" xr:uid="{CC9EAE4B-B659-4B87-8F34-8F169DE5ADFF}"/>
+    <hyperlink ref="A366" r:id="rId365" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80898" xr:uid="{9DB9848C-B946-483C-BEB6-FFDF99006DD5}"/>
+    <hyperlink ref="A367" r:id="rId366" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81330" xr:uid="{BDBB1FF7-0C29-498F-81D3-FE907EAD2DB2}"/>
+    <hyperlink ref="A368" r:id="rId367" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81521" xr:uid="{53EAD39A-9449-4160-8999-943D60F987FE}"/>
+    <hyperlink ref="A369" r:id="rId368" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82202" xr:uid="{A39AE858-B3B7-40FC-B253-A60D54BB9590}"/>
+    <hyperlink ref="A370" r:id="rId369" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79675" xr:uid="{09D36E82-1A3E-4C40-AF9C-0F81574EBE08}"/>
+    <hyperlink ref="A371" r:id="rId370" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78514" xr:uid="{552498EE-1AD8-417C-B71A-DDFB37989A78}"/>
+    <hyperlink ref="A372" r:id="rId371" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80776" xr:uid="{395C217D-F7FF-4ACE-B688-2E88B50A0682}"/>
+    <hyperlink ref="A373" r:id="rId372" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82936" xr:uid="{4824DF8A-9AD0-472F-A884-DC37A98793A1}"/>
+    <hyperlink ref="A374" r:id="rId373" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76587" xr:uid="{F4873B04-D39D-485E-9841-CBD972196721}"/>
+    <hyperlink ref="A375" r:id="rId374" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82866" xr:uid="{2023BFED-2B7B-4FD5-A7E5-89AF7FB31FF4}"/>
+    <hyperlink ref="A376" r:id="rId375" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79993" xr:uid="{7932DA42-99F0-4415-AC98-5FDDB0C8BB9A}"/>
+    <hyperlink ref="A377" r:id="rId376" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66604" xr:uid="{6959D62E-A8E4-4AE6-A2FB-108E05270257}"/>
+    <hyperlink ref="A378" r:id="rId377" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83503" xr:uid="{18D831DB-F5AF-4404-8693-4E741FD34D80}"/>
+    <hyperlink ref="A379" r:id="rId378" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66768" xr:uid="{EBCF6D95-4E2E-463F-95BA-6C4E94ADEB70}"/>
+    <hyperlink ref="A380" r:id="rId379" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83371" xr:uid="{E7AF65BF-0D72-4615-A854-47130C48DB23}"/>
+    <hyperlink ref="A381" r:id="rId380" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82661" xr:uid="{38DBC73D-2DBF-412E-AC44-34B86C5FC1E5}"/>
+    <hyperlink ref="A382" r:id="rId381" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83854" xr:uid="{E409339F-1CA8-4F98-8626-0DA7D7733C11}"/>
+    <hyperlink ref="A383" r:id="rId382" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82535" xr:uid="{74A148D9-38A7-4AC8-9AE1-CA0F960DB7CE}"/>
+    <hyperlink ref="A384" r:id="rId383" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82098" xr:uid="{4D41F3B9-429D-4D58-9320-5C5CE639B71E}"/>
+    <hyperlink ref="A385" r:id="rId384" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83742" xr:uid="{13BF06E9-5C5C-4ECE-BF77-7CEE09356AA6}"/>
+    <hyperlink ref="A386" r:id="rId385" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82307" xr:uid="{E886FC08-B844-40A6-84C4-BD65EF8F3F67}"/>
+    <hyperlink ref="A387" r:id="rId386" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84508" xr:uid="{EEC167FD-B610-4F61-9DE2-04D9958EA9D1}"/>
+    <hyperlink ref="A388" r:id="rId387" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84739" xr:uid="{BF6137E9-BACD-4F24-B01E-66218AB1BB11}"/>
+    <hyperlink ref="A389" r:id="rId388" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82846" xr:uid="{F57C9009-AAE4-4012-8B9B-1B6DC7D6CA18}"/>
+    <hyperlink ref="A390" r:id="rId389" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83233" xr:uid="{F9C828E9-28AB-4F3C-92FA-6F71DF20A881}"/>
+    <hyperlink ref="A391" r:id="rId390" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83977" xr:uid="{A5405415-CEA3-4080-8DD8-45FD8358A015}"/>
+    <hyperlink ref="A392" r:id="rId391" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77461" xr:uid="{DDE65A8D-ADBE-4A47-BFD0-C2DE7100EFF3}"/>
+    <hyperlink ref="A393" r:id="rId392" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83666" xr:uid="{8A5872DC-CA25-4056-8381-5680B0938769}"/>
+    <hyperlink ref="A394" r:id="rId393" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73625" xr:uid="{D1B6D0D9-8ADC-45B8-ABBC-1CC26849A0EF}"/>
+    <hyperlink ref="A395" r:id="rId394" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84676" xr:uid="{6575F094-E035-4445-8111-435E2FACBA10}"/>
+    <hyperlink ref="A396" r:id="rId395" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84361" xr:uid="{11267B5F-9301-4F3A-933C-A02F773E6385}"/>
+    <hyperlink ref="A397" r:id="rId396" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85846" xr:uid="{64456B05-9813-487D-AC78-D88BE96F7714}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <legacyDrawing r:id="rId388"/>
+  <legacyDrawing r:id="rId397"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9FF4AC56-FCF1-479C-8DDD-78404F8C8B4C}">
-  <dimension ref="A1:G332"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A59A3F05-5127-4DD3-ADE9-F2A9B7734F82}">
+  <dimension ref="A1:G331"/>
   <sheetViews>
-    <sheetView topLeftCell="A306" workbookViewId="0">
+    <sheetView topLeftCell="A308" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="14" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="14.77734375" customWidth="1"/>
+    <col min="1" max="1" width="20.5546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="35.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="52.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.21875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="43.5546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.44140625" customWidth="1"/>
+    <col min="7" max="7" width="16.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
-        <v>368</v>
+        <v>25</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>1794</v>
+        <v>26</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>369</v>
+        <v>27</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="3" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="4" t="s">
-        <v>1065</v>
+        <v>45</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>2113</v>
+        <v>46</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>1066</v>
+        <v>47</v>
       </c>
       <c r="F3" s="6" t="s">
-        <v>959</v>
+        <v>9</v>
       </c>
       <c r="G3" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="4" t="s">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>1771</v>
+        <v>54</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>95</v>
+        <v>55</v>
       </c>
       <c r="F4" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G4" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="4" t="s">
-        <v>425</v>
+        <v>56</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>1991</v>
+        <v>57</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>426</v>
+        <v>58</v>
       </c>
       <c r="F5" s="6" t="s">
-        <v>206</v>
+        <v>10</v>
       </c>
       <c r="G5" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4" t="s">
-        <v>346</v>
+        <v>64</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>2074</v>
+        <v>65</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>347</v>
+        <v>66</v>
       </c>
       <c r="F6" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G6" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4" t="s">
-        <v>218</v>
+        <v>73</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>1785</v>
+        <v>74</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>219</v>
+        <v>75</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>220</v>
+        <v>18</v>
       </c>
       <c r="G7" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4" t="s">
-        <v>728</v>
+        <v>76</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>2092</v>
+        <v>77</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>729</v>
+        <v>78</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="G8" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="4" t="s">
-        <v>1396</v>
+        <v>92</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>1904</v>
+        <v>93</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>1397</v>
+        <v>94</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G9" s="7">
-        <v>45082</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="4" t="s">
-        <v>751</v>
+        <v>95</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>1819</v>
+        <v>1790</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>752</v>
+        <v>96</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G10" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4" t="s">
-        <v>758</v>
+        <v>97</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>2094</v>
+        <v>98</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>759</v>
+        <v>99</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="12" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4" t="s">
-        <v>339</v>
+        <v>102</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>1987</v>
+        <v>103</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>340</v>
+        <v>104</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="G12" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="4" t="s">
-        <v>559</v>
+        <v>107</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>2082</v>
+        <v>108</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>560</v>
+        <v>109</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G13" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="4" t="s">
-        <v>580</v>
+        <v>110</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>2001</v>
+        <v>111</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>581</v>
+        <v>112</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G14" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="4" t="s">
-        <v>549</v>
+        <v>113</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>550</v>
+        <v>114</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>551</v>
+        <v>115</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G15" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="4" t="s">
-        <v>1239</v>
+        <v>116</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>1240</v>
+        <v>117</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>1241</v>
+        <v>118</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="G16" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="4" t="s">
-        <v>775</v>
+        <v>119</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>776</v>
+        <v>120</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>777</v>
+        <v>121</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G17" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="4" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>44</v>
+        <v>123</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G18" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="4" t="s">
-        <v>1087</v>
+        <v>136</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>1088</v>
+        <v>137</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>1089</v>
+        <v>138</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G19" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="4" t="s">
-        <v>602</v>
+        <v>139</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>603</v>
+        <v>140</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>604</v>
+        <v>141</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="G20" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="4" t="s">
-        <v>690</v>
+        <v>144</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>691</v>
+        <v>145</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>692</v>
+        <v>146</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G21" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="4" t="s">
-        <v>401</v>
+        <v>149</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>402</v>
+        <v>150</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>403</v>
+        <v>151</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G22" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="4" t="s">
-        <v>1416</v>
+        <v>152</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>1417</v>
+        <v>153</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>1418</v>
+        <v>154</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G23" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="4" t="s">
-        <v>511</v>
+        <v>155</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>512</v>
+        <v>156</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>513</v>
+        <v>157</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G24" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="4" t="s">
-        <v>414</v>
+        <v>158</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>415</v>
+        <v>159</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="F25" s="6"/>
+        <v>160</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="G25" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="4" t="s">
-        <v>237</v>
+        <v>164</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>238</v>
+        <v>165</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>239</v>
+        <v>166</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G26" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="4" t="s">
-        <v>224</v>
+        <v>173</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>225</v>
+        <v>174</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>226</v>
+        <v>175</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>16</v>
+        <v>176</v>
       </c>
       <c r="G27" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="4" t="s">
-        <v>51</v>
+        <v>177</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>52</v>
+        <v>178</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>53</v>
+        <v>179</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>10</v>
+        <v>176</v>
       </c>
       <c r="G28" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="4" t="s">
-        <v>109</v>
+        <v>180</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>110</v>
+        <v>181</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>111</v>
+        <v>182</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G29" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="4" t="s">
-        <v>382</v>
+        <v>183</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>383</v>
+        <v>184</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>384</v>
+        <v>185</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G30" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="4" t="s">
-        <v>474</v>
+        <v>186</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>475</v>
+        <v>187</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>476</v>
+        <v>188</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G31" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="4" t="s">
-        <v>1128</v>
+        <v>197</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>1129</v>
+        <v>198</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>1130</v>
+        <v>199</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G32" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="4" t="s">
-        <v>1256</v>
+        <v>203</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>1257</v>
+        <v>204</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>1258</v>
+        <v>205</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>18</v>
+        <v>206</v>
       </c>
       <c r="G33" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="4" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>204</v>
+        <v>1804</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>205</v>
+        <v>219</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>206</v>
+        <v>220</v>
       </c>
       <c r="G34" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="4" t="s">
-        <v>599</v>
+        <v>224</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>600</v>
+        <v>225</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>601</v>
+        <v>226</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G35" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="4" t="s">
-        <v>451</v>
+        <v>232</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>452</v>
+        <v>233</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>453</v>
+        <v>234</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G36" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="37" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="4" t="s">
-        <v>981</v>
+        <v>237</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>982</v>
+        <v>238</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>983</v>
+        <v>239</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G37" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="4" t="s">
-        <v>762</v>
+        <v>251</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>763</v>
+        <v>252</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>764</v>
+        <v>253</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="G38" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="4" t="s">
-        <v>904</v>
+        <v>260</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>905</v>
+        <v>261</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>906</v>
+        <v>262</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G39" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="4" t="s">
-        <v>1023</v>
+        <v>271</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>1024</v>
+        <v>272</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>1025</v>
+        <v>273</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>11</v>
+        <v>163</v>
       </c>
       <c r="G40" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="41" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="4" t="s">
-        <v>662</v>
+        <v>279</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>663</v>
+        <v>280</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>664</v>
+        <v>281</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="G41" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="4" t="s">
-        <v>637</v>
+        <v>285</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>638</v>
+        <v>286</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>639</v>
+        <v>287</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="G42" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="4" t="s">
-        <v>647</v>
+        <v>288</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>648</v>
+        <v>289</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>649</v>
+        <v>290</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G43" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="4" t="s">
-        <v>687</v>
+        <v>297</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>688</v>
+        <v>298</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>689</v>
+        <v>299</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G44" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="4" t="s">
-        <v>251</v>
+        <v>300</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>252</v>
+        <v>301</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>253</v>
+        <v>302</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G45" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="46" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="4" t="s">
-        <v>180</v>
+        <v>321</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>181</v>
+        <v>322</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>182</v>
+        <v>323</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G46" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="4" t="s">
-        <v>173</v>
+        <v>326</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>174</v>
+        <v>327</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>175</v>
+        <v>328</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="G47" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="48" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="4" t="s">
-        <v>1033</v>
+        <v>339</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>1034</v>
+        <v>2007</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>1035</v>
+        <v>340</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>10</v>
+        <v>176</v>
       </c>
       <c r="G48" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="4" t="s">
-        <v>490</v>
+        <v>341</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>491</v>
+        <v>342</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>492</v>
+        <v>343</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>493</v>
+        <v>18</v>
       </c>
       <c r="G49" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="4" t="s">
-        <v>611</v>
+        <v>346</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>612</v>
+        <v>2096</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>613</v>
+        <v>347</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="G50" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="4" t="s">
-        <v>62</v>
+        <v>348</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>63</v>
+        <v>349</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>64</v>
+        <v>350</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G51" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="4" t="s">
-        <v>503</v>
+        <v>358</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>504</v>
+        <v>359</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>505</v>
+        <v>360</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G52" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="53" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A53" s="4" t="s">
-        <v>186</v>
+        <v>368</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>187</v>
+        <v>1813</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>188</v>
+        <v>369</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G53" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" s="4" t="s">
-        <v>152</v>
+        <v>377</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>153</v>
+        <v>378</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>154</v>
+        <v>379</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G54" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="55" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" s="4" t="s">
-        <v>348</v>
+        <v>382</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>349</v>
+        <v>383</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>350</v>
+        <v>384</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G55" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" s="4" t="s">
-        <v>719</v>
+        <v>393</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>720</v>
+        <v>394</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>721</v>
+        <v>395</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G56" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A57" s="4" t="s">
-        <v>96</v>
+        <v>398</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>97</v>
+        <v>399</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>98</v>
+        <v>400</v>
       </c>
       <c r="F57" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G57" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" s="4" t="s">
-        <v>810</v>
+        <v>401</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>811</v>
+        <v>402</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>812</v>
+        <v>403</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G58" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A59" s="4" t="s">
-        <v>778</v>
+        <v>411</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>779</v>
+        <v>412</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>780</v>
+        <v>413</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G59" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="60" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="4" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>416</v>
+      </c>
+      <c r="F60" s="6"/>
       <c r="G60" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" s="4" t="s">
-        <v>843</v>
+        <v>419</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>844</v>
+        <v>420</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>845</v>
+        <v>421</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>229</v>
+        <v>9</v>
       </c>
       <c r="G61" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="4" t="s">
-        <v>398</v>
+        <v>425</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>399</v>
+        <v>2011</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>400</v>
+        <v>426</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>11</v>
+        <v>206</v>
       </c>
       <c r="G62" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="4" t="s">
-        <v>300</v>
+        <v>430</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>301</v>
+        <v>431</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>302</v>
+        <v>432</v>
       </c>
       <c r="F63" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G63" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A64" s="4" t="s">
-        <v>341</v>
+        <v>438</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>342</v>
+        <v>439</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>343</v>
+        <v>440</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>18</v>
+        <v>206</v>
       </c>
       <c r="G64" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A65" s="4" t="s">
-        <v>74</v>
+        <v>441</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>75</v>
+        <v>442</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>76</v>
+        <v>443</v>
       </c>
       <c r="F65" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G65" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A66" s="4" t="s">
-        <v>468</v>
+        <v>451</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>469</v>
+        <v>452</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>470</v>
+        <v>453</v>
       </c>
       <c r="F66" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G66" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A67" s="4" t="s">
-        <v>177</v>
+        <v>454</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>178</v>
+        <v>455</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>179</v>
+        <v>456</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="G67" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A68" s="4" t="s">
-        <v>112</v>
+        <v>462</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>113</v>
+        <v>463</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>114</v>
+        <v>464</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G68" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A69" s="4" t="s">
-        <v>164</v>
+        <v>468</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>165</v>
+        <v>469</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>166</v>
+        <v>470</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>16</v>
+        <v>211</v>
       </c>
       <c r="G69" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A70" s="4" t="s">
-        <v>591</v>
+        <v>471</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>592</v>
+        <v>472</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>593</v>
+        <v>473</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G70" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A71" s="4" t="s">
-        <v>106</v>
+        <v>474</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>107</v>
+        <v>475</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>108</v>
+        <v>476</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G71" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" s="4" t="s">
-        <v>119</v>
+        <v>477</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>120</v>
+        <v>478</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>121</v>
+        <v>479</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G72" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A73" s="4" t="s">
-        <v>566</v>
+        <v>493</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>567</v>
+        <v>494</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>568</v>
+        <v>495</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>11</v>
+        <v>496</v>
       </c>
       <c r="G73" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" s="4" t="s">
-        <v>377</v>
+        <v>500</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>378</v>
+        <v>501</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>379</v>
+        <v>502</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G74" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A75" s="4" t="s">
-        <v>561</v>
+        <v>506</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>562</v>
+        <v>507</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>563</v>
+        <v>508</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G75" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A76" s="4" t="s">
-        <v>712</v>
+        <v>514</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>713</v>
+        <v>515</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>714</v>
+        <v>516</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G76" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A77" s="4" t="s">
-        <v>91</v>
+        <v>523</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>92</v>
+        <v>524</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>93</v>
+        <v>525</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G77" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A78" s="4" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G78" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A79" s="4" t="s">
-        <v>454</v>
+        <v>535</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>455</v>
+        <v>536</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>456</v>
+        <v>537</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G79" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A80" s="4" t="s">
-        <v>462</v>
+        <v>552</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>463</v>
+        <v>553</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>464</v>
+        <v>554</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
       <c r="G80" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A81" s="4" t="s">
-        <v>916</v>
+        <v>555</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>917</v>
+        <v>556</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>918</v>
-[...3 lines deleted...]
-      </c>
+        <v>557</v>
+      </c>
+      <c r="F81" s="6"/>
       <c r="G81" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A82" s="4" t="s">
-        <v>197</v>
+        <v>562</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>198</v>
+        <v>2104</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>199</v>
+        <v>563</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G82" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" s="4" t="s">
-        <v>855</v>
+        <v>564</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>856</v>
+        <v>565</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>857</v>
+        <v>566</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G83" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A84" s="4" t="s">
-        <v>321</v>
+        <v>569</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>322</v>
+        <v>570</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>323</v>
+        <v>571</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G84" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A85" s="4" t="s">
-        <v>155</v>
+        <v>580</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>156</v>
+        <v>581</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>157</v>
+        <v>582</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G85" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A86" s="4" t="s">
-        <v>836</v>
+        <v>583</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>837</v>
+        <v>2021</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>838</v>
+        <v>584</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G86" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A87" s="4" t="s">
-        <v>1318</v>
+        <v>594</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>1319</v>
+        <v>595</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>1320</v>
+        <v>596</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>392</v>
+        <v>9</v>
       </c>
       <c r="G87" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A88" s="4" t="s">
-        <v>285</v>
+        <v>597</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>286</v>
+        <v>598</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>287</v>
+        <v>599</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G88" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A89" s="4" t="s">
-        <v>288</v>
+        <v>602</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>289</v>
+        <v>603</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>290</v>
+        <v>604</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G89" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="90" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A90" s="4" t="s">
-        <v>650</v>
+        <v>605</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>651</v>
+        <v>606</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>652</v>
+        <v>607</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G90" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A91" s="4" t="s">
-        <v>1058</v>
+        <v>608</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>1059</v>
+        <v>609</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>1060</v>
+        <v>610</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>211</v>
+        <v>9</v>
       </c>
       <c r="G91" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="92" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="92" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A92" s="4" t="s">
-        <v>115</v>
+        <v>614</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>116</v>
+        <v>615</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>117</v>
+        <v>616</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>118</v>
+        <v>17</v>
       </c>
       <c r="G92" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="93" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="93" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A93" s="4" t="s">
-        <v>1030</v>
+        <v>632</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>1031</v>
+        <v>633</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>1032</v>
+        <v>634</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G93" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A94" s="4" t="s">
-        <v>393</v>
+        <v>640</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>394</v>
+        <v>641</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>395</v>
+        <v>642</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>206</v>
+        <v>16</v>
       </c>
       <c r="G94" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="95" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A95" s="4" t="s">
-        <v>149</v>
+        <v>650</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>150</v>
+        <v>651</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>151</v>
+        <v>652</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G95" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="96" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="96" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A96" s="4" t="s">
-        <v>738</v>
+        <v>653</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>739</v>
+        <v>654</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>740</v>
+        <v>655</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G96" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="97" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A97" s="4" t="s">
-        <v>744</v>
+        <v>656</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>745</v>
+        <v>657</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>746</v>
+        <v>658</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G97" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A98" s="4" t="s">
-        <v>358</v>
+        <v>662</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>359</v>
+        <v>663</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>360</v>
+        <v>664</v>
       </c>
       <c r="F98" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G98" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="99" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A99" s="4" t="s">
-        <v>1244</v>
+        <v>665</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>1245</v>
+        <v>666</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>1246</v>
+        <v>667</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G99" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A100" s="4" t="s">
-        <v>1346</v>
+        <v>668</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>1347</v>
+        <v>669</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>1348</v>
+        <v>670</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>516</v>
+        <v>17</v>
       </c>
       <c r="G100" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A101" s="4" t="s">
-        <v>813</v>
+        <v>690</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>814</v>
+        <v>691</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>815</v>
+        <v>692</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G101" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A102" s="4" t="s">
-        <v>497</v>
+        <v>693</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>498</v>
+        <v>694</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>499</v>
+        <v>695</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
       <c r="G102" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="103" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A103" s="4" t="s">
-        <v>1020</v>
+        <v>698</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>1021</v>
+        <v>699</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>1022</v>
+        <v>700</v>
       </c>
       <c r="F103" s="6" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G103" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A104" s="4" t="s">
-        <v>136</v>
+        <v>715</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>137</v>
+        <v>716</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>138</v>
+        <v>717</v>
       </c>
       <c r="F104" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G104" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A105" s="4" t="s">
-        <v>279</v>
+        <v>722</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>280</v>
+        <v>723</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>281</v>
+        <v>724</v>
       </c>
       <c r="F105" s="6" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="G105" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A106" s="4" t="s">
-        <v>122</v>
+        <v>725</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>123</v>
+        <v>726</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>124</v>
+        <v>727</v>
       </c>
       <c r="F106" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G106" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A107" s="4" t="s">
-        <v>438</v>
+        <v>731</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>439</v>
+        <v>2114</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>440</v>
+        <v>732</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>206</v>
+        <v>20</v>
       </c>
       <c r="G107" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="108" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="108" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A108" s="4" t="s">
-        <v>1261</v>
+        <v>741</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>1262</v>
+        <v>742</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>1263</v>
+        <v>743</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G108" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A109" s="4" t="s">
-        <v>430</v>
+        <v>747</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>431</v>
+        <v>748</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>432</v>
+        <v>749</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G109" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A110" s="4" t="s">
-        <v>1040</v>
+        <v>754</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>1041</v>
+        <v>1838</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>1042</v>
+        <v>755</v>
       </c>
       <c r="F110" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G110" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A111" s="4" t="s">
-        <v>54</v>
+        <v>758</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>55</v>
+        <v>759</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>56</v>
+        <v>760</v>
       </c>
       <c r="F111" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G111" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A112" s="4" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>756</v>
+        <v>2116</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="F112" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G112" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A113" s="4" t="s">
-        <v>659</v>
+        <v>765</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>660</v>
+        <v>766</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>661</v>
+        <v>767</v>
       </c>
       <c r="F113" s="6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="G113" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A114" s="4" t="s">
-        <v>722</v>
+        <v>778</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>723</v>
+        <v>779</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>724</v>
+        <v>780</v>
       </c>
       <c r="F114" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G114" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A115" s="4" t="s">
-        <v>629</v>
+        <v>781</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>630</v>
+        <v>782</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>631</v>
+        <v>783</v>
       </c>
       <c r="F115" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G115" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A116" s="4" t="s">
-        <v>71</v>
+        <v>792</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>72</v>
+        <v>793</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>73</v>
+        <v>794</v>
       </c>
       <c r="F116" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G116" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A117" s="4" t="s">
-        <v>1184</v>
+        <v>800</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>1185</v>
+        <v>801</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>1186</v>
+        <v>802</v>
       </c>
       <c r="F117" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G117" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A118" s="4" t="s">
-        <v>465</v>
+        <v>807</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>466</v>
+        <v>808</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>467</v>
+        <v>809</v>
       </c>
       <c r="F118" s="6" t="s">
-        <v>211</v>
+        <v>9</v>
       </c>
       <c r="G118" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A119" s="4" t="s">
-        <v>471</v>
+        <v>813</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>472</v>
+        <v>814</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>473</v>
+        <v>815</v>
       </c>
       <c r="F119" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G119" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A120" s="4" t="s">
-        <v>139</v>
+        <v>816</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>140</v>
+        <v>817</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>141</v>
+        <v>818</v>
       </c>
       <c r="F120" s="6" t="s">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="G120" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A121" s="4" t="s">
-        <v>144</v>
+        <v>829</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>145</v>
+        <v>830</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>146</v>
+        <v>831</v>
       </c>
       <c r="F121" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G121" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A122" s="4" t="s">
-        <v>232</v>
+        <v>839</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>233</v>
+        <v>840</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>234</v>
+        <v>841</v>
       </c>
       <c r="F122" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G122" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A123" s="4" t="s">
-        <v>525</v>
+        <v>846</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>526</v>
+        <v>847</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>527</v>
+        <v>848</v>
       </c>
       <c r="F123" s="6" t="s">
-        <v>18</v>
+        <v>229</v>
       </c>
       <c r="G123" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A124" s="4" t="s">
-        <v>101</v>
+        <v>858</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>102</v>
+        <v>859</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>103</v>
+        <v>860</v>
       </c>
       <c r="F124" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G124" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="125" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="125" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A125" s="4" t="s">
-        <v>1264</v>
+        <v>900</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>1265</v>
+        <v>901</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>1266</v>
+        <v>902</v>
       </c>
       <c r="F125" s="6" t="s">
-        <v>11</v>
+        <v>903</v>
       </c>
       <c r="G125" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A126" s="4" t="s">
-        <v>158</v>
+        <v>907</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>159</v>
+        <v>908</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>160</v>
+        <v>909</v>
       </c>
       <c r="F126" s="6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G126" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A127" s="4" t="s">
-        <v>271</v>
+        <v>919</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>272</v>
+        <v>920</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>273</v>
+        <v>921</v>
       </c>
       <c r="F127" s="6" t="s">
-        <v>163</v>
+        <v>320</v>
       </c>
       <c r="G127" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="128" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="128" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A128" s="4" t="s">
-        <v>897</v>
+        <v>984</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>898</v>
+        <v>985</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>899</v>
+        <v>986</v>
       </c>
       <c r="F128" s="6" t="s">
-        <v>900</v>
+        <v>14</v>
       </c>
       <c r="G128" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A129" s="4" t="s">
-        <v>665</v>
+        <v>1012</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>666</v>
+        <v>1013</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>667</v>
+        <v>1014</v>
       </c>
       <c r="F129" s="6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="G129" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A130" s="4" t="s">
-        <v>804</v>
+        <v>1023</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>805</v>
+        <v>1024</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>806</v>
+        <v>1025</v>
       </c>
       <c r="F130" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G130" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A131" s="4" t="s">
-        <v>552</v>
+        <v>1026</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>553</v>
+        <v>1027</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>554</v>
-[...1 lines deleted...]
-      <c r="F131" s="6"/>
+        <v>1028</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="G131" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A132" s="4" t="s">
-        <v>1138</v>
+        <v>1033</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>1139</v>
+        <v>1034</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>1140</v>
+        <v>1035</v>
       </c>
       <c r="F132" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G132" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="133" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="133" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A133" s="4" t="s">
-        <v>297</v>
+        <v>1036</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>298</v>
+        <v>1037</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>299</v>
+        <v>1038</v>
       </c>
       <c r="F133" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G133" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A134" s="4" t="s">
-        <v>1009</v>
+        <v>1043</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>1010</v>
+        <v>1044</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>1011</v>
+        <v>1045</v>
       </c>
       <c r="F134" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G134" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="135" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="135" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A135" s="4" t="s">
-        <v>441</v>
+        <v>1061</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>442</v>
+        <v>1062</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>443</v>
+        <v>1063</v>
       </c>
       <c r="F135" s="6" t="s">
-        <v>11</v>
+        <v>211</v>
       </c>
       <c r="G135" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="136" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="136" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A136" s="4" t="s">
-        <v>1141</v>
+        <v>1068</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>1142</v>
+        <v>2135</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>1143</v>
+        <v>1069</v>
       </c>
       <c r="F136" s="6" t="s">
-        <v>1144</v>
+        <v>962</v>
       </c>
       <c r="G136" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="137" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="137" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A137" s="4" t="s">
-        <v>577</v>
+        <v>1090</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>578</v>
+        <v>1091</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>579</v>
+        <v>1092</v>
       </c>
       <c r="F137" s="6" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="G137" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A138" s="4" t="s">
-        <v>695</v>
+        <v>1131</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>696</v>
+        <v>1132</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>697</v>
+        <v>1133</v>
       </c>
       <c r="F138" s="6" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G138" s="7">
-        <v>43281</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A139" s="4" t="s">
-        <v>411</v>
+        <v>1141</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>412</v>
+        <v>1142</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>413</v>
+        <v>1143</v>
       </c>
       <c r="F139" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G139" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A140" s="4" t="s">
-        <v>594</v>
+        <v>1144</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>595</v>
+        <v>1145</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>596</v>
+        <v>1146</v>
       </c>
       <c r="F140" s="6" t="s">
-        <v>10</v>
+        <v>1147</v>
       </c>
       <c r="G140" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A141" s="4" t="s">
-        <v>826</v>
+        <v>1187</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>827</v>
+        <v>1188</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>828</v>
+        <v>1189</v>
       </c>
       <c r="F141" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G141" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="142" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="142" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A142" s="4" t="s">
-        <v>653</v>
+        <v>1242</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>654</v>
+        <v>1243</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D142" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>655</v>
+        <v>1244</v>
       </c>
       <c r="F142" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G142" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A143" s="4" t="s">
-        <v>22</v>
+        <v>1247</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>23</v>
+        <v>1248</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>24</v>
+        <v>1249</v>
       </c>
       <c r="F143" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G143" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A144" s="4" t="s">
-        <v>797</v>
+        <v>1259</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>798</v>
+        <v>1260</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>799</v>
+        <v>1261</v>
       </c>
       <c r="F144" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G144" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A145" s="4" t="s">
-        <v>326</v>
+        <v>1264</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>327</v>
+        <v>1265</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>328</v>
+        <v>1266</v>
       </c>
       <c r="F145" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G145" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A146" s="4" t="s">
-        <v>789</v>
+        <v>1267</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>790</v>
+        <v>1268</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>791</v>
+        <v>1269</v>
       </c>
       <c r="F146" s="6" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="G146" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A147" s="4" t="s">
-        <v>605</v>
+        <v>1321</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>606</v>
+        <v>1322</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>607</v>
+        <v>1323</v>
       </c>
       <c r="F147" s="6" t="s">
-        <v>10</v>
+        <v>392</v>
       </c>
       <c r="G147" s="7">
-        <v>43646</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A148" s="4" t="s">
-        <v>532</v>
+        <v>1349</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>533</v>
+        <v>1350</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>534</v>
+        <v>1351</v>
       </c>
       <c r="F148" s="6" t="s">
-        <v>30</v>
+        <v>519</v>
       </c>
       <c r="G148" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="149" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="149" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A149" s="4" t="s">
-        <v>260</v>
+        <v>1399</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>261</v>
+        <v>1923</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>262</v>
+        <v>1400</v>
       </c>
       <c r="F149" s="6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G149" s="7">
-        <v>43143</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45082</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A150" s="4" t="s">
-        <v>183</v>
+        <v>1419</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>184</v>
+        <v>1420</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>185</v>
+        <v>1421</v>
       </c>
       <c r="F150" s="6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G150" s="7">
-        <v>42916</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A151" s="4" t="s">
-        <v>530</v>
+        <v>33</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>1805</v>
+        <v>1783</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>531</v>
+        <v>35</v>
       </c>
       <c r="F151" s="6" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="G151" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A152" s="4" t="s">
-        <v>99</v>
+        <v>40</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>1983</v>
+        <v>41</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="F152" s="6"/>
+        <v>42</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>18</v>
+      </c>
       <c r="G152" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A153" s="4" t="s">
-        <v>1335</v>
+        <v>50</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>2025</v>
+        <v>51</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>1336</v>
+        <v>52</v>
       </c>
       <c r="F153" s="6" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G153" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A154" s="4" t="s">
-        <v>1313</v>
+        <v>67</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>2024</v>
+        <v>68</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1314</v>
+        <v>69</v>
       </c>
       <c r="F154" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G154" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A155" s="4" t="s">
-        <v>705</v>
+        <v>70</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>1817</v>
+        <v>71</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>706</v>
+        <v>72</v>
       </c>
       <c r="F155" s="6" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
       <c r="G155" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A156" s="4" t="s">
-        <v>860</v>
+        <v>81</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>2099</v>
+        <v>1787</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>861</v>
+        <v>82</v>
       </c>
       <c r="F156" s="6" t="s">
-        <v>862</v>
+        <v>9</v>
       </c>
       <c r="G156" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A157" s="4" t="s">
-        <v>693</v>
+        <v>85</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>1815</v>
+        <v>86</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>694</v>
+        <v>87</v>
       </c>
       <c r="F157" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G157" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="158" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="158" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A158" s="4" t="s">
-        <v>883</v>
+        <v>100</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>2101</v>
+        <v>2003</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>884</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="F158" s="6"/>
       <c r="G158" s="7">
         <v>45473</v>
       </c>
     </row>
-    <row r="159" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="159" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A159" s="4" t="s">
-        <v>31</v>
+        <v>129</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>1764</v>
+        <v>130</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="F159" s="6" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G159" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A160" s="4" t="s">
-        <v>749</v>
+        <v>200</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>2093</v>
+        <v>201</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>750</v>
+        <v>202</v>
       </c>
       <c r="F160" s="6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="G160" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A161" s="4" t="s">
-        <v>1669</v>
+        <v>215</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>1966</v>
+        <v>216</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>1670</v>
+        <v>217</v>
       </c>
       <c r="F161" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G161" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A162" s="4" t="s">
-        <v>853</v>
+        <v>221</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>1827</v>
+        <v>222</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>854</v>
+        <v>223</v>
       </c>
       <c r="F162" s="6" t="s">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="G162" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A163" s="4" t="s">
-        <v>1665</v>
+        <v>248</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>1964</v>
+        <v>249</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>1666</v>
+        <v>250</v>
       </c>
       <c r="F163" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G163" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A164" s="4" t="s">
-        <v>895</v>
+        <v>257</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>2012</v>
+        <v>258</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>896</v>
+        <v>259</v>
       </c>
       <c r="F164" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G164" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A165" s="4" t="s">
-        <v>707</v>
+        <v>263</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>2090</v>
+        <v>1808</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>708</v>
+        <v>264</v>
       </c>
       <c r="F165" s="6" t="s">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="G165" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="166" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="166" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A166" s="4" t="s">
-        <v>481</v>
+        <v>268</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>1995</v>
+        <v>2089</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>482</v>
+        <v>269</v>
       </c>
       <c r="F166" s="6" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
       <c r="G166" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A167" s="4" t="s">
-        <v>970</v>
+        <v>282</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>1838</v>
+        <v>283</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>971</v>
+        <v>284</v>
       </c>
       <c r="F167" s="6" t="s">
-        <v>270</v>
+        <v>9</v>
       </c>
       <c r="G167" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A168" s="4" t="s">
-        <v>1151</v>
+        <v>291</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>1862</v>
+        <v>2090</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>1152</v>
+        <v>292</v>
       </c>
       <c r="F168" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G168" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="169" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="169" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A169" s="4" t="s">
-        <v>1370</v>
+        <v>293</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>1899</v>
+        <v>2091</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>1371</v>
+        <v>294</v>
       </c>
       <c r="F169" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G169" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A170" s="4" t="s">
-        <v>1531</v>
+        <v>295</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>2158</v>
+        <v>1809</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>1532</v>
+        <v>296</v>
       </c>
       <c r="F170" s="6" t="s">
-        <v>163</v>
+        <v>10</v>
       </c>
       <c r="G170" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A171" s="4" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>1790</v>
+        <v>304</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="F171" s="6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G171" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="172" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="172" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A172" s="4" t="s">
-        <v>1136</v>
+        <v>312</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>1860</v>
+        <v>313</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>1137</v>
+        <v>314</v>
       </c>
       <c r="F172" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G172" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A173" s="4" t="s">
-        <v>1166</v>
+        <v>317</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>1867</v>
+        <v>318</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>1167</v>
+        <v>319</v>
       </c>
       <c r="F173" s="6" t="s">
-        <v>18</v>
+        <v>320</v>
       </c>
       <c r="G173" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A174" s="4" t="s">
-        <v>1535</v>
+        <v>324</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>2037</v>
+        <v>2006</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>1536</v>
+        <v>325</v>
       </c>
       <c r="F174" s="6" t="s">
-        <v>229</v>
+        <v>9</v>
       </c>
       <c r="G174" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="175" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="175" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A175" s="4" t="s">
-        <v>1578</v>
+        <v>351</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>1946</v>
+        <v>1812</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>1579</v>
+        <v>352</v>
       </c>
       <c r="F175" s="6" t="s">
-        <v>18</v>
+        <v>229</v>
       </c>
       <c r="G175" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A176" s="4" t="s">
-        <v>1158</v>
+        <v>353</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>1864</v>
+        <v>354</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>1159</v>
+        <v>355</v>
       </c>
       <c r="F176" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G176" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A177" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="F177" s="6"/>
+      <c r="G177" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A178" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="F178" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G176" s="7">
-[...44 lines deleted...]
-      </c>
       <c r="G178" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A179" s="4" t="s">
-        <v>635</v>
+        <v>374</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>1812</v>
+        <v>375</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>636</v>
+        <v>376</v>
       </c>
       <c r="F179" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G179" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="180" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="180" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A180" s="4" t="s">
-        <v>1412</v>
+        <v>385</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>1908</v>
+        <v>386</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>1413</v>
+        <v>387</v>
       </c>
       <c r="F180" s="6" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="G180" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A181" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="F181" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G181" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A182" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="F182" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G182" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="181" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-    <row r="183" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="183" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A183" s="4" t="s">
-        <v>79</v>
+        <v>448</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>1768</v>
+        <v>449</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>80</v>
+        <v>450</v>
       </c>
       <c r="F183" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G183" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A184" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="F184" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G184" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="184" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...22 lines deleted...]
-    <row r="185" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="185" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A185" s="4" t="s">
-        <v>1504</v>
+        <v>484</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>2155</v>
+        <v>2015</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>1505</v>
+        <v>485</v>
       </c>
       <c r="F185" s="6" t="s">
-        <v>959</v>
+        <v>211</v>
       </c>
       <c r="G185" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A186" s="4" t="s">
-        <v>291</v>
+        <v>486</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>2068</v>
+        <v>487</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>292</v>
+        <v>488</v>
       </c>
       <c r="F186" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G186" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A187" s="4" t="s">
-        <v>1440</v>
+        <v>497</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>1915</v>
+        <v>498</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>1441</v>
+        <v>499</v>
       </c>
       <c r="F187" s="6" t="s">
-        <v>10</v>
+        <v>496</v>
       </c>
       <c r="G187" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A188" s="4" t="s">
-        <v>685</v>
+        <v>503</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>2003</v>
+        <v>504</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>686</v>
+        <v>505</v>
       </c>
       <c r="F188" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G188" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A189" s="4" t="s">
-        <v>1546</v>
+        <v>509</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>1940</v>
+        <v>510</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>1547</v>
+        <v>511</v>
       </c>
       <c r="F189" s="6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G189" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A190" s="4" t="s">
-        <v>1558</v>
+        <v>512</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>2163</v>
+        <v>2101</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>1559</v>
+        <v>513</v>
       </c>
       <c r="F190" s="6" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="G190" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="191" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="191" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A191" s="4" t="s">
-        <v>751</v>
+        <v>520</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>1819</v>
+        <v>521</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>752</v>
+        <v>522</v>
       </c>
       <c r="F191" s="6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G191" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A192" s="4" t="s">
-        <v>1225</v>
+        <v>533</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>2122</v>
+        <v>1824</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>1226</v>
+        <v>534</v>
       </c>
       <c r="F192" s="6" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="G192" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="193" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="193" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A193" s="4" t="s">
-        <v>361</v>
+        <v>538</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>1988</v>
+        <v>539</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="F193" s="6"/>
+        <v>540</v>
+      </c>
+      <c r="F193" s="6" t="s">
+        <v>10</v>
+      </c>
       <c r="G193" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A194" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="B194" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="C194" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="F194" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G194" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A195" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G195" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="F196" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G196" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="F197" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="G197" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="4" t="s">
+        <v>617</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="F198" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G198" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="F199" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G199" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="4" t="s">
+        <v>628</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="F200" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="G200" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="4" t="s">
+        <v>635</v>
+      </c>
+      <c r="B201" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="C201" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="F201" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G201" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="194" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...183 lines deleted...]
-    <row r="202" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="202" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A202" s="4" t="s">
-        <v>1302</v>
+        <v>638</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>1890</v>
+        <v>1831</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1303</v>
+        <v>639</v>
       </c>
       <c r="F202" s="6" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
       <c r="G202" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A203" s="4" t="s">
-        <v>509</v>
+        <v>643</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>2079</v>
+        <v>2107</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>510</v>
+        <v>644</v>
       </c>
       <c r="F203" s="6" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="G203" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="204" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="204" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A204" s="4" t="s">
-        <v>1442</v>
+        <v>647</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>1916</v>
+        <v>648</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>1443</v>
+        <v>649</v>
       </c>
       <c r="F204" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G204" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="4" t="s">
+        <v>659</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="F205" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G205" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="4" t="s">
+        <v>675</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="F206" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G206" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="4" t="s">
+        <v>680</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="F207" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G207" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="4" t="s">
+        <v>685</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E208" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="F208" s="6" t="s">
         <v>206</v>
       </c>
-      <c r="G204" s="7">
+      <c r="G208" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="4" t="s">
+        <v>688</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="F209" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G209" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A210" s="4" t="s">
+        <v>696</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="F210" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G210" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A211" s="4" t="s">
+        <v>705</v>
+      </c>
+      <c r="B211" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="C211" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D211" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="F211" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G211" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="4" t="s">
+        <v>708</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="F212" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G212" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="205" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...41 lines deleted...]
-      <c r="G206" s="7">
+    <row r="213" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A213" s="4" t="s">
+        <v>710</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="F213" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G213" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="207" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...18 lines deleted...]
-      <c r="G207" s="7">
+    <row r="214" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="4" t="s">
+        <v>712</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="F214" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G214" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="4" t="s">
+        <v>728</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="F215" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G215" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="4" t="s">
+        <v>733</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="F216" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="208" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...41 lines deleted...]
-      <c r="G209" s="7">
+    <row r="217" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="4" t="s">
+        <v>738</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="F217" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G217" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A218" s="4" t="s">
+        <v>744</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="F218" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G218" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="210" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...206 lines deleted...]
-    <row r="219" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="219" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A219" s="4" t="s">
-        <v>1589</v>
+        <v>752</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>2041</v>
+        <v>2115</v>
       </c>
       <c r="C219" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>1590</v>
+        <v>753</v>
       </c>
       <c r="F219" s="6" t="s">
-        <v>803</v>
+        <v>16</v>
       </c>
       <c r="G219" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="220" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="220" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A220" s="4" t="s">
-        <v>841</v>
+        <v>754</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>2096</v>
+        <v>1838</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>842</v>
+        <v>755</v>
       </c>
       <c r="F220" s="6" t="s">
-        <v>206</v>
+        <v>10</v>
       </c>
       <c r="G220" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="221" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="221" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A221" s="4" t="s">
-        <v>1082</v>
+        <v>756</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>1854</v>
+        <v>1839</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>1083</v>
+        <v>757</v>
       </c>
       <c r="F221" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G221" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A222" s="4" t="s">
-        <v>324</v>
+        <v>770</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>1986</v>
+        <v>771</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>325</v>
+        <v>772</v>
       </c>
       <c r="F222" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G222" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A223" s="4" t="s">
-        <v>448</v>
+        <v>773</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>449</v>
+        <v>774</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>450</v>
+        <v>775</v>
       </c>
       <c r="F223" s="6" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="G223" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A224" s="4" t="s">
-        <v>500</v>
+        <v>786</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>501</v>
+        <v>787</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>502</v>
+        <v>788</v>
       </c>
       <c r="F224" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G224" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="225" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="225" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A225" s="4" t="s">
-        <v>907</v>
+        <v>789</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>908</v>
+        <v>790</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>909</v>
+        <v>791</v>
       </c>
       <c r="F225" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G225" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A226" s="4" t="s">
+        <v>797</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>798</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E226" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="F226" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G226" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A227" s="4" t="s">
+        <v>810</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>812</v>
+      </c>
+      <c r="F227" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G227" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="226" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-    <row r="228" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="228" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A228" s="4" t="s">
-        <v>385</v>
+        <v>819</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>386</v>
+        <v>820</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>387</v>
+        <v>821</v>
       </c>
       <c r="F228" s="6" t="s">
-        <v>220</v>
+        <v>9</v>
       </c>
       <c r="G228" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A229" s="4" t="s">
-        <v>656</v>
+        <v>826</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>657</v>
+        <v>827</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>658</v>
+        <v>828</v>
       </c>
       <c r="F229" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G229" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A230" s="4" t="s">
+        <v>832</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="F230" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G230" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A231" s="4" t="s">
+        <v>844</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="F231" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="G231" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="230" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...18 lines deleted...]
-      <c r="G230" s="7">
+    <row r="232" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A232" s="4" t="s">
+        <v>849</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="F232" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G232" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="231" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-    <row r="233" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="233" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A233" s="4" t="s">
-        <v>1361</v>
+        <v>856</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>1362</v>
+        <v>1846</v>
       </c>
       <c r="C233" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>1363</v>
+        <v>857</v>
       </c>
       <c r="F233" s="6" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G233" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="234" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="234" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A234" s="4" t="s">
-        <v>1096</v>
+        <v>863</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>1097</v>
+        <v>2121</v>
       </c>
       <c r="C234" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>1098</v>
+        <v>864</v>
       </c>
       <c r="F234" s="6" t="s">
-        <v>10</v>
+        <v>865</v>
       </c>
       <c r="G234" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A235" s="4" t="s">
-        <v>947</v>
+        <v>871</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>948</v>
+        <v>872</v>
       </c>
       <c r="C235" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E235" s="5" t="s">
-        <v>949</v>
+        <v>873</v>
       </c>
       <c r="F235" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G235" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="236" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="236" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A236" s="4" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="F236" s="6" t="s">
         <v>211</v>
       </c>
       <c r="G236" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="237" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="237" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A237" s="4" t="s">
-        <v>1387</v>
+        <v>886</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>1388</v>
+        <v>2123</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E237" s="5" t="s">
-        <v>1389</v>
+        <v>887</v>
       </c>
       <c r="F237" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G237" s="7">
-        <v>44742</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A238" s="4" t="s">
-        <v>433</v>
+        <v>894</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>434</v>
+        <v>1852</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>435</v>
+        <v>895</v>
       </c>
       <c r="F238" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G238" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A239" s="4" t="s">
+        <v>898</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="F239" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G239" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A240" s="4" t="s">
+        <v>904</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="F240" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="G240" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="239" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-    <row r="241" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="241" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A241" s="4" t="s">
-        <v>506</v>
+        <v>910</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>507</v>
+        <v>911</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>508</v>
+        <v>912</v>
       </c>
       <c r="F241" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G241" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="242" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="242" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A242" s="4" t="s">
-        <v>823</v>
+        <v>913</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>824</v>
+        <v>914</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>825</v>
+        <v>915</v>
       </c>
       <c r="F242" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G242" s="7">
         <v>45473</v>
       </c>
     </row>
-    <row r="243" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="243" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A243" s="4" t="s">
-        <v>990</v>
+        <v>916</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>991</v>
+        <v>917</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>992</v>
+        <v>918</v>
       </c>
       <c r="F243" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G243" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A244" s="4" t="s">
+        <v>922</v>
+      </c>
+      <c r="B244" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="F244" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G244" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="244" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...18 lines deleted...]
-      <c r="G244" s="7">
+    <row r="245" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A245" s="4" t="s">
+        <v>929</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="F245" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G245" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="245" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...15 lines deleted...]
-      <c r="F245" s="6" t="s">
+    <row r="246" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A246" s="4" t="s">
+        <v>932</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="F246" s="6" t="s">
         <v>14</v>
-      </c>
-[...21 lines deleted...]
-        <v>493</v>
       </c>
       <c r="G246" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="247" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="247" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A247" s="4" t="s">
-        <v>868</v>
+        <v>935</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>869</v>
+        <v>1854</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>870</v>
+        <v>936</v>
       </c>
       <c r="F247" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G247" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A248" s="4" t="s">
-        <v>725</v>
+        <v>939</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>726</v>
+        <v>940</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>727</v>
+        <v>941</v>
       </c>
       <c r="F248" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G248" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="249" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="249" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A249" s="4" t="s">
-        <v>587</v>
+        <v>942</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>588</v>
+        <v>943</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>589</v>
+        <v>944</v>
       </c>
       <c r="F249" s="6" t="s">
-        <v>590</v>
+        <v>9</v>
       </c>
       <c r="G249" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="250" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="250" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A250" s="4" t="s">
-        <v>644</v>
+        <v>945</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>645</v>
+        <v>946</v>
       </c>
       <c r="C250" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E250" s="5" t="s">
-        <v>646</v>
+        <v>947</v>
       </c>
       <c r="F250" s="6" t="s">
-        <v>10</v>
+        <v>496</v>
       </c>
       <c r="G250" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="251" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="251" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A251" s="4" t="s">
-        <v>517</v>
+        <v>950</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>518</v>
+        <v>951</v>
       </c>
       <c r="C251" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>519</v>
+        <v>952</v>
       </c>
       <c r="F251" s="6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G251" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="252" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="252" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A252" s="4" t="s">
-        <v>1421</v>
+        <v>967</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>1422</v>
+        <v>968</v>
       </c>
       <c r="C252" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>1423</v>
+        <v>969</v>
       </c>
       <c r="F252" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G252" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A253" s="4" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>979</v>
+        <v>1857</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>980</v>
+        <v>974</v>
       </c>
       <c r="F253" s="6" t="s">
-        <v>10</v>
+        <v>270</v>
       </c>
       <c r="G253" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A254" s="4" t="s">
-        <v>1050</v>
+        <v>981</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>1051</v>
+        <v>982</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E254" s="5" t="s">
-        <v>1052</v>
+        <v>983</v>
       </c>
       <c r="F254" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G254" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="255" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="255" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A255" s="4" t="s">
-        <v>625</v>
+        <v>993</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>626</v>
+        <v>994</v>
       </c>
       <c r="C255" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E255" s="5" t="s">
-        <v>627</v>
+        <v>995</v>
       </c>
       <c r="F255" s="6" t="s">
-        <v>628</v>
+        <v>10</v>
       </c>
       <c r="G255" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A256" s="4" t="s">
-        <v>929</v>
+        <v>998</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>930</v>
+        <v>999</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E256" s="5" t="s">
-        <v>931</v>
+        <v>1000</v>
       </c>
       <c r="F256" s="6" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="G256" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="257" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="257" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A257" s="4" t="s">
-        <v>1071</v>
+        <v>1001</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>1072</v>
+        <v>1863</v>
       </c>
       <c r="C257" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E257" s="5" t="s">
-        <v>1073</v>
+        <v>1002</v>
       </c>
       <c r="F257" s="6" t="s">
-        <v>30</v>
+        <v>270</v>
       </c>
       <c r="G257" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44347</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A258" s="4" t="s">
-        <v>1194</v>
+        <v>1005</v>
       </c>
       <c r="B258" s="5" t="s">
-        <v>1195</v>
+        <v>1006</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>1196</v>
+        <v>1007</v>
       </c>
       <c r="F258" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G258" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A259" s="4" t="s">
-        <v>816</v>
+        <v>1015</v>
       </c>
       <c r="B259" s="5" t="s">
-        <v>817</v>
+        <v>1016</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>818</v>
+        <v>1017</v>
       </c>
       <c r="F259" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G259" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A260" s="4" t="s">
-        <v>363</v>
+        <v>1018</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>364</v>
+        <v>1019</v>
       </c>
       <c r="C260" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>365</v>
+        <v>1020</v>
       </c>
       <c r="F260" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G260" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="261" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="261" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A261" s="4" t="s">
-        <v>936</v>
+        <v>1021</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>937</v>
+        <v>1864</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>938</v>
+        <v>1022</v>
       </c>
       <c r="F261" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G261" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A262" s="4" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F262" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G262" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="4" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F263" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G263" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="4" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F264" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="G264" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="4" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F265" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="4" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F266" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G266" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="4" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="F267" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G267" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="4" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F268" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G261" s="7">
+      <c r="G268" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A269" s="4" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F269" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G269" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="262" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...183 lines deleted...]
-    <row r="270" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="270" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A270" s="4" t="s">
-        <v>767</v>
+        <v>1099</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>768</v>
+        <v>1100</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>769</v>
+        <v>1101</v>
       </c>
       <c r="F270" s="6" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G270" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="271" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="271" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A271" s="4" t="s">
-        <v>910</v>
+        <v>1102</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>911</v>
+        <v>2038</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E271" s="5" t="s">
-        <v>912</v>
+        <v>1103</v>
       </c>
       <c r="F271" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G271" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="272" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A272" s="4" t="s">
-        <v>312</v>
+        <v>1117</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>313</v>
+        <v>1118</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E272" s="5" t="s">
-        <v>314</v>
+        <v>1119</v>
       </c>
       <c r="F272" s="6" t="s">
-        <v>10</v>
+        <v>220</v>
       </c>
       <c r="G272" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="273" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A273" s="4" t="s">
-        <v>786</v>
+        <v>1120</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>787</v>
+        <v>1121</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>788</v>
+        <v>1122</v>
       </c>
       <c r="F273" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G273" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="274" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="274" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A274" s="4" t="s">
-        <v>794</v>
+        <v>1137</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>795</v>
+        <v>1878</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>796</v>
+        <v>1138</v>
       </c>
       <c r="F274" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G274" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="275" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A275" s="4" t="s">
-        <v>1376</v>
+        <v>1139</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>1377</v>
+        <v>1879</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E275" s="5" t="s">
-        <v>1378</v>
+        <v>1140</v>
       </c>
       <c r="F275" s="6" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
       <c r="G275" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A276" s="4" t="s">
-        <v>1216</v>
+        <v>1154</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>1217</v>
+        <v>1881</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>1218</v>
+        <v>1155</v>
       </c>
       <c r="F276" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G276" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A277" s="4" t="s">
-        <v>620</v>
+        <v>1156</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>621</v>
+        <v>1157</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>622</v>
+        <v>1158</v>
       </c>
       <c r="F277" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G277" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="278" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="278" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A278" s="4" t="s">
-        <v>770</v>
+        <v>1161</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>771</v>
+        <v>1883</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>772</v>
+        <v>1162</v>
       </c>
       <c r="F278" s="6" t="s">
-        <v>88</v>
+        <v>9</v>
       </c>
       <c r="G278" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="279" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="279" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A279" s="4" t="s">
-        <v>1015</v>
+        <v>1169</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>1016</v>
+        <v>1886</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>1017</v>
+        <v>1170</v>
       </c>
       <c r="F279" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G279" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A280" s="4" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F280" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G280" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A281" s="4" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D281" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E281" s="5" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F281" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G281" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A282" s="4" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F282" s="6" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G282" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A283" s="4" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F283" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G279" s="7">
-[...90 lines deleted...]
-      </c>
       <c r="G283" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A284" s="4" t="s">
-        <v>374</v>
+        <v>1197</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>375</v>
+        <v>1198</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>376</v>
+        <v>1199</v>
       </c>
       <c r="F284" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G284" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A285" s="4" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F285" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G285" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="285" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...22 lines deleted...]
-    <row r="286" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="286" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A286" s="4" t="s">
-        <v>48</v>
+        <v>1211</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>49</v>
+        <v>1212</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E286" s="5" t="s">
-        <v>50</v>
+        <v>1213</v>
       </c>
       <c r="F286" s="6" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="G286" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="287" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="287" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A287" s="4" t="s">
-        <v>582</v>
+        <v>1214</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>583</v>
+        <v>1215</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E287" s="5" t="s">
-        <v>584</v>
+        <v>1216</v>
       </c>
       <c r="F287" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G287" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A288" s="4" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F288" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G287" s="7">
+      <c r="G288" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="288" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...22 lines deleted...]
-    <row r="289" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="289" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A289" s="4" t="s">
-        <v>65</v>
+        <v>1228</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>66</v>
+        <v>2144</v>
       </c>
       <c r="C289" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E289" s="5" t="s">
-        <v>67</v>
+        <v>1229</v>
       </c>
       <c r="F289" s="6" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="G289" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A290" s="4" t="s">
-        <v>1171</v>
+        <v>1237</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>1172</v>
+        <v>1238</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>1173</v>
+        <v>1239</v>
       </c>
       <c r="F290" s="6" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="G290" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="291" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="291" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A291" s="4" t="s">
-        <v>129</v>
+        <v>1256</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>130</v>
+        <v>1257</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>131</v>
+        <v>1258</v>
       </c>
       <c r="F291" s="6" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="G291" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A292" s="4" t="s">
-        <v>995</v>
+        <v>1264</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>996</v>
+        <v>1265</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E292" s="5" t="s">
-        <v>997</v>
+        <v>1266</v>
       </c>
       <c r="F292" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G292" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="293" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="293" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A293" s="4" t="s">
-        <v>353</v>
+        <v>1276</v>
       </c>
       <c r="B293" s="5" t="s">
-        <v>354</v>
+        <v>2151</v>
       </c>
       <c r="C293" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D293" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E293" s="5" t="s">
-        <v>355</v>
+        <v>1277</v>
       </c>
       <c r="F293" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G293" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A294" s="4" t="s">
-        <v>317</v>
+        <v>1284</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>318</v>
+        <v>1903</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>319</v>
+        <v>1285</v>
       </c>
       <c r="F294" s="6" t="s">
-        <v>320</v>
+        <v>9</v>
       </c>
       <c r="G294" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A295" s="4" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F295" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G295" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="295" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...22 lines deleted...]
-    <row r="296" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="296" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A296" s="4" t="s">
-        <v>901</v>
+        <v>1305</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>902</v>
+        <v>1909</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E296" s="5" t="s">
-        <v>903</v>
+        <v>1306</v>
       </c>
       <c r="F296" s="6" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="G296" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A297" s="4" t="s">
-        <v>1484</v>
+        <v>1313</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>1485</v>
+        <v>1314</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E297" s="5" t="s">
-        <v>1486</v>
+        <v>1315</v>
       </c>
       <c r="F297" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G297" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A298" s="4" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F298" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G298" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A299" s="4" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F299" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G299" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="298" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
-[...45 lines deleted...]
-    <row r="300" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="300" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A300" s="4" t="s">
-        <v>1187</v>
+        <v>1338</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>1188</v>
+        <v>2045</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E300" s="5" t="s">
-        <v>1189</v>
+        <v>1339</v>
       </c>
       <c r="F300" s="6" t="s">
-        <v>1144</v>
+        <v>9</v>
       </c>
       <c r="G300" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A301" s="4" t="s">
-        <v>1002</v>
+        <v>1364</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>1003</v>
+        <v>1365</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>1004</v>
+        <v>1366</v>
       </c>
       <c r="F301" s="6" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G301" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="302" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="302" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A302" s="4" t="s">
-        <v>215</v>
+        <v>1369</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>216</v>
+        <v>1917</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E302" s="5" t="s">
-        <v>217</v>
+        <v>1370</v>
       </c>
       <c r="F302" s="6" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G302" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A303" s="4" t="s">
-        <v>939</v>
+        <v>1373</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>940</v>
+        <v>1918</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E303" s="5" t="s">
-        <v>941</v>
+        <v>1374</v>
       </c>
       <c r="F303" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G303" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A304" s="4" t="s">
-        <v>459</v>
+        <v>1382</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>460</v>
+        <v>1383</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E304" s="5" t="s">
-        <v>461</v>
+        <v>1384</v>
       </c>
       <c r="F304" s="6" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="G304" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A305" s="4" t="s">
-        <v>282</v>
+        <v>1390</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>283</v>
+        <v>1391</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E305" s="5" t="s">
-        <v>284</v>
+        <v>1392</v>
       </c>
       <c r="F305" s="6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G305" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A306" s="4" t="s">
-        <v>483</v>
+        <v>1397</v>
       </c>
       <c r="B306" s="5" t="s">
-        <v>484</v>
+        <v>2050</v>
       </c>
       <c r="C306" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E306" s="5" t="s">
-        <v>485</v>
+        <v>1398</v>
       </c>
       <c r="F306" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G306" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A307" s="4" t="s">
-        <v>1261</v>
+        <v>1413</v>
       </c>
       <c r="B307" s="5" t="s">
-        <v>1262</v>
+        <v>1926</v>
       </c>
       <c r="C307" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E307" s="5" t="s">
-        <v>1263</v>
+        <v>1414</v>
       </c>
       <c r="F307" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G307" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A308" s="4" t="s">
-        <v>303</v>
+        <v>1415</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>304</v>
+        <v>1927</v>
       </c>
       <c r="C308" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E308" s="5" t="s">
-        <v>305</v>
+        <v>1416</v>
       </c>
       <c r="F308" s="6" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G308" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A309" s="4" t="s">
-        <v>829</v>
+        <v>1424</v>
       </c>
       <c r="B309" s="5" t="s">
-        <v>830</v>
+        <v>1425</v>
       </c>
       <c r="C309" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>831</v>
+        <v>1426</v>
       </c>
       <c r="F309" s="6" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="G309" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A310" s="4" t="s">
-        <v>248</v>
+        <v>1439</v>
       </c>
       <c r="B310" s="5" t="s">
-        <v>249</v>
+        <v>1440</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E310" s="5" t="s">
-        <v>250</v>
+        <v>1441</v>
       </c>
       <c r="F310" s="6" t="s">
-        <v>11</v>
+        <v>1442</v>
       </c>
       <c r="G310" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A311" s="4" t="s">
-        <v>221</v>
+        <v>1443</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>222</v>
+        <v>1934</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>223</v>
+        <v>1444</v>
       </c>
       <c r="F311" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G311" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A312" s="4" t="s">
-        <v>257</v>
+        <v>1445</v>
       </c>
       <c r="B312" s="5" t="s">
-        <v>258</v>
+        <v>1935</v>
       </c>
       <c r="C312" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>259</v>
+        <v>1446</v>
       </c>
       <c r="F312" s="6" t="s">
-        <v>10</v>
+        <v>206</v>
       </c>
       <c r="G312" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A313" s="4" t="s">
-        <v>1208</v>
+        <v>1472</v>
       </c>
       <c r="B313" s="5" t="s">
-        <v>1209</v>
+        <v>2173</v>
       </c>
       <c r="C313" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E313" s="5" t="s">
-        <v>1210</v>
+        <v>1473</v>
       </c>
       <c r="F313" s="6" t="s">
         <v>10</v>
       </c>
       <c r="G313" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A314" s="4" t="s">
-        <v>538</v>
+        <v>1487</v>
       </c>
       <c r="B314" s="5" t="s">
-        <v>539</v>
+        <v>1488</v>
       </c>
       <c r="C314" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E314" s="5" t="s">
-        <v>540</v>
+        <v>1489</v>
       </c>
       <c r="F314" s="6" t="s">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="G314" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A315" s="4" t="s">
-        <v>741</v>
+        <v>1507</v>
       </c>
       <c r="B315" s="5" t="s">
-        <v>742</v>
+        <v>2177</v>
       </c>
       <c r="C315" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E315" s="5" t="s">
-        <v>743</v>
+        <v>1508</v>
       </c>
       <c r="F315" s="6" t="s">
-        <v>10</v>
+        <v>962</v>
       </c>
       <c r="G315" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A316" s="4" t="s">
-        <v>1153</v>
+        <v>1511</v>
       </c>
       <c r="B316" s="5" t="s">
-        <v>1154</v>
+        <v>1512</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E316" s="5" t="s">
-        <v>1155</v>
+        <v>1513</v>
       </c>
       <c r="F316" s="6" t="s">
-        <v>10</v>
+        <v>229</v>
       </c>
       <c r="G316" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A317" s="4" t="s">
-        <v>783</v>
+        <v>1527</v>
       </c>
       <c r="B317" s="5" t="s">
-        <v>784</v>
+        <v>1528</v>
       </c>
       <c r="C317" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E317" s="5" t="s">
-        <v>785</v>
+        <v>1529</v>
       </c>
       <c r="F317" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G317" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A318" s="4" t="s">
-        <v>1114</v>
+        <v>1532</v>
       </c>
       <c r="B318" s="5" t="s">
-        <v>1115</v>
+        <v>1955</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>1116</v>
+        <v>1533</v>
       </c>
       <c r="F318" s="6" t="s">
-        <v>220</v>
+        <v>163</v>
       </c>
       <c r="G318" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A319" s="4" t="s">
-        <v>614</v>
+        <v>1534</v>
       </c>
       <c r="B319" s="5" t="s">
-        <v>615</v>
+        <v>2180</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E319" s="5" t="s">
-        <v>616</v>
+        <v>1535</v>
       </c>
       <c r="F319" s="6" t="s">
-        <v>10</v>
+        <v>163</v>
       </c>
       <c r="G319" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A320" s="4" t="s">
-        <v>1203</v>
+        <v>1538</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>1204</v>
+        <v>2057</v>
       </c>
       <c r="C320" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E320" s="5" t="s">
-        <v>1205</v>
+        <v>1539</v>
       </c>
       <c r="F320" s="6" t="s">
-        <v>11</v>
+        <v>229</v>
       </c>
       <c r="G320" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A321" s="4" t="s">
-        <v>1310</v>
+        <v>1543</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>1311</v>
+        <v>2183</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E321" s="5" t="s">
-        <v>1312</v>
+        <v>1544</v>
       </c>
       <c r="F321" s="6" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G321" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A322" s="4" t="s">
-        <v>926</v>
+        <v>1549</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>927</v>
+        <v>1959</v>
       </c>
       <c r="C322" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>928</v>
+        <v>1550</v>
       </c>
       <c r="F322" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G322" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A323" s="4" t="s">
-        <v>919</v>
+        <v>1561</v>
       </c>
       <c r="B323" s="5" t="s">
-        <v>920</v>
+        <v>2185</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E323" s="5" t="s">
-        <v>921</v>
+        <v>1562</v>
       </c>
       <c r="F323" s="6" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="G323" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A324" s="4" t="s">
-        <v>807</v>
+        <v>1581</v>
       </c>
       <c r="B324" s="5" t="s">
-        <v>808</v>
+        <v>1965</v>
       </c>
       <c r="C324" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E324" s="5" t="s">
-        <v>809</v>
+        <v>1582</v>
       </c>
       <c r="F324" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G324" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A325" s="4" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F325" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G325" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A326" s="4" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1591</v>
+      </c>
+      <c r="F326" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G326" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A327" s="4" t="s">
+        <v>1592</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F327" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="G327" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A328" s="4" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F328" s="6" t="s">
         <v>14</v>
-      </c>
-[...90 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G328" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="329" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="329" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A329" s="4" t="s">
-        <v>1211</v>
+        <v>1658</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>1212</v>
+        <v>2198</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E329" s="5" t="s">
-        <v>1213</v>
+        <v>1659</v>
       </c>
       <c r="F329" s="6" t="s">
-        <v>10</v>
+        <v>270</v>
       </c>
       <c r="G329" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="330" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A330" s="4" t="s">
-        <v>1117</v>
+        <v>1668</v>
       </c>
       <c r="B330" s="5" t="s">
-        <v>1118</v>
+        <v>1983</v>
       </c>
       <c r="C330" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E330" s="5" t="s">
-        <v>1119</v>
+        <v>1669</v>
       </c>
       <c r="F330" s="6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G330" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="331" spans="1:7" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A331" s="4" t="s">
-        <v>702</v>
+        <v>1672</v>
       </c>
       <c r="B331" s="5" t="s">
-        <v>703</v>
+        <v>1985</v>
       </c>
       <c r="C331" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E331" s="5" t="s">
-        <v>704</v>
+        <v>1673</v>
       </c>
       <c r="F331" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G331" s="7">
-        <v>44012</v>
-[...22 lines deleted...]
-        <v>44012</v>
+        <v>45838</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A143" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44372" xr:uid="{B1110BE4-F505-4006-93E5-C35D5DB32989}"/>
-[...329 lines deleted...]
-    <hyperlink ref="A161" r:id="rId331" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{CDA6E370-B0EA-4B67-8C83-291C0C406A1C}"/>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44372" xr:uid="{7BE8C53C-84AF-4496-9879-8E6467FF39D3}"/>
+    <hyperlink ref="A151" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44388" xr:uid="{D8FF90B5-0DDC-445C-B1B8-10071ACFC263}"/>
+    <hyperlink ref="A152" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44427" xr:uid="{10144B68-4C68-4A0C-985B-A9746F3C1DB6}"/>
+    <hyperlink ref="A3" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44430" xr:uid="{CE7FDF70-292F-4746-AC72-35684AA86936}"/>
+    <hyperlink ref="A153" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44433" xr:uid="{78D354A8-8F0E-46D6-A716-8ED40629B70A}"/>
+    <hyperlink ref="A4" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44434" xr:uid="{283EB3B2-7A1F-438F-904F-D23CD3F4321C}"/>
+    <hyperlink ref="A5" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44435" xr:uid="{D1C8F572-5C46-47B2-92D0-86C16F2853F9}"/>
+    <hyperlink ref="A6" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44444" xr:uid="{EC39D367-E2F0-42A8-9871-E47BD7E91E5E}"/>
+    <hyperlink ref="A154" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44449" xr:uid="{E048FA88-1BD1-416E-80BA-04DE7D8BE5E7}"/>
+    <hyperlink ref="A155" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44450" xr:uid="{EFC31652-D32A-4995-BFA7-7E1299F4119C}"/>
+    <hyperlink ref="A7" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44455" xr:uid="{B9A924AA-066E-4EE9-ACD2-9E7068ED58D9}"/>
+    <hyperlink ref="A8" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44474" xr:uid="{4DB71DD4-5E9A-4576-A9C7-31CFBDA7544D}"/>
+    <hyperlink ref="A156" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44495" xr:uid="{BBB52E9A-DB38-4B80-ACB3-7FE19A5B29F1}"/>
+    <hyperlink ref="A157" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44498" xr:uid="{B441BCED-FD37-45F1-88B3-7E199C1656FD}"/>
+    <hyperlink ref="A9" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44510" xr:uid="{0F4DF56C-FB98-421E-BED1-071BC4575BD5}"/>
+    <hyperlink ref="A10" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44511" xr:uid="{DBB2B67B-F734-4BF8-99D4-4CBE2658EE5E}"/>
+    <hyperlink ref="A11" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44512" xr:uid="{FC36CD98-A414-41C0-883B-EB1B4C709FED}"/>
+    <hyperlink ref="A158" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44519" xr:uid="{8FAA2B6A-71F7-4C7D-B506-3EA2D747A498}"/>
+    <hyperlink ref="A12" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44521" xr:uid="{D4912CD7-68CD-49E1-8A41-718C89F37F74}"/>
+    <hyperlink ref="A13" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44529" xr:uid="{75813601-FBD3-4103-A9C2-129E47D370D4}"/>
+    <hyperlink ref="A14" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44542" xr:uid="{55DCE760-BF66-4CBA-865D-4C7A7BEFDD86}"/>
+    <hyperlink ref="A15" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44548" xr:uid="{6D525E10-AB7F-44D3-B287-503179FDCD86}"/>
+    <hyperlink ref="A16" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44549" xr:uid="{8B16CF22-7E66-4843-9096-B4B54D4ADEF5}"/>
+    <hyperlink ref="A17" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44556" xr:uid="{959C1A98-1895-4EBE-BF6F-FAC5C120C411}"/>
+    <hyperlink ref="A18" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44557" xr:uid="{980331F9-43D2-41DD-9F3E-B0BE0EB706BB}"/>
+    <hyperlink ref="A159" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44565" xr:uid="{FAAE0000-3624-455C-B639-40454720503F}"/>
+    <hyperlink ref="A19" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44570" xr:uid="{25D57031-D4E9-4D07-886A-4B19344E4D91}"/>
+    <hyperlink ref="A20" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44571" xr:uid="{8E684E5A-B9F7-4BAE-957E-5B8CF53893A2}"/>
+    <hyperlink ref="A21" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44574" xr:uid="{A1285B8C-5452-4DD5-B988-B2AABD7FDF40}"/>
+    <hyperlink ref="A22" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44616" xr:uid="{9DC6E14B-9E88-4D7F-81F5-902CE6E47EDB}"/>
+    <hyperlink ref="A23" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44620" xr:uid="{F72BE66B-E3BC-4398-817C-6F5B59883FE8}"/>
+    <hyperlink ref="A24" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44621" xr:uid="{1B004B71-F0D4-413F-B29E-3F9C61F778ED}"/>
+    <hyperlink ref="A25" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44635" xr:uid="{EC0D739F-FF22-4210-A194-07DDB7BA1580}"/>
+    <hyperlink ref="A26" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44638" xr:uid="{9C5B288D-DA81-4076-81E6-929FD1AAD231}"/>
+    <hyperlink ref="A27" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44647" xr:uid="{89E06CC4-982C-402C-BC27-C0BC43899C29}"/>
+    <hyperlink ref="A28" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44648" xr:uid="{91BFF486-1F37-4A32-9E59-F972AC5CC8A5}"/>
+    <hyperlink ref="A29" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44649" xr:uid="{C09B3FA2-E5A6-4E0E-B1E7-D25763EB75A1}"/>
+    <hyperlink ref="A30" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44650" xr:uid="{406A066A-9D62-455A-93A7-D1E4EB861D35}"/>
+    <hyperlink ref="A31" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44652" xr:uid="{F23EC9BC-2681-43AF-B19A-6D88A291F454}"/>
+    <hyperlink ref="A32" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44660" xr:uid="{3D73C46E-A3D5-4280-9873-49DAF09B35BB}"/>
+    <hyperlink ref="A160" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44661" xr:uid="{B2C7EE53-54AE-4962-B22D-951DF4DFB780}"/>
+    <hyperlink ref="A33" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44663" xr:uid="{8F260722-3525-49CD-9812-30E8029C7A37}"/>
+    <hyperlink ref="A161" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44701" xr:uid="{E332F8F8-6CA7-4B18-A031-D4FA9654C96D}"/>
+    <hyperlink ref="A34" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44707" xr:uid="{604F50BC-C4DB-4412-9C6E-F09BCF3F931F}"/>
+    <hyperlink ref="A162" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44717" xr:uid="{CE975726-8E41-4ACC-8EF6-39CDBE410B87}"/>
+    <hyperlink ref="A35" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44718" xr:uid="{8459C5A8-19E4-4E8A-81FA-D0A21D76E775}"/>
+    <hyperlink ref="A36" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44771" xr:uid="{9508B1BF-4471-47E2-B72E-3F1ABD161AA1}"/>
+    <hyperlink ref="A37" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44775" xr:uid="{BA5C9B1E-D214-4031-A0AC-E7543A4A7B7F}"/>
+    <hyperlink ref="A163" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44854" xr:uid="{D41592DA-D113-4161-B4A8-F99A823A81BE}"/>
+    <hyperlink ref="A38" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44888" xr:uid="{F0A33F5A-6546-4988-8355-BA9B0BEFDDFE}"/>
+    <hyperlink ref="A164" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44896" xr:uid="{6A7E9AD7-F389-49A8-BA27-4A459FF595D8}"/>
+    <hyperlink ref="A39" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44902" xr:uid="{65F200B5-8F06-43CC-99E8-FFB41A4EDB52}"/>
+    <hyperlink ref="A165" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44912" xr:uid="{066F8BF5-EF21-414A-BC26-CBE850C1B528}"/>
+    <hyperlink ref="A166" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44920" xr:uid="{C26B5F71-59D1-472D-A9ED-D0531C5F578B}"/>
+    <hyperlink ref="A40" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44922" xr:uid="{A02B839B-6EAE-43FA-A628-4671C7B15D05}"/>
+    <hyperlink ref="A41" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44936" xr:uid="{07983E20-9A74-47A0-BF43-0BAF19B2E5E3}"/>
+    <hyperlink ref="A167" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44947" xr:uid="{C99FEE18-C310-434C-B7DE-8A3D6C974A03}"/>
+    <hyperlink ref="A42" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44948" xr:uid="{AF4550DE-C5A2-4F71-8B54-A0C96DF16043}"/>
+    <hyperlink ref="A43" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44971" xr:uid="{DD3C979C-9526-43E4-BFE1-E4A2CC197F8C}"/>
+    <hyperlink ref="A168" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44973" xr:uid="{2956B6AD-AEF5-4824-B147-3AB9041F4068}"/>
+    <hyperlink ref="A169" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44974" xr:uid="{D01B1767-C1D1-4253-AAD7-41F55F2170F1}"/>
+    <hyperlink ref="A170" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44986" xr:uid="{579F2929-93EC-4C58-A36A-F83649C9B59B}"/>
+    <hyperlink ref="A44" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44987" xr:uid="{D8E11CD7-9D04-4269-88F0-E08D559FE80F}"/>
+    <hyperlink ref="A45" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45002" xr:uid="{0518ECDD-B746-4617-8D02-48D5E5756D81}"/>
+    <hyperlink ref="A171" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45019" xr:uid="{4EAC9D14-5CFD-4339-A25E-06074684D3AC}"/>
+    <hyperlink ref="A172" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45036" xr:uid="{19BB2951-9426-4BA1-8447-A1FF9C3A396E}"/>
+    <hyperlink ref="A173" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45062" xr:uid="{CCD37FE0-6677-4549-9E1C-51A4BBE1962E}"/>
+    <hyperlink ref="A46" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45064" xr:uid="{2D8FD50B-94E7-4A2D-A9A7-1CFB1D122C2B}"/>
+    <hyperlink ref="A174" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45072" xr:uid="{713CDB13-6CB1-4FFE-BFDD-236E9AA8C627}"/>
+    <hyperlink ref="A47" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45074" xr:uid="{31BB4EE4-9AD0-4AE6-9867-1FEC0D681D6F}"/>
+    <hyperlink ref="A48" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45121" xr:uid="{CE461F5B-199E-4B85-B827-02E0A54F5448}"/>
+    <hyperlink ref="A49" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45126" xr:uid="{3070523D-1A56-4228-986D-BC53EF0654BB}"/>
+    <hyperlink ref="A50" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45140" xr:uid="{2AC7D442-D992-4E5C-A91B-67189896274B}"/>
+    <hyperlink ref="A51" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45142" xr:uid="{6705252F-489F-41D1-800A-9D70EE90700C}"/>
+    <hyperlink ref="A175" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45144" xr:uid="{35ECDE2F-F163-4FB2-BF5E-C972C3C60CE7}"/>
+    <hyperlink ref="A176" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45153" xr:uid="{12B1F0CC-FD26-44E1-B60A-FDD35C6C2243}"/>
+    <hyperlink ref="A52" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45177" xr:uid="{1C71BFCA-DA01-4AB7-A23E-BBBE443CC577}"/>
+    <hyperlink ref="A177" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45186" xr:uid="{5905604F-1970-4D72-B695-979F7D83C722}"/>
+    <hyperlink ref="A178" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45187" xr:uid="{9C9D024F-2A5A-4ACE-B0D5-8FE55A8AFB34}"/>
+    <hyperlink ref="A53" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45204" xr:uid="{32BC093E-F182-4466-8CA3-92102825C5E5}"/>
+    <hyperlink ref="A179" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45220" xr:uid="{322E00D4-A9CE-4E04-94CC-51CF5803107E}"/>
+    <hyperlink ref="A54" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45224" xr:uid="{D5E2D8D0-5EE2-4A8D-A98A-7ED190E2F160}"/>
+    <hyperlink ref="A55" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45242" xr:uid="{F5641488-FAE2-4DDD-AC7C-FA973172FBE8}"/>
+    <hyperlink ref="A180" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45243" xr:uid="{EEC72ACC-D32C-41E0-8EFC-4CE50880EAB3}"/>
+    <hyperlink ref="A56" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45255" xr:uid="{2B1AF13D-9864-4429-BE10-6B8F172BAC9F}"/>
+    <hyperlink ref="A57" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45262" xr:uid="{78B4A7F6-E78A-4F22-8DFF-3EDDCE44236A}"/>
+    <hyperlink ref="A58" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45263" xr:uid="{C353148C-3AA2-4712-8B86-20709EB3A654}"/>
+    <hyperlink ref="A59" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45273" xr:uid="{189FBE38-0FF3-4349-9857-263B7A563775}"/>
+    <hyperlink ref="A60" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45286" xr:uid="{8317F79A-3F73-4835-B60A-9455E1F2AD26}"/>
+    <hyperlink ref="A61" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45336" xr:uid="{2415BE52-3BB2-408B-85F3-96D434F5FE28}"/>
+    <hyperlink ref="A62" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45339" xr:uid="{380CD0B7-578D-4B80-AEEA-8F5654FA372A}"/>
+    <hyperlink ref="A63" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45344" xr:uid="{28259A7C-9479-4150-8338-A5906712E319}"/>
+    <hyperlink ref="A181" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45346" xr:uid="{67CCAB9D-E817-4EF3-8D17-0D8302F5FEFA}"/>
+    <hyperlink ref="A64" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45351" xr:uid="{0E2E0EA2-B6B4-49A8-901B-D50D9560BAD4}"/>
+    <hyperlink ref="A65" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45353" xr:uid="{29FEF323-8F22-4189-A306-75A004424DD9}"/>
+    <hyperlink ref="A182" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45360" xr:uid="{5B405932-9C0A-434F-853F-DCD0CA0349BD}"/>
+    <hyperlink ref="A183" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45373" xr:uid="{325C9046-DCEA-420B-92B9-BB2DF7FD1681}"/>
+    <hyperlink ref="A66" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45374" xr:uid="{3B5FB6CD-E705-4339-B903-52BA1552A85D}"/>
+    <hyperlink ref="A67" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45375" xr:uid="{B1727A9B-2A71-46C8-A9D6-5F7ABC1EDEA5}"/>
+    <hyperlink ref="A184" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45383" xr:uid="{918B5D0F-D944-42E9-90FA-D64E6B14E471}"/>
+    <hyperlink ref="A68" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45388" xr:uid="{C55AD50E-2FDE-44A0-9516-696A667E568C}"/>
+    <hyperlink ref="A69" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45390" xr:uid="{3C897548-6A29-42AA-BB5A-39C18BC9E68C}"/>
+    <hyperlink ref="A70" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45393" xr:uid="{E1366329-957E-41BC-9293-93F254DEB69A}"/>
+    <hyperlink ref="A71" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45397" xr:uid="{C50053BE-895B-433A-B73C-9F4565B6ED3E}"/>
+    <hyperlink ref="A72" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45399" xr:uid="{F87B957F-6ED8-423B-9DB2-AA6559C06ED7}"/>
+    <hyperlink ref="A185" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45421" xr:uid="{3387B234-148E-4FFA-87B9-D5AADB191F30}"/>
+    <hyperlink ref="A186" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45423" xr:uid="{11D9F3A6-6908-4B0F-B0D6-C23CA4DAD58F}"/>
+    <hyperlink ref="A73" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45434" xr:uid="{EC852A1D-8504-463F-9DA2-D6870088DD22}"/>
+    <hyperlink ref="A187" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45437" xr:uid="{B257E5DC-AF43-4948-BF28-119DC18C69EA}"/>
+    <hyperlink ref="A74" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45441" xr:uid="{A1C3EF7A-F979-48E5-B65D-ADDD24AF8050}"/>
+    <hyperlink ref="A188" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45443" xr:uid="{CA2C6C5B-243D-4B43-9377-BC53614DB956}"/>
+    <hyperlink ref="A75" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45448" xr:uid="{62B4746A-966D-49BF-A0F6-07607DDB1099}"/>
+    <hyperlink ref="A189" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45456" xr:uid="{00E0CEA2-C589-4039-98B7-8C89C3E12E21}"/>
+    <hyperlink ref="A190" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45457" xr:uid="{8AB8E1BB-69F7-4C30-BCED-0D7EA63FFAEE}"/>
+    <hyperlink ref="A76" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45458" xr:uid="{9FB6EBB8-5A3F-49C9-9C44-A4C5DD1895C2}"/>
+    <hyperlink ref="A191" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45466" xr:uid="{EF86CDE9-2B89-4E82-9FF8-5F3574F9FF2D}"/>
+    <hyperlink ref="A77" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45468" xr:uid="{25C28F34-9567-4803-AC33-51E63AF00647}"/>
+    <hyperlink ref="A78" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45471" xr:uid="{956F1BAE-FC26-4B0B-A50A-89982DA20A8C}"/>
+    <hyperlink ref="A192" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45513" xr:uid="{9CB172C1-9E98-4E93-8D39-DFC3484A88AE}"/>
+    <hyperlink ref="A79" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45514" xr:uid="{6476A268-275F-4F71-AA16-81475CD58651}"/>
+    <hyperlink ref="A193" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45515" xr:uid="{CDA0076A-9A11-4021-AD7E-5395FDBAC917}"/>
+    <hyperlink ref="A194" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45521" xr:uid="{FEE51FF7-CF86-4ED5-86AA-AF7DA1891906}"/>
+    <hyperlink ref="A195" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45523" xr:uid="{73511458-1F9A-40A3-BF88-126AC155BF08}"/>
+    <hyperlink ref="A80" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45561" xr:uid="{BE6BD84E-5A52-40BE-B01F-A6988AA7A379}"/>
+    <hyperlink ref="A81" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45569" xr:uid="{0B08AF81-6DE2-41D1-93A9-6B770C2A3E27}"/>
+    <hyperlink ref="A82" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45589" xr:uid="{34F20927-48B5-47AA-B389-0C2859E2181D}"/>
+    <hyperlink ref="A83" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45598" xr:uid="{EB11DF81-E308-4060-B568-DC78C40BA1CB}"/>
+    <hyperlink ref="A84" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45635" xr:uid="{FBC27562-8C08-4965-86DD-9DF95EFEF0B2}"/>
+    <hyperlink ref="A85" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45773" xr:uid="{00646653-608B-420D-B5E5-B766A0FC9851}"/>
+    <hyperlink ref="A86" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45788" xr:uid="{32E27743-DF68-4456-9D58-ACCC5BBFB133}"/>
+    <hyperlink ref="A196" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45789" xr:uid="{34AC15C6-D19A-451C-9B9F-3161526D9C0A}"/>
+    <hyperlink ref="A197" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45798" xr:uid="{39FA401C-B5AC-456B-98A8-0247E1125AC6}"/>
+    <hyperlink ref="A87" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45878" xr:uid="{0B2CAA6C-4A97-43CB-8786-0643C7ECBD5C}"/>
+    <hyperlink ref="A88" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45955" xr:uid="{B88E99AE-F5EC-421F-9476-6B37EFA2084E}"/>
+    <hyperlink ref="A89" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46015" xr:uid="{48F7E44C-E9F7-484E-A650-76B1C72B32F9}"/>
+    <hyperlink ref="A90" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46293" xr:uid="{B573A1F2-3456-4BC3-8DDA-2E641C0E9643}"/>
+    <hyperlink ref="A91" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46295" xr:uid="{5CC3511D-B502-437B-A471-F4610743C03E}"/>
+    <hyperlink ref="A92" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46307" xr:uid="{F181668B-10E6-448C-AD44-77E9A74DBB11}"/>
+    <hyperlink ref="A198" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46312" xr:uid="{6B040E7C-90CA-4F1E-A295-32F129EBAAE5}"/>
+    <hyperlink ref="A199" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46645" xr:uid="{4C7814ED-6D95-4D52-B37D-177D5F4DD821}"/>
+    <hyperlink ref="A200" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46653" xr:uid="{95B87801-A5B0-4F40-B69F-13738500844A}"/>
+    <hyperlink ref="A93" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46654" xr:uid="{9D8EDE22-6A43-4221-A872-3436E86CB216}"/>
+    <hyperlink ref="A201" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46701" xr:uid="{4AC44107-96AE-49A0-9301-A7C24EB2ADEA}"/>
+    <hyperlink ref="A202" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46703" xr:uid="{DCD37A84-DC11-4490-93AC-BA4991A36566}"/>
+    <hyperlink ref="A94" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46735" xr:uid="{7033993B-9FFC-4502-A0AB-3386A79B816B}"/>
+    <hyperlink ref="A203" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46773" xr:uid="{FE7ACAE5-06B0-4464-A06D-3F85917A96DB}"/>
+    <hyperlink ref="A204" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46775" xr:uid="{1FA5BA26-DD34-4060-BBE9-626AE4A01A76}"/>
+    <hyperlink ref="A95" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46943" xr:uid="{C2A959B5-4FA8-4105-97F3-31E69D0A6248}"/>
+    <hyperlink ref="A96" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46945" xr:uid="{D11D6AD7-62AF-41EF-ACA6-45A273F9789F}"/>
+    <hyperlink ref="A97" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46946" xr:uid="{F9D2378F-81BD-4C4F-99A5-E84D9B60E3D0}"/>
+    <hyperlink ref="A205" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47067" xr:uid="{0CB56E37-86B8-4F3D-A161-F85F8F557042}"/>
+    <hyperlink ref="A98" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47068" xr:uid="{9572EF02-0F1A-44BB-80DD-1EACD47F2C04}"/>
+    <hyperlink ref="A99" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47069" xr:uid="{D846E224-0C97-4109-9CF9-888D9F16B844}"/>
+    <hyperlink ref="A100" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47123" xr:uid="{4910FA60-395D-4386-9927-F1926100CEED}"/>
+    <hyperlink ref="A206" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47177" xr:uid="{03C427C4-A89F-43EE-98A3-7BA5B22D0A0D}"/>
+    <hyperlink ref="A207" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47179" xr:uid="{D7949279-A6E1-4D59-BD41-02F77F6212CD}"/>
+    <hyperlink ref="A208" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47181" xr:uid="{A06D4EAC-5B7C-4575-9471-3C59455F3CCB}"/>
+    <hyperlink ref="A209" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47345" xr:uid="{F6D70D02-C19F-4646-BA86-6236F2F508D7}"/>
+    <hyperlink ref="A101" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47346" xr:uid="{F402D329-3327-425E-94ED-EB1C353B0343}"/>
+    <hyperlink ref="A102" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47348" xr:uid="{21AA84C4-D669-4E7E-911B-1FC2F1A90742}"/>
+    <hyperlink ref="A210" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47350" xr:uid="{6540F05C-99A7-4DB0-BECF-A661BF540C25}"/>
+    <hyperlink ref="A103" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47353" xr:uid="{D8D778AE-9DB3-426D-849A-83213A1F2619}"/>
+    <hyperlink ref="A211" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47655" xr:uid="{19E3AE8E-51BE-4768-96D6-948763FBC848}"/>
+    <hyperlink ref="A212" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47656" xr:uid="{0E9D54BB-BB1F-4B6A-938F-0085ED84394E}"/>
+    <hyperlink ref="A213" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47657" xr:uid="{3D7A3D70-6447-4F05-B1A8-7D482417D4C9}"/>
+    <hyperlink ref="A214" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47658" xr:uid="{EC46C6C7-4592-48CD-AC13-8951657BA92B}"/>
+    <hyperlink ref="A104" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47659" xr:uid="{B14FC029-A761-4D51-A4AC-3B3FC10BAE3A}"/>
+    <hyperlink ref="A105" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47773" xr:uid="{DEC52FD2-83BC-4331-BA4B-7EFAD3AE8271}"/>
+    <hyperlink ref="A106" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47896" xr:uid="{757AC5BE-201F-498E-AA51-9802553027B6}"/>
+    <hyperlink ref="A215" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47897" xr:uid="{C599723B-586F-4EC7-B487-03BB48967207}"/>
+    <hyperlink ref="A107" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47900" xr:uid="{3DC1CCC0-5819-4F4B-94EE-DC3E7C446985}"/>
+    <hyperlink ref="A216" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47929" xr:uid="{26922CEE-924C-47B4-9432-F581F2ED258B}"/>
+    <hyperlink ref="A217" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47968" xr:uid="{5C4D167B-1F37-4743-BF5B-D0331F4B2654}"/>
+    <hyperlink ref="A108" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47971" xr:uid="{71707730-A2D8-4ED6-932E-B9AC1BEF9D17}"/>
+    <hyperlink ref="A218" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47978" xr:uid="{1D78726F-9A5D-4728-9EFB-D51549B3978C}"/>
+    <hyperlink ref="A109" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47979" xr:uid="{7AA5787F-AF58-47E7-8E60-2EF6566A37FB}"/>
+    <hyperlink ref="A219" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47996" xr:uid="{6FF16F5F-A629-43B5-B181-C57C31BF3D6F}"/>
+    <hyperlink ref="A220" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56358" xr:uid="{2D2CF48E-9F69-41DC-ABF6-8FB2A660C7A8}"/>
+    <hyperlink ref="A110" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47997" xr:uid="{4CC681D0-55F4-46CB-BE3E-FA469593C8F7}"/>
+    <hyperlink ref="A221" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48002" xr:uid="{C81CA8A4-2933-42BF-95AF-F492E8B0D9A0}"/>
+    <hyperlink ref="A111" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48015" xr:uid="{E6622FC1-F48E-4EFE-83F3-DE25D9FEDB20}"/>
+    <hyperlink ref="A112" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48022" xr:uid="{15778607-A92B-4A4E-8E16-F19F31D120CD}"/>
+    <hyperlink ref="A113" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48110" xr:uid="{A3232773-F583-4064-AE4B-0F71C6B680AF}"/>
+    <hyperlink ref="A222" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48116" xr:uid="{B3178C76-8F97-439B-A501-E02D83D69D0E}"/>
+    <hyperlink ref="A223" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48118" xr:uid="{1E1B5E69-6159-42F1-A730-F314F7281B07}"/>
+    <hyperlink ref="A114" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48148" xr:uid="{672DB061-CB0B-414C-A6F6-F8EB1273FFC3}"/>
+    <hyperlink ref="A115" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48149" xr:uid="{8CC5A70B-86EA-4356-A668-B133CE5DCFB5}"/>
+    <hyperlink ref="A224" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48160" xr:uid="{764E8889-3D39-423A-9DCF-0C56F81B29BB}"/>
+    <hyperlink ref="A225" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48187" xr:uid="{3699DF93-8461-4BD2-8759-5B3A42CD8FD1}"/>
+    <hyperlink ref="A116" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48235" xr:uid="{C7370490-C679-45A0-9225-FCC8ECBE74A4}"/>
+    <hyperlink ref="A226" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48261" xr:uid="{449A8F76-A52C-4CBF-AAA1-FAA802C1E844}"/>
+    <hyperlink ref="A117" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48263" xr:uid="{7E82BA2F-2F27-41D8-96F3-87723756A371}"/>
+    <hyperlink ref="A118" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48270" xr:uid="{4D37C73F-FA18-4225-AD44-3A369261BC57}"/>
+    <hyperlink ref="A227" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48289" xr:uid="{EC021A2B-5F2E-4038-9FE6-6C5A9E3EA1FB}"/>
+    <hyperlink ref="A119" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48294" xr:uid="{05EF15B4-0B64-412D-84E4-AFC9A3D9BD50}"/>
+    <hyperlink ref="A120" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48303" xr:uid="{A9FB8CA7-4494-4827-A23A-D21BAC1F393C}"/>
+    <hyperlink ref="A228" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48326" xr:uid="{41AFD957-2CA9-4D13-9A25-EBC6C4537918}"/>
+    <hyperlink ref="A229" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48349" xr:uid="{0F60EDD2-6274-4462-B325-A5EAFB33FEAA}"/>
+    <hyperlink ref="A121" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48372" xr:uid="{9BAFAA74-DAF5-4AF5-AB62-AEC6C524B308}"/>
+    <hyperlink ref="A230" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48377" xr:uid="{B01D5A4A-6526-478B-B0B2-06456B9DC8F7}"/>
+    <hyperlink ref="A122" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48426" xr:uid="{148929EA-677A-467E-BA67-EC4A7799494E}"/>
+    <hyperlink ref="A231" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48434" xr:uid="{0483EBB8-05CC-463A-B2E6-1E280BA9AB43}"/>
+    <hyperlink ref="A123" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48443" xr:uid="{1D16DDE7-14CA-45B2-982D-F994290D9CCD}"/>
+    <hyperlink ref="A232" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48454" xr:uid="{CA1099B9-BE36-4CF4-BFB3-8A4FFCBC5B81}"/>
+    <hyperlink ref="A233" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48459" xr:uid="{436287A1-DB3A-4243-84BF-95EB7DB48629}"/>
+    <hyperlink ref="A124" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48488" xr:uid="{FE2DD718-0891-44F6-BAEB-69CF6B760F06}"/>
+    <hyperlink ref="A234" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48513" xr:uid="{D9ECAAC2-ED2C-490A-B271-B4731F40F04B}"/>
+    <hyperlink ref="A235" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48536" xr:uid="{F47FBCA1-630B-44A2-B9B2-8CF06F9345DB}"/>
+    <hyperlink ref="A236" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48561" xr:uid="{961F4374-4F2F-47B3-86DF-9BACBDE649B0}"/>
+    <hyperlink ref="A237" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48576" xr:uid="{20BA5300-CCB9-4DF9-9420-A6269AAF1180}"/>
+    <hyperlink ref="A238" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48606" xr:uid="{9A1B1EC3-5DD3-4438-93FB-B691C4C65DCE}"/>
+    <hyperlink ref="A239" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48664" xr:uid="{A7880A06-26FE-4C75-A4EF-182EFE37BC8A}"/>
+    <hyperlink ref="A125" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48666" xr:uid="{18CC0287-40FD-4283-A479-FB47ED107360}"/>
+    <hyperlink ref="A240" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48670" xr:uid="{A1724118-F207-4486-AD7A-2D33A1096589}"/>
+    <hyperlink ref="A126" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48680" xr:uid="{DB2DC800-6174-4873-BED6-B5DF673F1083}"/>
+    <hyperlink ref="A241" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48697" xr:uid="{DAC90999-67F3-44E0-A159-5B0124C0B7F5}"/>
+    <hyperlink ref="A242" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48701" xr:uid="{B8D6637D-63B3-4B23-A208-87AB275EEF67}"/>
+    <hyperlink ref="A243" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48710" xr:uid="{E4A59C48-ACCB-47F4-B657-AA3425C478F7}"/>
+    <hyperlink ref="A127" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48773" xr:uid="{30B81C1B-7C1D-4261-96A4-1B001568D70B}"/>
+    <hyperlink ref="A244" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48780" xr:uid="{6539BB9A-BC7B-4B93-B694-143DCC7EAEF6}"/>
+    <hyperlink ref="A245" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48807" xr:uid="{27CA0498-F212-4EE5-AF6D-DBA89090CBE5}"/>
+    <hyperlink ref="A246" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48814" xr:uid="{A5C0A184-3DBC-4BCB-B1CD-91571F1D89B7}"/>
+    <hyperlink ref="A247" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48830" xr:uid="{115D3E09-F106-469B-A3B3-DA04908A661A}"/>
+    <hyperlink ref="A248" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48849" xr:uid="{F43390F9-C49F-4A99-9E8E-4429E683078C}"/>
+    <hyperlink ref="A249" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48852" xr:uid="{D48EE3D8-947E-4A07-BFB2-D17514C88256}"/>
+    <hyperlink ref="A250" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48863" xr:uid="{88D44793-893E-41A3-A493-DEF534C3C1EC}"/>
+    <hyperlink ref="A251" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48871" xr:uid="{2C9311F4-D846-43E0-9CAF-EFA4DECEA691}"/>
+    <hyperlink ref="A252" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48886" xr:uid="{31DCA11B-CC0F-4580-AA28-263A41CF0665}"/>
+    <hyperlink ref="A253" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48899" xr:uid="{041498B6-58E9-4D9A-B9A5-6AF93F019D1A}"/>
+    <hyperlink ref="A254" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48909" xr:uid="{5CB3B3C2-2DB0-4305-9F46-D5A985C430E1}"/>
+    <hyperlink ref="A128" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48941" xr:uid="{E2DEF714-A3CE-419A-B1B8-9D5C3BCBE1B7}"/>
+    <hyperlink ref="A255" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49041" xr:uid="{5CDCE7CF-2D72-4EDE-859E-413460A77476}"/>
+    <hyperlink ref="A256" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49055" xr:uid="{EDC2AE87-8E4E-4FF7-8973-A3106E602BA4}"/>
+    <hyperlink ref="A257" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49189" xr:uid="{CD27B4D8-087A-45A9-8C1F-AD0A45CAD985}"/>
+    <hyperlink ref="A258" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55795" xr:uid="{53A8A7FE-B00B-45BE-800D-0D851C4C17FB}"/>
+    <hyperlink ref="A129" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49366" xr:uid="{82ED5C1F-FFC4-455A-BFBC-DBABF7CB7E7D}"/>
+    <hyperlink ref="A259" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49416" xr:uid="{E7D6C483-ABF1-4A3C-9D67-99CEDB203829}"/>
+    <hyperlink ref="A260" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49444" xr:uid="{FAD7FB35-A1A8-4EB4-B391-181A20438F7B}"/>
+    <hyperlink ref="A261" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49449" xr:uid="{10DBFA0B-2DAA-4F2E-98F9-13D06349708E}"/>
+    <hyperlink ref="A130" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49478" xr:uid="{C286FBE8-D269-44EF-B9CC-486024275116}"/>
+    <hyperlink ref="A131" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49481" xr:uid="{EFFC3E83-AD88-4740-9728-6A36F1E66B2F}"/>
+    <hyperlink ref="A132" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49499" xr:uid="{37A0D927-87F8-4C8A-AF49-05808205CDFA}"/>
+    <hyperlink ref="A133" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49677" xr:uid="{5DD4C4EB-9D00-4CE1-9293-AD27FFC5A204}"/>
+    <hyperlink ref="A134" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49822" xr:uid="{7B585D34-8C82-441C-A7C6-52DEE12FEEC5}"/>
+    <hyperlink ref="A262" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49959" xr:uid="{1A1F060E-A4D9-4BCB-BDD5-CEE23975137D}"/>
+    <hyperlink ref="A263" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49969" xr:uid="{3DBB1616-D833-43E5-B13E-F40613B0E0F1}"/>
+    <hyperlink ref="A135" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50015" xr:uid="{127C6BB1-47A7-4876-B68B-B749C5076BD9}"/>
+    <hyperlink ref="A264" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50085" xr:uid="{05D3170C-4182-46DB-AE82-CD2F48B37D96}"/>
+    <hyperlink ref="A136" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50093" xr:uid="{397D14B0-489B-4310-95F2-9EAC778BCF2A}"/>
+    <hyperlink ref="A265" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50206" xr:uid="{67891EBE-785F-4B31-A67B-D53B85D11EF5}"/>
+    <hyperlink ref="A266" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50319" xr:uid="{7E685A58-DF40-4DB6-8538-D6449C401F5C}"/>
+    <hyperlink ref="A267" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50334" xr:uid="{0D0C27FE-D161-4047-A9E5-DFABDC280673}"/>
+    <hyperlink ref="A268" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50335" xr:uid="{FBA0CE5F-7E7A-4816-AD34-81812D6B6337}"/>
+    <hyperlink ref="A269" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50337" xr:uid="{A2CA8E11-76DD-445D-95DB-378AE9FA7DA3}"/>
+    <hyperlink ref="A137" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50778" xr:uid="{2CAA0A18-64F9-4B1D-ABFC-A23ECD3EB095}"/>
+    <hyperlink ref="A270" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50822" xr:uid="{E0500283-0B95-45DA-9C3E-3A047C0527AC}"/>
+    <hyperlink ref="A271" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50823" xr:uid="{601B4136-3287-4009-871A-455574E3ED0C}"/>
+    <hyperlink ref="A272" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51041" xr:uid="{25F1B2EF-4E6E-45AD-8C0C-78499D71EE61}"/>
+    <hyperlink ref="A273" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51042" xr:uid="{74F26A01-2186-4DA2-9E36-4032AB173C9B}"/>
+    <hyperlink ref="A138" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51232" xr:uid="{C6C3B62E-39A8-4407-A216-82B162E15ED2}"/>
+    <hyperlink ref="A274" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51334" xr:uid="{FAA5FD16-DDE2-4B90-A7AE-B8DE62E9AD74}"/>
+    <hyperlink ref="A275" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51372" xr:uid="{0426CDF6-B47B-440B-ABFB-949F605D266C}"/>
+    <hyperlink ref="A139" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51459" xr:uid="{6E5057A0-37FA-4733-990C-2A565CC7D5E3}"/>
+    <hyperlink ref="A140" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51566" xr:uid="{A5040A20-F7B1-4730-B735-62E3782A23D9}"/>
+    <hyperlink ref="A276" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51616" xr:uid="{CBEF0A70-298B-480F-B3DF-2BE97904B593}"/>
+    <hyperlink ref="A277" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51621" xr:uid="{8DA79425-AFF1-4CA4-846E-1147D448E560}"/>
+    <hyperlink ref="A278" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51657" xr:uid="{B700BABD-F9C9-4701-BE58-44FFADD74520}"/>
+    <hyperlink ref="A279" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51699" xr:uid="{3E119158-A1C0-45EF-B0AA-3034F9848714}"/>
+    <hyperlink ref="A280" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51700" xr:uid="{816BB2A9-4298-4660-A3F4-2DFC066E737D}"/>
+    <hyperlink ref="A281" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51711" xr:uid="{CED650E8-C326-47C4-93A9-C8EB7E54B5EF}"/>
+    <hyperlink ref="A141" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51811" xr:uid="{ADB6B171-4F02-4846-AE85-FC79ECBC6F6C}"/>
+    <hyperlink ref="A282" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51835" xr:uid="{A62CBD97-2997-4D40-8AFF-CA1C98789FD1}"/>
+    <hyperlink ref="A283" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51866" xr:uid="{7B5AAA11-8F48-41C4-9D2D-6284966AC6FD}"/>
+    <hyperlink ref="A284" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51928" xr:uid="{5D9EA8F4-841C-4C4B-BA7F-0279463CEFCD}"/>
+    <hyperlink ref="A285" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52109" xr:uid="{9A3AE9F8-CD7F-469E-A63A-36ADEE8EDF40}"/>
+    <hyperlink ref="A286" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52173" xr:uid="{615927B3-8520-4BA8-9774-F730A828A1ED}"/>
+    <hyperlink ref="A287" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52177" xr:uid="{B0AD7B7B-677F-4B58-9386-1D1C1406D290}"/>
+    <hyperlink ref="A288" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52262" xr:uid="{CFD3F694-DFB1-4F37-A8A0-01A5AC70DA23}"/>
+    <hyperlink ref="A289" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52371" xr:uid="{BD250698-0113-429A-A7D5-7F36C8E5E1C9}"/>
+    <hyperlink ref="A290" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52579" xr:uid="{A4B40A85-15C3-4704-A0E1-6EE7902D73A9}"/>
+    <hyperlink ref="A142" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52759" xr:uid="{41909A44-3AE6-4C62-A90B-A729571CB41F}"/>
+    <hyperlink ref="A143" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52778" xr:uid="{758D5109-E5EC-40F5-8676-C4EDC9DFE3B0}"/>
+    <hyperlink ref="A291" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53019" xr:uid="{E25B0215-EA42-4610-AAB9-4CE11365381A}"/>
+    <hyperlink ref="A144" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53079" xr:uid="{F0A764E1-06D2-4AC5-B378-5D53E78B9EE9}"/>
+    <hyperlink ref="A292" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53199" xr:uid="{FC6311D5-4CE7-484A-99DF-CCC40662F29F}"/>
+    <hyperlink ref="A145" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55705" xr:uid="{239B1027-5C26-456A-9BD1-5421199CB4D6}"/>
+    <hyperlink ref="A146" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53200" xr:uid="{89AB1C49-1BF4-4906-96B9-C32E752BC60A}"/>
+    <hyperlink ref="A293" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53729" xr:uid="{851F275C-017F-4A34-AF8C-C88FAB0787BB}"/>
+    <hyperlink ref="A294" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53786" xr:uid="{5C93C007-E7FA-4EEB-9D65-3E46C2A7F2CC}"/>
+    <hyperlink ref="A295" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54123" xr:uid="{BFF35767-E052-43B6-92AA-0107292B982C}"/>
+    <hyperlink ref="A296" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54597" xr:uid="{B14C8C71-A690-4430-9B69-B4594D39552D}"/>
+    <hyperlink ref="A297" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54638" xr:uid="{B426E006-198A-4B4B-84E8-5A48ED4642EF}"/>
+    <hyperlink ref="A298" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54639" xr:uid="{F054899C-0360-46C2-AF89-0742C02A2E30}"/>
+    <hyperlink ref="A147" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54777" xr:uid="{6E42488E-4B02-4FA4-9C85-BD5660F57930}"/>
+    <hyperlink ref="A299" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55349" xr:uid="{402399C2-C26D-42D4-9A53-16CA1BFAFD0D}"/>
+    <hyperlink ref="A300" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55713" xr:uid="{075B8E2F-B068-40B6-AEBD-DBEBD77474CF}"/>
+    <hyperlink ref="A148" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55973" xr:uid="{C597641B-2056-4F8C-8BF9-CF118C1A58DD}"/>
+    <hyperlink ref="A301" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56624" xr:uid="{851D0FE0-2E4E-41FA-8D31-AC6B4D166AA1}"/>
+    <hyperlink ref="A302" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56717" xr:uid="{9006BF3A-77FA-47B1-9741-CE79651417B5}"/>
+    <hyperlink ref="A303" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57076" xr:uid="{F9E2C3BA-2F07-4A4B-856C-6E260A51A4A1}"/>
+    <hyperlink ref="A304" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57211" xr:uid="{B0E2E33D-1396-424D-AC24-8381316D5E6F}"/>
+    <hyperlink ref="A305" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57600" xr:uid="{E68F78E8-C1C7-446D-9D84-683C784CB58F}"/>
+    <hyperlink ref="A306" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58413" xr:uid="{F3410838-458B-4D61-A329-152F3EB0D9CA}"/>
+    <hyperlink ref="A149" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58642" xr:uid="{CEE5279B-328D-4323-9BB6-FF3826EA5E08}"/>
+    <hyperlink ref="A307" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59011" xr:uid="{4CC53A9A-24D6-4EA2-B6DF-EC3FFA0F7A3F}"/>
+    <hyperlink ref="A308" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59014" xr:uid="{9162EDF2-E737-4789-A80B-4E1ECF1224F7}"/>
+    <hyperlink ref="A150" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59142" xr:uid="{DE79A10A-EA97-43E9-B54C-121633C9B373}"/>
+    <hyperlink ref="A309" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59222" xr:uid="{06883881-B78B-4270-AD42-49F2E2742775}"/>
+    <hyperlink ref="A310" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=34150" xr:uid="{13B16722-C07C-4C11-A7F7-9152CCEF4767}"/>
+    <hyperlink ref="A311" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33782" xr:uid="{BD0FD0D6-AF73-4B0E-961F-34961C19CA4C}"/>
+    <hyperlink ref="A312" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33759" xr:uid="{0F83D5C1-D04F-4A1E-9114-E67454A85405}"/>
+    <hyperlink ref="A313" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33565" xr:uid="{690E5961-B633-4D33-AD30-B1E84A6A383E}"/>
+    <hyperlink ref="A314" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62926" xr:uid="{B61B1C2A-82D7-4F67-923B-F837FEC17998}"/>
+    <hyperlink ref="A315" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66230" xr:uid="{290CF29D-7ADE-4AFF-AFEA-32C387C62836}"/>
+    <hyperlink ref="A316" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33598" xr:uid="{5D7DA564-E9E8-4010-8D6D-8E4FD1C643A8}"/>
+    <hyperlink ref="A317" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33788" xr:uid="{EEFE3603-BCB0-411D-93C9-AB9B6A05BBDF}"/>
+    <hyperlink ref="A318" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33462" xr:uid="{91179629-B4DD-4BD9-B317-4DDCF9E29089}"/>
+    <hyperlink ref="A319" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65512" xr:uid="{DEF90E1C-0D12-469C-A234-C62890BE3707}"/>
+    <hyperlink ref="A320" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67580" xr:uid="{066ED3A5-9DD6-470F-A3CA-DD01FB6B90C0}"/>
+    <hyperlink ref="A321" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68215" xr:uid="{3383FC65-AC8A-4107-A6D1-002C05C29AA9}"/>
+    <hyperlink ref="A322" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67335" xr:uid="{657B6F84-3645-46BB-AD27-FEF75BB5C4C8}"/>
+    <hyperlink ref="A323" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71088" xr:uid="{015F5674-ABEC-4C0A-B043-C952D1256D45}"/>
+    <hyperlink ref="A324" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68450" xr:uid="{0561093D-716C-4364-91AD-06B3C7B4433C}"/>
+    <hyperlink ref="A325" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66430" xr:uid="{5781C3B1-3437-4C6F-9CD3-1A0D790C7129}"/>
+    <hyperlink ref="A326" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65518" xr:uid="{D3532C1C-7E6F-44C6-A5B9-83724455346E}"/>
+    <hyperlink ref="A327" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68039" xr:uid="{E3E7FCF0-CD2D-446A-B3EF-59FF554BE76F}"/>
+    <hyperlink ref="A328" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76057" xr:uid="{E2223D20-7353-4AA9-99A6-B8E8D3C2AB91}"/>
+    <hyperlink ref="A329" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76993" xr:uid="{6F60C31D-51A0-4397-8E51-0B950BC3F4CA}"/>
+    <hyperlink ref="A330" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77116" xr:uid="{F1A97ADC-2933-4945-B113-A5FFA9BF55AE}"/>
+    <hyperlink ref="A331" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{ECF15BA5-9A82-4DB3-93BD-4D70085421CF}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{359B7D27-DCFA-4CF6-8551-578905CDC58C}">
-  <dimension ref="A1:L3"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B2CE988-6FA7-48C6-977A-A16B9EBCC56A}">
+  <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.44140625" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="9.33203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20.5546875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="21.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="52.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.5546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.5546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:12" s="3" customFormat="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>242</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>243</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>244</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>245</v>
       </c>
       <c r="F2" s="6" t="s">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="G2" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="3" spans="1:12" s="8" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G3" s="12">
+    <row r="3" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G3" s="7">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="4" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="7">
         <v>45473</v>
       </c>
-      <c r="H3" s="13"/>
-[...3 lines deleted...]
-      <c r="L3" s="13"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44826" xr:uid="{478BA74C-E801-44CB-A4C4-84DAFD0D8528}"/>
-    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{F5D28C04-5B08-4060-BD7F-B121CD62BA72}"/>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44826" xr:uid="{80D51596-0221-4ED5-ABD4-A989C8DD1F06}"/>
+    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45389" xr:uid="{50D4C18A-26A3-4F15-85DC-4922608F0E99}"/>
+    <hyperlink ref="A4" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{A2A41C0C-1216-4C49-9B2D-F210DE718B14}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>CRRA-Certified</vt:lpstr>
-      <vt:lpstr>CRRA-Expired &amp; Inactive</vt:lpstr>
-      <vt:lpstr>CRRA-Ethics</vt:lpstr>
+      <vt:lpstr>CRRA-Inactive &amp; Expired</vt:lpstr>
+      <vt:lpstr>CRRA-Ethical</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Credential Roster</dc:title>
   <dc:creator>Aunalatice Moore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>