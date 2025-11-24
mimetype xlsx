--- v1 (2025-11-01)
+++ v2 (2025-11-24)
@@ -1,160 +1,148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Auna\CRRA 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{874388A4-2CF5-469A-AE45-3F16736F1A6A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{74E607FA-0870-444C-BAF5-8A729AFA7C34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{B539E8AD-1A3A-4C5E-9CA8-B7B48042260D}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1355BDD7-7852-4641-8106-22C9A5FACD9F}"/>
   </bookViews>
   <sheets>
     <sheet name="CRRA-Certified" sheetId="2" r:id="rId1"/>
-    <sheet name="CRRA-Inactive &amp; Expired" sheetId="3" r:id="rId2"/>
-    <sheet name="CRRA-Ethical" sheetId="4" r:id="rId3"/>
+    <sheet name="CRRA-Expired and Inactive" sheetId="3" r:id="rId2"/>
+    <sheet name="CRRA-Ethics" sheetId="4" r:id="rId3"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4379" uniqueCount="2219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4395" uniqueCount="2228">
   <si>
     <t>Credential Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>CredentialType</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Contact Email</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Expiration Date</t>
   </si>
   <si>
     <t>CRRA. - Certified Recovery Residence Administrator</t>
   </si>
   <si>
+    <t>CERTIFIED</t>
+  </si>
+  <si>
+    <t>Duval</t>
+  </si>
+  <si>
     <t>EXPIRED</t>
   </si>
   <si>
     <t>Palm Beach</t>
   </si>
   <si>
     <t>Broward</t>
   </si>
   <si>
     <t>Lake</t>
   </si>
   <si>
     <t>istudymedicalforfun@gmail.com</t>
   </si>
   <si>
     <t>Osceola</t>
   </si>
   <si>
-    <t>Duval</t>
-[...1 lines deleted...]
-  <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Miami-Dade</t>
   </si>
   <si>
     <t>Flagler</t>
   </si>
   <si>
     <t>HillsBorough</t>
   </si>
   <si>
     <t>Pinellas</t>
   </si>
   <si>
     <t>Volusia</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100000 </t>
   </si>
   <si>
-    <t>CERTIFIED</t>
-[...1 lines deleted...]
-  <si>
     <t>Sburnscarter@gmail.com</t>
   </si>
   <si>
-    <t xml:space="preserve">CRRA.0100001 </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100002 </t>
   </si>
   <si>
     <t>llrichmond@yahoo.com</t>
   </si>
   <si>
     <t>Seminole</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100003 </t>
   </si>
   <si>
     <t>josephwgagliardo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100004 </t>
   </si>
   <si>
     <t>INACTIVE</t>
   </si>
   <si>
     <t>anesvik@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100005 </t>
@@ -5373,1366 +5361,1402 @@
   <si>
     <t>tocovia.whipple82@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100760 </t>
   </si>
   <si>
     <t>Laurenes1002@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100761 </t>
   </si>
   <si>
     <t>chad@recoveryrxcorp.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100762.P </t>
   </si>
   <si>
     <t>Clark Kent</t>
   </si>
   <si>
     <t>amoore@flcertificationboard.org</t>
   </si>
   <si>
-    <t xml:space="preserve"> Joseph Gagliardo</t>
-[...1307 lines deleted...]
-    <t xml:space="preserve"> KareLin S. Ellis</t>
+    <t xml:space="preserve">CRRA.0100763 </t>
+  </si>
+  <si>
+    <t>Leon Fairfield</t>
+  </si>
+  <si>
+    <t>leonf@dlcenters.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100764 </t>
+  </si>
+  <si>
+    <t>acecooper66@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100765 </t>
+  </si>
+  <si>
+    <t>kerchevellawallace@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100766 </t>
+  </si>
+  <si>
+    <t>garrettianlevin86@gmail.com</t>
+  </si>
+  <si>
+    <t>Joseph Gagliardo</t>
+  </si>
+  <si>
+    <t>Craig Allen Nesvik Sr</t>
+  </si>
+  <si>
+    <t>Christopher George Ege</t>
+  </si>
+  <si>
+    <t>George Albert Jahn</t>
+  </si>
+  <si>
+    <t>Javier Costa</t>
+  </si>
+  <si>
+    <t>Kevin B Schmidt</t>
+  </si>
+  <si>
+    <t>Michael Ian Ossip</t>
+  </si>
+  <si>
+    <t>William R Atkinson</t>
+  </si>
+  <si>
+    <t>Andrew Parker</t>
+  </si>
+  <si>
+    <t>Jason Allen Leslie</t>
+  </si>
+  <si>
+    <t>Benjamin R Bueno</t>
+  </si>
+  <si>
+    <t>Andrew Haynes Young</t>
+  </si>
+  <si>
+    <t>Joseph J Giuliano Giuliano</t>
+  </si>
+  <si>
+    <t>Devin Buoniello</t>
+  </si>
+  <si>
+    <t>Jack Chappell</t>
+  </si>
+  <si>
+    <t>Alejandro L Castillo</t>
+  </si>
+  <si>
+    <t>William D Niemi</t>
+  </si>
+  <si>
+    <t>Michael Aulbach</t>
+  </si>
+  <si>
+    <t>Brian P Greenblott</t>
+  </si>
+  <si>
+    <t>Christopher Pasquale</t>
+  </si>
+  <si>
+    <t>Philip M Chamness</t>
+  </si>
+  <si>
+    <t>Neill M Timmons Jr.</t>
+  </si>
+  <si>
+    <t>Harry Rentas Sr</t>
+  </si>
+  <si>
+    <t>Michael J Calderin</t>
+  </si>
+  <si>
+    <t>Jacob Hillman</t>
+  </si>
+  <si>
+    <t>Patrick J Slattery</t>
+  </si>
+  <si>
+    <t>Melvin E. Clark III</t>
+  </si>
+  <si>
+    <t>Jeffrey A Gandelman</t>
+  </si>
+  <si>
+    <t>Philip J Huml</t>
+  </si>
+  <si>
+    <t>Frank J Seidl</t>
+  </si>
+  <si>
+    <t>Michael A Kirk</t>
+  </si>
+  <si>
+    <t>Ahmad A. Bryant</t>
+  </si>
+  <si>
+    <t>Alan R. Buchanan</t>
+  </si>
+  <si>
+    <t>Sean A Wilcox</t>
+  </si>
+  <si>
+    <t>Kyle Welshman</t>
+  </si>
+  <si>
+    <t>Brett Lieberman</t>
+  </si>
+  <si>
+    <t>David M Mitchell</t>
+  </si>
+  <si>
+    <t>Thomas A Matthews</t>
+  </si>
+  <si>
+    <t>Todd C Morongell</t>
+  </si>
+  <si>
+    <t>Evan Jarschauer</t>
+  </si>
+  <si>
+    <t>John W Chamberlain</t>
+  </si>
+  <si>
+    <t>Neal Cooke</t>
+  </si>
+  <si>
+    <t>Alec J Sperduto</t>
+  </si>
+  <si>
+    <t>Jason J Tunick</t>
+  </si>
+  <si>
+    <t>Lyle R Fried</t>
+  </si>
+  <si>
+    <t>Paul Kevin Sohr</t>
+  </si>
+  <si>
+    <t>Patrick Morris</t>
+  </si>
+  <si>
+    <t>Evan M. Kaiser</t>
+  </si>
+  <si>
+    <t>Theodore Beddoe</t>
+  </si>
+  <si>
+    <t>Jonathan Belolo</t>
+  </si>
+  <si>
+    <t>Patrick F Ronan Ronan</t>
+  </si>
+  <si>
+    <t>Thomas M Mouracade</t>
+  </si>
+  <si>
+    <t>Brett M D'Aoust</t>
+  </si>
+  <si>
+    <t>Jaime Torres</t>
+  </si>
+  <si>
+    <t>Arthur Laflamme</t>
+  </si>
+  <si>
+    <t>Edward Troy Nielsen</t>
+  </si>
+  <si>
+    <t>Matthew J Cutrupi</t>
+  </si>
+  <si>
+    <t>Patrick Dolan</t>
+  </si>
+  <si>
+    <t>Lee W Mayer</t>
+  </si>
+  <si>
+    <t>Andrew J Michie</t>
+  </si>
+  <si>
+    <t>William Raucci</t>
+  </si>
+  <si>
+    <t>Robert Raab</t>
+  </si>
+  <si>
+    <t>Trenton P Hovey</t>
+  </si>
+  <si>
+    <t>Ray G Steadman Jr</t>
+  </si>
+  <si>
+    <t>David M Jackson</t>
+  </si>
+  <si>
+    <t>William Joyce</t>
+  </si>
+  <si>
+    <t>Kenneth G DeBaun</t>
+  </si>
+  <si>
+    <t>John Park</t>
+  </si>
+  <si>
+    <t>Raphael Sierra</t>
+  </si>
+  <si>
+    <t>Mark W LaMadeleine</t>
+  </si>
+  <si>
+    <t>Joseph D Anastasio</t>
+  </si>
+  <si>
+    <t>Thomas Peter Bonovitch</t>
+  </si>
+  <si>
+    <t>John J Binns</t>
+  </si>
+  <si>
+    <t>Vence A Monlyn</t>
+  </si>
+  <si>
+    <t>Raymond Roy Rapaglia</t>
+  </si>
+  <si>
+    <t>Dennis Kolsch II</t>
+  </si>
+  <si>
+    <t>Michael Alan Gordon</t>
+  </si>
+  <si>
+    <t>Jeffrey E Jaskiel</t>
+  </si>
+  <si>
+    <t>Ross Alan Donahue</t>
+  </si>
+  <si>
+    <t>Kenneth Larry Johnson</t>
+  </si>
+  <si>
+    <t>Igor Soldatov</t>
+  </si>
+  <si>
+    <t>Ryan Quigley</t>
+  </si>
+  <si>
+    <t>Timothy Michael O'Connell</t>
+  </si>
+  <si>
+    <t>Carl Edward Smith Jr.</t>
+  </si>
+  <si>
+    <t>Kurt Richard Raatz</t>
+  </si>
+  <si>
+    <t>Paul F Fisher</t>
+  </si>
+  <si>
+    <t>William Donald Soutar</t>
+  </si>
+  <si>
+    <t>Joseph P Hansel</t>
+  </si>
+  <si>
+    <t>Richard Kleinhans</t>
+  </si>
+  <si>
+    <t>Alvise V Pugliese</t>
+  </si>
+  <si>
+    <t>Shayne Sundholm</t>
+  </si>
+  <si>
+    <t>William T Kovach</t>
+  </si>
+  <si>
+    <t>David Adams Cox</t>
+  </si>
+  <si>
+    <t>Lonny A Mead Mead</t>
+  </si>
+  <si>
+    <t>Ramon A Hooper III</t>
+  </si>
+  <si>
+    <t>Nicholas James Conti</t>
+  </si>
+  <si>
+    <t>John Marika</t>
+  </si>
+  <si>
+    <t>Jeffrey J Tucker</t>
+  </si>
+  <si>
+    <t>Kyle S Diehl</t>
+  </si>
+  <si>
+    <t>Donald Alan Ford</t>
+  </si>
+  <si>
+    <t>Martin Thomas Waddington</t>
+  </si>
+  <si>
+    <t>John Dudash Rev</t>
+  </si>
+  <si>
+    <t>Michael R Griggs</t>
+  </si>
+  <si>
+    <t>Michael Arthur Flood Flood</t>
+  </si>
+  <si>
+    <t>Jeffrey Robert Irwin</t>
+  </si>
+  <si>
+    <t>Rudolph J Baldoni Jr.</t>
+  </si>
+  <si>
+    <t>William Crocco Crocco</t>
+  </si>
+  <si>
+    <t>Mark Gibson</t>
+  </si>
+  <si>
+    <t>Ronald J Chapman</t>
+  </si>
+  <si>
+    <t>Gerald Patrick Nolan</t>
+  </si>
+  <si>
+    <t>Jose L Ayala</t>
+  </si>
+  <si>
+    <t>Vandy Brisbon</t>
+  </si>
+  <si>
+    <t>Josh M Veal</t>
+  </si>
+  <si>
+    <t>Troy Garr</t>
+  </si>
+  <si>
+    <t>David E Pearce</t>
+  </si>
+  <si>
+    <t>Paul Zilber</t>
+  </si>
+  <si>
+    <t>Donald L Emanuel Jr</t>
+  </si>
+  <si>
+    <t>Michael Cianci</t>
+  </si>
+  <si>
+    <t>Ryan John Potter</t>
+  </si>
+  <si>
+    <t>Paul Apanowicz</t>
+  </si>
+  <si>
+    <t>Kanan S Hobbs</t>
+  </si>
+  <si>
+    <t>Taylor Dodge</t>
+  </si>
+  <si>
+    <t>Clint Britton</t>
+  </si>
+  <si>
+    <t>Robert W Bigelow</t>
+  </si>
+  <si>
+    <t>Michael D Palumbo</t>
+  </si>
+  <si>
+    <t>Samuel Beer</t>
+  </si>
+  <si>
+    <t>Theodore M Monticello</t>
+  </si>
+  <si>
+    <t>Ronnie Nelson Hanley</t>
+  </si>
+  <si>
+    <t>Richard J White Jr</t>
+  </si>
+  <si>
+    <t>Michael Manuel Cabot</t>
+  </si>
+  <si>
+    <t>Cory David Halpern</t>
+  </si>
+  <si>
+    <t>Kyle T Harper</t>
+  </si>
+  <si>
+    <t>Justin McCue</t>
+  </si>
+  <si>
+    <t>Sean Barr</t>
+  </si>
+  <si>
+    <t>Tyrone A Cowell Sr</t>
+  </si>
+  <si>
+    <t>Robert Negron Jr</t>
+  </si>
+  <si>
+    <t>Donald Barnhart</t>
+  </si>
+  <si>
+    <t>Garry N Trout</t>
+  </si>
+  <si>
+    <t>David Stein</t>
+  </si>
+  <si>
+    <t>Phillip Ralph Peters</t>
+  </si>
+  <si>
+    <t>Tory Perfetti</t>
+  </si>
+  <si>
+    <t>John C Cunningham</t>
+  </si>
+  <si>
+    <t>Chrysley D Schroeder Jr</t>
+  </si>
+  <si>
+    <t>Thomas Santomauro</t>
+  </si>
+  <si>
+    <t>Thomas Beyer</t>
+  </si>
+  <si>
+    <t>Joseph C Batchelor Iv</t>
+  </si>
+  <si>
+    <t>Steven Bernard Williams</t>
+  </si>
+  <si>
+    <t>Curtis S Reeves</t>
+  </si>
+  <si>
+    <t>Steven G Farnsworth</t>
+  </si>
+  <si>
+    <t>Mark A Santosuosso</t>
+  </si>
+  <si>
+    <t>Ashneil S Soni</t>
+  </si>
+  <si>
+    <t>Justin Kalel Baksh</t>
+  </si>
+  <si>
+    <t>Kurt Allen</t>
+  </si>
+  <si>
+    <t>Ryan Mauthe</t>
+  </si>
+  <si>
+    <t>James F Slattery II</t>
+  </si>
+  <si>
+    <t>Robert J Smith III</t>
+  </si>
+  <si>
+    <t>Logan W Chamberlin</t>
+  </si>
+  <si>
+    <t>Robert Klee Rebban</t>
+  </si>
+  <si>
+    <t>Mark Douglas McInnes</t>
+  </si>
+  <si>
+    <t>George Reynolds</t>
+  </si>
+  <si>
+    <t>George Morris</t>
+  </si>
+  <si>
+    <t>Robert Hofmann</t>
+  </si>
+  <si>
+    <t>Austin Patrick Mckenna</t>
+  </si>
+  <si>
+    <t>Andrew J Canny</t>
+  </si>
+  <si>
+    <t>John Nash Pakel</t>
+  </si>
+  <si>
+    <t>David Wayne Smith</t>
+  </si>
+  <si>
+    <t>Dale Garth Gibson</t>
+  </si>
+  <si>
+    <t>James E Findlay</t>
+  </si>
+  <si>
+    <t>Adam Kurisko</t>
+  </si>
+  <si>
+    <t>Anthony Barcelona Jr.</t>
+  </si>
+  <si>
+    <t>Nicholas Howard Ferriell</t>
+  </si>
+  <si>
+    <t>Lizardo A Velarde</t>
+  </si>
+  <si>
+    <t>Robert Joseph Gray</t>
+  </si>
+  <si>
+    <t>Scott Jaworski</t>
+  </si>
+  <si>
+    <t>Travis E McAllister</t>
+  </si>
+  <si>
+    <t>John Michael Cogelia</t>
+  </si>
+  <si>
+    <t>Brett Harrison</t>
+  </si>
+  <si>
+    <t>Logan Hamilton Finnecy</t>
+  </si>
+  <si>
+    <t>Derek Andrew McBryde</t>
+  </si>
+  <si>
+    <t>Colin Daniel Keffner</t>
+  </si>
+  <si>
+    <t>Keith Nelson</t>
+  </si>
+  <si>
+    <t>Naftali Horowitz</t>
+  </si>
+  <si>
+    <t>Eric Cole Young</t>
+  </si>
+  <si>
+    <t>Jerry Sorani</t>
+  </si>
+  <si>
+    <t>Troy Lee Russell</t>
+  </si>
+  <si>
+    <t>Kid Quick</t>
+  </si>
+  <si>
+    <t>Rodin Calderon</t>
+  </si>
+  <si>
+    <t>Robert C Baxter III</t>
+  </si>
+  <si>
+    <t>Richard Belair</t>
+  </si>
+  <si>
+    <t>Jonathan Charles Pershing Brenner</t>
+  </si>
+  <si>
+    <t>Jeremy Mayfield</t>
+  </si>
+  <si>
+    <t>Samuel Lucas Guggenheim-Locksley</t>
+  </si>
+  <si>
+    <t>Rasheed Carlisle Farquharson</t>
+  </si>
+  <si>
+    <t>Richard Mintz</t>
+  </si>
+  <si>
+    <t>Raul Maurice</t>
+  </si>
+  <si>
+    <t>Harold Edward Arnold Jr</t>
+  </si>
+  <si>
+    <t>Stephen Joseph Brennan</t>
+  </si>
+  <si>
+    <t>Frank Hernandez</t>
+  </si>
+  <si>
+    <t>David Cason</t>
+  </si>
+  <si>
+    <t>Aharon Cohen</t>
+  </si>
+  <si>
+    <t>Alexander Tate</t>
+  </si>
+  <si>
+    <t>David Wise</t>
+  </si>
+  <si>
+    <t>Jason Wade Bowen</t>
+  </si>
+  <si>
+    <t>David Bryan Oppenheim</t>
+  </si>
+  <si>
+    <t>Glen Grechika</t>
+  </si>
+  <si>
+    <t>John Johnston</t>
+  </si>
+  <si>
+    <t>Joshua John Mitarnowski</t>
+  </si>
+  <si>
+    <t>Rafael Antonio Correa</t>
+  </si>
+  <si>
+    <t>John King</t>
+  </si>
+  <si>
+    <t>Eric Rivas</t>
+  </si>
+  <si>
+    <t>William D Rochler</t>
+  </si>
+  <si>
+    <t>Jason David Milos</t>
+  </si>
+  <si>
+    <t>Dustin Johnson</t>
+  </si>
+  <si>
+    <t>Harry Balsamo</t>
+  </si>
+  <si>
+    <t>James C Bothe</t>
+  </si>
+  <si>
+    <t>Chad Belger</t>
+  </si>
+  <si>
+    <t>Harold Ace Cooper</t>
+  </si>
+  <si>
+    <t>Garrett Ian Levin</t>
+  </si>
+  <si>
+    <t>Daniela Riccelli</t>
+  </si>
+  <si>
+    <t>Renee Noel</t>
+  </si>
+  <si>
+    <t>Chasity Fortham</t>
+  </si>
+  <si>
+    <t>KareLin S. Ellis</t>
+  </si>
+  <si>
+    <t>Brenda Aulbach</t>
+  </si>
+  <si>
+    <t>Susan Tembeck Riccardi</t>
+  </si>
+  <si>
+    <t>Phoebe A Maisto</t>
+  </si>
+  <si>
+    <t>Jessica Leavins</t>
+  </si>
+  <si>
+    <t>Michelle A. Fyfe</t>
+  </si>
+  <si>
+    <t>Allyson Marie Ward</t>
+  </si>
+  <si>
+    <t>Phyllis Renee Reddy-Haley</t>
+  </si>
+  <si>
+    <t>Safiyah Rubyellen Davis-Rosario</t>
+  </si>
+  <si>
+    <t>Yenisse C Gonzalez</t>
+  </si>
+  <si>
+    <t>Rose Martine Young</t>
+  </si>
+  <si>
+    <t>Melissa A Torres</t>
+  </si>
+  <si>
+    <t>Beverly O Womack</t>
+  </si>
+  <si>
+    <t>Alishia Timmons</t>
+  </si>
+  <si>
+    <t>Cori N Mastapasco-Baiza</t>
+  </si>
+  <si>
+    <t>Samantha VanSant Hewett</t>
+  </si>
+  <si>
+    <t>Madelin Vargas</t>
+  </si>
+  <si>
+    <t>Kirstin Smith</t>
+  </si>
+  <si>
+    <t>Dee Bee Cox</t>
+  </si>
+  <si>
+    <t>Elizabeth Jane McDowell</t>
+  </si>
+  <si>
+    <t>Jordan Cairns</t>
+  </si>
+  <si>
+    <t>Takeisha Nichole Stewart</t>
+  </si>
+  <si>
+    <t>Kelly Pitts</t>
+  </si>
+  <si>
+    <t>Iryna Bergstrom</t>
+  </si>
+  <si>
+    <t>Tracy M StJohn-Durkin</t>
+  </si>
+  <si>
+    <t>Doris A Carroll</t>
+  </si>
+  <si>
+    <t>Lilian Pontillo</t>
+  </si>
+  <si>
+    <t>Shannon L Rogan</t>
+  </si>
+  <si>
+    <t>Andrea L Raab</t>
+  </si>
+  <si>
+    <t>Angela Dawn Eschbach</t>
+  </si>
+  <si>
+    <t>Rebecca L Booth</t>
+  </si>
+  <si>
+    <t>Kenea B Brittle</t>
+  </si>
+  <si>
+    <t>Melissa Kimball Lucas</t>
+  </si>
+  <si>
+    <t>Cathy A Claud</t>
+  </si>
+  <si>
+    <t>Samantha M Hovey</t>
+  </si>
+  <si>
+    <t>Dawn D Jonas</t>
+  </si>
+  <si>
+    <t>Rebekah Austin Cotton Kerr</t>
+  </si>
+  <si>
+    <t>Tracey V Castillo</t>
+  </si>
+  <si>
+    <t>Theresa R Tripucka</t>
+  </si>
+  <si>
+    <t>Patricia Spango</t>
+  </si>
+  <si>
+    <t>Michelle Quinton</t>
+  </si>
+  <si>
+    <t>Stephanie Rachael Martinez</t>
+  </si>
+  <si>
+    <t>Jennifer Lynn Schmitt</t>
+  </si>
+  <si>
+    <t>Ashley Marie Candelmo</t>
+  </si>
+  <si>
+    <t>Margarita Del Carmen Battistini de Lauria</t>
+  </si>
+  <si>
+    <t>Jessica Terranova Cook</t>
+  </si>
+  <si>
+    <t>Desiree D Preston</t>
+  </si>
+  <si>
+    <t>Angela Michelle Cowell</t>
+  </si>
+  <si>
+    <t>Amanda K Reynolds Armstrong</t>
+  </si>
+  <si>
+    <t>Anastasiya Amromin</t>
+  </si>
+  <si>
+    <t>Brooke K Laxton</t>
+  </si>
+  <si>
+    <t>Margaret Baldwin</t>
+  </si>
+  <si>
+    <t>Linda A Barbes Stein</t>
+  </si>
+  <si>
+    <t>Miriam Meneely</t>
+  </si>
+  <si>
+    <t>Brenna Koretsky Pezo</t>
+  </si>
+  <si>
+    <t>Carla A Sweeney</t>
+  </si>
+  <si>
+    <t>Catherine M Cabot</t>
+  </si>
+  <si>
+    <t>Amber T Gilbert</t>
+  </si>
+  <si>
+    <t>Barbara Sue Moody-Holbrook</t>
+  </si>
+  <si>
+    <t>Kathryn Lund</t>
+  </si>
+  <si>
+    <t>Jennifer L McCrackin</t>
+  </si>
+  <si>
+    <t>Michelle A Cutrera</t>
+  </si>
+  <si>
+    <t>Lauren M. Schreck</t>
+  </si>
+  <si>
+    <t>Laura B Molino</t>
+  </si>
+  <si>
+    <t>Virginia Grier Noyes</t>
+  </si>
+  <si>
+    <t>Tamara Kurfiss</t>
+  </si>
+  <si>
+    <t>Holly Hope Hermida-Lopez</t>
+  </si>
+  <si>
+    <t>Millicent N Huser</t>
+  </si>
+  <si>
+    <t>Elisea Fenster</t>
+  </si>
+  <si>
+    <t>Barbara Nicole Gudz</t>
+  </si>
+  <si>
+    <t>Meredith Belger</t>
+  </si>
+  <si>
+    <t>Mary Elizabeth Thierry</t>
+  </si>
+  <si>
+    <t>Linda Eve Welborn</t>
+  </si>
+  <si>
+    <t>Monay Link</t>
+  </si>
+  <si>
+    <t>Andrea Schrader</t>
+  </si>
+  <si>
+    <t>Cassandra Voller</t>
+  </si>
+  <si>
+    <t>Kari Muñoz</t>
+  </si>
+  <si>
+    <t>Juliette Rossi</t>
+  </si>
+  <si>
+    <t>Tarik Nicole Mollineau</t>
+  </si>
+  <si>
+    <t>Sherley Dort</t>
+  </si>
+  <si>
+    <t>Diann M Drossos</t>
+  </si>
+  <si>
+    <t>Rachel Gay</t>
+  </si>
+  <si>
+    <t>Margaret Muchugu</t>
+  </si>
+  <si>
+    <t>Tocovia C Whipple</t>
+  </si>
+  <si>
+    <t>Kerchevella Tanaye Wiley</t>
+  </si>
+  <si>
+    <t>Sharon Burns-Carter</t>
+  </si>
+  <si>
+    <t>Lashawnda L Richmond</t>
+  </si>
+  <si>
+    <t>Stephanie Mordes</t>
+  </si>
+  <si>
+    <t>Rebecca Barrett Gaines</t>
+  </si>
+  <si>
+    <t>Gina Metrano</t>
+  </si>
+  <si>
+    <t>Cynthia L. Crouch</t>
+  </si>
+  <si>
+    <t>Nicole Sauvola-Lamay</t>
+  </si>
+  <si>
+    <t>Maria Jackson Freeman</t>
+  </si>
+  <si>
+    <t>Sarah R Sacks</t>
+  </si>
+  <si>
+    <t>Kimberly R Jackson</t>
+  </si>
+  <si>
+    <t>Juanita L Hunt</t>
+  </si>
+  <si>
+    <t>Mildred Tennessee</t>
+  </si>
+  <si>
+    <t>Samantha Garabed</t>
+  </si>
+  <si>
+    <t>Rachel M Utano</t>
+  </si>
+  <si>
+    <t>Maxine W Dooley</t>
+  </si>
+  <si>
+    <t>Grace Marquez</t>
+  </si>
+  <si>
+    <t>Reshma Harilal</t>
+  </si>
+  <si>
+    <t>Jane Pendleton Causey</t>
+  </si>
+  <si>
+    <t>Christi P Adams Ed.S.</t>
+  </si>
+  <si>
+    <t>Rebecca Hoeft Christiansen</t>
+  </si>
+  <si>
+    <t>Rosemary A. Boisvert</t>
+  </si>
+  <si>
+    <t>Susanne O Makenian</t>
+  </si>
+  <si>
+    <t>Catherine Hamilton</t>
+  </si>
+  <si>
+    <t>Sarah B Gentry</t>
+  </si>
+  <si>
+    <t>Susan E Glasscock</t>
+  </si>
+  <si>
+    <t>Kari-Anne Spiller</t>
+  </si>
+  <si>
+    <t>Kimberlee A Burgess</t>
+  </si>
+  <si>
+    <t>Hana Young</t>
+  </si>
+  <si>
+    <t>Debra E Strand</t>
+  </si>
+  <si>
+    <t>Carol A. Parks Mba, Ms</t>
+  </si>
+  <si>
+    <t>Angela Luna</t>
+  </si>
+  <si>
+    <t>Deanna Michelle Soprito</t>
+  </si>
+  <si>
+    <t>Gidget L Burke</t>
+  </si>
+  <si>
+    <t>Helene S Ryan</t>
+  </si>
+  <si>
+    <t>Cynthia Renee Lee</t>
+  </si>
+  <si>
+    <t>Molly Groo</t>
+  </si>
+  <si>
+    <t>Ariana Raub</t>
+  </si>
+  <si>
+    <t>Whitney Lehman</t>
+  </si>
+  <si>
+    <t>Docus L Sampa</t>
+  </si>
+  <si>
+    <t>Lisa Anne Sax</t>
+  </si>
+  <si>
+    <t>Ashanti R Wilson</t>
+  </si>
+  <si>
+    <t>Lindsey C McKeown</t>
+  </si>
+  <si>
+    <t>Carla J Anastasio</t>
+  </si>
+  <si>
+    <t>Brenda Kay Kinman</t>
+  </si>
+  <si>
+    <t>Jacqueline C Shay</t>
+  </si>
+  <si>
+    <t>Dana Alyce Herrera</t>
+  </si>
+  <si>
+    <t>Kelly Ann Miller</t>
+  </si>
+  <si>
+    <t>Vanester Jones</t>
+  </si>
+  <si>
+    <t>Renee Yvette</t>
+  </si>
+  <si>
+    <t>Marialuisa Luisa Way</t>
+  </si>
+  <si>
+    <t>Marguerite D Ballard</t>
+  </si>
+  <si>
+    <t>Brittany Ringersen</t>
+  </si>
+  <si>
+    <t>Lexie L Woods</t>
+  </si>
+  <si>
+    <t>Tara M Cannon</t>
+  </si>
+  <si>
+    <t>Amy Elizabeth Cooper</t>
+  </si>
+  <si>
+    <t>Jennifer Rae Hunt</t>
+  </si>
+  <si>
+    <t>Nancy Susan Williamson</t>
+  </si>
+  <si>
+    <t>Debra Ann Organo</t>
+  </si>
+  <si>
+    <t>Kelly L Hubbard</t>
+  </si>
+  <si>
+    <t>Teleauba Y. Revels</t>
+  </si>
+  <si>
+    <t>Deborah Furman Coleman</t>
+  </si>
+  <si>
+    <t>Claudia R Rodrigues</t>
+  </si>
+  <si>
+    <t>Julia Arrendell</t>
+  </si>
+  <si>
+    <t>Maydean Yates</t>
+  </si>
+  <si>
+    <t>Jennifer Leigh Mobley</t>
+  </si>
+  <si>
+    <t>Marilyn Thomas</t>
+  </si>
+  <si>
+    <t>Alaina C Edwards</t>
+  </si>
+  <si>
+    <t>Karen F Berk</t>
+  </si>
+  <si>
+    <t>Joanna M. Painton-Hathaway</t>
+  </si>
+  <si>
+    <t>Leticia Ferraro</t>
+  </si>
+  <si>
+    <t>Michelle A Price</t>
+  </si>
+  <si>
+    <t>Angelique R Hofacre</t>
+  </si>
+  <si>
+    <t>Connie Davis Belcher</t>
+  </si>
+  <si>
+    <t>Reagan F Bender</t>
+  </si>
+  <si>
+    <t>Katrina L Chase</t>
+  </si>
+  <si>
+    <t>Chelle C Selph</t>
+  </si>
+  <si>
+    <t>Sonya Marie Crudup</t>
+  </si>
+  <si>
+    <t>Megan Deane</t>
+  </si>
+  <si>
+    <t>Barbie J Thrower</t>
+  </si>
+  <si>
+    <t>Amanda L Hubbard Hubbard</t>
+  </si>
+  <si>
+    <t>Terry A Morris</t>
+  </si>
+  <si>
+    <t>Julia Deitchman</t>
+  </si>
+  <si>
+    <t>Rachel Tea</t>
+  </si>
+  <si>
+    <t>Erica L Cadavid</t>
+  </si>
+  <si>
+    <t>Kathryn Del Guidice</t>
+  </si>
+  <si>
+    <t>April L Young</t>
+  </si>
+  <si>
+    <t>Stephanie Sheiner</t>
+  </si>
+  <si>
+    <t>Patricia E. Jones</t>
+  </si>
+  <si>
+    <t>Linda M. Pyz</t>
+  </si>
+  <si>
+    <t>Ashley Janell Zeilic</t>
+  </si>
+  <si>
+    <t>Janet Lee Johnson</t>
+  </si>
+  <si>
+    <t>Heather Eckert</t>
+  </si>
+  <si>
+    <t>Sandra M Barnett</t>
+  </si>
+  <si>
+    <t>Sauda P Harris</t>
+  </si>
+  <si>
+    <t>Courtney Creese</t>
+  </si>
+  <si>
+    <t>Brittany Booth</t>
+  </si>
+  <si>
+    <t>Kimberly Gay</t>
+  </si>
+  <si>
+    <t>Veronica Nese</t>
+  </si>
+  <si>
+    <t>Bonnie Ann Rettka</t>
+  </si>
+  <si>
+    <t>Erica Ann Helms</t>
+  </si>
+  <si>
+    <t>Cailyn Finger</t>
+  </si>
+  <si>
+    <t>Emily Nicole Reyes</t>
+  </si>
+  <si>
+    <t>Taylor Jean Cate</t>
+  </si>
+  <si>
+    <t>Jacqueline Gabriele</t>
+  </si>
+  <si>
+    <t>Mariam Olson</t>
+  </si>
+  <si>
+    <t>Ashley Regan</t>
+  </si>
+  <si>
+    <t>Toy L Hines</t>
+  </si>
+  <si>
+    <t>Jennifer Kay Brown</t>
+  </si>
+  <si>
+    <t>Lisa J Schnabel</t>
+  </si>
+  <si>
+    <t>Victoria Lynn Bartle</t>
+  </si>
+  <si>
+    <t>Dawn Lynn Goldy-Haviland</t>
+  </si>
+  <si>
+    <t>Chelsea Lee Long</t>
+  </si>
+  <si>
+    <t>Debra D Lewis</t>
+  </si>
+  <si>
+    <t>Brittany N Leach</t>
+  </si>
+  <si>
+    <t>Melissa Holly Manzone</t>
+  </si>
+  <si>
+    <t>Venique D Wilson</t>
+  </si>
+  <si>
+    <t>Sylvetta Mosley</t>
+  </si>
+  <si>
+    <t>Sarah Noel York</t>
+  </si>
+  <si>
+    <t>Vanessa Aboud</t>
+  </si>
+  <si>
+    <t>Shatril Harris</t>
+  </si>
+  <si>
+    <t>Carissa Ashley Kowal</t>
+  </si>
+  <si>
+    <t>Brenda Rene Morrow</t>
+  </si>
+  <si>
+    <t>Imani Nia Turner</t>
+  </si>
+  <si>
+    <t>Julie Deluca</t>
+  </si>
+  <si>
+    <t>Sherry Lee Niemeier</t>
+  </si>
+  <si>
+    <t>Laurie O'Connor</t>
+  </si>
+  <si>
+    <t>Haylei Brooke Grand</t>
+  </si>
+  <si>
+    <t>Christina Reyes</t>
+  </si>
+  <si>
+    <t>Stephanie Ann Susu</t>
+  </si>
+  <si>
+    <t>Krista Lynn Winters</t>
+  </si>
+  <si>
+    <t>Heidi L Matheny</t>
+  </si>
+  <si>
+    <t>Julnyca Cadet</t>
+  </si>
+  <si>
+    <t>Pamela Ann Dixon</t>
+  </si>
+  <si>
+    <t>Lauren Elizabeth Simms</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="22" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -6825,73 +6849,85 @@
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="7"/>
+      <sz val="8"/>
       <color rgb="FF0000BF"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-      <sz val="12"/>
+      <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
       <color rgb="FF0000BF"/>
+      <name val="Aptos"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
@@ -7222,71 +7258,74 @@
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="19" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="33" borderId="10" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="33" borderId="10" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="20" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="23" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
@@ -7629,17691 +7668,17758 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83977" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83666" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73625" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84676" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84361" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85846" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83233" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77461" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74801" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83977" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83666" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73625" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84676" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84361" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85846" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80680" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84705" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84879" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83233" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77461" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44372" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45389" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44826" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7633A366-A35D-4BCC-B0FD-6F39BF47350C}">
-  <dimension ref="A1:G397"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18221F87-BA47-4890-9C02-C7AB6F9C487D}">
+  <dimension ref="A1:G401"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A374" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A375" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.33203125" style="3" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.88671875" style="3"/>
+    <col min="1" max="1" width="20" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="34.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="50.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="24.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="33.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="4" t="s">
+    <row r="2" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>2095</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="G3" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="G4" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>1790</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>1792</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G10" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>1795</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>2014</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>2096</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="2" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>1802</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="G22" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G23" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>2098</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>1804</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>2099</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>1808</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G31" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G33" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>2100</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>1811</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>2101</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="G38" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>2017</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="F41" s="7"/>
+      <c r="G41" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>1816</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G42" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>2105</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>2106</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>2108</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="G50" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>2021</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G52" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>1820</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>370</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>1823</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="G57" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G60" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G61" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G62" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G64" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>2113</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>2026</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G71" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E72" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="G73" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>2031</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>1832</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G80" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>2118</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>571</v>
+      </c>
+      <c r="G83" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>2034</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>610</v>
+      </c>
+      <c r="G88" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>2119</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="5" t="s">
+        <v>642</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>2121</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G91" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>1838</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G94" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="F95" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G95" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>699</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G96" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G97" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>2036</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="F99" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G99" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G100" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C101" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G101" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G102" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="5" t="s">
+        <v>765</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="F103" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G103" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>774</v>
+      </c>
+      <c r="F104" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="F105" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="F106" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G106" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>801</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="F107" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="G107" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="F108" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G108" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="F109" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G109" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>835</v>
+      </c>
+      <c r="F111" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>840</v>
+      </c>
+      <c r="F112" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="G112" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>850</v>
+      </c>
+      <c r="F113" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>852</v>
+      </c>
+      <c r="F114" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G114" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>859</v>
+      </c>
+      <c r="F115" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G115" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>864</v>
+      </c>
+      <c r="F116" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>866</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>867</v>
+      </c>
+      <c r="F117" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G117" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="B118" s="6" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="F118" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="F119" s="7"/>
+      <c r="G119" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>2042</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="F120" s="7" t="s">
+        <v>877</v>
+      </c>
+      <c r="G120" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>882</v>
+      </c>
+      <c r="F121" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G121" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>1856</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="F122" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>888</v>
+      </c>
+      <c r="F123" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G123" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>890</v>
+      </c>
+      <c r="F124" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="B125" s="6" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>894</v>
+      </c>
+      <c r="F125" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="B126" s="6" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>923</v>
+      </c>
+      <c r="F126" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="G126" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="F127" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G127" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>2138</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>935</v>
+      </c>
+      <c r="F128" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>2139</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>946</v>
+      </c>
+      <c r="F129" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G129" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>952</v>
+      </c>
+      <c r="F130" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="G130" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="B131" s="6" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>954</v>
+      </c>
+      <c r="F131" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="G131" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>956</v>
+      </c>
+      <c r="F132" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G132" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="5" t="s">
+        <v>957</v>
+      </c>
+      <c r="B133" s="6" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C133" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>958</v>
+      </c>
+      <c r="F133" s="7" t="s">
+        <v>959</v>
+      </c>
+      <c r="G133" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="F134" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>2046</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>963</v>
+      </c>
+      <c r="F135" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G135" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="5" t="s">
+        <v>967</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>968</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>969</v>
+      </c>
+      <c r="F136" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G136" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="5" t="s">
+        <v>972</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>2142</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>973</v>
+      </c>
+      <c r="F137" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G137" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="B138" s="6" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="F138" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="5" t="s">
+        <v>976</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>1865</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="F139" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="5" t="s">
+        <v>984</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>985</v>
+      </c>
+      <c r="F140" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G140" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="5" t="s">
+        <v>986</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E141" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="F141" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="5" t="s">
+        <v>988</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>989</v>
+      </c>
+      <c r="F142" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G142" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>1868</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="F143" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G143" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="F144" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G144" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="5" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>2144</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F145" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G145" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F146" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="5" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F147" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>1871</v>
+      </c>
+      <c r="C148" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F148" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="5" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C149" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F149" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C150" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F150" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G150" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="5" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C151" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F151" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B152" s="6" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F152" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G152" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="5" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>1875</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F153" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G153" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F154" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G154" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F155" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G155" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C156" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F156" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G156" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="5" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>1876</v>
+      </c>
+      <c r="C157" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D157" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F157" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G157" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C158" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F158" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G158" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F159" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="G159" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>2149</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F160" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G160" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>2150</v>
+      </c>
+      <c r="C161" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F161" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G161" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C162" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F162" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G162" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F163" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="5" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B164" s="6" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F164" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F165" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G165" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F166" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G166" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B167" s="6" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F167" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G167" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="5" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>1881</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F168" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G168" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F169" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G169" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F170" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G170" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="5" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E171" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F171" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G171" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="5" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F172" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G172" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C173" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F173" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="5" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B174" s="6" t="s">
+        <v>2153</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F174" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G174" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="5" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B175" s="6" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C175" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F175" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G175" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B176" s="6" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E176" s="6" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F176" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G176" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B177" s="6" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C177" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F177" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G177" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B178" s="6" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F178" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G178" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B179" s="6" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C179" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F179" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B180" s="6" t="s">
+        <v>1890</v>
+      </c>
+      <c r="C180" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="F180" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G180" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="5" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B181" s="6" t="s">
+        <v>1891</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D181" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F181" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G181" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B182" s="6" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F182" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G182" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="5" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B183" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C183" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F183" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G183" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="5" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B184" s="6" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F184" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B185" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C185" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D185" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F185" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G185" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="5" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B186" s="6" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C186" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D186" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F186" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G186" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="5" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B187" s="6" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C187" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F187" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G187" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="5" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B188" s="6" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F188" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G188" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="5" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B189" s="6" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C189" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E189" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F189" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G189" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B190" s="6" t="s">
+        <v>2155</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D190" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E190" s="6" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F190" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G190" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="5" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B191" s="6" t="s">
+        <v>1900</v>
+      </c>
+      <c r="C191" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D191" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E191" s="6" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F191" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G191" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="5" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D192" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E192" s="6" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F192" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G192" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="5" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B193" s="6" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C193" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D193" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E193" s="6" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F193" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G193" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B194" s="6" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C194" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D194" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E194" s="6" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F194" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="5" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B195" s="6" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C195" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E195" s="6" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F195" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="G195" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="5" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B196" s="6" t="s">
+        <v>2159</v>
+      </c>
+      <c r="C196" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E196" s="6" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F196" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G196" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="5" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B197" s="6" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C197" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F197" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="G197" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="5" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B198" s="6" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C198" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E198" s="6" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F198" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G198" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="5" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B199" s="6" t="s">
+        <v>2160</v>
+      </c>
+      <c r="C199" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E199" s="6" t="s">
+        <v>1243</v>
+      </c>
+      <c r="F199" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G199" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B200" s="6" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C200" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F200" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G200" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="5" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B201" s="6" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C201" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E201" s="6" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F201" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G201" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="5" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B202" s="6" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D202" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E202" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F202" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="5" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B203" s="6" t="s">
+        <v>2163</v>
+      </c>
+      <c r="C203" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D203" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E203" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F203" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B204" s="6" t="s">
+        <v>1905</v>
+      </c>
+      <c r="C204" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E204" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F204" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="G204" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C205" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E205" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F205" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G205" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B206" s="6" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C206" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E206" s="6" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F206" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G206" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B207" s="6" t="s">
+        <v>1906</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E207" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F207" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G207" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="5" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B208" s="6" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E208" s="6" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F208" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B209" s="6" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E209" s="6" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F209" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G209" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B210" s="6" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D210" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E210" s="6" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F210" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="G210" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B211" s="6" t="s">
+        <v>2165</v>
+      </c>
+      <c r="C211" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D211" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E211" s="6" t="s">
+        <v>1286</v>
+      </c>
+      <c r="F211" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G211" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="5" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B212" s="6" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C212" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E212" s="6" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F212" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G212" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="5" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B213" s="6" t="s">
+        <v>2055</v>
+      </c>
+      <c r="C213" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E213" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F213" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G213" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>1912</v>
+      </c>
+      <c r="C214" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E214" s="6" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F214" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G214" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C215" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E215" s="6" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F215" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G215" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E216" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F216" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G216" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="5" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>1914</v>
+      </c>
+      <c r="C217" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E217" s="6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F217" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G217" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C218" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E218" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F218" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G218" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="5" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C219" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E219" s="6" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F219" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G219" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="5" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>2167</v>
+      </c>
+      <c r="C220" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E220" s="6" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F220" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G220" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="5" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B221" s="6" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C221" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D221" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E221" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="F221" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G221" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B222" s="6" t="s">
+        <v>1919</v>
+      </c>
+      <c r="C222" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D222" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E222" s="6" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F222" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G222" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C223" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E223" s="6" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F223" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G223" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B224" s="6" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C224" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D224" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E224" s="6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F224" s="7" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G224" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="5" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D225" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E225" s="6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F225" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G225" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B226" s="6" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C226" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D226" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E226" s="6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F226" s="7" t="s">
+        <v>1339</v>
+      </c>
+      <c r="G226" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B227" s="6" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C227" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D227" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E227" s="6" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F227" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G227" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="5" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B228" s="6" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C228" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D228" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E228" s="6" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F228" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G228" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="5" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B229" s="6" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C229" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D229" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E229" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F229" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G229" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="5" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B230" s="6" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C230" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E230" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F230" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G230" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="5" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B231" s="6" t="s">
+        <v>2173</v>
+      </c>
+      <c r="C231" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E231" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F231" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="G231" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B232" s="6" t="s">
+        <v>2174</v>
+      </c>
+      <c r="C232" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E232" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F232" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G232" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="5" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B233" s="6" t="s">
+        <v>1922</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E233" s="6" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F233" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G233" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B234" s="6" t="s">
+        <v>2175</v>
+      </c>
+      <c r="C234" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D234" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E234" s="6" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F234" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G234" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B235" s="6" t="s">
+        <v>2060</v>
+      </c>
+      <c r="C235" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D235" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E235" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F235" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G235" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="5" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B236" s="6" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C236" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D236" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E236" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F236" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G236" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B237" s="6" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C237" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D237" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E237" s="6" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F237" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G237" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="5" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B238" s="6" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C238" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D238" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E238" s="6" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F238" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G238" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="5" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B239" s="6" t="s">
+        <v>1925</v>
+      </c>
+      <c r="C239" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E239" s="6" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F239" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G239" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="5" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B240" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C240" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D240" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E240" s="6" t="s">
+        <v>1378</v>
+      </c>
+      <c r="F240" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G240" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="5" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B241" s="6" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C241" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D241" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E241" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F241" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G241" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="5" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B242" s="6" t="s">
+        <v>2061</v>
+      </c>
+      <c r="C242" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D242" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E242" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F242" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G242" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="5" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B243" s="6" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C243" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D243" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E243" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F243" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G243" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="5" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B244" s="6" t="s">
+        <v>1928</v>
+      </c>
+      <c r="C244" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E244" s="6" t="s">
+        <v>1391</v>
+      </c>
+      <c r="F244" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G244" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B245" s="6" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C245" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E245" s="6" t="s">
+        <v>1393</v>
+      </c>
+      <c r="F245" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="G245" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B246" s="6" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C246" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E246" s="6" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F246" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G246" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="5" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B247" s="6" t="s">
+        <v>2179</v>
+      </c>
+      <c r="C247" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E247" s="6" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F247" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G247" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="5" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B248" s="6" t="s">
+        <v>2063</v>
+      </c>
+      <c r="C248" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D248" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E248" s="6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F248" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G248" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B249" s="6" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C249" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D249" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E249" s="6" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F249" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G249" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B250" s="6" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C250" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E250" s="6" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F250" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G250" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="5" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B251" s="6" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C251" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D251" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E251" s="6" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F251" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G251" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="5" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B252" s="6" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C252" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D252" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E252" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F252" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G252" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="5" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B253" s="6" t="s">
+        <v>2180</v>
+      </c>
+      <c r="C253" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E253" s="6" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F253" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G253" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B254" s="6" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C254" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E254" s="6" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F254" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G254" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="5" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B255" s="6" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C255" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E255" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F255" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G255" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B256" s="6" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C256" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E256" s="6" t="s">
+        <v>1429</v>
+      </c>
+      <c r="F256" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G256" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="5" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B257" s="6" t="s">
+        <v>1937</v>
+      </c>
+      <c r="C257" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E257" s="6" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F257" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G257" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="5" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B258" s="6" t="s">
+        <v>1938</v>
+      </c>
+      <c r="C258" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E258" s="6" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F258" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G258" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="5" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B259" s="6" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C259" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D259" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E259" s="6" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F259" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G259" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="5" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B260" s="6" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C260" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E260" s="6" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F260" s="7" t="s">
+        <v>610</v>
+      </c>
+      <c r="G260" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="5" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B261" s="6" t="s">
+        <v>1942</v>
+      </c>
+      <c r="C261" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D261" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E261" s="6" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F261" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G261" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="5" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B262" s="6" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C262" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E262" s="6" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F262" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G262" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B263" s="6" t="s">
+        <v>1943</v>
+      </c>
+      <c r="C263" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E263" s="6" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F263" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G263" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B264" s="6" t="s">
+        <v>2182</v>
+      </c>
+      <c r="C264" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E264" s="6" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F264" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G264" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="5" t="s">
+        <v>1454</v>
+      </c>
+      <c r="B265" s="6" t="s">
+        <v>2183</v>
+      </c>
+      <c r="C265" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E265" s="6" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F265" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G265" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="5" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B266" s="6" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C266" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E266" s="6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F266" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G266" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B267" s="6" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C267" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E267" s="6" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F267" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G267" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="5" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B268" s="6" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C268" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E268" s="6" t="s">
+        <v>1461</v>
+      </c>
+      <c r="F268" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="G268" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B269" s="6" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C269" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E269" s="6" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F269" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G269" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="5" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B270" s="6" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C270" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E270" s="6" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F270" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G270" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="5" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B271" s="6" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C271" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E271" s="6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="F271" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="G271" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B272" s="6" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C272" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D272" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E272" s="6" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F272" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G272" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B273" s="6" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C273" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D273" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E273" s="6" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F273" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G273" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B274" s="6" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D274" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E274" s="6" t="s">
+        <v>1477</v>
+      </c>
+      <c r="F274" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G274" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B275" s="6" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C275" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D275" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E275" s="6" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F275" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G275" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="5" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B276" s="6" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C276" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D276" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E276" s="6" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F276" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G276" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B277" s="6" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C277" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D277" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E277" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="F277" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G277" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="5" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B278" s="6" t="s">
+        <v>1952</v>
+      </c>
+      <c r="C278" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D278" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E278" s="6" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F278" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G278" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B279" s="6" t="s">
+        <v>2187</v>
+      </c>
+      <c r="C279" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D279" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E279" s="6" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F279" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G279" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="5" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B280" s="6" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C280" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D280" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E280" s="6" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F280" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G280" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B281" s="6" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C281" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D281" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E281" s="6" t="s">
+        <v>1495</v>
+      </c>
+      <c r="F281" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G281" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B282" s="6" t="s">
+        <v>2188</v>
+      </c>
+      <c r="C282" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E282" s="6" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F282" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G282" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="5" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B283" s="6" t="s">
+        <v>2189</v>
+      </c>
+      <c r="C283" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E283" s="6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F283" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="G283" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="5" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B284" s="6" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C284" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E284" s="6" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F284" s="7"/>
+      <c r="G284" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="5" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B285" s="6" t="s">
+        <v>1954</v>
+      </c>
+      <c r="C285" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E285" s="6" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F285" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G285" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="5" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B286" s="6" t="s">
+        <v>1955</v>
+      </c>
+      <c r="C286" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E286" s="6" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F286" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G286" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B287" s="6" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C287" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E287" s="6" t="s">
+        <v>1512</v>
+      </c>
+      <c r="F287" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G287" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="5" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B288" s="6" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C288" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E288" s="6" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F288" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="G288" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B289" s="6" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C289" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E289" s="6" t="s">
+        <v>1516</v>
+      </c>
+      <c r="F289" s="7" t="s">
+        <v>1517</v>
+      </c>
+      <c r="G289" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="5" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B290" s="6" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C290" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E290" s="6" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F290" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G290" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="5" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B291" s="6" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C291" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E291" s="6" t="s">
+        <v>1521</v>
+      </c>
+      <c r="F291" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G291" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B292" s="6" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C292" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E292" s="6" t="s">
+        <v>1523</v>
+      </c>
+      <c r="F292" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G292" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="5" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B293" s="6" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C293" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E293" s="6" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F293" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G293" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B294" s="6" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C294" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E294" s="6" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F294" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G294" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="5" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B295" s="6" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C295" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E295" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F295" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G295" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="5" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B296" s="6" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C296" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E296" s="6" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F296" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G296" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="5" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B297" s="6" t="s">
+        <v>1963</v>
+      </c>
+      <c r="C297" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D297" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E297" s="6" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F297" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="5" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B298" s="6" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C298" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E298" s="6" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F298" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G298" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="5" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B299" s="6" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C299" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E299" s="6" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F299" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G299" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="5" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B300" s="6" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C300" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D300" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E300" s="6" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F300" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G300" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B301" s="6" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C301" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D301" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E301" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F301" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G301" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B302" s="6" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C302" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D302" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E302" s="6" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F302" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G302" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="5" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B303" s="6" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C303" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D303" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E303" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F303" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G303" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B304" s="6" t="s">
+        <v>2071</v>
+      </c>
+      <c r="C304" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E304" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F304" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G304" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="5" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B305" s="6" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C305" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E305" s="6" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F305" s="7" t="s">
+        <v>1564</v>
+      </c>
+      <c r="G305" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="5" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B306" s="6" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C306" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E306" s="6" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F306" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G306" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B307" s="6" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C307" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E307" s="6" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F307" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G307" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B308" s="6" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C308" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E308" s="6" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F308" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G308" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B309" s="6" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C309" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E309" s="6" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F309" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="G309" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B310" s="6" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C310" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D310" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E310" s="6" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F310" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G310" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="5" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B311" s="6" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C311" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E311" s="6" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F311" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G311" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="5" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B312" s="6" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C312" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E312" s="6" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F312" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G312" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="5" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B313" s="6" t="s">
+        <v>2203</v>
+      </c>
+      <c r="C313" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E313" s="6" t="s">
+        <v>1583</v>
+      </c>
+      <c r="F313" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G313" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="5" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B314" s="6" t="s">
+        <v>2204</v>
+      </c>
+      <c r="C314" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D314" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E314" s="6" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F314" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G314" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="5" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B315" s="6" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C315" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E315" s="6" t="s">
+        <v>1594</v>
+      </c>
+      <c r="F315" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G315" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="5" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B316" s="6" t="s">
+        <v>1973</v>
+      </c>
+      <c r="C316" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D316" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E316" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F316" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="5" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B317" s="6" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C317" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D317" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E317" s="6" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F317" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G317" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="5" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B318" s="6" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C318" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D318" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E318" s="6" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F318" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G318" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="5" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B319" s="6" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C319" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D319" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E319" s="6" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F319" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G319" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B320" s="6" t="s">
+        <v>2075</v>
+      </c>
+      <c r="C320" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E320" s="6" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F320" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G320" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B321" s="6" t="s">
+        <v>2076</v>
+      </c>
+      <c r="C321" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E321" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F321" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="5" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B322" s="6" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C322" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D322" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E322" s="6" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F322" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G322" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="5" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B323" s="6" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C323" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E323" s="6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F323" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G323" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B324" s="6" t="s">
+        <v>1976</v>
+      </c>
+      <c r="C324" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E324" s="6" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F324" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G324" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="5" t="s">
+        <v>1614</v>
+      </c>
+      <c r="B325" s="6" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C325" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E325" s="6" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F325" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B326" s="6" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C326" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E326" s="6" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F326" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B327" s="6" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C327" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E327" s="6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F327" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G327" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="5" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B328" s="6" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C328" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E328" s="6" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F328" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="G328" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="5" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B329" s="6" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C329" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D329" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E329" s="6" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F329" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B330" s="6" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C330" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D330" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E330" s="6" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F330" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G330" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B331" s="6" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C331" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D331" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E331" s="6" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F331" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G331" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="5" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B332" s="6" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C332" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D332" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E332" s="6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F332" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="G332" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="5" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B333" s="6" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C333" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D333" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E333" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F333" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G333" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="B334" s="6" t="s">
+        <v>2208</v>
+      </c>
+      <c r="C334" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D334" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E334" s="6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F334" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G334" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B335" s="6" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C335" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D335" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E335" s="6" t="s">
+        <v>1635</v>
+      </c>
+      <c r="F335" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G335" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B336" s="6" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C336" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D336" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E336" s="6" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F336" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G336" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="5" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B337" s="6" t="s">
+        <v>1984</v>
+      </c>
+      <c r="C337" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D337" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E337" s="6" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F337" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G337" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="338" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B338" s="6" t="s">
+        <v>2209</v>
+      </c>
+      <c r="C338" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D338" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E338" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="F338" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G338" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="339" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B339" s="6" t="s">
+        <v>2079</v>
+      </c>
+      <c r="C339" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D339" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E339" s="6" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F339" s="7"/>
+      <c r="G339" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="340" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="B340" s="6" t="s">
+        <v>2080</v>
+      </c>
+      <c r="C340" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D340" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E340" s="6" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F340" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G340" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="341" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="5" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B341" s="6" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C341" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D341" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E341" s="6" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F341" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G341" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="342" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B342" s="6" t="s">
+        <v>1985</v>
+      </c>
+      <c r="C342" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D342" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E342" s="6" t="s">
+        <v>1652</v>
+      </c>
+      <c r="F342" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G342" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="343" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="5" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B343" s="6" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C343" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D343" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E343" s="6" t="s">
+        <v>1654</v>
+      </c>
+      <c r="F343" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G343" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="344" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="5" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B344" s="6" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C344" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D344" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E344" s="6" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F344" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G344" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="345" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="5" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B345" s="6" t="s">
         <v>2081</v>
       </c>
-      <c r="C2" s="5" t="s">
-[...8 lines deleted...]
-      <c r="F2" s="6" t="s">
+      <c r="C345" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D345" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E345" s="6" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F345" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G345" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="346" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="5" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B346" s="6" t="s">
+        <v>1988</v>
+      </c>
+      <c r="C346" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D346" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E346" s="6" t="s">
+        <v>1662</v>
+      </c>
+      <c r="F346" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G346" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="347" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="5" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B347" s="6" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C347" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D347" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E347" s="6" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F347" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G347" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="348" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="5" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B348" s="6" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C348" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D348" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E348" s="6" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F348" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G2" s="7">
-[...7 lines deleted...]
-      <c r="B3" s="5" t="s">
+      <c r="G348" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B349" s="6" t="s">
+        <v>2213</v>
+      </c>
+      <c r="C349" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D349" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E349" s="6" t="s">
+        <v>1672</v>
+      </c>
+      <c r="F349" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G349" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="350" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="5" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B350" s="6" t="s">
+        <v>2214</v>
+      </c>
+      <c r="C350" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D350" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E350" s="6" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F350" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G350" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="351" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="5" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B351" s="6" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C351" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D351" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E351" s="6" t="s">
+        <v>1676</v>
+      </c>
+      <c r="F351" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G351" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="352" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B352" s="6" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C352" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D352" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E352" s="6" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F352" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G352" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="353" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B353" s="6" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C353" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D353" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E353" s="6" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F353" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G353" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="354" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="5" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B354" s="6" t="s">
         <v>2082</v>
       </c>
-      <c r="C3" s="5" t="s">
-[...19 lines deleted...]
-      <c r="B4" s="5" t="s">
+      <c r="C354" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D354" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E354" s="6" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F354" s="7"/>
+      <c r="G354" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="355" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="5" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B355" s="6" t="s">
+        <v>1684</v>
+      </c>
+      <c r="C355" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D355" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E355" s="6" t="s">
+        <v>1685</v>
+      </c>
+      <c r="F355" s="7"/>
+      <c r="G355" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="356" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="5" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B356" s="6" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C356" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D356" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E356" s="6" t="s">
+        <v>1687</v>
+      </c>
+      <c r="F356" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G356" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="B357" s="6" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C357" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D357" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E357" s="6" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F357" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="G357" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="358" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="5" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B358" s="6" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C358" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D358" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E358" s="6" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F358" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G358" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="359" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="5" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B359" s="6" t="s">
+        <v>1993</v>
+      </c>
+      <c r="C359" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D359" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E359" s="6" t="s">
+        <v>1693</v>
+      </c>
+      <c r="F359" s="7"/>
+      <c r="G359" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="360" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="5" t="s">
+        <v>1694</v>
+      </c>
+      <c r="B360" s="6" t="s">
+        <v>2219</v>
+      </c>
+      <c r="C360" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D360" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E360" s="6" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F360" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G360" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="361" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="5" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B361" s="6" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C361" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D361" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E361" s="6" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F361" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G361" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="362" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="5" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B362" s="6" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C362" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D362" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E362" s="6" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F362" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G362" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="363" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="5" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B363" s="6" t="s">
+        <v>1994</v>
+      </c>
+      <c r="C363" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D363" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E363" s="6" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F363" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G363" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="364" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="5" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B364" s="6" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C364" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D364" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E364" s="6" t="s">
+        <v>1703</v>
+      </c>
+      <c r="F364" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G364" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="365" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="5" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B365" s="6" t="s">
+        <v>2222</v>
+      </c>
+      <c r="C365" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D365" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E365" s="6" t="s">
+        <v>1705</v>
+      </c>
+      <c r="F365" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G365" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="366" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="5" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B366" s="6" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C366" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D366" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E366" s="6" t="s">
+        <v>1708</v>
+      </c>
+      <c r="F366" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G366" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="367" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="5" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B367" s="6" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C367" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D367" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E367" s="6" t="s">
+        <v>1711</v>
+      </c>
+      <c r="F367" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G367" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="368" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B368" s="6" t="s">
+        <v>2085</v>
+      </c>
+      <c r="C368" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D368" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E368" s="6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="F368" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G368" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="369" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B369" s="6" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C369" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D369" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E369" s="6" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F369" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G369" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="370" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="5" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B370" s="6" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C370" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D370" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E370" s="6" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F370" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G370" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="371" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="5" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B371" s="6" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C371" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D371" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E371" s="6" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F371" s="7"/>
+      <c r="G371" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="372" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="5" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B372" s="6" t="s">
+        <v>2086</v>
+      </c>
+      <c r="C372" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D372" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E372" s="6" t="s">
+        <v>1723</v>
+      </c>
+      <c r="F372" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G372" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="373" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B373" s="6" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C373" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D373" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E373" s="6" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F373" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G373" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="374" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B374" s="6" t="s">
+        <v>1997</v>
+      </c>
+      <c r="C374" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D374" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E374" s="6" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F374" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G374" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="375" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B375" s="6" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C375" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D375" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E375" s="6" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F375" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G375" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="376" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B376" s="6" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C376" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D376" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E376" s="6" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F376" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G376" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B377" s="6" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C377" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D377" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E377" s="6" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F377" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G377" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="5" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B378" s="6" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C378" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D378" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E378" s="6" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F378" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G378" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B379" s="6" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C379" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D379" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E379" s="6" t="s">
+        <v>1738</v>
+      </c>
+      <c r="F379" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G379" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B380" s="6" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C380" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D380" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E380" s="6" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F380" s="7"/>
+      <c r="G380" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B381" s="6" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C381" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D381" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E381" s="6" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F381" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G381" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="382" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B382" s="6" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C382" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D382" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E382" s="6" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F382" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G382" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="383" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B383" s="6" t="s">
+        <v>2088</v>
+      </c>
+      <c r="C383" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D383" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E383" s="6" t="s">
+        <v>1746</v>
+      </c>
+      <c r="F383" s="7"/>
+      <c r="G383" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="384" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="5" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B384" s="6" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C384" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D384" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E384" s="6" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F384" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G384" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="5" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B385" s="6" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C385" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D385" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E385" s="6" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F385" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G385" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="5" t="s">
+        <v>1752</v>
+      </c>
+      <c r="B386" s="6" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C386" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D386" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E386" s="6" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F386" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G386" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="387" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="5" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B387" s="6" t="s">
+        <v>2090</v>
+      </c>
+      <c r="C387" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D387" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E387" s="6" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F387" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G387" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="388" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="5" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B388" s="6" t="s">
+        <v>2226</v>
+      </c>
+      <c r="C388" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D388" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E388" s="6" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F388" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G388" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="389" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="5" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B389" s="6" t="s">
+        <v>2002</v>
+      </c>
+      <c r="C389" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D389" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E389" s="6" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F389" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G389" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="390" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B390" s="6" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C390" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D390" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E390" s="6" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F390" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G390" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="391" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="5" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B391" s="6" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C391" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D391" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E391" s="6" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F391" s="7"/>
+      <c r="G391" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="392" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B392" s="6" t="s">
+        <v>2009</v>
+      </c>
+      <c r="C392" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D392" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E392" s="6" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F392" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G392" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="393" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B393" s="6" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C393" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D393" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E393" s="6" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F393" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G393" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="5" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B394" s="6" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C394" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D394" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E394" s="6" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F394" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G394" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="5" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B395" s="6" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C395" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D395" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E395" s="6" t="s">
+        <v>1773</v>
+      </c>
+      <c r="F395" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G395" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A396" s="5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B396" s="6" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C396" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D396" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E396" s="6" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F396" s="7"/>
+      <c r="G396" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B397" s="6" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C397" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D397" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E397" s="6" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F397" s="7" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G397" s="8">
+        <v>46312</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B398" s="6" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C398" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D398" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E398" s="6" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F398" s="7"/>
+      <c r="G398" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="5" t="s">
         <v>1782</v>
       </c>
-      <c r="C4" s="5" t="s">
-[...19 lines deleted...]
-      <c r="B5" s="5" t="s">
+      <c r="B399" s="6" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C399" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D399" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E399" s="6" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F399" s="7"/>
+      <c r="G399" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="5" t="s">
         <v>1784</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...42 lines deleted...]
-      <c r="B7" s="5" t="s">
+      <c r="B400" s="6" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C400" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D400" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E400" s="6" t="s">
         <v>1785</v>
       </c>
-      <c r="C7" s="5" t="s">
-[...42 lines deleted...]
-      <c r="B9" s="5" t="s">
+      <c r="F400" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G400" s="8">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="5" t="s">
         <v>1786</v>
       </c>
-      <c r="C9" s="5" t="s">
-[...732 lines deleted...]
-      <c r="B41" s="5" t="s">
+      <c r="B401" s="6" t="s">
         <v>2005</v>
       </c>
-      <c r="C41" s="5" t="s">
-[...5841 lines deleted...]
-      <c r="E295" s="5" t="s">
+      <c r="C401" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D401" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E401" s="6" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F401" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="F295" s="6" t="s">
-[...2331 lines deleted...]
-        <v>46312</v>
+      <c r="G401" s="8">
+        <v>46203</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L435" xr:uid="{7633A366-A35D-4BCC-B0FD-6F39BF47350C}"/>
-[...1 lines deleted...]
-    <sortCondition ref="D1:D435"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G441">
+    <sortCondition ref="D1:D441"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{64E5452E-B49D-4CED-9311-5389ADFF1EC7}"/>
-[...394 lines deleted...]
-    <hyperlink ref="A397" r:id="rId396" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85846" xr:uid="{64456B05-9813-487D-AC78-D88BE96F7714}"/>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{DFFCED4E-D9AF-4CC8-9CA4-CDC07FE96EB9}"/>
+    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44386" xr:uid="{ECEC2CC1-0908-4BF4-AB3E-AFB8AA9EA03D}"/>
+    <hyperlink ref="A4" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44387" xr:uid="{94576C93-7745-47E7-8251-47907FDACA5D}"/>
+    <hyperlink ref="A5" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44419" xr:uid="{CB10DF1E-7A8A-4C9C-80DC-47DA2084437B}"/>
+    <hyperlink ref="A6" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44425" xr:uid="{553C200D-4FBB-4675-A839-565AD66F3CB8}"/>
+    <hyperlink ref="A7" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44428" xr:uid="{DBC59B10-3611-4272-AB5F-ACD21C540D84}"/>
+    <hyperlink ref="A8" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44432" xr:uid="{3E9BCFC7-3581-4507-8454-1417728542D2}"/>
+    <hyperlink ref="A9" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44436" xr:uid="{A58E44FF-8AA2-4402-B654-AC6D66F71AAB}"/>
+    <hyperlink ref="A10" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44438" xr:uid="{B104A439-A00E-4F93-87C5-47E5D99182A0}"/>
+    <hyperlink ref="A11" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44475" xr:uid="{276C5F88-7A7D-4C57-AD3C-F2AF24F2143E}"/>
+    <hyperlink ref="A12" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44496" xr:uid="{89BEBB88-8B77-48C4-A6C6-D0D902549DBC}"/>
+    <hyperlink ref="A13" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44499" xr:uid="{FF08B90E-C2EC-45A5-B452-244564D56322}"/>
+    <hyperlink ref="A14" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44509" xr:uid="{5EF8D5F4-CD6C-4310-B88B-565248C2CEEC}"/>
+    <hyperlink ref="A15" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44528" xr:uid="{D022C82E-7878-4A4A-88EE-1ADC80524278}"/>
+    <hyperlink ref="A16" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44558" xr:uid="{AE577870-BA39-4FC8-BAE5-C33CD8CCC0C5}"/>
+    <hyperlink ref="A17" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44564" xr:uid="{F33F1BCD-E025-481B-AAC5-88AE5496006F}"/>
+    <hyperlink ref="A18" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44567" xr:uid="{5D74A01D-D563-4F6C-92D9-2BCA3D918AE1}"/>
+    <hyperlink ref="A19" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44569" xr:uid="{5C2F8FBF-4CD2-4B59-B5B9-154BFC9A7A62}"/>
+    <hyperlink ref="A20" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44572" xr:uid="{2AE701AA-B29F-4875-A18E-0421A4712D71}"/>
+    <hyperlink ref="A21" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44596" xr:uid="{C979516B-A80E-40A9-9775-63E32C3A8863}"/>
+    <hyperlink ref="A22" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44636" xr:uid="{AA9758FA-1A20-487D-B8EA-AFD6045BF085}"/>
+    <hyperlink ref="A23" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44640" xr:uid="{3342B23E-845A-4A34-98F5-13304F03A30F}"/>
+    <hyperlink ref="A24" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44645" xr:uid="{B1C50DC8-8123-4F45-A774-22A85AEB1BB9}"/>
+    <hyperlink ref="A25" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44646" xr:uid="{A70289D7-DD0B-4A0D-8B19-A9E1556F9477}"/>
+    <hyperlink ref="A26" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44653" xr:uid="{B2359185-6A39-41C4-83B1-198A3D72EEB8}"/>
+    <hyperlink ref="A27" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44655" xr:uid="{F169B86B-6CB9-4C0C-9EBF-E29FFAE264A9}"/>
+    <hyperlink ref="A28" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44657" xr:uid="{AA42E891-9357-4494-A1BF-8ACD9FB597E9}"/>
+    <hyperlink ref="A29" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44658" xr:uid="{AF7A7E24-B879-4047-888B-0F2F0A8BAA01}"/>
+    <hyperlink ref="A30" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44666" xr:uid="{513D0F7C-5FD1-4B48-A58A-0096EAF65101}"/>
+    <hyperlink ref="A31" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44689" xr:uid="{40029055-AA2A-4358-AAD0-1BF6C9A8E3C4}"/>
+    <hyperlink ref="A32" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44694" xr:uid="{B3DE94E8-DDA6-4104-B567-A345BD9B9F6F}"/>
+    <hyperlink ref="A33" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44749" xr:uid="{3A5F2256-DE18-436C-B89C-CCFD1E7CB527}"/>
+    <hyperlink ref="A34" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44770" xr:uid="{3D0F0C02-92E5-4AC0-BA71-128F7E0E3954}"/>
+    <hyperlink ref="A35" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44773" xr:uid="{3C093331-9E4E-436B-B3F0-CC169B2F9DAC}"/>
+    <hyperlink ref="A36" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44783" xr:uid="{5880F035-A865-4CA8-9B36-D060979ABFDB}"/>
+    <hyperlink ref="A37" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44832" xr:uid="{822D8BCC-4AE5-487D-A4FB-90943EA55512}"/>
+    <hyperlink ref="A38" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44890" xr:uid="{D35C3782-2239-4330-BD84-984C99D72E70}"/>
+    <hyperlink ref="A39" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44919" xr:uid="{812E75DD-B188-4384-BCB5-392DDD463392}"/>
+    <hyperlink ref="A40" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44926" xr:uid="{3D749880-B135-496B-B11A-432A7E6D9C27}"/>
+    <hyperlink ref="A41" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44932" xr:uid="{129B2546-8E5D-4DEE-886C-7EF16999E151}"/>
+    <hyperlink ref="A42" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45026" xr:uid="{700F7A1B-7900-4EDB-97C6-70A5CD186A4A}"/>
+    <hyperlink ref="A43" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45032" xr:uid="{1588EE16-D965-46A3-9757-38635F74B235}"/>
+    <hyperlink ref="A44" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45035" xr:uid="{47FA8E5F-FABD-430C-88AD-8A076E25B63F}"/>
+    <hyperlink ref="A45" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45055" xr:uid="{2F32C9F1-D553-4A24-B6CC-1F551984B8C9}"/>
+    <hyperlink ref="A46" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45084" xr:uid="{C93D99C4-D48C-4BF1-87E9-55C41BC2EF4E}"/>
+    <hyperlink ref="A47" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45100" xr:uid="{AE398C00-BC9C-4E29-AA8B-82159337B29D}"/>
+    <hyperlink ref="A48" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45113" xr:uid="{F76331F3-6AEB-4A62-88CC-C65003F22A33}"/>
+    <hyperlink ref="A49" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45115" xr:uid="{ED1B834E-620E-4D68-98DA-F08B5A14C617}"/>
+    <hyperlink ref="A50" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45129" xr:uid="{32C671E2-59BB-4751-BB40-3CF14F0563F0}"/>
+    <hyperlink ref="A51" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45169" xr:uid="{A251BCDC-F273-4474-81CD-2AE3068221F0}"/>
+    <hyperlink ref="A52" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45188" xr:uid="{044F9956-07DE-4229-A9E1-50663032B7F1}"/>
+    <hyperlink ref="A53" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45212" xr:uid="{7A6C691C-D0B3-480C-A4DE-6E34B6CCC35C}"/>
+    <hyperlink ref="A54" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45213" xr:uid="{994D1DFE-249B-4796-B577-0F2C6BD3D88B}"/>
+    <hyperlink ref="A55" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45225" xr:uid="{72FA2F44-9928-4534-AF95-3CDBCD51AA61}"/>
+    <hyperlink ref="A56" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45248" xr:uid="{71DC7467-93EF-42D5-B65C-DAD0EF0E934E}"/>
+    <hyperlink ref="A57" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45251" xr:uid="{EB091A3D-170F-433B-9C6F-C16A8170D880}"/>
+    <hyperlink ref="A58" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45261" xr:uid="{9029D2F9-2D11-4C1A-B783-9FDE1D0DC25E}"/>
+    <hyperlink ref="A59" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45266" xr:uid="{6FA8C59E-C5DE-477B-9497-11B24C46B308}"/>
+    <hyperlink ref="A60" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45267" xr:uid="{22E13888-F76E-4B1E-891F-15F4DE36F389}"/>
+    <hyperlink ref="A61" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45269" xr:uid="{F506A0D4-19AA-42E4-A97C-DE165C0F1C0B}"/>
+    <hyperlink ref="A62" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45312" xr:uid="{B165CDE1-8D7C-47DF-8B95-ED2BB29F34D9}"/>
+    <hyperlink ref="A63" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45337" xr:uid="{DFAB4055-4A5F-4A4B-907E-FF4AE45C12BA}"/>
+    <hyperlink ref="A64" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56785" xr:uid="{729D2F7F-B43E-405A-8129-88FDD3F6ECEE}"/>
+    <hyperlink ref="A65" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45343" xr:uid="{79D93911-33C4-406E-AC65-97F361DB5142}"/>
+    <hyperlink ref="A66" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45349" xr:uid="{56136066-12E4-4A5F-B1A5-7B4FD27A7358}"/>
+    <hyperlink ref="A67" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45366" xr:uid="{5A845278-5290-4A74-ACFB-995459A9E9D7}"/>
+    <hyperlink ref="A68" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45377" xr:uid="{AC8A0366-D3AE-40A0-8D17-C295E730CC3B}"/>
+    <hyperlink ref="A69" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45400" xr:uid="{C5A993B3-2EA1-46C6-B883-AF4781D5EEDA}"/>
+    <hyperlink ref="A70" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45401" xr:uid="{FE743754-B3F5-4BE9-B0C2-7AF169D27694}"/>
+    <hyperlink ref="A71" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45427" xr:uid="{21C0DEA8-B48C-470D-8A05-F1658E4C41E6}"/>
+    <hyperlink ref="A72" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45433" xr:uid="{0568528F-A533-4B4E-8C74-2DC2340C293E}"/>
+    <hyperlink ref="A73" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45463" xr:uid="{77C8937D-8C86-4620-A312-DAEF6D06AC56}"/>
+    <hyperlink ref="A74" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45470" xr:uid="{D7DEFC85-FF9C-4A43-AADA-A7F7E60699EA}"/>
+    <hyperlink ref="A75" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45512" xr:uid="{39C7EA5D-730B-4AD7-8DDB-610BB18BDA98}"/>
+    <hyperlink ref="A76" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45522" xr:uid="{2802E476-87F6-4BFD-A016-D7001F58902E}"/>
+    <hyperlink ref="A77" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57694" xr:uid="{CFAC3194-DA78-4C9A-BB43-F4ED4A589BD1}"/>
+    <hyperlink ref="A78" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45524" xr:uid="{2F477734-9117-4B34-AB39-F3A2DC578205}"/>
+    <hyperlink ref="A79" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45537" xr:uid="{473514E4-A9E8-4A8C-A12F-0C9B820713EF}"/>
+    <hyperlink ref="A80" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45570" xr:uid="{16774AA2-2D98-4177-B036-F5458C43A880}"/>
+    <hyperlink ref="A81" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45571" xr:uid="{28830A2A-F821-4A7D-8F5D-FCFC755D0A69}"/>
+    <hyperlink ref="A82" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45612" xr:uid="{DC4ED68D-0293-4C65-BE8A-5C35B48C97D3}"/>
+    <hyperlink ref="A83" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45765" xr:uid="{98D9E65D-C7C0-4B1A-BA8A-FBE808841477}"/>
+    <hyperlink ref="A84" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45767" xr:uid="{A47A17ED-E4E5-4CD1-9DBA-7144950B3277}"/>
+    <hyperlink ref="A85" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45769" xr:uid="{F6BE7339-F5F0-4F3E-BF45-1BB1C3359A9C}"/>
+    <hyperlink ref="A86" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45797" xr:uid="{A1C75ADD-22A6-4899-9ACC-DBCF828AD120}"/>
+    <hyperlink ref="A87" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46001" xr:uid="{3FF8FB25-DA81-4C0D-81F6-B9B58D56CF2F}"/>
+    <hyperlink ref="A88" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46304" xr:uid="{A013868A-0F2D-4972-BC83-DA841D90B1F7}"/>
+    <hyperlink ref="A89" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46313" xr:uid="{7CF89DF3-52B8-43BB-A006-D365697C8EEF}"/>
+    <hyperlink ref="A90" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46647" xr:uid="{AEE48535-4A84-466C-A684-D4EC471289CF}"/>
+    <hyperlink ref="A91" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46774" xr:uid="{B8A96A36-48B6-4297-BBD1-E1ED4AFAA367}"/>
+    <hyperlink ref="A92" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47125" xr:uid="{D386AA77-F17A-4B9F-BB17-121EE0AE30FC}"/>
+    <hyperlink ref="A93" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47127" xr:uid="{DB92DFA8-D4C1-4A80-BC05-895A24C78540}"/>
+    <hyperlink ref="A94" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47178" xr:uid="{440345E6-FD8B-46F9-AB95-93FFC07D607A}"/>
+    <hyperlink ref="A95" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47180" xr:uid="{9C503F2F-3249-4A27-886C-1CCFFFCF386F}"/>
+    <hyperlink ref="A96" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47529" xr:uid="{0B2B8C06-7BC3-4CC5-BB2E-0B8015FB170F}"/>
+    <hyperlink ref="A97" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47530" xr:uid="{D0795748-2331-4B55-839C-1A338839F7A3}"/>
+    <hyperlink ref="A98" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47770" xr:uid="{9183B0AC-3CC9-4E24-9A06-A56007021FDB}"/>
+    <hyperlink ref="A99" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47771" xr:uid="{44DC3D3D-9384-45C7-8FE0-B8D04D7EF772}"/>
+    <hyperlink ref="A100" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47967" xr:uid="{163FB41D-A1DB-4456-A97D-F78DFC84EA41}"/>
+    <hyperlink ref="A101" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47980" xr:uid="{9FB53A79-A790-47DD-8B5F-95B35DDF706E}"/>
+    <hyperlink ref="A102" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48029" xr:uid="{E39BC08D-3975-4ED6-A2AD-15EFA15310B4}"/>
+    <hyperlink ref="A103" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48113" xr:uid="{42A96A28-22AA-410B-BBB1-96AF3871C3F5}"/>
+    <hyperlink ref="A104" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48147" xr:uid="{6CC0B1ED-4AC8-4031-A839-9C390CBEE739}"/>
+    <hyperlink ref="A105" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48155" xr:uid="{1552C73A-898E-4AF0-B3BF-13FE5425CCCC}"/>
+    <hyperlink ref="A106" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48256" xr:uid="{F98DBD61-1301-49C1-8261-DDFB8E0F54E0}"/>
+    <hyperlink ref="A107" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48266" xr:uid="{451EE863-ED9D-4B8B-AED7-C27928CAB76F}"/>
+    <hyperlink ref="A108" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48332" xr:uid="{1EDA5D8B-2084-4A12-A61C-8DD38CE3662C}"/>
+    <hyperlink ref="A109" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48333" xr:uid="{0DC49E88-A56C-49CE-B95C-2DFF69FF874A}"/>
+    <hyperlink ref="A110" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48418" xr:uid="{A9EB3017-9081-402B-BBA3-29E6224B062B}"/>
+    <hyperlink ref="A111" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48422" xr:uid="{A14B2B9A-4D48-41A4-A361-38CF4DE81305}"/>
+    <hyperlink ref="A112" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48429" xr:uid="{E0A34D63-E20F-4FC9-A53F-7C2BD753E3AF}"/>
+    <hyperlink ref="A113" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55707" xr:uid="{AC7C6712-2516-40DC-8A7E-C126F5CAA448}"/>
+    <hyperlink ref="A114" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48457" xr:uid="{6EB9C6ED-DFBE-4159-8CCB-AA63DE9FE68F}"/>
+    <hyperlink ref="A115" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48494" xr:uid="{307C1973-05CE-4EB6-9B99-3EB4D07264E3}"/>
+    <hyperlink ref="A116" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48514" xr:uid="{2246B34E-E720-4EE8-8F0E-4607D0566D04}"/>
+    <hyperlink ref="A117" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48535" xr:uid="{40AD7D8A-F645-46D8-ADAB-2720FFBAE2F0}"/>
+    <hyperlink ref="A118" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54314" xr:uid="{EF20A0C6-25B7-4B3E-932F-6AC6F9A26AE3}"/>
+    <hyperlink ref="A119" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48539" xr:uid="{9584C2AE-A5CA-49E6-B8EB-9B22ACE30960}"/>
+    <hyperlink ref="A120" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48541" xr:uid="{F3C1FD22-E0C4-4FC7-B97A-1865568BC1A2}"/>
+    <hyperlink ref="A121" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48562" xr:uid="{92A0E7CE-DFC2-4E39-B4F9-B48A76D9B63C}"/>
+    <hyperlink ref="A122" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48592" xr:uid="{7DA5E4DA-9E4E-450D-ADCF-1DD701B7AB31}"/>
+    <hyperlink ref="A123" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48601" xr:uid="{09B8E7DA-3312-4C41-A996-27E4D345BF77}"/>
+    <hyperlink ref="A124" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48603" xr:uid="{1E61B32D-B55D-4B4B-B2B5-407DECD519F8}"/>
+    <hyperlink ref="A125" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48649" xr:uid="{1F47423B-3BC4-4AEB-8F6A-11D70EA2AD5F}"/>
+    <hyperlink ref="A126" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48784" xr:uid="{3F6B0F82-5EE6-454B-969C-D39FBD8E241D}"/>
+    <hyperlink ref="A127" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48787" xr:uid="{55E22783-B93D-436D-A6FD-AA910C1463D3}"/>
+    <hyperlink ref="A128" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48846" xr:uid="{81B9E16B-F2A1-450D-A75A-967398E17089}"/>
+    <hyperlink ref="A129" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48869" xr:uid="{2A35134B-3C0C-422E-A504-71920AD1308B}"/>
+    <hyperlink ref="A130" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48872" xr:uid="{98E64D1E-11DB-4C7A-8559-3F88628658FE}"/>
+    <hyperlink ref="A131" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48873" xr:uid="{FE7B7A06-2DF1-4052-AF54-9A4182E291C7}"/>
+    <hyperlink ref="A132" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48876" xr:uid="{4EBFC662-ABEE-4301-853A-0C9A3A24192C}"/>
+    <hyperlink ref="A133" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48880" xr:uid="{5D7C885C-3ADC-42EE-93BA-4DFF24F99AB7}"/>
+    <hyperlink ref="A134" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48881" xr:uid="{6E2C55FE-A715-44EE-ABD4-38F084AE9B51}"/>
+    <hyperlink ref="A135" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48885" xr:uid="{DDE0ADAF-C8BB-4072-B5A8-46BC17917641}"/>
+    <hyperlink ref="A136" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48890" xr:uid="{B2277830-E2B8-48E2-B1B3-0BC5C2E0988D}"/>
+    <hyperlink ref="A137" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48900" xr:uid="{311B1C72-A0E5-4640-A47F-B2B6114E64B8}"/>
+    <hyperlink ref="A138" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48902" xr:uid="{CC532F60-EABE-4306-9EF0-D2444246757D}"/>
+    <hyperlink ref="A139" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48903" xr:uid="{8945E57E-F776-4E63-9596-5D0AADF437F0}"/>
+    <hyperlink ref="A140" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48953" xr:uid="{90D1C0A0-A0D6-4BCB-B077-3A17BE3EEE09}"/>
+    <hyperlink ref="A141" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48998" xr:uid="{8FC91F1A-5F62-4A80-BA26-C64ADDFA6EA2}"/>
+    <hyperlink ref="A142" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49034" xr:uid="{0EA0CB81-33C6-4FED-A2A2-E198E0E61BDC}"/>
+    <hyperlink ref="A143" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49048" xr:uid="{B18DA2FB-8704-4240-96DA-E2F958131BA2}"/>
+    <hyperlink ref="A144" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56623" xr:uid="{FDF59840-A708-4D85-BF0C-A6505E364A69}"/>
+    <hyperlink ref="A145" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49317" xr:uid="{3FB69A75-7AA4-4F32-8535-F2E1A004A656}"/>
+    <hyperlink ref="A146" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49336" xr:uid="{B2C81A59-1389-41A4-BA0D-FD2836061CB6}"/>
+    <hyperlink ref="A147" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49345" xr:uid="{4AA451DF-456D-413C-92D4-F8605CF1204F}"/>
+    <hyperlink ref="A148" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57405" xr:uid="{648A6E17-9D2E-45B2-BE6B-D0F2B8323B23}"/>
+    <hyperlink ref="A149" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49489" xr:uid="{BC62E3F7-16C0-493B-BFE4-A3D5E8E4180D}"/>
+    <hyperlink ref="A150" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49687" xr:uid="{64D67E5D-CCE3-42C3-9F21-5CE30DB431C3}"/>
+    <hyperlink ref="A151" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49798" xr:uid="{B76857EE-847B-4B16-ACF1-2377A40BBA7E}"/>
+    <hyperlink ref="A152" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49824" xr:uid="{2E512C64-433E-4499-94FC-E0D119C21105}"/>
+    <hyperlink ref="A153" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49898" xr:uid="{8B3C191F-6D6A-49FE-9150-DD435196EE03}"/>
+    <hyperlink ref="A154" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49904" xr:uid="{FDB51CB2-F18F-4E5B-9621-441C0AFC1561}"/>
+    <hyperlink ref="A155" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50014" xr:uid="{F74984B4-541A-4FBC-80B4-07108720A6B5}"/>
+    <hyperlink ref="A156" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50016" xr:uid="{19E0A38A-74D1-4958-935B-3D048BAA822F}"/>
+    <hyperlink ref="A157" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50108" xr:uid="{5EC482F7-0B62-403F-A8A7-911183C3EDBA}"/>
+    <hyperlink ref="A158" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50184" xr:uid="{3EFFF9A3-D1F0-4F2D-BA90-F5096696DAD0}"/>
+    <hyperlink ref="A159" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50315" xr:uid="{BEEBD45D-6B74-4A9F-B644-570E3748F5FE}"/>
+    <hyperlink ref="A160" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50781" xr:uid="{A2BCEAC5-F642-4BDD-9788-AC4124BB809D}"/>
+    <hyperlink ref="A161" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50783" xr:uid="{9A460BAF-7C8B-4EC0-B9D8-1B61930B0DDB}"/>
+    <hyperlink ref="A162" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50815" xr:uid="{4FFDC827-F17D-4167-87AD-5C677F16DD8D}"/>
+    <hyperlink ref="A163" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55831" xr:uid="{0AD42912-D659-4D8C-80B1-C0D0451E5E6E}"/>
+    <hyperlink ref="A164" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50824" xr:uid="{F5C31405-4242-488F-B258-07E7977C66BD}"/>
+    <hyperlink ref="A165" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50925" xr:uid="{52EA4035-A3AF-4422-9150-6166316D5292}"/>
+    <hyperlink ref="A166" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51020" xr:uid="{4E717E92-B5BA-404C-9BA3-165FD64CDC64}"/>
+    <hyperlink ref="A167" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51036" xr:uid="{38FE143B-8CDE-41EF-82FB-FBEC5006FC67}"/>
+    <hyperlink ref="A168" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51039" xr:uid="{FFAEE102-E999-4438-B533-6FE8CB902436}"/>
+    <hyperlink ref="A169" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51040" xr:uid="{6F0E8BE2-1460-4F72-9A76-C0CD91D75D70}"/>
+    <hyperlink ref="A170" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51048" xr:uid="{F4FE1464-E759-4558-9D51-5C98FFABAFF9}"/>
+    <hyperlink ref="A171" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51085" xr:uid="{5E3147A4-68A7-4337-9367-E0C593B6A8E4}"/>
+    <hyperlink ref="A172" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51227" xr:uid="{BDD635A7-82CB-4BC3-9F47-68FB269B0FF2}"/>
+    <hyperlink ref="A173" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51252" xr:uid="{EC193B59-BC44-492F-9B70-126CAC25D572}"/>
+    <hyperlink ref="A174" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51581" xr:uid="{746D8B80-B74F-481A-80F7-464E0BD9AD0A}"/>
+    <hyperlink ref="A175" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51584" xr:uid="{8EFB67BD-A172-496E-8672-22BD11696AD8}"/>
+    <hyperlink ref="A176" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51612" xr:uid="{67EDF4BB-0F70-42B0-AF9A-116DD77CB41F}"/>
+    <hyperlink ref="A177" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51655" xr:uid="{45DA3B6B-2DE0-460D-BB5D-57254290668C}"/>
+    <hyperlink ref="A178" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57430" xr:uid="{2A321DA7-2D5B-4194-84A0-28A82BBF8066}"/>
+    <hyperlink ref="A179" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51693" xr:uid="{67F60F17-FD3D-4EA3-9AA6-33A80E5FB1B2}"/>
+    <hyperlink ref="A180" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51694" xr:uid="{3D1D86B0-5593-41F9-B9D1-E00EBB52F4D2}"/>
+    <hyperlink ref="A181" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51697" xr:uid="{E239F7A4-084C-44F9-9DA2-90C26C87225E}"/>
+    <hyperlink ref="A182" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51717" xr:uid="{534473F5-78AA-4015-969D-A9B375BD867F}"/>
+    <hyperlink ref="A183" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51758" xr:uid="{0B5CE276-5AC1-41F7-A3E1-0D3029E8D344}"/>
+    <hyperlink ref="A184" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51762" xr:uid="{548F442C-B8FA-4A83-BEBD-DBA36A1BBE72}"/>
+    <hyperlink ref="A185" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51763" xr:uid="{3703BC5F-FA3D-4108-953A-D525CCACA1FC}"/>
+    <hyperlink ref="A186" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51864" xr:uid="{63EDB9CC-9077-4E2D-92FD-3C67D3800979}"/>
+    <hyperlink ref="A187" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52025" xr:uid="{C88DB770-DE67-4FA2-9F06-6EBC1CC5870E}"/>
+    <hyperlink ref="A188" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52026" xr:uid="{AA0072A3-6798-4D53-8F93-4CFF17012738}"/>
+    <hyperlink ref="A189" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52108" xr:uid="{4DC92230-36CD-4589-ACFE-6F30FA977180}"/>
+    <hyperlink ref="A190" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52126" xr:uid="{B886F634-C244-473B-B92C-18446F0C1B59}"/>
+    <hyperlink ref="A191" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52227" xr:uid="{59379816-1B38-4E9F-8124-524976C08941}"/>
+    <hyperlink ref="A192" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52315" xr:uid="{5162C337-9145-4303-AAAB-0A1BCB93FAAF}"/>
+    <hyperlink ref="A193" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52369" xr:uid="{E3C72E2E-EFA5-4E60-A707-5FDF4E93799C}"/>
+    <hyperlink ref="A194" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52370" xr:uid="{614F62EA-7D7C-420D-8D64-4D4B11AFC1FE}"/>
+    <hyperlink ref="A195" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52410" xr:uid="{A737920F-8467-4BBF-8DED-1030CB8CB42C}"/>
+    <hyperlink ref="A196" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52555" xr:uid="{B75B40FC-EC76-4248-893E-FBF8E6A7A133}"/>
+    <hyperlink ref="A197" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52575" xr:uid="{4F265111-0A42-42CD-BF73-1ED071145DFB}"/>
+    <hyperlink ref="A198" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52624" xr:uid="{C19B17B7-F2F4-45BB-854C-EBDD02DC2D39}"/>
+    <hyperlink ref="A199" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52773" xr:uid="{8DE80ACB-9D6A-4344-A18A-9BC56E9516BF}"/>
+    <hyperlink ref="A200" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52795" xr:uid="{17578584-0FED-4AF4-9C0B-E4ADB03FC678}"/>
+    <hyperlink ref="A201" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52824" xr:uid="{DB3327E2-C48D-4902-AEF2-8084E23E985F}"/>
+    <hyperlink ref="A202" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52873" xr:uid="{51AF5DDC-19FE-4FF7-A1F1-1120048EB356}"/>
+    <hyperlink ref="A203" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53091" xr:uid="{4B9E0666-F1FE-4512-B9A2-1C01C65D0861}"/>
+    <hyperlink ref="A204" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53227" xr:uid="{8CBBCB9B-921C-4E21-B208-67AD7602FBBA}"/>
+    <hyperlink ref="A205" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53283" xr:uid="{F41514E0-96A8-4F0A-8A4E-9B195B7676BB}"/>
+    <hyperlink ref="A206" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53514" xr:uid="{144EDC57-B9AF-405C-84C2-589E284A75D0}"/>
+    <hyperlink ref="A207" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53730" xr:uid="{1D9A0E1A-4474-47A6-A3C1-105A394DE6D3}"/>
+    <hyperlink ref="A208" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53746" xr:uid="{7A5EE0A6-A6D1-4D94-9340-E8B88CFECC81}"/>
+    <hyperlink ref="A209" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53750" xr:uid="{C3B61477-64D3-4932-9B02-9AFEFEDBBBE8}"/>
+    <hyperlink ref="A210" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53790" xr:uid="{BB9978CB-47BB-41A5-BB0C-F244DEAC336D}"/>
+    <hyperlink ref="A211" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53957" xr:uid="{F52384AA-B4B8-445B-980E-F2961E5FDE39}"/>
+    <hyperlink ref="A212" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53958" xr:uid="{CD75E3AE-6911-44C0-B30F-B1CAFDBEF5C2}"/>
+    <hyperlink ref="A213" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54038" xr:uid="{01858A69-C172-41A0-AA84-B2707BCC7B8B}"/>
+    <hyperlink ref="A214" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54155" xr:uid="{2312D715-6DB5-4E63-9E01-83DB35B78A68}"/>
+    <hyperlink ref="A215" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54303" xr:uid="{38BB5B12-1F9E-49F1-BA80-14678FA3E2FA}"/>
+    <hyperlink ref="A216" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54304" xr:uid="{8454941E-129B-47AC-A7A4-3D3B6AAE795B}"/>
+    <hyperlink ref="A217" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54305" xr:uid="{8F2DC487-C7C1-4E32-8545-13945145CF3C}"/>
+    <hyperlink ref="A218" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54621" xr:uid="{B65A964A-2148-4D8D-944A-AC70609790BB}"/>
+    <hyperlink ref="A219" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54636" xr:uid="{44B7C7C0-4333-4B33-B1E2-F8C4A3E279E4}"/>
+    <hyperlink ref="A220" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54637" xr:uid="{61A73FA8-94EE-4827-8B2A-F007E16AC0B6}"/>
+    <hyperlink ref="A221" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54856" xr:uid="{F4D6B5CB-11D3-4D27-8E49-D2F6F3ED9F06}"/>
+    <hyperlink ref="A222" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55016" xr:uid="{C284BB41-A875-410F-B355-93C487DA46C8}"/>
+    <hyperlink ref="A223" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55017" xr:uid="{398CA6D8-1196-4FDD-B23E-0D1D7C3D3326}"/>
+    <hyperlink ref="A224" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55143" xr:uid="{6F405B44-F975-4C9B-8E64-68C3180317A7}"/>
+    <hyperlink ref="A225" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55219" xr:uid="{38F1DFE1-C2B0-4BB0-961C-0EB20A892419}"/>
+    <hyperlink ref="A226" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55715" xr:uid="{1735DFA7-C93D-4655-90A8-CAF6E409FFD7}"/>
+    <hyperlink ref="A227" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55742" xr:uid="{5D5E8B2B-120B-4EAA-B6FA-2130960348E9}"/>
+    <hyperlink ref="A228" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55767" xr:uid="{CB470083-D7A4-469E-AAF2-86BE7EBABAC9}"/>
+    <hyperlink ref="A229" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55938" xr:uid="{E4C7C248-1DA9-4066-9753-B48E47C3B69F}"/>
+    <hyperlink ref="A230" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56065" xr:uid="{6FC7F519-D0CC-4CF5-80C4-5D02F1495F36}"/>
+    <hyperlink ref="A231" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56126" xr:uid="{1EEDB474-3B14-4D06-ACB0-F2BFCA9CBC45}"/>
+    <hyperlink ref="A232" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56369" xr:uid="{B02DE2F8-FA08-411B-B036-6959DDB83FF7}"/>
+    <hyperlink ref="A233" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56455" xr:uid="{A99874EF-FD55-474C-9E2D-0D30DF03E861}"/>
+    <hyperlink ref="A234" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56460" xr:uid="{22B2468C-BA79-4521-8923-8E3679FC63F4}"/>
+    <hyperlink ref="A235" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56578" xr:uid="{754DD8F0-E579-4EF4-B784-114A0DF06AEB}"/>
+    <hyperlink ref="A236" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56625" xr:uid="{A5475E3E-7EFA-4E9D-9AF9-C6EAB6530855}"/>
+    <hyperlink ref="A237" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56788" xr:uid="{057C6DD9-71A4-4386-A9AC-05C5168A3930}"/>
+    <hyperlink ref="A238" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57077" xr:uid="{16D4C6F3-16B1-4333-B064-7D60E86960C0}"/>
+    <hyperlink ref="A239" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57131" xr:uid="{E62ED19C-1D8D-4336-BE3A-67F97100E8E8}"/>
+    <hyperlink ref="A240" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57143" xr:uid="{0FB5A0E2-8F6A-48F1-9AA5-2896E6A26963}"/>
+    <hyperlink ref="A241" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57369" xr:uid="{0065FFA5-442C-4DB5-BF80-44EE6889FC5E}"/>
+    <hyperlink ref="A242" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57371" xr:uid="{E6904795-A62A-44B1-9A91-185973D22574}"/>
+    <hyperlink ref="A243" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57372" xr:uid="{9A93B50F-5583-4D97-B9C8-73BB81B69848}"/>
+    <hyperlink ref="A244" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57951" xr:uid="{0B3C008A-236B-4DBE-8C65-CD491FAB72EB}"/>
+    <hyperlink ref="A245" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58089" xr:uid="{BB50E978-921B-4DA7-8631-995F63BA0B41}"/>
+    <hyperlink ref="A246" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58643" xr:uid="{D6AB86FA-21E9-4D49-8D3F-9549A04AAEF7}"/>
+    <hyperlink ref="A247" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58682" xr:uid="{A8582538-52E6-47B0-A339-B809039FBB5A}"/>
+    <hyperlink ref="A248" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58686" xr:uid="{1BD5F32E-AA88-40B7-B2B7-92D1AEC7DB6F}"/>
+    <hyperlink ref="A249" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58731" xr:uid="{5A5BFB26-8860-48C1-A5EE-F6ED142220E7}"/>
+    <hyperlink ref="A250" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58966" xr:uid="{BCE62E31-A1B2-4742-A164-E63778219127}"/>
+    <hyperlink ref="A251" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58967" xr:uid="{460C6903-3F3C-4685-9ACC-DF2BEA8FAF1E}"/>
+    <hyperlink ref="A252" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59065" xr:uid="{26DC6E45-DADE-4528-8301-D863C7B1EE06}"/>
+    <hyperlink ref="A253" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59172" xr:uid="{1E420063-C505-464D-9EC0-A3C5E171CB8E}"/>
+    <hyperlink ref="A254" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59257" xr:uid="{DB500624-E364-446B-838F-BDD8E9EB9F55}"/>
+    <hyperlink ref="A255" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59317" xr:uid="{3FF8003A-9B98-4FA8-8510-2272605FCF6C}"/>
+    <hyperlink ref="A256" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59323" xr:uid="{32D24819-85AD-455A-8A71-DB4E4510A9F0}"/>
+    <hyperlink ref="A257" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33339" xr:uid="{6FBA2733-74C9-4D0F-92FA-10CB547A5CDC}"/>
+    <hyperlink ref="A258" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32659" xr:uid="{27B12FE9-CF86-4B9F-93D6-69ADDFD8792A}"/>
+    <hyperlink ref="A259" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33817" xr:uid="{2F00CCE1-8F0C-4565-8B13-F8F5EA9B394C}"/>
+    <hyperlink ref="A260" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61708" xr:uid="{C2B356FC-6ADF-4CD0-9238-703E3C4E6146}"/>
+    <hyperlink ref="A261" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33735" xr:uid="{EC911C62-F7DA-4D4D-90BC-C5665E0B0697}"/>
+    <hyperlink ref="A262" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32517" xr:uid="{174332E0-2C39-4243-9B5B-43B06356D194}"/>
+    <hyperlink ref="A263" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61962" xr:uid="{6B941D08-9E1F-446B-B4D7-7341202DC2B4}"/>
+    <hyperlink ref="A264" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32472" xr:uid="{4147BC15-471E-439E-82BE-696927CE6704}"/>
+    <hyperlink ref="A265" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62157" xr:uid="{1A1C54B1-13E5-41BE-BFF1-C867428B1002}"/>
+    <hyperlink ref="A266" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33943" xr:uid="{B17C48A1-BAD7-4F00-BA8F-403ADA0687F0}"/>
+    <hyperlink ref="A267" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33455" xr:uid="{6FDFA36A-3641-4B61-A358-60232E737F32}"/>
+    <hyperlink ref="A268" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62602" xr:uid="{3A2E161F-BE87-4332-AC1D-916366F2EA47}"/>
+    <hyperlink ref="A269" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33891" xr:uid="{26F5AD59-F4F2-4A63-BCA3-13E680D751AC}"/>
+    <hyperlink ref="A270" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33790" xr:uid="{2A343F09-48E9-4CC6-B184-8F95379F2121}"/>
+    <hyperlink ref="A271" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62662" xr:uid="{5FD7B7AF-85A1-4A82-8B37-8ED4B63B50E3}"/>
+    <hyperlink ref="A272" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63251" xr:uid="{58C8C66F-3802-4F15-A920-2E40F5D421A9}"/>
+    <hyperlink ref="A273" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63312" xr:uid="{AF8FFB66-D4F2-4BE0-AFA7-27F63C82D20F}"/>
+    <hyperlink ref="A274" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61840" xr:uid="{0D85E80C-9DE8-4188-A3BC-5905455780F4}"/>
+    <hyperlink ref="A275" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63852" xr:uid="{A02C76C1-17F4-461C-9563-506C5C634984}"/>
+    <hyperlink ref="A276" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62952" xr:uid="{B60F5F45-F235-41C7-9F24-B24C98C58A71}"/>
+    <hyperlink ref="A277" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33930" xr:uid="{2C9283FF-8E41-4951-A91B-F340E39BA1CA}"/>
+    <hyperlink ref="A278" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64982" xr:uid="{95A0596A-B0DB-443E-BB70-1F24DFF9FF63}"/>
+    <hyperlink ref="A279" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64617" xr:uid="{4DA4231E-3948-46AF-A8E8-18B58C5C9B6E}"/>
+    <hyperlink ref="A280" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66035" xr:uid="{09BEC31B-5979-46C3-88F6-9ECF29539F1F}"/>
+    <hyperlink ref="A281" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65427" xr:uid="{E918CD98-6454-477E-8711-50EF51FA7135}"/>
+    <hyperlink ref="A282" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64087" xr:uid="{19308967-365A-4E80-8D69-2D8DFC640594}"/>
+    <hyperlink ref="A283" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66039" xr:uid="{C26712C8-FCA0-4613-95F4-AD91DFE21E8D}"/>
+    <hyperlink ref="A284" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64641" xr:uid="{0EFD4EC3-BAB3-44C2-A730-00563A8F30C3}"/>
+    <hyperlink ref="A285" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64462" xr:uid="{4C005211-7C79-4AB9-BD36-58E716B8DB95}"/>
+    <hyperlink ref="A286" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33974" xr:uid="{A43C7148-3091-4587-B1F9-8A6E28E961A3}"/>
+    <hyperlink ref="A287" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65604" xr:uid="{69855224-CBEA-46CD-AAAE-5D5AF75486DB}"/>
+    <hyperlink ref="A288" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33935" xr:uid="{5D112516-D227-4D4A-B177-94DA36A116F3}"/>
+    <hyperlink ref="A289" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64749" xr:uid="{4C3D70DB-50D6-4C39-A5C3-C01F24411A5B}"/>
+    <hyperlink ref="A290" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65376" xr:uid="{01E3C354-739A-4FC0-A01C-38C388F5A156}"/>
+    <hyperlink ref="A291" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66730" xr:uid="{343B8664-9275-4A0F-BD9D-93A6EF25710F}"/>
+    <hyperlink ref="A292" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66248" xr:uid="{B281B2B7-9404-4503-812D-1C9D37C6B8E2}"/>
+    <hyperlink ref="A293" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67351" xr:uid="{FFFA4FE6-3A47-4EE4-ADDA-9D16F7CF8AFF}"/>
+    <hyperlink ref="A294" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67068" xr:uid="{D28BA724-62F5-4C5A-9604-E465AAADF675}"/>
+    <hyperlink ref="A295" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65909" xr:uid="{4C5B6551-C592-478B-8EB5-C89029DE553B}"/>
+    <hyperlink ref="A296" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66472" xr:uid="{A0B8FC60-596B-4321-802C-4AC29547BDE8}"/>
+    <hyperlink ref="A297" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65343" xr:uid="{F2501119-5DCA-417E-9430-E4BF4B592083}"/>
+    <hyperlink ref="A298" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62428" xr:uid="{379EF9F6-5F0B-4D19-A128-1AF1E6FE44AF}"/>
+    <hyperlink ref="A299" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64196" xr:uid="{014C0A2B-D53E-4EBC-9098-98B0FEC4EA03}"/>
+    <hyperlink ref="A300" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69778" xr:uid="{133BF447-52C0-4897-9ED0-2638DA14AED5}"/>
+    <hyperlink ref="A301" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68319" xr:uid="{3E39CEAC-CE0B-4335-A54A-6CF0EF2AAB22}"/>
+    <hyperlink ref="A302" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71354" xr:uid="{3EB4F722-13AC-46D6-8DEC-C697E0373EF4}"/>
+    <hyperlink ref="A303" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71352" xr:uid="{F88A89D3-3B9F-4C12-8E44-355E0B2FF501}"/>
+    <hyperlink ref="A304" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72263" xr:uid="{973CCEF2-6E3B-4CB1-BAE8-07437FB3AFD9}"/>
+    <hyperlink ref="A305" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71724" xr:uid="{D871C428-6132-4DDA-9B46-05A9E5912260}"/>
+    <hyperlink ref="A306" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72024" xr:uid="{9F94E044-131B-4B0E-913A-BD510B413CF8}"/>
+    <hyperlink ref="A307" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67586" xr:uid="{DEB66B8A-6C9A-47C0-8991-166E4C0A9069}"/>
+    <hyperlink ref="A308" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72543" xr:uid="{45F659DF-2E2C-4C61-80F6-F178C8E84131}"/>
+    <hyperlink ref="A309" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67062" xr:uid="{B8A0CECC-9528-4713-8280-13A437685118}"/>
+    <hyperlink ref="A310" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65023" xr:uid="{687A46F3-CC6D-4721-8DC6-B145EA70F40B}"/>
+    <hyperlink ref="A311" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69703" xr:uid="{CC655940-BC8D-4A5A-907B-B0F2A2972E8C}"/>
+    <hyperlink ref="A312" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71653" xr:uid="{EC4B97AD-F6E9-4D88-B934-5AAE28F62636}"/>
+    <hyperlink ref="A313" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69740" xr:uid="{7A892D75-0608-496E-9E37-EB4582459084}"/>
+    <hyperlink ref="A314" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68392" xr:uid="{1CD5D6B3-708F-4447-902C-944C6F333FF1}"/>
+    <hyperlink ref="A315" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73402" xr:uid="{0950905F-2B0B-4E63-9820-1A59178D9B52}"/>
+    <hyperlink ref="A316" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69567" xr:uid="{3FDD5139-B705-46F8-AC7B-32EC0DE58A2A}"/>
+    <hyperlink ref="A317" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73750" xr:uid="{37FD5321-470C-4B4A-86D2-22E9E1DF02B9}"/>
+    <hyperlink ref="A318" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74146" xr:uid="{0C339EDE-4EDB-4D2F-ACE6-D24A2B3E0365}"/>
+    <hyperlink ref="A319" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74026" xr:uid="{2D7D3259-95E8-4C80-9513-F45FBAD138CC}"/>
+    <hyperlink ref="A320" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68094" xr:uid="{C393A7F5-6B24-4083-BB0D-8A1C7FBDEEFA}"/>
+    <hyperlink ref="A321" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74460" xr:uid="{F5247235-6BE1-4B41-8DCB-A5FF96028C3C}"/>
+    <hyperlink ref="A322" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74362" xr:uid="{6CB723C6-FC03-4E37-93AF-059E132CBB89}"/>
+    <hyperlink ref="A323" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32290" xr:uid="{7F94E981-B7BB-41A6-9B90-B4F22A2456BC}"/>
+    <hyperlink ref="A324" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66696" xr:uid="{B92F955B-2284-4E54-B3CF-0908B7C88BFC}"/>
+    <hyperlink ref="A325" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74270" xr:uid="{51E98FA2-C6FA-45FE-B1B9-482565F0945E}"/>
+    <hyperlink ref="A326" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74870" xr:uid="{33A92673-E18D-45DA-B70C-EC6DC7537882}"/>
+    <hyperlink ref="A327" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72542" xr:uid="{737CEDE6-CBB0-48CD-9A55-392FA9B23A01}"/>
+    <hyperlink ref="A328" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74733" xr:uid="{49E142EA-93C1-4542-9D7F-30D9854C094D}"/>
+    <hyperlink ref="A329" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69502" xr:uid="{D47D4683-09AA-4B82-A7F3-E7BA11609B2E}"/>
+    <hyperlink ref="A330" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73200" xr:uid="{0412E604-D778-46FF-BAA3-8E3318D1601D}"/>
+    <hyperlink ref="A331" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75455" xr:uid="{26F6E3FC-819B-40D9-BBF3-197F31ACD78D}"/>
+    <hyperlink ref="A332" r:id="rId331" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74593" xr:uid="{9F7A2BD0-AD70-4011-A32C-CB41CDC23B6E}"/>
+    <hyperlink ref="A333" r:id="rId332" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75990" xr:uid="{9A721321-C9F4-4A0C-BAD5-962F85AC5E02}"/>
+    <hyperlink ref="A334" r:id="rId333" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76019" xr:uid="{905A2EFF-E6C4-4F46-A33F-F0C37BC24AEF}"/>
+    <hyperlink ref="A335" r:id="rId334" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75779" xr:uid="{9387B9B4-555D-4E9C-A307-AEB7DBD38D42}"/>
+    <hyperlink ref="A336" r:id="rId335" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75430" xr:uid="{FC31F770-6D26-4692-8422-1BD2B1D74568}"/>
+    <hyperlink ref="A337" r:id="rId336" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75766" xr:uid="{8E95295E-2BE3-448B-8DCA-6FF286322404}"/>
+    <hyperlink ref="A338" r:id="rId337" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74421" xr:uid="{8111CDEF-1B23-477F-87A8-7E1BA2E5AE82}"/>
+    <hyperlink ref="A339" r:id="rId338" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76222" xr:uid="{A639EC3E-3CD6-4FA6-91A7-2925A0B142E7}"/>
+    <hyperlink ref="A340" r:id="rId339" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76806" xr:uid="{CA93EC9A-64A6-47DB-B637-15532AE9F0D1}"/>
+    <hyperlink ref="A341" r:id="rId340" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75843" xr:uid="{44786C88-92BA-4C61-8452-28861B3AFC66}"/>
+    <hyperlink ref="A342" r:id="rId341" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76428" xr:uid="{597DA667-C5D6-480E-BBD1-3C64988AA7A0}"/>
+    <hyperlink ref="A343" r:id="rId342" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77937" xr:uid="{89938A48-5C00-4A21-AF5B-1B11C2892898}"/>
+    <hyperlink ref="A344" r:id="rId343" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75716" xr:uid="{AFB2DF49-C6AB-47FA-B607-1ADA9E91ECC0}"/>
+    <hyperlink ref="A345" r:id="rId344" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67624" xr:uid="{C926BA31-7560-4250-B9FC-AFC0178CC2E0}"/>
+    <hyperlink ref="A346" r:id="rId345" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78708" xr:uid="{07CE1B78-6F1C-4E11-959F-0001D2661FF2}"/>
+    <hyperlink ref="A347" r:id="rId346" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78357" xr:uid="{A49959AE-7F43-471D-A370-5F1B475DBC37}"/>
+    <hyperlink ref="A348" r:id="rId347" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79044" xr:uid="{6C879420-148D-48A7-AB72-D3D5E9D55386}"/>
+    <hyperlink ref="A349" r:id="rId348" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79159" xr:uid="{DF445B5B-C6A4-477F-A5D3-B7C9F2F62248}"/>
+    <hyperlink ref="A350" r:id="rId349" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79523" xr:uid="{3DC6DE21-F1D9-48E8-B8B0-E07F9C91F12E}"/>
+    <hyperlink ref="A351" r:id="rId350" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78356" xr:uid="{E20BF1E8-353D-4177-A043-C875A73BE626}"/>
+    <hyperlink ref="A352" r:id="rId351" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78909" xr:uid="{CD16D97D-8BA3-49E4-A6DF-16A089D699D6}"/>
+    <hyperlink ref="A353" r:id="rId352" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77588" xr:uid="{975FC69A-1C35-427A-9341-7D6F5F5E7913}"/>
+    <hyperlink ref="A354" r:id="rId353" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80286" xr:uid="{E28323DD-98FE-426F-89C9-069302A4F55D}"/>
+    <hyperlink ref="A355" r:id="rId354" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79440" xr:uid="{CF0DBB06-CB5F-4D3D-8E35-8546135664E2}"/>
+    <hyperlink ref="A356" r:id="rId355" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80642" xr:uid="{4134808A-E9B4-4FBB-93D9-A370FF24920E}"/>
+    <hyperlink ref="A357" r:id="rId356" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76480" xr:uid="{F233AE1F-A64C-45B5-8E12-72682DEE6162}"/>
+    <hyperlink ref="A358" r:id="rId357" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79413" xr:uid="{B70F03C5-CEA7-491B-8209-DBBFE2BA4EA9}"/>
+    <hyperlink ref="A359" r:id="rId358" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76245" xr:uid="{2E351AA3-69AA-42AD-8676-0D17B460FAE4}"/>
+    <hyperlink ref="A360" r:id="rId359" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81602" xr:uid="{961F979D-3614-4C8D-AC1A-8DBEF573BAE0}"/>
+    <hyperlink ref="A361" r:id="rId360" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81243" xr:uid="{1ADEFD35-761A-4A71-BE40-09945D59836A}"/>
+    <hyperlink ref="A362" r:id="rId361" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82142" xr:uid="{A7C99B7E-7B51-48B2-947C-49C1160A6DA8}"/>
+    <hyperlink ref="A363" r:id="rId362" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77343" xr:uid="{3D8ACD7C-A089-4DF9-96BA-80A6A32AF263}"/>
+    <hyperlink ref="A364" r:id="rId363" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79840" xr:uid="{2FB26B06-3B3B-4B5F-9EEB-20DB1618D3FC}"/>
+    <hyperlink ref="A365" r:id="rId364" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78988" xr:uid="{079150B8-5E94-44A3-B216-EF5F0C847FA7}"/>
+    <hyperlink ref="A366" r:id="rId365" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80898" xr:uid="{DD6DF659-67CE-429C-8C78-E1FFC6E68E1E}"/>
+    <hyperlink ref="A367" r:id="rId366" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81330" xr:uid="{B596CFF6-B0C1-4247-9DAB-31C05D59EF73}"/>
+    <hyperlink ref="A368" r:id="rId367" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81521" xr:uid="{6AAD66E4-F3E5-43D8-A3AA-77A18E1F7DE1}"/>
+    <hyperlink ref="A369" r:id="rId368" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82202" xr:uid="{42004B7A-8F4A-45FC-957D-41D379CCFF49}"/>
+    <hyperlink ref="A370" r:id="rId369" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79675" xr:uid="{DA55ED5B-ADD8-4FE0-9473-BA0F2A7E6598}"/>
+    <hyperlink ref="A371" r:id="rId370" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78514" xr:uid="{E45E5164-AAD0-4153-BC57-B741BBAC000E}"/>
+    <hyperlink ref="A372" r:id="rId371" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80776" xr:uid="{6582539B-8D36-4AE6-992E-F4644DF74B06}"/>
+    <hyperlink ref="A373" r:id="rId372" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82936" xr:uid="{19106FD4-3267-45AB-B6C8-01D63B31CCF3}"/>
+    <hyperlink ref="A374" r:id="rId373" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76587" xr:uid="{6093D538-96D5-4B88-864D-BE6084A4A4B8}"/>
+    <hyperlink ref="A375" r:id="rId374" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82866" xr:uid="{2E90EDBE-A8EF-46F4-A537-495543D7D77B}"/>
+    <hyperlink ref="A376" r:id="rId375" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79993" xr:uid="{21043133-CE28-49D8-8EA5-AEB6309C3E27}"/>
+    <hyperlink ref="A377" r:id="rId376" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66604" xr:uid="{37CAA976-D5C0-441E-A7E9-71668AA0B832}"/>
+    <hyperlink ref="A378" r:id="rId377" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83503" xr:uid="{435B8C4E-E74A-4D35-94F6-025295AD997D}"/>
+    <hyperlink ref="A379" r:id="rId378" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66768" xr:uid="{4E946E58-0150-4CD8-A7C6-05CA7920DD24}"/>
+    <hyperlink ref="A380" r:id="rId379" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83371" xr:uid="{F8398D5C-8490-4635-B8CD-0461FD1E452E}"/>
+    <hyperlink ref="A381" r:id="rId380" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82661" xr:uid="{33E90546-CB3C-49FC-8BD7-D847D437BA5B}"/>
+    <hyperlink ref="A382" r:id="rId381" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83854" xr:uid="{32D5AAFB-C74E-4E2A-A390-EF7A609555B9}"/>
+    <hyperlink ref="A383" r:id="rId382" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82535" xr:uid="{6AA7E0B2-C9AE-47F9-A71B-A7F9EDA3A74C}"/>
+    <hyperlink ref="A384" r:id="rId383" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82098" xr:uid="{D1717A60-BE23-4C79-8E05-2C5C0A89CDEB}"/>
+    <hyperlink ref="A385" r:id="rId384" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83742" xr:uid="{04DC1196-83BD-42A6-9E76-631BACF811D0}"/>
+    <hyperlink ref="A386" r:id="rId385" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82307" xr:uid="{280BCC4F-A739-4D64-B432-E0C88CD4E449}"/>
+    <hyperlink ref="A387" r:id="rId386" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84508" xr:uid="{C18D2DBA-F4FA-4746-BD4E-B60818ECAEE0}"/>
+    <hyperlink ref="A388" r:id="rId387" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84739" xr:uid="{AD884105-1DB4-4319-9785-3F9A56AE8CFD}"/>
+    <hyperlink ref="A389" r:id="rId388" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82846" xr:uid="{D192AF04-1662-4726-AD30-070E183CB6A5}"/>
+    <hyperlink ref="A390" r:id="rId389" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83233" xr:uid="{92E33EF6-CF4E-45F8-A331-7FF44308FF47}"/>
+    <hyperlink ref="A391" r:id="rId390" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83977" xr:uid="{23A1C137-2092-4FE1-9AB3-141B76E9D04F}"/>
+    <hyperlink ref="A392" r:id="rId391" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77461" xr:uid="{B45391A3-BF6A-47F1-90BB-4C083DE00910}"/>
+    <hyperlink ref="A393" r:id="rId392" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83666" xr:uid="{158E0420-2096-4387-955E-92334D308FB4}"/>
+    <hyperlink ref="A394" r:id="rId393" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73625" xr:uid="{F5E9C21F-1C60-4CCD-85D7-3121BD461A6B}"/>
+    <hyperlink ref="A395" r:id="rId394" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84676" xr:uid="{50611C42-C7B8-4157-8893-BA687233D1DF}"/>
+    <hyperlink ref="A396" r:id="rId395" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84361" xr:uid="{37DA9C7F-59E5-447E-B9E8-07524B532314}"/>
+    <hyperlink ref="A397" r:id="rId396" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85846" xr:uid="{6C44809E-CE54-4903-BDFA-1D87AC7D10DD}"/>
+    <hyperlink ref="A398" r:id="rId397" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84705" xr:uid="{94ED16EE-0972-476A-8F21-6B64F6CC934E}"/>
+    <hyperlink ref="A399" r:id="rId398" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84879" xr:uid="{8D6F10AB-3440-4BEC-A86E-B1ABC478F134}"/>
+    <hyperlink ref="A400" r:id="rId399" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74801" xr:uid="{F8488D6F-155B-430E-A38A-62F32E2E88B5}"/>
+    <hyperlink ref="A401" r:id="rId400" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80680" xr:uid="{78683C83-D8C7-4151-BAF1-B856AA55C089}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <legacyDrawing r:id="rId397"/>
+  <legacyDrawing r:id="rId401"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A59A3F05-5127-4DD3-ADE9-F2A9B7734F82}">
-  <dimension ref="A1:G331"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2878773A-201C-422A-B0AF-F3BC491FDC45}">
+  <dimension ref="A1:G330"/>
   <sheetViews>
-    <sheetView topLeftCell="A308" workbookViewId="0">
+    <sheetView topLeftCell="A321" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.5546875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="16.44140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="50.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="41.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="E2" s="5" t="s">
+    <row r="2" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>1796</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G19" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="B21" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G26" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="B27" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G27" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B29" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G32" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G33" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C35" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="B37" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="B38" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B39" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="G39" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="B40" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="F40" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="F2" s="6" t="s">
+      <c r="G40" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="B41" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D41" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="G2" s="7">
+      <c r="E41" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="B42" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="B43" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" s="8">
         <v>43143</v>
       </c>
     </row>
-    <row r="3" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...12 lines deleted...]
-      <c r="E3" s="5" t="s">
+    <row r="44" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="B44" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="B45" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G45" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="B46" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="B47" s="6" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C47" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G47" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="B48" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G48" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="B49" s="6" t="s">
+        <v>2109</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="B50" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="B51" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="B52" s="6" t="s">
+        <v>1819</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="B53" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="B54" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="B55" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G55" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="B56" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="B57" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G57" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="B58" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="B59" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="F59" s="7"/>
+      <c r="G59" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="B60" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="B61" s="6" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G61" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="B62" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="8">
+        <v>42916</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="B63" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G63" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="B64" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="B65" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="B66" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="B67" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G67" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="B68" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G68" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="B69" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>470</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="B71" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B72" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E72" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="G72" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="B73" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G73" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="B74" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B75" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G75" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="B76" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="B77" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G77" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="B78" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G78" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="B79" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="B80" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="F80" s="7"/>
+      <c r="G80" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="B81" s="6" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="B82" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="B83" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="B84" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="B85" s="6" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="B87" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="B88" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="B89" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G89" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="B90" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D90" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E90" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="B91" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D91" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G91" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="B92" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E92" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="B93" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G93" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B94" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D94" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="B95" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D95" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="F95" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="B96" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D96" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="B97" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E97" s="6" t="s">
+        <v>661</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="B98" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="B99" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="F99" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="B100" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D100" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="B101" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="C101" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D101" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>692</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G101" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="B102" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G102" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="B103" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="C103" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="F103" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="B104" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>721</v>
+      </c>
+      <c r="F104" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G104" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="B105" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="F105" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="B106" s="6" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="F106" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="B107" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="F107" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G107" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="B108" s="6" t="s">
+        <v>745</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="F108" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="B109" s="6" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="F109" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="B110" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>757</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="B111" s="6" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="F111" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="B112" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="F112" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G112" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="B113" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="F113" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="B114" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="F114" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="B115" s="6" t="s">
+        <v>790</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="F115" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="B116" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>799</v>
+      </c>
+      <c r="F116" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="B117" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="F117" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="B118" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="F118" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="B119" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="F119" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="B120" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="F120" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="B121" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="F121" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G121" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="B122" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="F122" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G122" s="8">
+        <v>43143</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="B123" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="F123" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="B124" s="6" t="s">
+        <v>898</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>899</v>
+      </c>
+      <c r="F124" s="7" t="s">
+        <v>900</v>
+      </c>
+      <c r="G124" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="B125" s="6" t="s">
+        <v>905</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>906</v>
+      </c>
+      <c r="F125" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="B126" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>918</v>
+      </c>
+      <c r="F126" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="G126" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="B127" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>983</v>
+      </c>
+      <c r="F127" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G127" s="8">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B128" s="6" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F128" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B129" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F129" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G129" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="5" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B130" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F130" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B131" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C131" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F131" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G131" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="5" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B132" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F132" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B133" s="6" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C133" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F133" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G133" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B134" s="6" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F134" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G134" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="5" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B135" s="6" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F135" s="7" t="s">
+        <v>959</v>
+      </c>
+      <c r="G135" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B136" s="6" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F136" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G136" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="5" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B137" s="6" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E137" s="6" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F137" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G137" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B138" s="6" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F138" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="5" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B139" s="6" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F139" s="7" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G139" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B140" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C140" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F140" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" s="8">
+        <v>43646</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="5" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B141" s="6" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C141" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E141" s="6" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F141" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="5" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B142" s="6" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C142" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D142" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E142" s="6" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F142" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="5" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B143" s="6" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F143" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G143" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B144" s="6" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E144" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F144" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G144" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B145" s="6" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F145" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G145" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B146" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F146" s="7" t="s">
+        <v>389</v>
+      </c>
+      <c r="G146" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B147" s="6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F147" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="G147" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B148" s="6" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C148" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F148" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" s="8">
+        <v>45082</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="5" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B149" s="6" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C149" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F149" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" s="8">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B150" s="6" t="s">
+        <v>1789</v>
+      </c>
+      <c r="C150" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D150" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E150" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F150" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G150" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B151" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C151" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D151" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E151" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F151" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G151" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="F3" s="6" t="s">
+      <c r="B152" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F152" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G152" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B153" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C153" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D153" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E153" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F153" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G153" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B154" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C154" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E154" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F154" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G154" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B155" s="6" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C155" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E155" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F155" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G155" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B156" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C156" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D156" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E156" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F156" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G156" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="B157" s="6" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C157" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D157" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E157" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F157" s="7"/>
+      <c r="G157" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B158" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="C158" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="F158" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G158" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="B159" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="C159" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E159" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="F159" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G159" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="B160" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E160" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F160" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G160" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B161" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="C161" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E161" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="F161" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G161" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="B162" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="C162" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D162" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="F162" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G162" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="B163" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E163" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="F163" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G163" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="B164" s="6" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C164" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D164" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E164" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="F164" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G164" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="B165" s="6" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C165" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E165" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="F165" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G165" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="B166" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="C166" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="F166" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G166" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="B167" s="6" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C167" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E167" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="F167" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G167" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="B168" s="6" t="s">
+        <v>2104</v>
+      </c>
+      <c r="C168" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E168" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="F168" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G168" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="B169" s="6" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C169" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E169" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="F169" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G169" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="B170" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="C170" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D170" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E170" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="F170" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G170" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="B171" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="C171" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E171" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="F171" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G171" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="B172" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="C172" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="F172" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="G172" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="B173" s="6" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C173" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="F173" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G173" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="B174" s="6" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="F174" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G174" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="B175" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="C175" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="F175" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G175" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="B176" s="6" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E176" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="F176" s="7"/>
+      <c r="G176" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="B177" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="C177" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F177" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G177" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="B178" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="F178" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G178" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="B179" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="C179" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="F179" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G179" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="B180" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="C180" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="F180" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G180" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="B181" s="6" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D181" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="F181" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G181" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="B182" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="F182" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G182" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="B183" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="C183" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="F183" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="B184" s="6" t="s">
+        <v>2027</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="F184" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G184" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="B185" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="C185" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D185" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="F185" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G185" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="B186" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="C186" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D186" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="F186" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="G186" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="B187" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="C187" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="F187" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G187" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="B188" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="F188" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G188" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="B189" s="6" t="s">
+        <v>2114</v>
+      </c>
+      <c r="C189" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D189" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E189" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="F189" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G189" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="B190" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="C190" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D190" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E190" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="F190" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G190" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="B191" s="6" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C191" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D191" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E191" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="F191" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G191" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="B192" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="C192" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D192" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E192" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="F192" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="B193" s="6" t="s">
+        <v>539</v>
+      </c>
+      <c r="C193" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D193" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E193" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="F193" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G193" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="B194" s="6" t="s">
+        <v>2115</v>
+      </c>
+      <c r="C194" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D194" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E194" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="F194" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G194" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="B195" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="C195" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E195" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="F195" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G195" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="B196" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="C196" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E196" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="F196" s="7" t="s">
+        <v>590</v>
+      </c>
+      <c r="G196" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="B197" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="C197" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E197" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="F197" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G197" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="B198" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="C198" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E198" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="F198" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G198" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="199" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="B199" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="C199" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E199" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="F199" s="7" t="s">
+        <v>628</v>
+      </c>
+      <c r="G199" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="200" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="B200" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="C200" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E200" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="F200" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G200" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="201" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="B201" s="6" t="s">
+        <v>1837</v>
+      </c>
+      <c r="C201" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E201" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="F201" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G201" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="202" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="B202" s="6" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C202" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D202" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E202" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="F202" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G202" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="203" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="B203" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="C203" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D203" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E203" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="F203" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G203" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="204" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="B204" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="C204" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D204" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E204" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="F204" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G204" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="205" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="B205" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="C205" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D205" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E205" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="F205" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G205" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="206" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="B206" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="C206" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E206" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="F206" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="207" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="B207" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="C207" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E207" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="F207" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G207" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="208" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="B208" s="6" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C208" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E208" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="F208" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="B209" s="6" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C209" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E209" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="F209" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="B210" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="C210" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D210" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E210" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="F210" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G210" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="B211" s="6" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C211" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D211" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E211" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="F211" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G211" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="5" t="s">
+        <v>707</v>
+      </c>
+      <c r="B212" s="6" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C212" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E212" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="F212" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="G212" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="B213" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="C213" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E213" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="F213" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G213" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="B214" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="C214" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E214" s="6" t="s">
+        <v>727</v>
+      </c>
+      <c r="F214" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G214" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="B215" s="6" t="s">
+        <v>731</v>
+      </c>
+      <c r="C215" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E215" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="F215" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G215" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="B216" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E216" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="F216" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G216" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="B217" s="6" t="s">
+        <v>742</v>
+      </c>
+      <c r="C217" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E217" s="6" t="s">
+        <v>743</v>
+      </c>
+      <c r="F217" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G217" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="B218" s="6" t="s">
+        <v>2128</v>
+      </c>
+      <c r="C218" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E218" s="6" t="s">
+        <v>750</v>
+      </c>
+      <c r="F218" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G218" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="B219" s="6" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C219" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D219" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E219" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="F219" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G219" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="B220" s="6" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C220" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E220" s="6" t="s">
+        <v>754</v>
+      </c>
+      <c r="F220" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G220" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="B221" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="C221" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D221" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E221" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="F221" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G221" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="B222" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="C222" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D222" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E222" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="F222" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G222" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="5" t="s">
+        <v>783</v>
+      </c>
+      <c r="B223" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="C223" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D223" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E223" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="F223" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G223" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="B224" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="C224" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D224" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E224" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="F224" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G224" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="B225" s="6" t="s">
+        <v>795</v>
+      </c>
+      <c r="C225" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D225" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E225" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="F225" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G225" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="5" t="s">
+        <v>807</v>
+      </c>
+      <c r="B226" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="C226" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D226" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E226" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="F226" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G3" s="7">
-[...19 lines deleted...]
-      <c r="F4" s="6" t="s">
+      <c r="G226" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="B227" s="6" t="s">
+        <v>817</v>
+      </c>
+      <c r="C227" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D227" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E227" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="F227" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G227" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="B228" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="C228" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D228" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E228" s="6" t="s">
+        <v>825</v>
+      </c>
+      <c r="F228" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G228" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="B229" s="6" t="s">
+        <v>830</v>
+      </c>
+      <c r="C229" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D229" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E229" s="6" t="s">
+        <v>831</v>
+      </c>
+      <c r="F229" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G229" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="B230" s="6" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C230" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E230" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="F230" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G230" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="B231" s="6" t="s">
+        <v>847</v>
+      </c>
+      <c r="C231" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E231" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="F231" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G231" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="B232" s="6" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C232" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E232" s="6" t="s">
+        <v>854</v>
+      </c>
+      <c r="F232" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="B233" s="6" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E233" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="F233" s="7" t="s">
+        <v>862</v>
+      </c>
+      <c r="G233" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="5" t="s">
+        <v>868</v>
+      </c>
+      <c r="B234" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="C234" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D234" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E234" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="F234" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G234" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="B235" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="C235" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D235" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E235" s="6" t="s">
+        <v>880</v>
+      </c>
+      <c r="F235" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G235" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="B236" s="6" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C236" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D236" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E236" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="F236" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G236" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="B237" s="6" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C237" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D237" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E237" s="6" t="s">
+        <v>892</v>
+      </c>
+      <c r="F237" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G237" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="B238" s="6" t="s">
+        <v>2044</v>
+      </c>
+      <c r="C238" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D238" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E238" s="6" t="s">
+        <v>896</v>
+      </c>
+      <c r="F238" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G238" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="B239" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="C239" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E239" s="6" t="s">
+        <v>903</v>
+      </c>
+      <c r="F239" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="G239" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="B240" s="6" t="s">
+        <v>908</v>
+      </c>
+      <c r="C240" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D240" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E240" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="F240" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G240" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="B241" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="C241" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D241" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E241" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="F241" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G241" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="5" t="s">
+        <v>913</v>
+      </c>
+      <c r="B242" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="C242" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D242" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E242" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="F242" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G242" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="B243" s="6" t="s">
+        <v>920</v>
+      </c>
+      <c r="C243" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D243" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E243" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="F243" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G243" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="B244" s="6" t="s">
+        <v>927</v>
+      </c>
+      <c r="C244" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E244" s="6" t="s">
+        <v>928</v>
+      </c>
+      <c r="F244" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G244" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="B245" s="6" t="s">
+        <v>930</v>
+      </c>
+      <c r="C245" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E245" s="6" t="s">
+        <v>931</v>
+      </c>
+      <c r="F245" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G4" s="7">
+      <c r="G245" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="5" t="s">
+        <v>932</v>
+      </c>
+      <c r="B246" s="6" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C246" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E246" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="F246" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G246" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="B247" s="6" t="s">
+        <v>937</v>
+      </c>
+      <c r="C247" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E247" s="6" t="s">
+        <v>938</v>
+      </c>
+      <c r="F247" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G247" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="B248" s="6" t="s">
+        <v>940</v>
+      </c>
+      <c r="C248" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D248" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E248" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="F248" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G248" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="B249" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="C249" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D249" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E249" s="6" t="s">
+        <v>944</v>
+      </c>
+      <c r="F249" s="7" t="s">
+        <v>493</v>
+      </c>
+      <c r="G249" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="B250" s="6" t="s">
+        <v>948</v>
+      </c>
+      <c r="C250" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E250" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="F250" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G250" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="B251" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="C251" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D251" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E251" s="6" t="s">
+        <v>966</v>
+      </c>
+      <c r="F251" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G251" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="5" t="s">
+        <v>970</v>
+      </c>
+      <c r="B252" s="6" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C252" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D252" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E252" s="6" t="s">
+        <v>971</v>
+      </c>
+      <c r="F252" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G252" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="B253" s="6" t="s">
+        <v>979</v>
+      </c>
+      <c r="C253" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E253" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="F253" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G253" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="5" t="s">
+        <v>990</v>
+      </c>
+      <c r="B254" s="6" t="s">
+        <v>991</v>
+      </c>
+      <c r="C254" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E254" s="6" t="s">
+        <v>992</v>
+      </c>
+      <c r="F254" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G254" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="5" t="s">
+        <v>995</v>
+      </c>
+      <c r="B255" s="6" t="s">
+        <v>996</v>
+      </c>
+      <c r="C255" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E255" s="6" t="s">
+        <v>997</v>
+      </c>
+      <c r="F255" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G255" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="B256" s="6" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C256" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E256" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="F256" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G256" s="8">
+        <v>44347</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="5" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B257" s="6" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C257" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E257" s="6" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F257" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G257" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="5" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B258" s="6" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C258" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E258" s="6" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F258" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G258" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B259" s="6" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C259" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D259" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E259" s="6" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F259" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G259" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="5" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B260" s="6" t="s">
+        <v>1870</v>
+      </c>
+      <c r="C260" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E260" s="6" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F260" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G260" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="5" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B261" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C261" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D261" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E261" s="6" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F261" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G261" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B262" s="6" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C262" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E262" s="6" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F262" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G262" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B263" s="6" t="s">
+        <v>2049</v>
+      </c>
+      <c r="C263" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E263" s="6" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F263" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="G263" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B264" s="6" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C264" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E264" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="F264" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G264" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B265" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C265" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E265" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F265" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="G265" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B266" s="6" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C266" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E266" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F266" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G266" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="5" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B267" s="6" t="s">
+        <v>1879</v>
+      </c>
+      <c r="C267" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E267" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F267" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G267" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B268" s="6" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C268" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E268" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F268" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G268" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B269" s="6" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C269" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E269" s="6" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F269" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G269" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B270" s="6" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C270" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E270" s="6" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F270" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G270" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B271" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C271" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E271" s="6" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F271" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="G271" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="5" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B272" s="6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C272" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D272" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E272" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F272" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G272" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B273" s="6" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C273" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D273" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E273" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F273" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G273" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B274" s="6" t="s">
+        <v>1885</v>
+      </c>
+      <c r="C274" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D274" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E274" s="6" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F274" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G274" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="5" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B275" s="6" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C275" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D275" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E275" s="6" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F275" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G275" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B276" s="6" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C276" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D276" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E276" s="6" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F276" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G276" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B277" s="6" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C277" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D277" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E277" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F277" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G277" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="5" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B278" s="6" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C278" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D278" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E278" s="6" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F278" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G278" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="5" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B279" s="6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C279" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D279" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E279" s="6" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F279" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G279" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B280" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C280" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D280" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E280" s="6" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F280" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G280" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B281" s="6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C281" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D281" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E281" s="6" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F281" s="7" t="s">
+        <v>1144</v>
+      </c>
+      <c r="G281" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B282" s="6" t="s">
+        <v>1896</v>
+      </c>
+      <c r="C282" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E282" s="6" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F282" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G282" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="5" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B283" s="6" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C283" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E283" s="6" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F283" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G283" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B284" s="6" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C284" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E284" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F284" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G284" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="5" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B285" s="6" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C285" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E285" s="6" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F285" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G285" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="5" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B286" s="6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C286" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E286" s="6" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F286" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G286" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="5" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B287" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C287" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E287" s="6" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F287" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G287" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="5" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B288" s="6" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C288" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E288" s="6" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F288" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G288" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="5" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B289" s="6" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C289" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E289" s="6" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F289" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G289" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="5" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B290" s="6" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C290" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E290" s="6" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F290" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G290" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B291" s="6" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C291" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E291" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F291" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G291" s="8">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B292" s="6" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C292" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E292" s="6" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F292" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G292" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B293" s="6" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C293" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E293" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F293" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G293" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B294" s="6" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C294" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E294" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F294" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G294" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B295" s="6" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C295" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E295" s="6" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F295" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G295" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="5" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B296" s="6" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C296" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E296" s="6" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F296" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G296" s="8">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="5" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B297" s="6" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C297" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D297" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E297" s="6" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F297" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G297" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B298" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C298" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E298" s="6" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F298" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G298" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="5" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B299" s="6" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C299" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E299" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F299" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G299" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="5" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B300" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C300" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D300" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E300" s="6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="F300" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="G300" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B301" s="6" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C301" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D301" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E301" s="6" t="s">
+        <v>1367</v>
+      </c>
+      <c r="F301" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G301" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="5" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B302" s="6" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C302" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D302" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E302" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F302" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G302" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="5" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B303" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C303" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D303" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E303" s="6" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F303" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G303" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="5" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B304" s="6" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C304" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E304" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F304" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G304" s="8">
         <v>44742</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...84 lines deleted...]
-      <c r="F8" s="6" t="s">
+    <row r="305" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="5" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B305" s="6" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C305" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E305" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F305" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G305" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="5" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B306" s="6" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C306" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E306" s="6" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F306" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G306" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B307" s="6" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C307" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E307" s="6" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F307" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G307" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="5" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B308" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C308" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E308" s="6" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F308" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G308" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="5" t="s">
+        <v>1436</v>
+      </c>
+      <c r="B309" s="6" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C309" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E309" s="6" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F309" s="7" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G309" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="5" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B310" s="6" t="s">
+        <v>1940</v>
+      </c>
+      <c r="C310" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D310" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E310" s="6" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F310" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G310" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="5" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B311" s="6" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C311" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E311" s="6" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F311" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="G311" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B312" s="6" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C312" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E312" s="6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="F312" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G312" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="5" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B313" s="6" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C313" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E313" s="6" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F313" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G313" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B314" s="6" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C314" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D314" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E314" s="6" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F314" s="7" t="s">
+        <v>959</v>
+      </c>
+      <c r="G314" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="5" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B315" s="6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C315" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E315" s="6" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F315" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G315" s="8">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="316" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="5" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B316" s="6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C316" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D316" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E316" s="6" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F316" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G316" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="5" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B317" s="6" t="s">
+        <v>1961</v>
+      </c>
+      <c r="C317" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D317" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E317" s="6" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F317" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="G317" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B318" s="6" t="s">
+        <v>2193</v>
+      </c>
+      <c r="C318" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D318" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E318" s="6" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F318" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="G318" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="5" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B319" s="6" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C319" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D319" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E319" s="6" t="s">
+        <v>1536</v>
+      </c>
+      <c r="F319" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="G319" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B320" s="6" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C320" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E320" s="6" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F320" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G320" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="5" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B321" s="6" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C321" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E321" s="6" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F321" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G321" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B322" s="6" t="s">
+        <v>2198</v>
+      </c>
+      <c r="C322" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D322" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E322" s="6" t="s">
+        <v>1559</v>
+      </c>
+      <c r="F322" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G322" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="5" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B323" s="6" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C323" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E323" s="6" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F323" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G323" s="8">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B324" s="6" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C324" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E324" s="6" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F324" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G324" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B325" s="6" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C325" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E325" s="6" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F325" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G325" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="5" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B326" s="6" t="s">
+        <v>2073</v>
+      </c>
+      <c r="C326" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E326" s="6" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F326" s="7" t="s">
+        <v>803</v>
+      </c>
+      <c r="G326" s="8">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="5" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B327" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C327" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E327" s="6" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F327" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="G8" s="7">
-[...3604 lines deleted...]
-      <c r="G165" s="7">
+      <c r="G327" s="8">
         <v>45838</v>
       </c>
     </row>
-    <row r="166" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...202 lines deleted...]
-      <c r="G174" s="7">
+    <row r="328" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="5" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B328" s="6" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C328" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E328" s="6" t="s">
+        <v>1656</v>
+      </c>
+      <c r="F328" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="G328" s="8">
         <v>45838</v>
       </c>
     </row>
-    <row r="175" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...62 lines deleted...]
-      <c r="G177" s="7">
+    <row r="329" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="5" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B329" s="6" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C329" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D329" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E329" s="6" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F329" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G329" s="8">
         <v>45838</v>
       </c>
     </row>
-    <row r="178" spans="1:7" s="3" customFormat="1" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...3508 lines deleted...]
-      <c r="E330" s="5" t="s">
+    <row r="330" spans="1:7" s="1" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="5" t="s">
         <v>1669</v>
       </c>
-      <c r="F330" s="6" t="s">
-[...25 lines deleted...]
-      <c r="G331" s="7">
+      <c r="B330" s="6" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C330" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D330" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E330" s="6" t="s">
+        <v>1670</v>
+      </c>
+      <c r="F330" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G330" s="8">
         <v>45838</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44372" xr:uid="{7BE8C53C-84AF-4496-9879-8E6467FF39D3}"/>
-[...328 lines deleted...]
-    <hyperlink ref="A331" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{ECF15BA5-9A82-4DB3-93BD-4D70085421CF}"/>
+    <hyperlink ref="A150" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44388" xr:uid="{5D9C8BF4-9B4B-4ABD-9CF9-2E9AFF94C782}"/>
+    <hyperlink ref="A151" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44427" xr:uid="{6C09CFCD-7DA4-49EB-AA78-DEF29E319EE1}"/>
+    <hyperlink ref="A2" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44430" xr:uid="{555C5602-5B1E-4879-93EB-2D1D7203C90C}"/>
+    <hyperlink ref="A152" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44433" xr:uid="{CC05FE38-FC80-4320-AA10-CE77C8E218A8}"/>
+    <hyperlink ref="A3" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44434" xr:uid="{DE9A1D07-7F96-4EF6-B8E4-1F5F90E26379}"/>
+    <hyperlink ref="A4" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44435" xr:uid="{4D148FF2-C787-4DD0-A588-D55016B764C6}"/>
+    <hyperlink ref="A5" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44444" xr:uid="{A262D9FD-FF27-443D-952F-C8A265D03536}"/>
+    <hyperlink ref="A153" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44449" xr:uid="{D9B191F9-8D45-4748-B580-6C6F91FC2F18}"/>
+    <hyperlink ref="A154" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44450" xr:uid="{93BA6D08-5CD3-406A-8701-2864C8872E9C}"/>
+    <hyperlink ref="A6" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44455" xr:uid="{EAC43412-B2E6-44B6-81EE-18D0CFA7AC03}"/>
+    <hyperlink ref="A7" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44474" xr:uid="{707A49E6-2440-4CF9-B288-3893575A3683}"/>
+    <hyperlink ref="A155" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44495" xr:uid="{A9E92573-3748-4915-910B-93AD49C96881}"/>
+    <hyperlink ref="A156" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44498" xr:uid="{4008DA73-0079-4362-8225-29A9985D9248}"/>
+    <hyperlink ref="A8" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44510" xr:uid="{2A875554-9316-4991-B228-6D8B2476A594}"/>
+    <hyperlink ref="A9" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44511" xr:uid="{5C7ADA44-3623-45CE-89B1-983C6F003445}"/>
+    <hyperlink ref="A10" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44512" xr:uid="{9A269B73-019F-4CA6-A9CC-8DFE25EBDEE2}"/>
+    <hyperlink ref="A157" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44519" xr:uid="{740B0D95-212B-406E-A3CC-5076CE17D083}"/>
+    <hyperlink ref="A11" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44521" xr:uid="{E1D1DB5B-2B01-40A2-B54F-3ECEE90B40DF}"/>
+    <hyperlink ref="A12" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44529" xr:uid="{CBB3D5DC-DC40-498E-B3CF-F82652325C13}"/>
+    <hyperlink ref="A13" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44542" xr:uid="{6FD43780-CB61-4BFF-88DE-BD451E800E3C}"/>
+    <hyperlink ref="A14" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44548" xr:uid="{C1A53105-4FC1-475E-92C2-C652FB265D88}"/>
+    <hyperlink ref="A15" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44549" xr:uid="{BD5FC92C-B1F0-47E7-8CF0-55FA2C24A0F7}"/>
+    <hyperlink ref="A16" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44556" xr:uid="{812DB9D8-2871-4EC7-920B-C579EEB020DC}"/>
+    <hyperlink ref="A17" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44557" xr:uid="{C70D56BE-CA88-4B55-BD20-A95DDBFC9587}"/>
+    <hyperlink ref="A158" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44565" xr:uid="{3067CB93-FEE4-4752-8F4A-9D62A6A6EBDB}"/>
+    <hyperlink ref="A18" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44570" xr:uid="{56C3C868-1CB6-46C2-BFCB-BDC0EE2B36FF}"/>
+    <hyperlink ref="A19" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44571" xr:uid="{D22C6AD7-5AC5-4AB4-A4C9-2292A1136A33}"/>
+    <hyperlink ref="A20" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44574" xr:uid="{80117B4A-B942-41E2-8558-9AC65B6B039B}"/>
+    <hyperlink ref="A21" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44616" xr:uid="{940A36B0-0BBA-43BB-8CE7-4CAA4BD4DA66}"/>
+    <hyperlink ref="A22" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44620" xr:uid="{570B8651-79EA-4681-80C7-8717A3F47D83}"/>
+    <hyperlink ref="A23" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44621" xr:uid="{BD3B4284-F441-414A-AF17-358FB7450952}"/>
+    <hyperlink ref="A24" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44635" xr:uid="{13BB59FD-530B-4CDE-BA3D-6AA105078D0C}"/>
+    <hyperlink ref="A25" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44638" xr:uid="{ED9C7026-841F-4FD0-919F-CCBD6F90B4A3}"/>
+    <hyperlink ref="A26" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44647" xr:uid="{0D027E3C-E7F5-431E-8AA4-FFB2F93DF7A7}"/>
+    <hyperlink ref="A27" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44648" xr:uid="{9D8F0434-1F5C-46AC-8E88-CB27EFE30333}"/>
+    <hyperlink ref="A28" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44649" xr:uid="{A12F66EC-D227-459B-B8D6-857221DC2810}"/>
+    <hyperlink ref="A29" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44650" xr:uid="{400DBE3B-C91C-4A10-BDB5-17EBD3230A3D}"/>
+    <hyperlink ref="A30" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44652" xr:uid="{19A4082F-1BC8-4C16-A113-8A30F0F48B9E}"/>
+    <hyperlink ref="A31" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44660" xr:uid="{0A0EEA28-6305-45E0-8C26-D2ED59C0806E}"/>
+    <hyperlink ref="A159" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44661" xr:uid="{E8666962-0E8D-4190-8ACC-D789600D41C8}"/>
+    <hyperlink ref="A32" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44663" xr:uid="{5C3017A6-8E54-4EE4-A0EF-DA3C1B2369A9}"/>
+    <hyperlink ref="A160" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44701" xr:uid="{FB3B0607-2D1C-4B82-8110-596C201DEA65}"/>
+    <hyperlink ref="A33" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44707" xr:uid="{153E1319-B226-4825-978F-02D9C2745EFC}"/>
+    <hyperlink ref="A161" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44717" xr:uid="{FB8AF26B-3ACC-40CE-A31F-AAAB863C6142}"/>
+    <hyperlink ref="A34" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44718" xr:uid="{86BCBC07-6F96-413D-9FD8-1A2751599C6E}"/>
+    <hyperlink ref="A35" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44771" xr:uid="{C78D6E81-E13F-4CE7-BC79-C9D58F985060}"/>
+    <hyperlink ref="A36" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44775" xr:uid="{0261F1F3-B345-459D-BB28-2086D1D9A872}"/>
+    <hyperlink ref="A162" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44854" xr:uid="{D3645363-6A11-43FD-BB83-B1AF7EF9D6D3}"/>
+    <hyperlink ref="A37" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44888" xr:uid="{3099F9AF-673F-47A5-BADF-C3FE0239682C}"/>
+    <hyperlink ref="A163" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44896" xr:uid="{43CA4063-A872-4047-8F34-1C21D2D6662F}"/>
+    <hyperlink ref="A38" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44902" xr:uid="{4787C4DD-333A-4830-9D65-DD38DE331543}"/>
+    <hyperlink ref="A164" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44912" xr:uid="{4331AD25-5173-4CF2-8DF0-7F7A8C92AAB6}"/>
+    <hyperlink ref="A165" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44920" xr:uid="{2BD73037-A631-4D64-B053-4981EFD9F7B6}"/>
+    <hyperlink ref="A39" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44922" xr:uid="{90664883-FA3D-424F-8F71-F0F62C794BBB}"/>
+    <hyperlink ref="A40" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44936" xr:uid="{C2DEBB3F-2813-4C11-8FB5-5A6C27AF1A3B}"/>
+    <hyperlink ref="A166" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44947" xr:uid="{C46CC725-E6B3-4285-AB03-682B421146E8}"/>
+    <hyperlink ref="A41" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44948" xr:uid="{D9490266-217E-496F-A9DD-39AA4DF1EC3E}"/>
+    <hyperlink ref="A42" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44971" xr:uid="{FB8DDE98-FB40-459A-BAA0-DC904FE9D7DF}"/>
+    <hyperlink ref="A167" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44973" xr:uid="{133DC7F0-47DB-4A6A-9D1C-7D8D2D2585D7}"/>
+    <hyperlink ref="A168" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44974" xr:uid="{BD8A7299-7AF1-4D2F-8ED5-0AF97E5D92B6}"/>
+    <hyperlink ref="A169" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44986" xr:uid="{3A5A52B3-5A90-4F89-B18D-B18AA0454783}"/>
+    <hyperlink ref="A43" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44987" xr:uid="{7D8F630A-5795-43E2-9494-6ED87B645D36}"/>
+    <hyperlink ref="A44" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45002" xr:uid="{6D991479-4619-4990-A298-0DA30B862C83}"/>
+    <hyperlink ref="A170" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45019" xr:uid="{C3AE3093-9EAB-4732-9ACE-64276252D345}"/>
+    <hyperlink ref="A171" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45036" xr:uid="{5DD0B593-A5B7-41E8-876D-A874B8AEAE09}"/>
+    <hyperlink ref="A172" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45062" xr:uid="{56270B3A-4043-44F4-A984-C87B133B3427}"/>
+    <hyperlink ref="A45" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45064" xr:uid="{72C22C28-0470-4F52-AD6B-8EE70819AFD8}"/>
+    <hyperlink ref="A173" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45072" xr:uid="{61A3309B-C307-468F-8B02-C9358BF48329}"/>
+    <hyperlink ref="A46" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45074" xr:uid="{5D0AF45B-C22F-4875-87D4-B6209A0D904B}"/>
+    <hyperlink ref="A47" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45121" xr:uid="{6466A04F-B14A-4001-A073-A967AAE80020}"/>
+    <hyperlink ref="A48" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45126" xr:uid="{8B8E5A51-B2F8-4BD1-B45C-EE568C6E213D}"/>
+    <hyperlink ref="A49" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45140" xr:uid="{4AA71B17-97B1-40F9-9B9F-E0F9306FA8E4}"/>
+    <hyperlink ref="A50" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45142" xr:uid="{080F4655-CA65-467A-BC89-ED175EC03A71}"/>
+    <hyperlink ref="A174" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45144" xr:uid="{3C16F9D8-60EA-4349-804E-5A3697BB19C6}"/>
+    <hyperlink ref="A175" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45153" xr:uid="{7AB3C5C2-1662-4FB7-A82D-E7588E21C463}"/>
+    <hyperlink ref="A51" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45177" xr:uid="{27D4AD22-CAD1-4F3E-B7BC-065D06ADEF21}"/>
+    <hyperlink ref="A176" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45186" xr:uid="{744BC0E5-65FD-4BF8-9EF5-705A6CB310F4}"/>
+    <hyperlink ref="A177" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45187" xr:uid="{EB8F7BF9-6979-4749-8451-A87071D7AA35}"/>
+    <hyperlink ref="A52" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45204" xr:uid="{55C299A4-A637-48AB-ACFC-4C43DEF86294}"/>
+    <hyperlink ref="A178" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45220" xr:uid="{7AB3F056-1DAE-4CA5-A7D4-82F721961B84}"/>
+    <hyperlink ref="A53" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45224" xr:uid="{E38EC6C2-5CFF-4369-AC7E-15003DD6A4B6}"/>
+    <hyperlink ref="A54" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45242" xr:uid="{7CC3A2FD-AF0B-4847-84B2-ACD9A015BE39}"/>
+    <hyperlink ref="A179" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45243" xr:uid="{42F44EF3-E8B9-479F-92CF-DE55B7A4D32D}"/>
+    <hyperlink ref="A55" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45255" xr:uid="{47955069-08DC-4A77-8737-8EDBC3AD6EAC}"/>
+    <hyperlink ref="A56" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45262" xr:uid="{B5B96C33-5BCA-49A7-89E0-38E5B01FEF6C}"/>
+    <hyperlink ref="A57" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45263" xr:uid="{32A1B83D-5579-4EDD-B33D-15D269FE7546}"/>
+    <hyperlink ref="A58" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45273" xr:uid="{57ADBD3D-94AB-444A-8462-6BBC325361FF}"/>
+    <hyperlink ref="A59" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45286" xr:uid="{07CD1396-2C16-432B-8029-CAE5898611D7}"/>
+    <hyperlink ref="A60" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45336" xr:uid="{FE7BB067-6A91-43F9-A635-4A5D33D1B423}"/>
+    <hyperlink ref="A61" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45339" xr:uid="{95BF2E02-20B4-4CEF-ACD2-47E773A3A9C7}"/>
+    <hyperlink ref="A62" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45344" xr:uid="{6CFF114D-4C31-48CD-BA47-1ECDD646F977}"/>
+    <hyperlink ref="A180" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45346" xr:uid="{27A4EC46-F8C2-4D34-8665-6C9B7D000804}"/>
+    <hyperlink ref="A63" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45351" xr:uid="{DD30B7BA-242D-4133-AD08-69F88F639EA1}"/>
+    <hyperlink ref="A64" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45353" xr:uid="{A1CFD8FA-C1B3-4244-953F-DD4A0DC2EC9B}"/>
+    <hyperlink ref="A181" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45360" xr:uid="{B9DB6B89-8F57-4F00-AB3C-FE4F5DA195E4}"/>
+    <hyperlink ref="A182" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45373" xr:uid="{18A77208-47DE-4100-A056-303F89A6188D}"/>
+    <hyperlink ref="A65" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45374" xr:uid="{0964FEF4-523E-4862-8E6E-3DBE0E96C447}"/>
+    <hyperlink ref="A66" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45375" xr:uid="{7057425A-B2F9-45D8-91D9-D620BD20C140}"/>
+    <hyperlink ref="A183" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45383" xr:uid="{FF9F6DA7-F9AC-40FA-9AA8-0D78441467AB}"/>
+    <hyperlink ref="A67" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45388" xr:uid="{BB863F6C-945B-4771-A053-E5E68F733137}"/>
+    <hyperlink ref="A68" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45390" xr:uid="{B1713905-B23E-4E5E-902D-F9EDFB5309CF}"/>
+    <hyperlink ref="A69" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45393" xr:uid="{D30ED5C1-30C2-485D-A908-3F7781A2C654}"/>
+    <hyperlink ref="A70" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45397" xr:uid="{FC21D7A1-CBF8-4B82-84F2-173414C5D2BC}"/>
+    <hyperlink ref="A71" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45399" xr:uid="{709C72C3-F71A-4E19-978E-D6246F575863}"/>
+    <hyperlink ref="A184" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45421" xr:uid="{90F62E5B-7ADC-4BEE-AD10-6C86CE84C579}"/>
+    <hyperlink ref="A185" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45423" xr:uid="{2910CDC8-8048-4126-AE4B-34A22CF720B6}"/>
+    <hyperlink ref="A72" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45434" xr:uid="{D4E81DBE-0519-444B-B215-4BF500E95806}"/>
+    <hyperlink ref="A186" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45437" xr:uid="{6FB3E18C-9770-4D86-9C42-38DE96B09816}"/>
+    <hyperlink ref="A73" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45441" xr:uid="{2A27555A-79E2-4EF1-B37A-EC149E2E7333}"/>
+    <hyperlink ref="A187" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45443" xr:uid="{5F5240FB-3F11-41EC-B81B-1ABB6EC99CEB}"/>
+    <hyperlink ref="A74" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45448" xr:uid="{C46C4756-56D3-417B-BDC6-5195A1F4FF93}"/>
+    <hyperlink ref="A188" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45456" xr:uid="{CCE85952-AC33-425C-A87C-1066048C1405}"/>
+    <hyperlink ref="A189" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45457" xr:uid="{69C95FA1-B1B6-4B36-AAA4-650CAABC8580}"/>
+    <hyperlink ref="A75" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45458" xr:uid="{41C8455C-AEA5-40B5-B538-1FA493CB2F91}"/>
+    <hyperlink ref="A190" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45466" xr:uid="{1914A65C-DD0B-47C2-A810-B3EDDBF5EBA7}"/>
+    <hyperlink ref="A76" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45468" xr:uid="{73CD0879-5851-4A49-BB3D-7B48D0A33454}"/>
+    <hyperlink ref="A77" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45471" xr:uid="{114B1F01-0E5C-4334-9EE2-8C37F153844C}"/>
+    <hyperlink ref="A191" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45513" xr:uid="{269FA5B0-77EC-49DC-B01C-3D510803FA87}"/>
+    <hyperlink ref="A78" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45514" xr:uid="{1624A781-4422-424D-83C0-1E4BA3B86733}"/>
+    <hyperlink ref="A192" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45515" xr:uid="{59B669DC-A7D7-4CB0-A3B6-05D8593822C3}"/>
+    <hyperlink ref="A193" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45521" xr:uid="{297C5175-1CBA-477D-B739-6E2040742EDA}"/>
+    <hyperlink ref="A194" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45523" xr:uid="{FAB9C668-E83C-47D0-A7E8-7A80468EF5DE}"/>
+    <hyperlink ref="A79" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45561" xr:uid="{68976ABB-28F1-4D0B-A3D8-9CA9C4173A3A}"/>
+    <hyperlink ref="A80" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45569" xr:uid="{5B7F80EC-6DF7-493E-8E23-BFC85CEAE715}"/>
+    <hyperlink ref="A81" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45589" xr:uid="{8CB859F9-F76A-40D1-A78F-23D633CCFD6D}"/>
+    <hyperlink ref="A82" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45598" xr:uid="{24C19899-720E-499E-B10C-9F26ADBE69C7}"/>
+    <hyperlink ref="A83" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45635" xr:uid="{7BE50D33-3BAA-49BF-9A6A-1E22B9886E0F}"/>
+    <hyperlink ref="A84" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45773" xr:uid="{B69D72E6-DA3B-4119-BED0-20F276540122}"/>
+    <hyperlink ref="A85" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45788" xr:uid="{125B1DFB-25EB-4DC7-A4F6-AE66F497CA98}"/>
+    <hyperlink ref="A195" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45789" xr:uid="{CF557FAB-103E-492B-AEDB-E3CA7F3D5BCC}"/>
+    <hyperlink ref="A196" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45798" xr:uid="{A078BEA5-BDF4-4FFF-BDBF-133D91A42620}"/>
+    <hyperlink ref="A86" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45878" xr:uid="{D5E24683-D1B5-4CBE-A8D1-0F3FDC69C624}"/>
+    <hyperlink ref="A87" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45955" xr:uid="{84C71F73-D3EF-413E-AC40-07ACA04C8B4D}"/>
+    <hyperlink ref="A88" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46015" xr:uid="{4CE84E6B-C4B7-4EDB-B77D-FB27D41EF331}"/>
+    <hyperlink ref="A89" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46293" xr:uid="{FF66D6CC-5059-4AD1-88A0-DDB2C4E7ABB0}"/>
+    <hyperlink ref="A90" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46295" xr:uid="{DEC82CB0-1781-406A-8677-6A52B849C7D3}"/>
+    <hyperlink ref="A91" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46307" xr:uid="{1FD4B326-5EF2-41B5-823C-107154F9F176}"/>
+    <hyperlink ref="A197" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46312" xr:uid="{4F18A4DF-AEDF-4706-B5FB-C31687FC3318}"/>
+    <hyperlink ref="A198" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46645" xr:uid="{1D8651EF-080A-4E87-9B85-FE4151C3D5B1}"/>
+    <hyperlink ref="A199" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46653" xr:uid="{5891CDF3-C2BD-4291-9249-34B93906139F}"/>
+    <hyperlink ref="A92" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46654" xr:uid="{9AD9F66A-7DCE-4EE7-8013-7113D72F5620}"/>
+    <hyperlink ref="A200" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46701" xr:uid="{44E8EFA5-AC30-4E65-A881-3F8C0C7C1AA2}"/>
+    <hyperlink ref="A201" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46703" xr:uid="{BB7518F9-EFAA-4FE1-89A3-DEE738946AC8}"/>
+    <hyperlink ref="A93" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46735" xr:uid="{F65798FB-1B2F-48F9-88C4-A3EA02676500}"/>
+    <hyperlink ref="A202" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46773" xr:uid="{60212427-B1E0-48B1-9DAF-A74349749701}"/>
+    <hyperlink ref="A203" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46775" xr:uid="{9390D0AB-17AF-4EB4-835F-2CB42D681E02}"/>
+    <hyperlink ref="A94" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46943" xr:uid="{43A4A5C9-E679-4F25-A08D-A384ED720E8A}"/>
+    <hyperlink ref="A95" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46945" xr:uid="{25C90B07-4FED-4486-A778-9E3B2E0C78B1}"/>
+    <hyperlink ref="A96" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46946" xr:uid="{A8C91FDB-4112-41AD-8EF6-7B913BB33606}"/>
+    <hyperlink ref="A204" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47067" xr:uid="{7D66EFEC-E225-4E80-BD38-BADC4C4B6EA0}"/>
+    <hyperlink ref="A97" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47068" xr:uid="{616E484C-1971-4C5A-ABCD-BF1CE7849E13}"/>
+    <hyperlink ref="A98" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47069" xr:uid="{E5A12EF8-4011-4B0D-A61C-5EF98574BB18}"/>
+    <hyperlink ref="A99" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47123" xr:uid="{C396E661-D0B4-466F-B34C-99C7A4121635}"/>
+    <hyperlink ref="A205" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47177" xr:uid="{95F4C75E-9E91-4573-B560-C4922FDDF266}"/>
+    <hyperlink ref="A206" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47179" xr:uid="{FB77960F-489D-44FC-9275-51A138010BFB}"/>
+    <hyperlink ref="A207" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47181" xr:uid="{42F701DB-7791-4A91-8D38-5ECD500865B3}"/>
+    <hyperlink ref="A208" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47345" xr:uid="{305C90F3-7935-4BE8-8436-4FB5AAFAD5D3}"/>
+    <hyperlink ref="A100" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47346" xr:uid="{CF4C3562-1351-4E2A-AE26-29FCF92F8C4F}"/>
+    <hyperlink ref="A101" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47348" xr:uid="{EB2CEB4C-6B8F-4FA2-AD92-084C728F77EE}"/>
+    <hyperlink ref="A209" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47350" xr:uid="{14154B71-D68E-40A1-90EA-5312CF9EF458}"/>
+    <hyperlink ref="A102" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47353" xr:uid="{824D95BC-3583-4A22-ADB9-CF8A208DDBE3}"/>
+    <hyperlink ref="A210" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47655" xr:uid="{42B58F1A-A1E0-421D-9E30-7E8E6A2BD276}"/>
+    <hyperlink ref="A211" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47656" xr:uid="{62C49B4A-4D82-4A30-BCC2-CEFCC616E9B6}"/>
+    <hyperlink ref="A212" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47657" xr:uid="{9AA71DBC-43B5-4F6B-AF83-37D0DC8E05D6}"/>
+    <hyperlink ref="A213" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47658" xr:uid="{4804E7E4-004B-40CA-B056-E74A3E3A9C72}"/>
+    <hyperlink ref="A103" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47659" xr:uid="{82B13858-4183-48FD-9847-A79EA825FD02}"/>
+    <hyperlink ref="A104" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47773" xr:uid="{14C9BD50-3EAD-4FB5-BFC7-26771A117CCD}"/>
+    <hyperlink ref="A105" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47896" xr:uid="{49CCC76F-F36F-4EA3-BECE-EABCC1AAD6F0}"/>
+    <hyperlink ref="A214" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47897" xr:uid="{A645B4D4-3F66-44F9-A063-3F4D99D69D47}"/>
+    <hyperlink ref="A106" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47900" xr:uid="{1F67A9B7-DD9E-4DB0-BA66-82EE872ADA83}"/>
+    <hyperlink ref="A215" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47929" xr:uid="{B99CB32C-B6D1-4BC5-BE71-6A39FA8F66E9}"/>
+    <hyperlink ref="A216" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47968" xr:uid="{4C351CF1-0809-4431-932F-F33DA0C39CC3}"/>
+    <hyperlink ref="A107" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47971" xr:uid="{86F82EA2-EF20-4F3C-9AD8-FB710972900E}"/>
+    <hyperlink ref="A217" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47978" xr:uid="{A39BA95C-C630-444D-85E7-1AE139411225}"/>
+    <hyperlink ref="A108" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47979" xr:uid="{F0608D65-80C9-4481-B055-D736A5324F43}"/>
+    <hyperlink ref="A218" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47996" xr:uid="{DC4FF23E-3065-4FB0-9F09-514DDD5DEC3F}"/>
+    <hyperlink ref="A219" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56358" xr:uid="{12C303A9-2744-4196-AA6F-86AE4A2BC237}"/>
+    <hyperlink ref="A109" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47997" xr:uid="{687D5E7D-149A-4C47-98D0-456639E2DB6E}"/>
+    <hyperlink ref="A220" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48002" xr:uid="{1A1D03AD-50D0-40B6-AE0F-5634F7F98B9E}"/>
+    <hyperlink ref="A110" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48015" xr:uid="{E9F57D52-C684-42A1-8CAA-3079DA505D2E}"/>
+    <hyperlink ref="A111" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48022" xr:uid="{4BD381C5-6854-437E-B9EA-9A8628A6E1FE}"/>
+    <hyperlink ref="A112" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48110" xr:uid="{BCA72806-BD88-4FA3-A6B1-433CBB1F20C7}"/>
+    <hyperlink ref="A221" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48116" xr:uid="{9718A606-2A64-4478-BCF8-1C199C866CE6}"/>
+    <hyperlink ref="A222" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48118" xr:uid="{B3CB3F2F-68DC-4D87-8498-743BCF29B060}"/>
+    <hyperlink ref="A113" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48148" xr:uid="{5116F24D-B18E-4F07-9C41-DFCFB8F19860}"/>
+    <hyperlink ref="A114" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48149" xr:uid="{F4BB88C1-CBFA-4EE2-8950-10BDF678EA0C}"/>
+    <hyperlink ref="A223" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48160" xr:uid="{D4AC5D96-B98D-449D-816E-4EBE68EB79FC}"/>
+    <hyperlink ref="A224" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48187" xr:uid="{4747ED50-73AC-4046-9369-046041F0F9F6}"/>
+    <hyperlink ref="A115" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48235" xr:uid="{EEA18F3F-068C-4357-AC73-EA66EA2CB8CA}"/>
+    <hyperlink ref="A225" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48261" xr:uid="{4C7103EF-332F-451E-86A3-4239AC32010F}"/>
+    <hyperlink ref="A116" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48263" xr:uid="{3020B9AE-A124-4EC0-AD2C-99390F8F76B4}"/>
+    <hyperlink ref="A117" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48270" xr:uid="{6EFF913C-2C3B-45E0-B0E8-78078C29370A}"/>
+    <hyperlink ref="A226" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48289" xr:uid="{4CD1753A-872C-4CDA-8D28-D4961B51AEA5}"/>
+    <hyperlink ref="A118" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48294" xr:uid="{626458C6-6CC5-4EBB-A9B4-7865E2880E45}"/>
+    <hyperlink ref="A119" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48303" xr:uid="{A5CE02A1-0F17-43D1-B5C5-416D7E04C896}"/>
+    <hyperlink ref="A227" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48326" xr:uid="{67543338-B88E-42B1-A784-19B0C6BD51E7}"/>
+    <hyperlink ref="A228" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48349" xr:uid="{677B19B6-CCA8-4EC2-846E-C117D8C60D65}"/>
+    <hyperlink ref="A120" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48372" xr:uid="{9253DD38-0A55-454C-B6F3-62A3C5E296A9}"/>
+    <hyperlink ref="A229" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48377" xr:uid="{6FEBC3CA-439C-4B2E-8B16-189219589F63}"/>
+    <hyperlink ref="A121" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48426" xr:uid="{326C29F1-736E-4E40-8ED8-F223A29038E6}"/>
+    <hyperlink ref="A230" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48434" xr:uid="{C4424BAE-8710-4D4D-BF47-C28FB63E9D7B}"/>
+    <hyperlink ref="A122" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48443" xr:uid="{493CDBD3-7F2D-4C6B-863F-24B40721985F}"/>
+    <hyperlink ref="A231" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48454" xr:uid="{1BF5095A-6DC4-427F-8E96-9C7544164E0F}"/>
+    <hyperlink ref="A232" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48459" xr:uid="{6B46F779-9F03-42E7-8F31-997070F8A097}"/>
+    <hyperlink ref="A123" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48488" xr:uid="{8F61F8BE-0A39-42D9-AC34-A9FE9BE89902}"/>
+    <hyperlink ref="A233" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48513" xr:uid="{DDE49F3C-60C9-4369-A8C7-D5E4F649371D}"/>
+    <hyperlink ref="A234" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48536" xr:uid="{CB7ABFC0-B81E-433B-A26A-09C783DBE624}"/>
+    <hyperlink ref="A235" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48561" xr:uid="{93CC1D06-6762-43B5-B6BF-83AD157C965C}"/>
+    <hyperlink ref="A236" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48576" xr:uid="{669F7B0C-4862-4E9F-A5F3-05B595D86AB6}"/>
+    <hyperlink ref="A237" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48606" xr:uid="{8BC583C4-88BA-4055-8A14-9DB8619EFC5F}"/>
+    <hyperlink ref="A238" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48664" xr:uid="{8277913F-530D-4AD5-AC5F-61F4CE8D3195}"/>
+    <hyperlink ref="A124" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48666" xr:uid="{CA622CD6-D959-4188-B63E-F8CDA76D9F03}"/>
+    <hyperlink ref="A239" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48670" xr:uid="{60F75E6F-C908-4134-A8CD-3AF6FFE96E87}"/>
+    <hyperlink ref="A125" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48680" xr:uid="{2DC4EF4F-354D-4D35-A12E-5ABA578B9811}"/>
+    <hyperlink ref="A240" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48697" xr:uid="{667038A7-D5A1-405D-A248-ECB8E9B49D78}"/>
+    <hyperlink ref="A241" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48701" xr:uid="{8266655F-7373-442E-857A-821830D36095}"/>
+    <hyperlink ref="A242" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48710" xr:uid="{815CC30F-B1AA-419D-9FC1-763754E11ACC}"/>
+    <hyperlink ref="A126" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48773" xr:uid="{C73796F0-D473-4AA6-A369-4441FE744F24}"/>
+    <hyperlink ref="A243" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48780" xr:uid="{5A586E93-4180-47C8-9648-849CA201E198}"/>
+    <hyperlink ref="A244" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48807" xr:uid="{FD3D0448-419E-45B3-B8CD-CCAFFBA398B2}"/>
+    <hyperlink ref="A245" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48814" xr:uid="{974D47D6-9395-43D2-AEBC-BDC4019E5CCB}"/>
+    <hyperlink ref="A246" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48830" xr:uid="{67A8D3A8-8A3E-48FD-9117-AB2F3F66D060}"/>
+    <hyperlink ref="A247" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48849" xr:uid="{32732A51-E6A0-4221-A7E8-6A29A2CF0771}"/>
+    <hyperlink ref="A248" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48852" xr:uid="{ECFE307F-333F-410D-87A2-FD20A18D78E1}"/>
+    <hyperlink ref="A249" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48863" xr:uid="{4A992627-2A33-4AD0-B82D-59AFF9DEC35C}"/>
+    <hyperlink ref="A250" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48871" xr:uid="{27876D17-849F-4DA7-8369-0A5340FFA462}"/>
+    <hyperlink ref="A251" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48886" xr:uid="{1C77C21F-5269-4FCF-92D4-BED70C9F7C4F}"/>
+    <hyperlink ref="A252" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48899" xr:uid="{BF8D3706-BF96-4232-B6C0-3D8D6D64F485}"/>
+    <hyperlink ref="A253" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48909" xr:uid="{FF4EC8CE-7D58-4A23-A830-117C3BDE8C32}"/>
+    <hyperlink ref="A127" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48941" xr:uid="{2CB04B65-6F0E-41E8-ABAD-3DFD5A543BF3}"/>
+    <hyperlink ref="A254" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49041" xr:uid="{56004312-2CF1-49A4-927D-90E58EDBFBF3}"/>
+    <hyperlink ref="A255" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49055" xr:uid="{3C5E9360-4483-437A-A627-837F51BEA2A5}"/>
+    <hyperlink ref="A256" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49189" xr:uid="{2A36E9CC-8AB1-4C9C-B6DC-FCD0CC0A6F3E}"/>
+    <hyperlink ref="A257" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55795" xr:uid="{7876434F-0110-4EA2-B980-E7745646833F}"/>
+    <hyperlink ref="A128" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49366" xr:uid="{49C5A9AA-0AA6-4BB5-9B56-9D3B5C27A12F}"/>
+    <hyperlink ref="A258" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49416" xr:uid="{CCB74EC3-F446-4604-AB68-FD2CDA84DD04}"/>
+    <hyperlink ref="A259" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49444" xr:uid="{FE225CF6-50BD-4FD6-A877-3A45EB39C775}"/>
+    <hyperlink ref="A260" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49449" xr:uid="{740D70C9-B3D2-4DA3-A0CF-A1FED517989F}"/>
+    <hyperlink ref="A129" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49478" xr:uid="{47F4EDEB-95A9-47EF-8CEF-8BA4B2D55696}"/>
+    <hyperlink ref="A130" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49481" xr:uid="{413D5D70-A3F7-4AC5-8BC5-327C040485D4}"/>
+    <hyperlink ref="A131" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49499" xr:uid="{44005738-6321-4D01-BF15-2C0E911C16FC}"/>
+    <hyperlink ref="A132" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49677" xr:uid="{456A04A0-C1A7-47D9-BF2A-8185C0640B82}"/>
+    <hyperlink ref="A133" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49822" xr:uid="{92391EBC-0AD6-48DB-9E4F-6A3BFD382B57}"/>
+    <hyperlink ref="A261" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49959" xr:uid="{9BB088D5-DCC8-4842-AB87-29147B105F17}"/>
+    <hyperlink ref="A262" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49969" xr:uid="{7BD2CB25-E094-46C5-B9F7-0B10FAC77284}"/>
+    <hyperlink ref="A134" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50015" xr:uid="{7EDAF13A-5664-4903-A0AD-E29F9456105F}"/>
+    <hyperlink ref="A263" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50085" xr:uid="{2FF12E1C-40A0-4ECD-AF18-C16D778027FF}"/>
+    <hyperlink ref="A135" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50093" xr:uid="{57AE088B-06D5-44AF-8E5F-16434CEB616F}"/>
+    <hyperlink ref="A264" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50206" xr:uid="{7B50B884-9BDC-44B1-A961-D6F3600F05B7}"/>
+    <hyperlink ref="A265" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50319" xr:uid="{32F32145-4944-4820-A30C-3BC4AECBE9D1}"/>
+    <hyperlink ref="A266" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50334" xr:uid="{F165DA14-96EC-49E8-8AA8-7098AFEA4F12}"/>
+    <hyperlink ref="A267" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50335" xr:uid="{08D52ABA-A494-4543-90E0-587AA0F67114}"/>
+    <hyperlink ref="A268" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50337" xr:uid="{62480575-C913-4BDF-BCF2-4664EF7BE484}"/>
+    <hyperlink ref="A136" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50778" xr:uid="{2F1FE125-C33E-4617-B40E-4D108EE2A8E4}"/>
+    <hyperlink ref="A269" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50822" xr:uid="{4DE6776C-5420-436D-B726-EAB180EFEEA5}"/>
+    <hyperlink ref="A270" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50823" xr:uid="{5E3D01D9-B1EE-42E2-B3E6-F1D239DCED7B}"/>
+    <hyperlink ref="A271" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51041" xr:uid="{72E2F799-AA6E-4746-9D45-BB9511D76E54}"/>
+    <hyperlink ref="A272" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51042" xr:uid="{EE254786-1381-4BC2-AAA4-17C575E05455}"/>
+    <hyperlink ref="A137" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51232" xr:uid="{3E3E84AB-B24C-46D2-B4C1-8A78ED55C358}"/>
+    <hyperlink ref="A273" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51334" xr:uid="{F7B9393F-0EF0-4958-A471-617A44503513}"/>
+    <hyperlink ref="A274" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51372" xr:uid="{AA85A74B-1A6B-41E4-85C5-380B3FB6894F}"/>
+    <hyperlink ref="A138" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51459" xr:uid="{327CBA31-717C-423E-95BB-9AC8A07C0EBA}"/>
+    <hyperlink ref="A139" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51566" xr:uid="{D0952378-EF84-461E-BF5D-177035A09335}"/>
+    <hyperlink ref="A275" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51616" xr:uid="{75C61F26-ED17-4B8A-9ECA-A02D4F35D529}"/>
+    <hyperlink ref="A276" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51621" xr:uid="{C773CB8F-A6B7-497F-A401-DFC048185D1F}"/>
+    <hyperlink ref="A277" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51657" xr:uid="{F8E7F0CF-4D21-451C-9B5B-7F78EE319216}"/>
+    <hyperlink ref="A278" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51699" xr:uid="{F1C090D8-B33B-4150-8FDB-511057FD2493}"/>
+    <hyperlink ref="A279" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51700" xr:uid="{56365FC1-0EA6-482D-9716-913E2B432B59}"/>
+    <hyperlink ref="A280" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51711" xr:uid="{AF77FE4C-F0AB-49BF-9C3D-A6D223D62393}"/>
+    <hyperlink ref="A140" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51811" xr:uid="{30D26A04-395F-43E9-A273-8E4A9DD601D0}"/>
+    <hyperlink ref="A281" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51835" xr:uid="{A76B604D-99C4-4DF3-A3D2-DDD53D087716}"/>
+    <hyperlink ref="A282" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51866" xr:uid="{FA1F919C-674C-4ABB-9286-3A4E2DFD0AE3}"/>
+    <hyperlink ref="A283" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51928" xr:uid="{9114A96B-09E9-4F16-B2A3-A71ECC1F19C9}"/>
+    <hyperlink ref="A284" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52109" xr:uid="{DB70CDD6-B0A2-4D71-AC4F-1852DF965D72}"/>
+    <hyperlink ref="A285" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52173" xr:uid="{2CDA76A1-4ACA-4413-9DD8-6FD7A4516396}"/>
+    <hyperlink ref="A286" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52177" xr:uid="{FC387155-BD5C-41A4-9C09-FC9E3646AB58}"/>
+    <hyperlink ref="A287" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52262" xr:uid="{7B9F5597-BECF-44FE-8867-4CA4C5030330}"/>
+    <hyperlink ref="A288" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52371" xr:uid="{A0907AA1-8C07-4336-9E0D-D08C604AD1F1}"/>
+    <hyperlink ref="A289" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52579" xr:uid="{8301F594-0A6E-45CD-9E10-B103306CDB36}"/>
+    <hyperlink ref="A141" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52759" xr:uid="{6F5406E4-6786-4535-9A50-71E9067EEFA5}"/>
+    <hyperlink ref="A142" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52778" xr:uid="{01DD15AA-863F-4A9A-9648-ACFE8A21E757}"/>
+    <hyperlink ref="A290" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53019" xr:uid="{C63A8FA5-C6D3-415B-A855-5D5114DE975E}"/>
+    <hyperlink ref="A143" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53079" xr:uid="{413494F5-DFA4-482B-BA1D-6D5DD71C2750}"/>
+    <hyperlink ref="A291" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53199" xr:uid="{0E4F6A9B-CDEB-4450-8225-23EEC40216C3}"/>
+    <hyperlink ref="A144" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55705" xr:uid="{B0F1109D-1068-48AD-B817-35D9101EA6FA}"/>
+    <hyperlink ref="A145" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53200" xr:uid="{CF529DD9-CC61-4FFE-BF2C-D725145821D9}"/>
+    <hyperlink ref="A292" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53729" xr:uid="{6708867B-6B00-4874-BBA1-A8CE98FDECC6}"/>
+    <hyperlink ref="A293" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53786" xr:uid="{780DF8F5-F258-43F3-A77F-6FEB56F72BAC}"/>
+    <hyperlink ref="A294" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54123" xr:uid="{B23B0DF9-DEF3-49F0-94C2-F8F9FE32952B}"/>
+    <hyperlink ref="A295" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54597" xr:uid="{A9C0D738-56D0-4150-9B4B-57B6AD13596C}"/>
+    <hyperlink ref="A296" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54638" xr:uid="{071C1539-5204-4845-A62D-C4E81803632C}"/>
+    <hyperlink ref="A297" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54639" xr:uid="{9743EF92-799F-4205-8965-F8FD8307AFD0}"/>
+    <hyperlink ref="A146" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54777" xr:uid="{DE21FE4E-59D2-4A98-8E91-E4C511FD8C72}"/>
+    <hyperlink ref="A298" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55349" xr:uid="{531F7E89-8E47-44B5-8EDE-53A752F87EA9}"/>
+    <hyperlink ref="A299" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55713" xr:uid="{A4612EBD-72B1-4EAD-BF61-BD7C79047212}"/>
+    <hyperlink ref="A147" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55973" xr:uid="{3B06E6EA-BF6F-41C3-95EE-347E197648B1}"/>
+    <hyperlink ref="A300" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56624" xr:uid="{6CF70921-89A9-43DC-8844-728681E0B917}"/>
+    <hyperlink ref="A301" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56717" xr:uid="{6D230010-263D-494F-9001-4B16D978D618}"/>
+    <hyperlink ref="A302" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57076" xr:uid="{65090454-8C94-4CE9-B82E-BC9A0CB3D51E}"/>
+    <hyperlink ref="A303" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57211" xr:uid="{41AC946C-BEB6-4F49-9E22-E19D92D4993F}"/>
+    <hyperlink ref="A304" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57600" xr:uid="{A36B6213-6400-432F-8B81-E128DD5CBCEF}"/>
+    <hyperlink ref="A305" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58413" xr:uid="{98894063-1B20-4E58-822B-944D4AE1F9D3}"/>
+    <hyperlink ref="A148" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58642" xr:uid="{56A6450F-BB1B-468D-B1B1-8476395961B2}"/>
+    <hyperlink ref="A306" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59011" xr:uid="{A7AAAB79-140C-4E3F-ACA5-93A17249D89E}"/>
+    <hyperlink ref="A307" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59014" xr:uid="{A94B938C-82BC-453E-B04B-745501867CF7}"/>
+    <hyperlink ref="A149" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59142" xr:uid="{B2FD5227-26B1-489A-B6C9-72D1F33CB8B4}"/>
+    <hyperlink ref="A308" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59222" xr:uid="{D1825D4A-BE55-488B-99FF-E533835A1BA2}"/>
+    <hyperlink ref="A309" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=34150" xr:uid="{8E15A257-FB23-4A44-8ECC-8561E5BEF59F}"/>
+    <hyperlink ref="A310" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33782" xr:uid="{92CD214E-0DCE-44E6-9416-6F8C674A5C5A}"/>
+    <hyperlink ref="A311" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33759" xr:uid="{B4667038-12C9-47F2-9B00-9D38C3652954}"/>
+    <hyperlink ref="A312" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33565" xr:uid="{AFB2DA5D-3E87-4D34-B78B-9075A88AF52A}"/>
+    <hyperlink ref="A313" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62926" xr:uid="{F031104C-FAA6-4AB7-BF8A-AF1D7ED069D0}"/>
+    <hyperlink ref="A314" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66230" xr:uid="{93E18676-05EF-4B37-B34B-5FA968CD32E4}"/>
+    <hyperlink ref="A315" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33598" xr:uid="{18543A76-318A-4813-B16E-3DAE3F9026D0}"/>
+    <hyperlink ref="A316" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33788" xr:uid="{FF82754F-1F9B-4FC4-92E2-96F8115441BE}"/>
+    <hyperlink ref="A317" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33462" xr:uid="{F0280057-0000-4DB2-A133-6DDA6982FFA2}"/>
+    <hyperlink ref="A318" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65512" xr:uid="{983F1979-1F85-406B-B99B-68C56309476F}"/>
+    <hyperlink ref="A319" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67580" xr:uid="{2374B3A4-0F34-4D14-8DFD-DCDFCFFC4D83}"/>
+    <hyperlink ref="A320" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68215" xr:uid="{34CD03A4-BDEB-4541-BB81-34A5A6201E87}"/>
+    <hyperlink ref="A321" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67335" xr:uid="{49AE8785-7459-441B-8A43-4866727FDB12}"/>
+    <hyperlink ref="A322" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71088" xr:uid="{99AE1478-93CE-48CC-949E-DFEA0F448C2F}"/>
+    <hyperlink ref="A323" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68450" xr:uid="{650E07FC-DA4F-44CD-A772-3ED597E7CF7F}"/>
+    <hyperlink ref="A324" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66430" xr:uid="{EC39B8CD-7BFA-42A1-BEA3-96A03F06094D}"/>
+    <hyperlink ref="A325" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65518" xr:uid="{E0A6F3DE-1A2D-4F79-BF1A-E322C3B1C1F7}"/>
+    <hyperlink ref="A326" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68039" xr:uid="{0444DFFE-8878-419E-BA01-8B479780D73D}"/>
+    <hyperlink ref="A327" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76057" xr:uid="{7CDDDD16-A6B6-4FDE-965F-C7859B4ED6BE}"/>
+    <hyperlink ref="A328" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76993" xr:uid="{ABF568E5-E5C6-484F-88ED-6A3F92C07723}"/>
+    <hyperlink ref="A329" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77116" xr:uid="{64D191A7-A17B-41EF-B092-0F7A318F2217}"/>
+    <hyperlink ref="A330" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{4D7BF8FA-E29A-426E-8801-8117BABFF38F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B2CE988-6FA7-48C6-977A-A16B9EBCC56A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F6604C6-AC7A-4ACD-99D4-52472C44F6F4}">
   <dimension ref="A1:G4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="20.5546875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="16.44140625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="50.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="24.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="33.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="4" t="s">
+    <row r="2" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="E2" s="6" t="s">
         <v>242</v>
       </c>
-      <c r="B2" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G2" s="7">
+      <c r="F2" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" s="8">
         <v>43281</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...18 lines deleted...]
-      <c r="G3" s="7">
+    <row r="3" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="F3" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="8">
         <v>43281</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...18 lines deleted...]
-      <c r="G4" s="7">
+    <row r="4" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="5" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>2168</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E4" s="6" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="8">
         <v>45473</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44826" xr:uid="{80D51596-0221-4ED5-ABD4-A989C8DD1F06}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A4" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{A2A41C0C-1216-4C49-9B2D-F210DE718B14}"/>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44826" xr:uid="{C9A55F9E-E48E-46EE-9B66-EEE95FE9C592}"/>
+    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45389" xr:uid="{6EF747C1-8F09-42C1-A0A3-6857195C3D00}"/>
+    <hyperlink ref="A4" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{851CF5F7-7B6B-4599-AC45-68659304A10B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>CRRA-Certified</vt:lpstr>
-      <vt:lpstr>CRRA-Inactive &amp; Expired</vt:lpstr>
-      <vt:lpstr>CRRA-Ethical</vt:lpstr>
+      <vt:lpstr>CRRA-Expired and Inactive</vt:lpstr>
+      <vt:lpstr>CRRA-Ethics</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Credential Roster</dc:title>
   <dc:creator>Aunalatice Moore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>