--- v0 (2025-10-08)
+++ v1 (2026-01-19)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fldcf-my.sharepoint.com/personal/larry_smalljr_myflfamilies_com/Documents/MAT Operational Documents/Master OTP listing for website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{825C0630-0E73-4241-B1E7-A381A7F95C70}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="72" documentId="13_ncr:1_{825C0630-0E73-4241-B1E7-A381A7F95C70}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{099773FB-71D7-4800-ABEB-BFE03D7730F2}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="4290" yWindow="4755" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Detail List of OTPs by Region" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Detail List of OTPs by Region'!$A$1:$K$86</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Detail List of OTPs by Region'!$A$1:$K$90</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="516">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="555">
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>OTP Number</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Program Name</t>
   </si>
   <si>
     <t>Accepted forms of payment</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t xml:space="preserve">Phone </t>
   </si>
   <si>
@@ -198,113 +198,101 @@
   <si>
     <t>NE</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>FL10127M</t>
   </si>
   <si>
     <t>Alachua</t>
   </si>
   <si>
     <t>Meridian Behavioral Healthcare, Inc. - Gainesville</t>
   </si>
   <si>
     <t>Methadone, Buprenorphine, Vivitrol</t>
   </si>
   <si>
     <t>Gainesville</t>
   </si>
   <si>
     <t>32608</t>
   </si>
   <si>
-    <t>(352) 374-5600 x8976</t>
-[...1 lines deleted...]
-  <si>
     <t>FL10134M</t>
   </si>
   <si>
     <t>Columbia</t>
   </si>
   <si>
     <t>Meridian Behavioral Healthcare Lake City</t>
   </si>
   <si>
     <t>Lake City</t>
   </si>
   <si>
     <t>32025</t>
   </si>
   <si>
-    <t>(352) 374-5600</t>
-[...1 lines deleted...]
-  <si>
     <t>FL10151M</t>
   </si>
   <si>
     <t>Duval</t>
   </si>
   <si>
-    <t>590 Ellis Road South</t>
-[...1 lines deleted...]
-  <si>
     <t>Jacksonville</t>
   </si>
   <si>
     <t>(904) 800-2231</t>
   </si>
   <si>
     <t>FL10093M</t>
   </si>
   <si>
     <t>4427 Emerson Street</t>
   </si>
   <si>
     <t>32207</t>
   </si>
   <si>
     <t>(904) 398-7015</t>
   </si>
   <si>
     <t>FL 10153M</t>
   </si>
   <si>
     <t>6639 Southpoint Parkway, Suite 108</t>
   </si>
   <si>
     <t>(904) 438-7640</t>
   </si>
   <si>
     <t>FL10150M</t>
   </si>
   <si>
-    <t>Parkside Clinic, LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>32216</t>
   </si>
   <si>
     <t>(904) 737-5000</t>
   </si>
   <si>
     <t>FL10139M</t>
   </si>
   <si>
     <t>St. Johns</t>
   </si>
   <si>
     <t>St Augustine</t>
   </si>
   <si>
     <t>32806</t>
   </si>
   <si>
     <t>(904) 217-7161</t>
   </si>
   <si>
     <t>FL10088M</t>
   </si>
   <si>
     <t>Volusia</t>
@@ -363,53 +351,50 @@
   <si>
     <t>FL10124M</t>
   </si>
   <si>
     <t>Central Florida Treatment Center/ Palm Bay</t>
   </si>
   <si>
     <t>Palm Bay</t>
   </si>
   <si>
     <t>32905</t>
   </si>
   <si>
     <t>(321) 951-9750</t>
   </si>
   <si>
     <t>FL10158M</t>
   </si>
   <si>
     <t>Polk</t>
   </si>
   <si>
     <t>Lakeland</t>
   </si>
   <si>
-    <t>(863) 608-7778</t>
-[...1 lines deleted...]
-  <si>
     <t>FL10087M</t>
   </si>
   <si>
     <t>Lakeland Centres Florida</t>
   </si>
   <si>
     <t>33805</t>
   </si>
   <si>
     <t>(863) 687-9900</t>
   </si>
   <si>
     <t>FL10112M</t>
   </si>
   <si>
     <t>Osceola</t>
   </si>
   <si>
     <t>Kissimmee</t>
   </si>
   <si>
     <t>34744</t>
   </si>
   <si>
     <t>(407) 933-8331</t>
@@ -627,53 +612,50 @@
   <si>
     <t>Pinellas Park</t>
   </si>
   <si>
     <t>33782</t>
   </si>
   <si>
     <t>(727) 544-0044</t>
   </si>
   <si>
     <t>FL10067M</t>
   </si>
   <si>
     <t>Hillsborough</t>
   </si>
   <si>
     <t>4422 E. Columbus Drive</t>
   </si>
   <si>
     <t>Tampa</t>
   </si>
   <si>
     <t>33605</t>
   </si>
   <si>
-    <t>(813) 384-4010</t>
-[...1 lines deleted...]
-  <si>
     <t>FL10146M</t>
   </si>
   <si>
     <t>Collier</t>
   </si>
   <si>
     <t xml:space="preserve">Yes </t>
   </si>
   <si>
     <t>Naples</t>
   </si>
   <si>
     <t>(239) 280-0487</t>
   </si>
   <si>
     <t>FL10090M</t>
   </si>
   <si>
     <t>Manatee</t>
   </si>
   <si>
     <t>Operation PAR Medication Assisted Patient Services Bradenton</t>
   </si>
   <si>
     <t>6253 14th Street West</t>
@@ -756,53 +738,50 @@
   <si>
     <t>(941) 925-6672</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>946 Tamiami Trail, Suite 201</t>
   </si>
   <si>
     <t>Port Charlotte</t>
   </si>
   <si>
     <t>33953</t>
   </si>
   <si>
     <t>(941) 613-0951</t>
   </si>
   <si>
     <t>St. Petersburg</t>
   </si>
   <si>
     <t>FL10138M</t>
   </si>
   <si>
-    <t>34240</t>
-[...1 lines deleted...]
-  <si>
     <t>(941) 554-4551</t>
   </si>
   <si>
     <t>33908</t>
   </si>
   <si>
     <t>Tarpon Springs</t>
   </si>
   <si>
     <t>34689</t>
   </si>
   <si>
     <t>(727) 547-5200</t>
   </si>
   <si>
     <t>FL10092M</t>
   </si>
   <si>
     <t>33604</t>
   </si>
   <si>
     <t>(813) 236-1182</t>
   </si>
   <si>
     <t>FL10156M</t>
@@ -942,95 +921,89 @@
   <si>
     <t>Okaloosa</t>
   </si>
   <si>
     <t>Clay</t>
   </si>
   <si>
     <t xml:space="preserve">North Florida Comprehensive Treatment Center </t>
   </si>
   <si>
     <t>(FL10127M)</t>
   </si>
   <si>
     <t>Levy</t>
   </si>
   <si>
     <t>103 NE 1st Street</t>
   </si>
   <si>
     <t>Chiefland</t>
   </si>
   <si>
     <t>32626</t>
   </si>
   <si>
-    <t>(352) 374-5600 Ext 8725</t>
-[...1 lines deleted...]
-  <si>
     <t>Zip</t>
   </si>
   <si>
     <t>Grant Funding, Medicaid, Medicaid Managed Care Plans, Medicare, Private Pay, Sliding Fee Scale, Third Party Health Insurance</t>
   </si>
   <si>
     <t>535 Pine Island Road, Suite M</t>
   </si>
   <si>
     <t>North Fort Myers</t>
   </si>
   <si>
     <t>(727) 550-4239</t>
   </si>
   <si>
     <t>17240 South Tamiami Trail, Suite 9 &amp; 10</t>
   </si>
   <si>
     <t>(239) 433-6520</t>
   </si>
   <si>
     <t>216 NE 1st Avenue</t>
   </si>
   <si>
     <t>Pompano</t>
   </si>
   <si>
     <t>555 S. Andrews Avenue, Suite 100-101</t>
   </si>
   <si>
     <t>Medicaid, Medicare, Insurance Plans,Self Pay, State and Federal Funding</t>
   </si>
   <si>
     <t>Medicaid, Medicare, Self Pay, Grants</t>
   </si>
   <si>
     <t>Medicaid (managed), Insurance, Medicaid, Self Pay, State and Federal Grants</t>
   </si>
   <si>
-    <t>Grant, Commerical Insurance, Private Pay</t>
-[...1 lines deleted...]
-  <si>
     <t>Private Pay, SBFBHN Grant, Medicare, Medicaid (approval pending)</t>
   </si>
   <si>
     <t>FL10205M</t>
   </si>
   <si>
     <t>Private Pay, Sliding fee for pregnant women until delivery</t>
   </si>
   <si>
     <t>Medicaid, Medicaid Managed Care, Commerical Insurance, State and Federal Funding</t>
   </si>
   <si>
     <t>Private Pay, Third Party Billing</t>
   </si>
   <si>
     <t>FL10206M</t>
   </si>
   <si>
     <t>Santa Rosa</t>
   </si>
   <si>
     <t>4553 Watkins Street</t>
   </si>
   <si>
     <t>Pace</t>
@@ -1080,89 +1053,80 @@
   <si>
     <t>New Season Treatment Center 19</t>
   </si>
   <si>
     <t>New Season Treatment Center 17</t>
   </si>
   <si>
     <t>New Season Treatment Center 1</t>
   </si>
   <si>
     <t>New Season Treatment Center 9</t>
   </si>
   <si>
     <t>New Season Treatment Center 14</t>
   </si>
   <si>
     <t>New Season Treatment Center 18</t>
   </si>
   <si>
     <t>New Season Treatment Center 6</t>
   </si>
   <si>
     <t>Panhandle Comprehensive Treatment Center</t>
   </si>
   <si>
-    <t>Cove Behavioral Health (previously know as DACCO)</t>
-[...1 lines deleted...]
-  <si>
     <t>Methadone, Buprenorphine, and naloxone</t>
   </si>
   <si>
     <t>(386) 822-9941</t>
   </si>
   <si>
     <t>Port Orange</t>
   </si>
   <si>
-    <t>Volusia Comprehensive Treatment Center</t>
-[...1 lines deleted...]
-  <si>
     <t>3928 S. Nova Road</t>
   </si>
   <si>
     <t>FL10207M</t>
   </si>
   <si>
     <t>Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commerical Insurance, Self-Pay, Specialized Contracts, and  Single Case Service Agreements</t>
   </si>
   <si>
     <t>Grant Funding, Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commerical Insurance, Self-Pay, Specialized Contracts, and  Single Case Service Agreements</t>
   </si>
   <si>
     <t>Grant Funding (LSF), Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commerical Insurance, Self-Pay, Specialized Contracts, and  Single Case Service Agreements</t>
   </si>
   <si>
     <t>FL10209M</t>
   </si>
   <si>
     <t>Seminole</t>
   </si>
   <si>
-    <t>North Orlando Comprehensive Treatment Center</t>
-[...1 lines deleted...]
-  <si>
     <t>651 W. Warren Avenue, Suite 100</t>
   </si>
   <si>
     <t xml:space="preserve">Longwood </t>
   </si>
   <si>
     <t>32750</t>
   </si>
   <si>
     <t>(407) 214 -9019</t>
   </si>
   <si>
     <t>FL 10213M</t>
   </si>
   <si>
     <t>New Season Treatment Center 21</t>
   </si>
   <si>
     <t>1241 Blanding Blvd Suite 5</t>
   </si>
   <si>
     <t xml:space="preserve">Orange Park </t>
   </si>
   <si>
     <t>32065</t>
@@ -1179,53 +1143,50 @@
   <si>
     <t>320 Oakfield Drive</t>
   </si>
   <si>
     <t>Brandon</t>
   </si>
   <si>
     <t>33511</t>
   </si>
   <si>
     <t>Florida Treatment Services, LLC</t>
   </si>
   <si>
     <t>733 Goldenrod Road, Suite A</t>
   </si>
   <si>
     <t>32822</t>
   </si>
   <si>
     <t>FL10216M</t>
   </si>
   <si>
     <t>(407) 783-6273</t>
   </si>
   <si>
-    <t>Cash and Credit Cards</t>
-[...1 lines deleted...]
-  <si>
     <t>FL10219M</t>
   </si>
   <si>
     <t>Central Florida Treatment Center/Titusville</t>
   </si>
   <si>
     <t>1825 Jess Parrish Court</t>
   </si>
   <si>
     <t>Titusville</t>
   </si>
   <si>
     <t>32796</t>
   </si>
   <si>
     <t>(321)567-4460</t>
   </si>
   <si>
     <t>FL10224M</t>
   </si>
   <si>
     <t>Meridian Behavioral Healthcare, Inc. (Medication Unit)</t>
   </si>
   <si>
     <t>Operation PAR Port Charlotte MAPS Clinic (Medication Unit)</t>
@@ -1287,125 +1248,98 @@
   <si>
     <t>1510 Commerical Park Drive</t>
   </si>
   <si>
     <t>Lakeside Clinic, LLC (MedMark)</t>
   </si>
   <si>
     <t>FL10227M</t>
   </si>
   <si>
     <t xml:space="preserve">Methadone </t>
   </si>
   <si>
     <t>New Season Treatment Center 25</t>
   </si>
   <si>
     <t>2102 14th Street West</t>
   </si>
   <si>
     <t>34205</t>
   </si>
   <si>
     <t>(941) 867-2660</t>
   </si>
   <si>
-    <t xml:space="preserve"> Private Pay</t>
-[...1 lines deleted...]
-  <si>
     <t>4041 Rowan Road, New Port Richey, FL 34654</t>
   </si>
   <si>
     <t>New Port Richey</t>
   </si>
   <si>
     <t>34653</t>
   </si>
   <si>
     <t>FL10225M</t>
   </si>
   <si>
     <t>(727)284-1980</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>FL10229M</t>
   </si>
   <si>
     <t>1000 SE Federal Highway</t>
   </si>
   <si>
     <t>Stuart</t>
   </si>
   <si>
     <t>34994</t>
   </si>
   <si>
-    <t>FL10222M</t>
-[...13 lines deleted...]
-  <si>
     <t>(772) 291-2750</t>
   </si>
   <si>
-    <t>(786) 744-4693</t>
-[...4 lines deleted...]
-  <si>
     <t>FL10234M</t>
   </si>
   <si>
     <t>New Season Treatment Center 23</t>
   </si>
   <si>
     <t>4195 Mariner Boulevard</t>
   </si>
   <si>
     <t>34609</t>
   </si>
   <si>
     <t xml:space="preserve"> (352) 340-0530</t>
   </si>
   <si>
-    <t>Private Pay (Applied for Medicaid)</t>
-[...1 lines deleted...]
-  <si>
     <t>(813) 906-5544</t>
   </si>
   <si>
     <t>FL10235M</t>
   </si>
   <si>
     <t>Indian River</t>
   </si>
   <si>
     <t>New Season Treatment Center 27</t>
   </si>
   <si>
     <t>6480 20th Street (Units 101 &amp; 102)</t>
   </si>
   <si>
     <t>Vero Beach</t>
   </si>
   <si>
     <t>32966</t>
   </si>
   <si>
     <t>(772) 888-1790</t>
   </si>
   <si>
     <t>Putnam</t>
@@ -1458,181 +1392,367 @@
   <si>
     <t>(941) 667-5660 x 18905</t>
   </si>
   <si>
     <t>FL10239M</t>
   </si>
   <si>
     <t>Flagler</t>
   </si>
   <si>
     <t>New Season Treatment Center 35</t>
   </si>
   <si>
     <t>57 Town Court</t>
   </si>
   <si>
     <t>Palm Coast</t>
   </si>
   <si>
     <t>32164</t>
   </si>
   <si>
     <t>FL10236M</t>
   </si>
   <si>
-    <t>1601 NE 25th Avenue</t>
-[...1 lines deleted...]
-  <si>
     <t>(352) 600-2080</t>
   </si>
   <si>
     <t xml:space="preserve">New Season Treatment Center 26 </t>
   </si>
   <si>
-    <t>Self-Pay, Medicaid, Managed Medicaid, Medicare, Medicare Advantage, Commercial, VA</t>
-[...1 lines deleted...]
-  <si>
     <t>Medicare, FL Medicaid, FL Medicaid Managed Care Plans, Third Party Commerical insurance, and Self Pay (Cash, Debit, and Credit Cards). </t>
   </si>
   <si>
     <t>FL10238M</t>
   </si>
   <si>
     <t>New Season Treatment Center 29</t>
   </si>
   <si>
     <t>2209 NW 13th Street</t>
   </si>
   <si>
     <t>32609</t>
   </si>
   <si>
     <t>(352) 474-5150</t>
   </si>
   <si>
     <t>New Season Treatment Center 28</t>
   </si>
   <si>
     <t>425 Office Plaza Drive</t>
   </si>
   <si>
     <t>Tallahasse</t>
   </si>
   <si>
     <t>32301</t>
   </si>
   <si>
     <t>(850) 829-3565</t>
   </si>
   <si>
-    <t>Private Pay (Cash, debt, credit cards)</t>
-[...7 lines deleted...]
-  <si>
     <t>FL10240M</t>
   </si>
   <si>
     <t>Citrus</t>
   </si>
   <si>
     <t>480 Pleasant Grove Road</t>
   </si>
   <si>
     <t>Inverness</t>
   </si>
   <si>
     <t>34452</t>
   </si>
   <si>
     <t>(352) 560-6077</t>
   </si>
   <si>
-    <t>Meridian Behavioral Healthcare Medication Unit</t>
-[...1 lines deleted...]
-  <si>
     <t>2955 SE 3rd Court</t>
   </si>
   <si>
     <t>34471</t>
   </si>
   <si>
-    <t>(800)330-5615</t>
-[...1 lines deleted...]
-  <si>
     <t>Private Pay, Medicaid, Most Medicaid HMOs, Medicare Part B, Most Medicare Advantage Plans, VA Fee Base</t>
   </si>
   <si>
     <t>Medicaid, Medicare, commercial Insurance, Private Pay , VA, FL Cares, Grant fuding for indigent patients in Brevard</t>
   </si>
   <si>
     <t>Grant Funding, Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commerical Insurance, Self-Pay, Specialized Contracts, and Single Case Service Agreements</t>
   </si>
   <si>
     <t>Medicaid, Medicare, commercial Insurance, Private Pay , VA, FL Cares, Grant fuding for indigent patients in Orange County</t>
   </si>
   <si>
-    <t>Private Pay, Medicaid, Medicare, Florida Medicaid Managed Care Plans</t>
-[...1 lines deleted...]
-  <si>
     <t>Medicaid, Medicare, commercial Insurance, Private Pay , VA, FL Cares, Grant fuding for indigent patients.</t>
   </si>
   <si>
     <t>Meridian Healthcare Palatka</t>
   </si>
   <si>
     <t>Meridian Healthcare Live Oak</t>
   </si>
   <si>
     <t>Operation PAR (MAPS) Citrus</t>
   </si>
   <si>
     <t>New Season Treatment Center 31</t>
   </si>
   <si>
     <t>2639 E. Irlo Bronson Memorial Highway</t>
   </si>
   <si>
-    <t>34741</t>
-[...1 lines deleted...]
-  <si>
     <t>Operation PAR (MAPS) Pasco</t>
   </si>
   <si>
-    <t>Updated January 2025</t>
+    <t>FL10242M </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cash, Credit, Some Commercial, Private Pay, Medicaid, Medicare, Tricare (Veterans) &amp; Florida Medicaid Managed Care Plans and other location specific payers. </t>
+  </si>
+  <si>
+    <t>(352) 374-5600 x8976 ,OR for Methadone: 386-339-4013 and for Bup/Vivitrol: 386-339-4014</t>
+  </si>
+  <si>
+    <t>Bupeprinorphine, and Bupeprinorphine/nalxone</t>
+  </si>
+  <si>
+    <t>Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commerical Insurance, Self-Pay, Specialized Contracts, and  Single Case Service Agreements, cash and card (WayStar)</t>
+  </si>
+  <si>
+    <t>Grant Funding (LSF), Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commercial Insurance, Self-Pay, Specialized Contracts, and Single Case Service Agreements</t>
+  </si>
+  <si>
+    <t>(352) 374-5600 or   386-339-4013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Methadone, Buprenorphine, Suboxone </t>
+  </si>
+  <si>
+    <t xml:space="preserve">590 Ellis Road South,Bldg 4 </t>
+  </si>
+  <si>
+    <t>MedMark (formerly Parkside Clinic, LLC)</t>
+  </si>
+  <si>
+    <t>Methadone,  Suboxone</t>
+  </si>
+  <si>
+    <t xml:space="preserve">private pay, traditional Medicare and Medicaid, Optum, UHC, Cigna and Humana </t>
+  </si>
+  <si>
+    <t>386-387-3320</t>
+  </si>
+  <si>
+    <t>Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commercial Insurance, Self-Pay, Specialized Contracts, and Single Case Service Agreement</t>
+  </si>
+  <si>
+    <t> Methadone, Buprenorphine, Vivitrol</t>
+  </si>
+  <si>
+    <t>(352) 374-5600 Ext 8725 or 386-600-4260</t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine,Vivitrol</t>
+  </si>
+  <si>
+    <t>(352) 374-5600 or 904-299-2003</t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine and Suboxone</t>
+  </si>
+  <si>
+    <t>(352) 374-5600 or 386-339-4011</t>
+  </si>
+  <si>
+    <t>Volusia County Comprehensive Treatment Center</t>
+  </si>
+  <si>
+    <t>Operation Par Mobile Unit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Methadone, Buprenorphine and Suboxone </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commerical Insurance, Self-Pay, Specialized Contracts, and  Single Case Service Agreements</t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine, Suboxone </t>
+  </si>
+  <si>
+    <t>1601 NE 25th Avenue Suite 601</t>
+  </si>
+  <si>
+    <t> Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commercial Insurance, Self-Pay, Specialized Contracts, and Single Case Service Agreements</t>
+  </si>
+  <si>
+    <t xml:space="preserve">	
+ (FL10127M)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">yes </t>
+  </si>
+  <si>
+    <t>352-374-5600 or 352-352-4716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange </t>
+  </si>
+  <si>
+    <t>Metro Treatment of Florida, LP; d/b/a New Season West Orlando</t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine, Vivitrol, Brixadi, Sublocade</t>
+  </si>
+  <si>
+    <t>Grant, Commercial Insurance, Private Pay</t>
+  </si>
+  <si>
+    <t>Aspire Health Partners - OCJ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orange County Jail(3723 Vision Boulevard) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orlando </t>
+  </si>
+  <si>
+    <t>32839</t>
+  </si>
+  <si>
+    <t>407-875-3700 x1302</t>
+  </si>
+  <si>
+    <t>Grant</t>
+  </si>
+  <si>
+    <t>FL10118M</t>
+  </si>
+  <si>
+    <t>Aspire Health Partners Kennedy</t>
+  </si>
+  <si>
+    <t>434 W Kennedy Blvd</t>
+  </si>
+  <si>
+    <t>32810</t>
+  </si>
+  <si>
+    <t>(407) 875-3700</t>
+  </si>
+  <si>
+    <t>Medicaid,Medicare,Evernorth Behavioral Health
+Devoted Health,Humana Behavioral Health,Optum,VACCN
+Humana Military (Tricare)</t>
+  </si>
+  <si>
+    <t>FL- 10244M</t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine, and Suboxone</t>
+  </si>
+  <si>
+    <t>407.956.5507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IBIS Health Care( Previously known as Cove Behavioral Health)  </t>
+  </si>
+  <si>
+    <t>813 394-4010</t>
+  </si>
+  <si>
+    <t>Cash, Credit, Some Commercial, Private Pay, Medicaid, Medicare, Tricare (Veterans) &amp; Florida Medicaid Managed Care Plans and other location specific payers</t>
+  </si>
+  <si>
+    <t>North Orlando Comprehensive Treatment Center(Longwood Comprehensive Treatment Center)</t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine, Suboxone.</t>
+  </si>
+  <si>
+    <t>Ibis Health Care ( Previously known as Cove Behavioral Health)</t>
+  </si>
+  <si>
+    <t>Medicare, Florida Medicaid, Florida Medicaid Managed Care Plans, Medicare Advantage Plans, Third Party Commercial Insurance, Self-Pay, Specialized Contracts, and Single Case Service Agreements</t>
+  </si>
+  <si>
+    <t>methadone, buprenorphine &amp; suboxone</t>
+  </si>
+  <si>
+    <t>Methadone, buprenorphine &amp; suboxon</t>
+  </si>
+  <si>
+    <t>34238</t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine and Suboxone (Buprenorphine/Naloxone)</t>
+  </si>
+  <si>
+    <t>1250 SW 27th Ave. Ste 401,</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Miami</t>
+  </si>
+  <si>
+    <t>33135</t>
+  </si>
+  <si>
+    <t>Private Pay, sliding fee for pregnant women, major insurances like, Unitedhealthcare, Avmed, Preferred Care, Oscar, Humana, Cigna, Sunshine, Ambetter, VA and Thriving Mind grant</t>
+  </si>
+  <si>
+    <t>Updated January 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Comprehensive Psychiatric Center Central( Medication Unit) </t>
+  </si>
+  <si>
+    <t>Meridian Behavioral Healthcare (Medication Unit)</t>
+  </si>
+  <si>
+    <t>Methadone, suboxone/subutex</t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine,suboxone/subutex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Methadone,suboxone/subutex,Sublocade and Brixadi </t>
+  </si>
+  <si>
+    <t>Methadone, Buprenorphine &amp;  Vivitrol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1651,83 +1771,75 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...20 lines deleted...]
-    <font>
       <u/>
       <sz val="20"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="20"/>
+      <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="21">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
@@ -1803,56 +1915,56 @@
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor theme="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFF0000"/>
+        <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -1915,56 +2027,106 @@
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top style="medium">
         <color rgb="FFCCCCCC"/>
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="93">
+  <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
@@ -2000,53 +2162,50 @@
     </xf>
     <xf numFmtId="49" fontId="2" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="10" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="11" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2126,120 +2285,153 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="19" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="16" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="19" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="19" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="9" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="20" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="20" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="19" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="19" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="19" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="19" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2490,2971 +2682,3089 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Z88"/>
+  <dimension ref="A1:Z92"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="D36" zoomScale="50" zoomScaleNormal="75" zoomScaleSheetLayoutView="50" workbookViewId="0">
-      <selection activeCell="K45" sqref="K45"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="50" zoomScaleNormal="75" zoomScaleSheetLayoutView="50" workbookViewId="0">
+      <selection activeCell="E84" sqref="E84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="21" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="19.85546875" style="25" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" style="25" customWidth="1"/>
     <col min="3" max="3" width="21" style="25" customWidth="1"/>
     <col min="4" max="4" width="51.7109375" style="25" customWidth="1"/>
     <col min="5" max="5" width="48.28515625" style="11" customWidth="1"/>
     <col min="6" max="6" width="25" style="11" customWidth="1"/>
     <col min="7" max="7" width="38.42578125" style="11" customWidth="1"/>
     <col min="8" max="8" width="24.28515625" style="11" customWidth="1"/>
     <col min="9" max="9" width="17.5703125" style="11" customWidth="1"/>
     <col min="10" max="10" width="28.5703125" style="11" customWidth="1"/>
     <col min="11" max="11" width="92.28515625" style="11" customWidth="1"/>
     <col min="12" max="12" width="35.5703125" style="25" customWidth="1"/>
     <col min="13" max="14" width="17.7109375" style="25" customWidth="1"/>
     <col min="15" max="15" width="26" style="11" customWidth="1"/>
     <col min="16" max="16" width="22" style="11" customWidth="1"/>
     <col min="17" max="17" width="40.28515625" style="11" customWidth="1"/>
     <col min="18" max="259" width="17.7109375" style="25" customWidth="1"/>
     <col min="260" max="16384" width="8.85546875" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="2" customFormat="1" ht="42" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="F1" s="3" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:17" s="4" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="5"/>
       <c r="D2" s="6"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
       <c r="K2" s="5"/>
     </row>
-    <row r="3" spans="1:17" s="7" customFormat="1" ht="78.75" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:17" s="7" customFormat="1" ht="42" x14ac:dyDescent="0.35">
       <c r="B3" s="8" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="E3" s="67" t="s">
+      <c r="E3" s="74" t="s">
         <v>38</v>
       </c>
       <c r="F3" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G3" s="7" t="s">
         <v>15</v>
       </c>
       <c r="H3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="10" t="s">
         <v>17</v>
       </c>
       <c r="J3" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="K3" s="67" t="s">
-        <v>478</v>
+      <c r="K3" s="74" t="s">
+        <v>454</v>
       </c>
     </row>
     <row r="4" spans="1:17" s="9" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="8" t="s">
         <v>19</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="9" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G4" s="7" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="12" t="s">
         <v>24</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="7" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
       <c r="Q4" s="7"/>
     </row>
     <row r="5" spans="1:17" s="9" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="8" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="9" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F5" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G5" s="7" t="s">
         <v>43</v>
       </c>
       <c r="H5" s="7" t="s">
         <v>34</v>
       </c>
       <c r="I5" s="12" t="s">
         <v>44</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K5" s="7" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="O5" s="7"/>
       <c r="P5" s="7"/>
       <c r="Q5" s="7"/>
     </row>
     <row r="6" spans="1:17" s="9" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B6" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="9" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="7" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="12" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K6" s="7" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
       <c r="Q6" s="7"/>
     </row>
     <row r="7" spans="1:17" s="9" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B7" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="9" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="12" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K7" s="7" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="O7" s="7"/>
       <c r="P7" s="7"/>
       <c r="Q7" s="7"/>
     </row>
-    <row r="8" spans="1:17" s="9" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-      <c r="C8" s="70" t="s">
+    <row r="8" spans="1:17" s="9" customFormat="1" ht="74.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="C8" s="72" t="s">
         <v>37</v>
       </c>
-      <c r="D8" s="68" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="67" t="s">
+      <c r="D8" s="73" t="s">
+        <v>460</v>
+      </c>
+      <c r="E8" s="74" t="s">
         <v>38</v>
       </c>
-      <c r="F8" s="67" t="s">
-[...15 lines deleted...]
-        <v>355</v>
+      <c r="F8" s="74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G8" s="74" t="s">
+        <v>461</v>
+      </c>
+      <c r="H8" s="74" t="s">
+        <v>462</v>
+      </c>
+      <c r="I8" s="75" t="s">
+        <v>463</v>
+      </c>
+      <c r="J8" s="76" t="s">
+        <v>464</v>
+      </c>
+      <c r="K8" s="74" t="s">
+        <v>344</v>
       </c>
       <c r="O8" s="7"/>
       <c r="P8" s="7"/>
       <c r="Q8" s="7"/>
     </row>
     <row r="9" spans="1:17" s="9" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B9" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="9" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="7" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="12" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>31</v>
       </c>
       <c r="K9" s="7" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="7"/>
     </row>
-    <row r="10" spans="1:17" s="9" customFormat="1" ht="42.75" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
       <c r="B10" s="24" t="s">
-        <v>322</v>
+        <v>313</v>
       </c>
       <c r="C10" s="9" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="E10" s="7" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G10" s="7" t="s">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="H10" s="7" t="s">
-        <v>325</v>
-[...13 lines deleted...]
-      <c r="O10" s="66"/>
+        <v>316</v>
+      </c>
+      <c r="I10" s="36" t="s">
+        <v>317</v>
+      </c>
+      <c r="J10" s="37" t="s">
+        <v>318</v>
+      </c>
+      <c r="K10" s="74" t="s">
+        <v>485</v>
+      </c>
+      <c r="L10" s="64"/>
+      <c r="M10" s="64"/>
+      <c r="N10" s="64"/>
+      <c r="O10" s="65"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
     </row>
     <row r="11" spans="1:17" s="18" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A11" s="14" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="14"/>
       <c r="C11" s="15"/>
       <c r="D11" s="16"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="17"/>
       <c r="O11" s="14"/>
       <c r="P11" s="14"/>
       <c r="Q11" s="14"/>
     </row>
-    <row r="12" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:17" s="9" customFormat="1" ht="126" x14ac:dyDescent="0.35">
       <c r="A12" s="9" t="s">
         <v>47</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>50</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G12" s="7" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="H12" s="7" t="s">
         <v>52</v>
       </c>
       <c r="I12" s="19" t="s">
         <v>53</v>
       </c>
       <c r="J12" s="7" t="s">
-        <v>54</v>
+        <v>486</v>
       </c>
       <c r="K12" s="7" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
     </row>
-    <row r="13" spans="1:17" s="9" customFormat="1" ht="131.25" x14ac:dyDescent="0.4">
-[...3 lines deleted...]
-      <c r="C13" s="68" t="s">
+    <row r="13" spans="1:17" s="9" customFormat="1" ht="84" x14ac:dyDescent="0.35">
+      <c r="B13" s="73" t="s">
+        <v>455</v>
+      </c>
+      <c r="C13" s="73" t="s">
         <v>49</v>
       </c>
-      <c r="D13" s="68" t="s">
-[...11 lines deleted...]
-      <c r="H13" s="67" t="s">
+      <c r="D13" s="73" t="s">
+        <v>456</v>
+      </c>
+      <c r="E13" s="74" t="s">
+        <v>487</v>
+      </c>
+      <c r="F13" s="74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" s="74" t="s">
+        <v>457</v>
+      </c>
+      <c r="H13" s="74" t="s">
         <v>52</v>
       </c>
-      <c r="I13" s="69" t="s">
-[...6 lines deleted...]
-        <v>355</v>
+      <c r="I13" s="86" t="s">
+        <v>458</v>
+      </c>
+      <c r="J13" s="74" t="s">
+        <v>459</v>
+      </c>
+      <c r="K13" s="74" t="s">
+        <v>488</v>
       </c>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
     </row>
-    <row r="14" spans="1:17" s="9" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:17" s="9" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B14" s="24" t="s">
-        <v>365</v>
+        <v>353</v>
       </c>
       <c r="C14" s="9" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="D14" s="9" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="E14" s="7" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="F14" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="7" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="H14" s="7" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="I14" s="19" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="J14" s="7" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="K14" s="67" t="s">
+        <v>358</v>
+      </c>
+      <c r="K14" s="74" t="s">
         <v>489</v>
       </c>
       <c r="O14" s="7"/>
       <c r="P14" s="7"/>
       <c r="Q14" s="7"/>
     </row>
     <row r="15" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
       <c r="B15" s="25" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="C15" s="9" t="s">
+      <c r="D15" s="9" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="H15" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="I15" s="10" t="s">
         <v>58</v>
       </c>
-      <c r="I15" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" s="11" t="s">
-        <v>60</v>
+        <v>490</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="O15" s="7"/>
       <c r="P15" s="7"/>
       <c r="Q15" s="7"/>
     </row>
-    <row r="16" spans="1:17" s="9" customFormat="1" ht="131.25" x14ac:dyDescent="0.4">
+    <row r="16" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
       <c r="B16" s="25" t="s">
+        <v>59</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>322</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>491</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>492</v>
+      </c>
+      <c r="H16" s="7" t="s">
         <v>61</v>
-      </c>
-[...16 lines deleted...]
-        <v>64</v>
       </c>
       <c r="I16" s="7">
         <v>32254</v>
       </c>
       <c r="J16" s="11" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>62</v>
+      </c>
+      <c r="K16" s="74" t="s">
+        <v>344</v>
       </c>
       <c r="O16" s="7"/>
       <c r="P16" s="7"/>
       <c r="Q16" s="7"/>
     </row>
-    <row r="17" spans="1:18" s="9" customFormat="1" ht="131.25" x14ac:dyDescent="0.4">
-      <c r="B17" s="8" t="s">
+    <row r="17" spans="1:18" s="9" customFormat="1" ht="84" x14ac:dyDescent="0.35">
+      <c r="B17" s="24" t="s">
+        <v>63</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>323</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I17" s="19" t="s">
+        <v>65</v>
+      </c>
+      <c r="J17" s="7" t="s">
         <v>66</v>
       </c>
-      <c r="C17" s="9" t="s">
-[...24 lines deleted...]
-        <v>357</v>
+      <c r="K17" s="74" t="s">
+        <v>346</v>
       </c>
       <c r="O17" s="7"/>
       <c r="P17" s="7"/>
       <c r="Q17" s="7"/>
     </row>
-    <row r="18" spans="1:18" s="9" customFormat="1" ht="52.5" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>70</v>
+    <row r="18" spans="1:18" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B18" s="24" t="s">
+        <v>67</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>296</v>
+        <v>289</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>328</v>
+        <v>319</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="7" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="H18" s="26" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="I18" s="27">
+        <v>61</v>
+      </c>
+      <c r="I18" s="26">
         <v>32216</v>
       </c>
-      <c r="J18" s="11" t="s">
-[...3 lines deleted...]
-        <v>490</v>
+      <c r="J18" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K18" s="74" t="s">
+        <v>485</v>
       </c>
       <c r="O18" s="7"/>
       <c r="P18" s="7"/>
       <c r="Q18" s="7"/>
-      <c r="R18" s="28"/>
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="R18" s="27"/>
+    </row>
+    <row r="19" spans="1:18" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B19" s="24" t="s">
+        <v>70</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>74</v>
+        <v>493</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>13</v>
+        <v>494</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>64</v>
-[...8 lines deleted...]
-        <v>12</v>
+        <v>61</v>
+      </c>
+      <c r="I19" s="19" t="s">
+        <v>71</v>
+      </c>
+      <c r="J19" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K19" s="87" t="s">
+        <v>495</v>
       </c>
       <c r="O19" s="7"/>
       <c r="P19" s="7"/>
       <c r="Q19" s="7"/>
     </row>
-    <row r="20" spans="1:18" s="9" customFormat="1" ht="131.25" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>467</v>
+    <row r="20" spans="1:18" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B20" s="24" t="s">
+        <v>445</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>468</v>
+        <v>446</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>469</v>
+        <v>447</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="7" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
       <c r="H20" s="7" t="s">
-        <v>471</v>
-[...6 lines deleted...]
-        <v>355</v>
+        <v>449</v>
+      </c>
+      <c r="I20" s="19" t="s">
+        <v>450</v>
+      </c>
+      <c r="J20" s="7" t="s">
+        <v>496</v>
+      </c>
+      <c r="K20" s="74" t="s">
+        <v>497</v>
       </c>
       <c r="O20" s="7"/>
       <c r="P20" s="7"/>
       <c r="Q20" s="7"/>
     </row>
-    <row r="21" spans="1:18" s="20" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:18" s="20" customFormat="1" ht="63" x14ac:dyDescent="0.35">
       <c r="B21" s="21" t="s">
-        <v>297</v>
+        <v>290</v>
       </c>
       <c r="C21" s="20" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
       <c r="D21" s="20" t="s">
-        <v>389</v>
-[...1 lines deleted...]
-      <c r="E21" s="22"/>
+        <v>376</v>
+      </c>
+      <c r="E21" s="22" t="s">
+        <v>498</v>
+      </c>
       <c r="F21" s="22" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="22" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="H21" s="22" t="s">
-        <v>300</v>
+        <v>293</v>
       </c>
       <c r="I21" s="23" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="J21" s="22" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="K21" s="63"/>
+        <v>499</v>
+      </c>
+      <c r="K21" s="62" t="s">
+        <v>306</v>
+      </c>
       <c r="O21" s="22"/>
       <c r="P21" s="22"/>
       <c r="Q21" s="22"/>
     </row>
-    <row r="22" spans="1:18" s="9" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:18" s="9" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="24" t="s">
-        <v>454</v>
+        <v>432</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>450</v>
+        <v>428</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>508</v>
+        <v>478</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>38</v>
+        <v>500</v>
       </c>
       <c r="F22" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="7" t="s">
-        <v>451</v>
+        <v>429</v>
       </c>
       <c r="H22" s="7" t="s">
-        <v>452</v>
+        <v>430</v>
       </c>
       <c r="I22" s="19" t="s">
-        <v>453</v>
+        <v>431</v>
       </c>
       <c r="J22" s="7" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>501</v>
+      </c>
+      <c r="K22" s="74" t="s">
+        <v>306</v>
       </c>
       <c r="O22" s="7"/>
       <c r="P22" s="7"/>
       <c r="Q22" s="7"/>
     </row>
     <row r="23" spans="1:18" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
       <c r="B23" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" s="9" t="s">
+        <v>324</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>502</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="I23" s="10" t="s">
+        <v>76</v>
+      </c>
+      <c r="J23" s="11" t="s">
         <v>77</v>
       </c>
-      <c r="C23" s="9" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K23" s="7" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="O23" s="7"/>
       <c r="P23" s="7"/>
       <c r="Q23" s="7"/>
     </row>
-    <row r="24" spans="1:18" s="9" customFormat="1" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="24" spans="1:18" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
       <c r="B24" s="8" t="s">
-        <v>459</v>
+        <v>437</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>455</v>
+        <v>433</v>
       </c>
       <c r="D24" s="9" t="s">
-        <v>509</v>
+        <v>479</v>
       </c>
       <c r="E24" s="7" t="s">
-        <v>38</v>
+        <v>500</v>
       </c>
       <c r="F24" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="7" t="s">
-        <v>457</v>
+        <v>435</v>
       </c>
       <c r="H24" s="7" t="s">
-        <v>456</v>
+        <v>434</v>
       </c>
       <c r="I24" s="10" t="s">
-        <v>458</v>
+        <v>436</v>
       </c>
       <c r="J24" s="11" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>314</v>
+        <v>503</v>
+      </c>
+      <c r="K24" s="74" t="s">
+        <v>306</v>
       </c>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
       <c r="Q24" s="7"/>
     </row>
-    <row r="25" spans="1:18" s="9" customFormat="1" ht="42.75" x14ac:dyDescent="0.4">
+    <row r="25" spans="1:18" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
       <c r="A25" s="7"/>
       <c r="B25" s="9" t="s">
-        <v>354</v>
-[...17 lines deleted...]
-        <v>351</v>
+        <v>343</v>
+      </c>
+      <c r="C25" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="D25" s="28" t="s">
+        <v>504</v>
+      </c>
+      <c r="E25" s="29" t="s">
+        <v>339</v>
+      </c>
+      <c r="F25" s="29" t="s">
+        <v>14</v>
+      </c>
+      <c r="G25" s="29" t="s">
+        <v>342</v>
+      </c>
+      <c r="H25" s="29" t="s">
+        <v>341</v>
       </c>
       <c r="I25" s="7">
         <v>32127</v>
       </c>
       <c r="J25" s="7" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>340</v>
+      </c>
+      <c r="K25" s="29" t="s">
+        <v>485</v>
       </c>
       <c r="O25" s="7"/>
       <c r="P25" s="7"/>
       <c r="Q25" s="7"/>
     </row>
     <row r="26" spans="1:18" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
       <c r="B26" s="8" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="7" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="H26" s="7" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="I26" s="10" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="J26" s="11" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="K26" s="7" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="O26" s="7"/>
       <c r="P26" s="7"/>
       <c r="Q26" s="7"/>
     </row>
-    <row r="27" spans="1:18" s="32" customFormat="1" x14ac:dyDescent="0.35">
-      <c r="A27" s="31" t="s">
+    <row r="27" spans="1:18" s="31" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="30" t="s">
+        <v>83</v>
+      </c>
+      <c r="B27" s="30"/>
+      <c r="D27" s="32"/>
+      <c r="E27" s="30"/>
+      <c r="F27" s="30"/>
+      <c r="G27" s="30"/>
+      <c r="H27" s="30"/>
+      <c r="I27" s="33"/>
+      <c r="J27" s="30"/>
+      <c r="K27" s="30"/>
+      <c r="O27" s="30"/>
+      <c r="P27" s="30"/>
+      <c r="Q27" s="30"/>
+    </row>
+    <row r="28" spans="1:18" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B28" s="34" t="s">
+        <v>84</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E28" s="74" t="s">
+        <v>551</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="H28" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="B27" s="31"/>
-[...13 lines deleted...]
-      <c r="B28" s="35" t="s">
+      <c r="I28" s="12" t="s">
         <v>88</v>
       </c>
-      <c r="C28" s="9" t="s">
+      <c r="J28" s="13" t="s">
         <v>89</v>
       </c>
-      <c r="D28" s="9" t="s">
-[...21 lines deleted...]
-        <v>503</v>
+      <c r="K28" s="74" t="s">
+        <v>474</v>
       </c>
       <c r="O28" s="7"/>
       <c r="P28" s="7"/>
       <c r="Q28" s="7"/>
     </row>
-    <row r="29" spans="1:18" s="9" customFormat="1" ht="78.75" x14ac:dyDescent="0.4">
-      <c r="B29" s="35" t="s">
+    <row r="29" spans="1:18" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B29" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="E29" s="74" t="s">
+        <v>551</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="I29" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="J29" s="13" t="s">
         <v>101</v>
       </c>
-      <c r="C29" s="9" t="s">
-[...24 lines deleted...]
-        <v>503</v>
+      <c r="K29" s="74" t="s">
+        <v>474</v>
       </c>
       <c r="O29" s="7"/>
       <c r="P29" s="7"/>
       <c r="Q29" s="7"/>
     </row>
-    <row r="30" spans="1:18" s="9" customFormat="1" ht="79.5" thickBot="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-        <v>382</v>
+    <row r="30" spans="1:18" s="9" customFormat="1" ht="42.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="35" t="s">
+        <v>369</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>370</v>
+      </c>
+      <c r="E30" s="88" t="s">
+        <v>551</v>
       </c>
       <c r="F30" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G30" s="7" t="s">
-        <v>384</v>
+        <v>371</v>
       </c>
       <c r="H30" s="7" t="s">
-        <v>385</v>
-[...8 lines deleted...]
-        <v>503</v>
+        <v>372</v>
+      </c>
+      <c r="I30" s="36" t="s">
+        <v>373</v>
+      </c>
+      <c r="J30" s="37" t="s">
+        <v>374</v>
+      </c>
+      <c r="K30" s="74" t="s">
+        <v>474</v>
       </c>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
     </row>
-    <row r="31" spans="1:18" s="9" customFormat="1" ht="132" thickBot="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-        <v>492</v>
+    <row r="31" spans="1:18" s="9" customFormat="1" ht="84.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="35" t="s">
+        <v>465</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>493</v>
-[...4 lines deleted...]
-      <c r="E31" s="78" t="s">
+        <v>466</v>
+      </c>
+      <c r="D31" s="85" t="s">
+        <v>480</v>
+      </c>
+      <c r="E31" s="55" t="s">
         <v>51</v>
       </c>
-      <c r="F31" s="7" t="s">
+      <c r="F31" s="41" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>494</v>
+        <v>467</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>495</v>
-[...8 lines deleted...]
-        <v>504</v>
+        <v>468</v>
+      </c>
+      <c r="I31" s="36" t="s">
+        <v>469</v>
+      </c>
+      <c r="J31" s="37" t="s">
+        <v>470</v>
+      </c>
+      <c r="K31" s="89" t="s">
+        <v>475</v>
       </c>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
     </row>
-    <row r="32" spans="1:18" s="9" customFormat="1" ht="132" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B32" s="35" t="s">
+    <row r="32" spans="1:18" s="9" customFormat="1" ht="84.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="34" t="s">
+        <v>114</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D32" s="85" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" s="55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F32" s="41" t="s">
+        <v>14</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="I32" s="12" t="s">
         <v>119</v>
       </c>
-      <c r="C32" s="9" t="s">
+      <c r="J32" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="D32" s="9" t="s">
-[...21 lines deleted...]
-        <v>504</v>
+      <c r="K32" s="90" t="s">
+        <v>475</v>
       </c>
       <c r="O32" s="7"/>
       <c r="P32" s="7"/>
       <c r="Q32" s="7"/>
     </row>
-    <row r="33" spans="1:26" s="9" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.4">
-[...29 lines deleted...]
-      </c>
+    <row r="33" spans="1:26" s="9" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="1"/>
+      <c r="B33" s="77"/>
+      <c r="C33" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="E33" s="91"/>
+      <c r="F33" s="48"/>
+      <c r="G33" s="48"/>
+      <c r="H33" s="48"/>
+      <c r="I33" s="78"/>
+      <c r="J33" s="79"/>
+      <c r="K33" s="91"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
     </row>
-    <row r="34" spans="1:26" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>399</v>
+    <row r="34" spans="1:26" s="9" customFormat="1" ht="100.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="34" t="s">
+        <v>415</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>400</v>
+        <v>115</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>416</v>
+      </c>
+      <c r="E34" s="74" t="s">
+        <v>506</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G34" s="7" t="s">
-        <v>402</v>
+        <v>417</v>
       </c>
       <c r="H34" s="7" t="s">
-        <v>403</v>
-[...8 lines deleted...]
-        <v>356</v>
+        <v>118</v>
+      </c>
+      <c r="I34" s="12" t="s">
+        <v>418</v>
+      </c>
+      <c r="J34" s="13" t="s">
+        <v>419</v>
+      </c>
+      <c r="K34" s="74" t="s">
+        <v>345</v>
       </c>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
     </row>
-    <row r="35" spans="1:26" s="9" customFormat="1" ht="131.25" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>129</v>
+    <row r="35" spans="1:26" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="35" t="s">
+        <v>386</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>130</v>
+        <v>387</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>388</v>
+      </c>
+      <c r="E35" s="74" t="s">
+        <v>319</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>310</v>
+        <v>389</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>131</v>
-[...8 lines deleted...]
-        <v>356</v>
+        <v>390</v>
+      </c>
+      <c r="I35" s="36" t="s">
+        <v>391</v>
+      </c>
+      <c r="J35" s="37" t="s">
+        <v>392</v>
+      </c>
+      <c r="K35" s="74" t="s">
+        <v>345</v>
       </c>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
     </row>
-    <row r="36" spans="1:26" s="9" customFormat="1" ht="131.25" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>473</v>
+    <row r="36" spans="1:26" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B36" s="35" t="s">
+        <v>124</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>476</v>
-[...1 lines deleted...]
-      <c r="E36" s="67"/>
+        <v>328</v>
+      </c>
+      <c r="E36" s="74" t="s">
+        <v>491</v>
+      </c>
       <c r="F36" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>474</v>
+        <v>302</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>131</v>
-[...8 lines deleted...]
-        <v>356</v>
+        <v>126</v>
+      </c>
+      <c r="I36" s="36" t="s">
+        <v>127</v>
+      </c>
+      <c r="J36" s="37" t="s">
+        <v>128</v>
+      </c>
+      <c r="K36" s="74" t="s">
+        <v>507</v>
       </c>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
     </row>
-    <row r="37" spans="1:26" s="75" customFormat="1" ht="42" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="E37" s="62" t="s">
+    <row r="37" spans="1:26" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B37" s="8" t="s">
+        <v>451</v>
+      </c>
+      <c r="C37" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>453</v>
+      </c>
+      <c r="E37" s="74" t="s">
+        <v>508</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>509</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="I37" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="J37" s="11" t="s">
+        <v>452</v>
+      </c>
+      <c r="K37" s="74" t="s">
+        <v>510</v>
+      </c>
+      <c r="O37" s="7"/>
+      <c r="P37" s="7"/>
+      <c r="Q37" s="7"/>
+    </row>
+    <row r="38" spans="1:26" s="68" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B38" s="69" t="s">
+        <v>511</v>
+      </c>
+      <c r="C38" s="68" t="s">
+        <v>125</v>
+      </c>
+      <c r="D38" s="68" t="s">
+        <v>550</v>
+      </c>
+      <c r="E38" s="61" t="s">
         <v>38</v>
       </c>
-      <c r="F37" s="62"/>
-[...18 lines deleted...]
-      <c r="B38" s="36" t="s">
+      <c r="F38" s="61" t="s">
+        <v>512</v>
+      </c>
+      <c r="G38" s="61" t="s">
+        <v>471</v>
+      </c>
+      <c r="H38" s="61" t="s">
+        <v>126</v>
+      </c>
+      <c r="I38" s="70" t="s">
+        <v>472</v>
+      </c>
+      <c r="J38" s="61" t="s">
+        <v>513</v>
+      </c>
+      <c r="K38" s="61" t="s">
+        <v>306</v>
+      </c>
+      <c r="O38" s="61"/>
+      <c r="P38" s="61"/>
+      <c r="Q38" s="61"/>
+    </row>
+    <row r="39" spans="1:26" s="68" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="A39" s="80"/>
+      <c r="B39" s="81"/>
+      <c r="C39" s="80" t="s">
+        <v>514</v>
+      </c>
+      <c r="D39" s="80" t="s">
+        <v>515</v>
+      </c>
+      <c r="E39" s="82"/>
+      <c r="F39" s="82"/>
+      <c r="G39" s="82"/>
+      <c r="H39" s="82"/>
+      <c r="I39" s="83"/>
+      <c r="J39" s="82"/>
+      <c r="K39" s="84"/>
+      <c r="O39" s="61"/>
+      <c r="P39" s="61"/>
+      <c r="Q39" s="61"/>
+    </row>
+    <row r="40" spans="1:26" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B40" s="35" t="s">
+        <v>90</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>552</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="H40" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="C38" s="9" t="s">
+      <c r="I40" s="36" t="s">
         <v>95</v>
       </c>
-      <c r="D38" s="9" t="s">
+      <c r="J40" s="37" t="s">
         <v>96</v>
       </c>
-      <c r="E38" s="7" t="s">
-[...88 lines deleted...]
-        <v>316</v>
+      <c r="K40" s="74" t="s">
+        <v>476</v>
       </c>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
     </row>
-    <row r="41" spans="1:26" s="9" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>379</v>
+    <row r="41" spans="1:26" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B41" s="35" t="s">
+        <v>121</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>376</v>
+        <v>327</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>13</v>
+        <v>319</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>377</v>
+        <v>258</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>380</v>
+        <v>94</v>
+      </c>
+      <c r="I41" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="J41" s="37" t="s">
+        <v>123</v>
       </c>
       <c r="K41" s="7" t="s">
-        <v>441</v>
+        <v>344</v>
       </c>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
     </row>
-    <row r="42" spans="1:26" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>114</v>
+    <row r="42" spans="1:26" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B42" s="35" t="s">
+        <v>129</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>335</v>
+        <v>130</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>38</v>
+        <v>516</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>286</v>
+        <v>259</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>118</v>
+        <v>94</v>
+      </c>
+      <c r="I42" s="36" t="s">
+        <v>76</v>
+      </c>
+      <c r="J42" s="37" t="s">
+        <v>131</v>
       </c>
       <c r="K42" s="7" t="s">
-        <v>355</v>
+        <v>517</v>
       </c>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
     </row>
-    <row r="43" spans="1:26" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.4">
-[...45 lines deleted...]
-        <v>106</v>
+    <row r="43" spans="1:26" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B43" s="35"/>
+      <c r="C43" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>518</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>516</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>519</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>520</v>
+      </c>
+      <c r="I43" s="36" t="s">
+        <v>521</v>
+      </c>
+      <c r="J43" s="37" t="s">
+        <v>522</v>
+      </c>
+      <c r="K43" s="7" t="s">
+        <v>523</v>
+      </c>
+      <c r="O43" s="7"/>
+      <c r="P43" s="7"/>
+      <c r="Q43" s="7"/>
+    </row>
+    <row r="44" spans="1:26" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B44" s="35" t="s">
+        <v>524</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="D44" s="9" t="s">
-        <v>348</v>
+        <v>525</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>38</v>
+        <v>516</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>263</v>
+        <v>526</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-        <v>109</v>
+        <v>520</v>
+      </c>
+      <c r="I44" s="36" t="s">
+        <v>527</v>
+      </c>
+      <c r="J44" s="37" t="s">
+        <v>528</v>
       </c>
       <c r="K44" s="7" t="s">
-        <v>315</v>
+        <v>517</v>
       </c>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
     </row>
-    <row r="45" spans="1:26" s="9" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>406</v>
+    <row r="45" spans="1:26" s="9" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="35" t="s">
+        <v>367</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>364</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>409</v>
+        <v>365</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>108</v>
-[...8 lines deleted...]
-        <v>506</v>
+        <v>94</v>
+      </c>
+      <c r="I45" s="36" t="s">
+        <v>366</v>
+      </c>
+      <c r="J45" s="37" t="s">
+        <v>368</v>
+      </c>
+      <c r="K45" s="7" t="s">
+        <v>529</v>
       </c>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
     </row>
-    <row r="46" spans="1:26" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
-      <c r="B46" s="36" t="s">
+    <row r="46" spans="1:26" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B46" s="35" t="s">
+        <v>109</v>
+      </c>
+      <c r="C46" s="9" t="s">
         <v>110</v>
       </c>
-      <c r="C46" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" s="9" t="s">
-        <v>111</v>
+        <v>326</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>264</v>
+        <v>279</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="I46" s="37" t="s">
+        <v>111</v>
+      </c>
+      <c r="I46" s="36" t="s">
         <v>112</v>
       </c>
-      <c r="J46" s="38" t="s">
+      <c r="J46" s="37" t="s">
         <v>113</v>
       </c>
       <c r="K46" s="7" t="s">
-        <v>12</v>
+        <v>344</v>
       </c>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
     </row>
-    <row r="47" spans="1:26" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-    <row r="49" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+    <row r="47" spans="1:26" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A47" s="73"/>
+      <c r="B47" s="92" t="s">
+        <v>530</v>
+      </c>
+      <c r="C47" s="73" t="s">
+        <v>110</v>
+      </c>
+      <c r="D47" s="73" t="s">
+        <v>481</v>
+      </c>
+      <c r="E47" s="74" t="s">
+        <v>531</v>
+      </c>
+      <c r="F47" s="74" t="s">
+        <v>14</v>
+      </c>
+      <c r="G47" s="74" t="s">
+        <v>482</v>
+      </c>
+      <c r="H47" s="74" t="s">
+        <v>111</v>
+      </c>
+      <c r="I47" s="93" t="s">
+        <v>112</v>
+      </c>
+      <c r="J47" s="94" t="s">
+        <v>532</v>
+      </c>
+      <c r="K47" s="74"/>
+      <c r="L47" s="66"/>
+      <c r="M47" s="71"/>
+      <c r="N47" s="66"/>
+      <c r="O47" s="67"/>
+      <c r="P47" s="66"/>
+      <c r="Q47" s="66"/>
+      <c r="R47" s="66"/>
+      <c r="S47" s="67"/>
+      <c r="T47" s="67"/>
+      <c r="U47" s="67"/>
+      <c r="V47" s="67"/>
+      <c r="W47" s="67"/>
+      <c r="X47" s="67"/>
+      <c r="Y47" s="67"/>
+      <c r="Z47" s="67"/>
+    </row>
+    <row r="48" spans="1:26" s="9" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="35" t="s">
+        <v>102</v>
+      </c>
+      <c r="C48" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>533</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>256</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="I48" s="7">
+        <v>33813</v>
+      </c>
+      <c r="J48" s="7" t="s">
+        <v>534</v>
+      </c>
+      <c r="K48" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="O48" s="7"/>
+      <c r="P48" s="7"/>
+      <c r="Q48" s="7"/>
+    </row>
+    <row r="49" spans="1:17" s="9" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B49" s="35" t="s">
-        <v>145</v>
+        <v>393</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>146</v>
+        <v>103</v>
       </c>
       <c r="D49" s="9" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="E49" s="7" t="s">
+        <v>394</v>
+      </c>
+      <c r="E49" s="74" t="s">
         <v>38</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G49" s="42" t="s">
-        <v>267</v>
+      <c r="G49" s="7" t="s">
+        <v>396</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>147</v>
-[...8 lines deleted...]
-        <v>355</v>
+        <v>104</v>
+      </c>
+      <c r="I49" s="7">
+        <v>33801</v>
+      </c>
+      <c r="J49" s="7" t="s">
+        <v>395</v>
+      </c>
+      <c r="K49" s="74" t="s">
+        <v>535</v>
       </c>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
     </row>
-    <row r="50" spans="1:17" s="9" customFormat="1" ht="108.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>318</v>
+    <row r="50" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B50" s="35" t="s">
+        <v>105</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>146</v>
-[...7 lines deleted...]
-      <c r="F50" s="44" t="s">
+        <v>103</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>291</v>
+        <v>257</v>
       </c>
       <c r="H50" s="7" t="s">
-        <v>292</v>
-[...8 lines deleted...]
-        <v>502</v>
+        <v>104</v>
+      </c>
+      <c r="I50" s="36" t="s">
+        <v>107</v>
+      </c>
+      <c r="J50" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="K50" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="O50" s="7"/>
       <c r="P50" s="7"/>
       <c r="Q50" s="7"/>
     </row>
     <row r="51" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
       <c r="B51" s="35" t="s">
-        <v>169</v>
+        <v>347</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>146</v>
+        <v>348</v>
       </c>
       <c r="D51" s="9" t="s">
-        <v>341</v>
+        <v>536</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>38</v>
+        <v>319</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>269</v>
+        <v>349</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>170</v>
-[...5 lines deleted...]
-        <v>172</v>
+        <v>350</v>
+      </c>
+      <c r="I51" s="36" t="s">
+        <v>351</v>
+      </c>
+      <c r="J51" s="37" t="s">
+        <v>352</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>355</v>
+        <v>485</v>
       </c>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
     </row>
-    <row r="52" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
-[...36 lines deleted...]
-        <v>443</v>
+    <row r="52" spans="1:17" s="39" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="38" t="s">
+        <v>132</v>
+      </c>
+      <c r="B52" s="38"/>
+      <c r="D52" s="40"/>
+      <c r="E52" s="38"/>
+      <c r="F52" s="38"/>
+      <c r="G52" s="38"/>
+      <c r="H52" s="38"/>
+      <c r="I52" s="38"/>
+      <c r="J52" s="38"/>
+      <c r="K52" s="38"/>
+      <c r="O52" s="38"/>
+      <c r="P52" s="38"/>
+      <c r="Q52" s="38"/>
+    </row>
+    <row r="53" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B53" s="34" t="s">
+        <v>140</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>444</v>
+        <v>141</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>445</v>
+        <v>329</v>
       </c>
       <c r="E53" s="7" t="s">
         <v>38</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G53" s="42" t="s">
-        <v>446</v>
+      <c r="G53" s="41" t="s">
+        <v>260</v>
       </c>
       <c r="H53" s="7" t="s">
-        <v>447</v>
-[...8 lines deleted...]
-        <v>355</v>
+        <v>142</v>
+      </c>
+      <c r="I53" s="12" t="s">
+        <v>143</v>
+      </c>
+      <c r="J53" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="K53" s="7" t="s">
+        <v>344</v>
       </c>
       <c r="O53" s="7"/>
       <c r="P53" s="7"/>
       <c r="Q53" s="7"/>
     </row>
-    <row r="54" spans="1:17" s="9" customFormat="1" ht="52.5" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>424</v>
+    <row r="54" spans="1:17" s="9" customFormat="1" ht="108.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B54" s="35" t="s">
+        <v>309</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>423</v>
-[...11 lines deleted...]
-        <v>425</v>
+        <v>141</v>
+      </c>
+      <c r="D54" s="42" t="s">
+        <v>439</v>
+      </c>
+      <c r="E54" s="43" t="s">
+        <v>552</v>
+      </c>
+      <c r="F54" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>284</v>
       </c>
       <c r="H54" s="7" t="s">
-        <v>426</v>
-[...8 lines deleted...]
-        <v>507</v>
+        <v>285</v>
+      </c>
+      <c r="I54" s="36" t="s">
+        <v>95</v>
+      </c>
+      <c r="J54" s="37" t="s">
+        <v>286</v>
+      </c>
+      <c r="K54" s="7" t="s">
+        <v>473</v>
       </c>
       <c r="O54" s="7"/>
       <c r="P54" s="7"/>
       <c r="Q54" s="7"/>
     </row>
-    <row r="55" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>138</v>
+    <row r="55" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B55" s="34" t="s">
+        <v>164</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D55" s="9" t="s">
-        <v>140</v>
+        <v>332</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G55" s="42" t="s">
-        <v>141</v>
+      <c r="G55" s="7" t="s">
+        <v>262</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>165</v>
+      </c>
+      <c r="I55" s="12" t="s">
+        <v>166</v>
+      </c>
+      <c r="J55" s="13" t="s">
+        <v>167</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>317</v>
+        <v>344</v>
       </c>
       <c r="O55" s="7"/>
       <c r="P55" s="7"/>
       <c r="Q55" s="7"/>
     </row>
-    <row r="56" spans="1:17" s="9" customFormat="1" ht="52.5" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>156</v>
+    <row r="56" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B56" s="34" t="s">
+        <v>157</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>139</v>
-[...7 lines deleted...]
-      <c r="F56" s="44" t="s">
+        <v>141</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>330</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="F56" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G56" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="I56" s="12" t="s">
         <v>158</v>
       </c>
-      <c r="H56" s="7" t="s">
+      <c r="J56" s="13" t="s">
         <v>159</v>
       </c>
-      <c r="I56" s="37" t="s">
-[...6 lines deleted...]
-        <v>507</v>
+      <c r="K56" s="7" t="s">
+        <v>344</v>
       </c>
       <c r="O56" s="7"/>
       <c r="P56" s="7"/>
       <c r="Q56" s="7"/>
     </row>
     <row r="57" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
-      <c r="B57" s="35" t="s">
-        <v>165</v>
+      <c r="B57" s="34" t="s">
+        <v>421</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>139</v>
+        <v>422</v>
       </c>
       <c r="D57" s="9" t="s">
-        <v>340</v>
+        <v>423</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>38</v>
+        <v>537</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G57" s="7" t="s">
-        <v>268</v>
+      <c r="G57" s="41" t="s">
+        <v>424</v>
       </c>
       <c r="H57" s="7" t="s">
-        <v>166</v>
-[...8 lines deleted...]
-        <v>355</v>
+        <v>425</v>
+      </c>
+      <c r="I57" s="59" t="s">
+        <v>426</v>
+      </c>
+      <c r="J57" s="60" t="s">
+        <v>427</v>
+      </c>
+      <c r="K57" s="74" t="s">
+        <v>344</v>
       </c>
       <c r="O57" s="7"/>
       <c r="P57" s="7"/>
       <c r="Q57" s="7"/>
     </row>
-    <row r="58" spans="1:17" s="9" customFormat="1" ht="52.5" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
       <c r="B58" s="35" t="s">
-        <v>150</v>
+        <v>410</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>151</v>
+        <v>409</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>438</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>552</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="G58" s="42" t="s">
-        <v>153</v>
+      <c r="G58" s="41" t="s">
+        <v>411</v>
       </c>
       <c r="H58" s="7" t="s">
-        <v>154</v>
-[...8 lines deleted...]
-        <v>507</v>
+        <v>412</v>
+      </c>
+      <c r="I58" s="44" t="s">
+        <v>413</v>
+      </c>
+      <c r="J58" s="45" t="s">
+        <v>414</v>
+      </c>
+      <c r="K58" s="74" t="s">
+        <v>477</v>
       </c>
       <c r="O58" s="7"/>
       <c r="P58" s="7"/>
       <c r="Q58" s="7"/>
     </row>
-    <row r="59" spans="1:17" s="47" customFormat="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="D59" s="48"/>
+    <row r="59" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B59" s="35" t="s">
+        <v>133</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G59" s="41" t="s">
+        <v>136</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="I59" s="44" t="s">
+        <v>138</v>
+      </c>
+      <c r="J59" s="45" t="s">
+        <v>139</v>
+      </c>
+      <c r="K59" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="O59" s="7"/>
+      <c r="P59" s="7"/>
+      <c r="Q59" s="7"/>
     </row>
     <row r="60" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
       <c r="B60" s="35" t="s">
-        <v>176</v>
+        <v>151</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>174</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>134</v>
+      </c>
+      <c r="D60" s="42" t="s">
+        <v>152</v>
+      </c>
+      <c r="E60" s="95" t="s">
+        <v>553</v>
+      </c>
+      <c r="F60" s="43" t="s">
+        <v>14</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>274</v>
+        <v>153</v>
       </c>
       <c r="H60" s="7" t="s">
-        <v>178</v>
-[...8 lines deleted...]
-        <v>319</v>
+        <v>154</v>
+      </c>
+      <c r="I60" s="36" t="s">
+        <v>155</v>
+      </c>
+      <c r="J60" s="37" t="s">
+        <v>156</v>
+      </c>
+      <c r="K60" s="74" t="s">
+        <v>477</v>
       </c>
       <c r="O60" s="7"/>
       <c r="P60" s="7"/>
       <c r="Q60" s="7"/>
     </row>
-    <row r="61" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
-[...1 lines deleted...]
-        <v>181</v>
+    <row r="61" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B61" s="34" t="s">
+        <v>160</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>174</v>
+        <v>134</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>182</v>
+        <v>331</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>38</v>
+        <v>537</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G61" s="7" t="s">
-        <v>275</v>
+        <v>261</v>
       </c>
       <c r="H61" s="7" t="s">
-        <v>175</v>
+        <v>161</v>
       </c>
       <c r="I61" s="12" t="s">
-        <v>183</v>
+        <v>162</v>
       </c>
       <c r="J61" s="13" t="s">
-        <v>184</v>
+        <v>163</v>
       </c>
       <c r="K61" s="7" t="s">
-        <v>319</v>
+        <v>344</v>
       </c>
       <c r="O61" s="7"/>
       <c r="P61" s="7"/>
       <c r="Q61" s="7"/>
     </row>
-    <row r="62" spans="1:17" s="85" customFormat="1" ht="63" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C62" s="85" t="s">
+    <row r="62" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B62" s="34" t="s">
+        <v>145</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="E62" s="95" t="s">
+        <v>553</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G62" s="41" t="s">
+        <v>148</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="I62" s="12" t="s">
+        <v>277</v>
+      </c>
+      <c r="J62" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="K62" s="74" t="s">
+        <v>477</v>
+      </c>
+      <c r="O62" s="7"/>
+      <c r="P62" s="7"/>
+      <c r="Q62" s="7"/>
+    </row>
+    <row r="63" spans="1:17" s="46" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="46" t="s">
+        <v>168</v>
+      </c>
+      <c r="D63" s="47"/>
+    </row>
+    <row r="64" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B64" s="34" t="s">
+        <v>171</v>
+      </c>
+      <c r="C64" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="D64" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="I64" s="12" t="s">
         <v>174</v>
       </c>
-      <c r="D62" s="85" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="87" t="s">
+      <c r="J64" s="13" t="s">
+        <v>175</v>
+      </c>
+      <c r="K64" s="7" t="s">
+        <v>310</v>
+      </c>
+      <c r="O64" s="7"/>
+      <c r="P64" s="7"/>
+      <c r="Q64" s="7"/>
+    </row>
+    <row r="65" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B65" s="34" t="s">
+        <v>176</v>
+      </c>
+      <c r="C65" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="D65" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E65" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="F62" s="87" t="s">
-[...74 lines deleted...]
-      </c>
       <c r="F65" s="7" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G65" s="7" t="s">
-        <v>464</v>
+        <v>268</v>
       </c>
       <c r="H65" s="7" t="s">
-        <v>235</v>
-[...8 lines deleted...]
-        <v>355</v>
+        <v>170</v>
+      </c>
+      <c r="I65" s="12" t="s">
+        <v>178</v>
+      </c>
+      <c r="J65" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="K65" s="7" t="s">
+        <v>310</v>
       </c>
       <c r="O65" s="7"/>
       <c r="P65" s="7"/>
       <c r="Q65" s="7"/>
     </row>
-    <row r="66" spans="2:17" s="9" customFormat="1" ht="131.25" x14ac:dyDescent="0.4">
-[...28 lines deleted...]
-        <v>355</v>
+    <row r="66" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="A66" s="20"/>
+      <c r="B66" s="50"/>
+      <c r="C66" s="20"/>
+      <c r="D66" s="20" t="s">
+        <v>549</v>
+      </c>
+      <c r="E66" s="22" t="s">
+        <v>543</v>
+      </c>
+      <c r="F66" s="22" t="s">
+        <v>194</v>
+      </c>
+      <c r="G66" s="22" t="s">
+        <v>544</v>
+      </c>
+      <c r="H66" s="22" t="s">
+        <v>545</v>
+      </c>
+      <c r="I66" s="51" t="s">
+        <v>546</v>
+      </c>
+      <c r="J66" s="52"/>
+      <c r="K66" s="22" t="s">
+        <v>547</v>
       </c>
       <c r="O66" s="7"/>
       <c r="P66" s="7"/>
       <c r="Q66" s="7"/>
     </row>
-    <row r="67" spans="2:17" s="9" customFormat="1" ht="131.25" x14ac:dyDescent="0.4">
-[...71 lines deleted...]
-        <v>388</v>
+    <row r="67" spans="1:17" s="48" customFormat="1" ht="21.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A67" s="48" t="s">
+        <v>180</v>
+      </c>
+      <c r="D67" s="49"/>
+    </row>
+    <row r="68" spans="1:17" s="20" customFormat="1" ht="84.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B68" s="50" t="s">
+        <v>209</v>
+      </c>
+      <c r="C68" s="20" t="s">
+        <v>227</v>
+      </c>
+      <c r="D68" s="20" t="s">
+        <v>377</v>
+      </c>
+      <c r="E68" s="96" t="s">
+        <v>51</v>
+      </c>
+      <c r="F68" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" s="22" t="s">
+        <v>228</v>
+      </c>
+      <c r="H68" s="22" t="s">
+        <v>229</v>
+      </c>
+      <c r="I68" s="51" t="s">
+        <v>230</v>
+      </c>
+      <c r="J68" s="52" t="s">
+        <v>231</v>
+      </c>
+      <c r="K68" s="96" t="s">
+        <v>475</v>
+      </c>
+      <c r="O68" s="22"/>
+      <c r="P68" s="22"/>
+      <c r="Q68" s="22"/>
+    </row>
+    <row r="69" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B69" s="35" t="s">
+        <v>440</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>193</v>
+        <v>227</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>441</v>
+      </c>
+      <c r="E69" s="74" t="s">
+        <v>531</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G69" s="7" t="s">
-        <v>396</v>
+        <v>442</v>
       </c>
       <c r="H69" s="7" t="s">
-        <v>195</v>
-[...8 lines deleted...]
-        <v>12</v>
+        <v>229</v>
+      </c>
+      <c r="I69" s="36" t="s">
+        <v>443</v>
+      </c>
+      <c r="J69" s="37" t="s">
+        <v>444</v>
+      </c>
+      <c r="K69" s="74" t="s">
+        <v>344</v>
       </c>
       <c r="O69" s="7"/>
       <c r="P69" s="7"/>
       <c r="Q69" s="7"/>
     </row>
-    <row r="70" spans="2:17" s="9" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.4">
-[...1 lines deleted...]
-        <v>371</v>
+    <row r="70" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B70" s="53" t="s">
+        <v>192</v>
       </c>
       <c r="C70" s="9" t="s">
         <v>193</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="E70" s="67" t="s">
+        <v>334</v>
+      </c>
+      <c r="E70" s="74" t="s">
         <v>38</v>
       </c>
       <c r="F70" s="7" t="s">
-        <v>14</v>
+        <v>194</v>
       </c>
       <c r="G70" s="7" t="s">
-        <v>373</v>
-[...11 lines deleted...]
-        <v>381</v>
+        <v>269</v>
+      </c>
+      <c r="H70" s="26" t="s">
+        <v>195</v>
+      </c>
+      <c r="I70" s="54">
+        <v>34112</v>
+      </c>
+      <c r="J70" s="55" t="s">
+        <v>196</v>
+      </c>
+      <c r="K70" s="74" t="s">
+        <v>344</v>
       </c>
       <c r="O70" s="7"/>
       <c r="P70" s="7"/>
       <c r="Q70" s="7"/>
     </row>
-    <row r="71" spans="2:17" s="9" customFormat="1" ht="132" thickBot="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-        <v>252</v>
+    <row r="71" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B71" s="34" t="s">
+        <v>239</v>
       </c>
       <c r="C71" s="9" t="s">
-        <v>216</v>
+        <v>188</v>
       </c>
       <c r="D71" s="9" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="E71" s="67" t="s">
+        <v>336</v>
+      </c>
+      <c r="E71" s="74" t="s">
         <v>38</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G71" s="7" t="s">
-        <v>253</v>
+        <v>273</v>
       </c>
       <c r="H71" s="7" t="s">
-        <v>254</v>
-[...8 lines deleted...]
-        <v>355</v>
+        <v>190</v>
+      </c>
+      <c r="I71" s="12" t="s">
+        <v>240</v>
+      </c>
+      <c r="J71" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="K71" s="74" t="s">
+        <v>344</v>
       </c>
       <c r="O71" s="7"/>
       <c r="P71" s="7"/>
       <c r="Q71" s="7"/>
     </row>
-    <row r="72" spans="2:17" s="9" customFormat="1" ht="132" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="72" spans="1:17" s="9" customFormat="1" ht="115.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B72" s="35" t="s">
-        <v>215</v>
+        <v>187</v>
       </c>
       <c r="C72" s="9" t="s">
-        <v>216</v>
+        <v>188</v>
       </c>
       <c r="D72" s="9" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>538</v>
+      </c>
+      <c r="E72" s="74" t="s">
+        <v>38</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G72" s="7" t="s">
-        <v>305</v>
+        <v>189</v>
       </c>
       <c r="H72" s="7" t="s">
-        <v>306</v>
-[...8 lines deleted...]
-        <v>504</v>
+        <v>190</v>
+      </c>
+      <c r="I72" s="36" t="s">
+        <v>191</v>
+      </c>
+      <c r="J72" s="37" t="s">
+        <v>534</v>
+      </c>
+      <c r="K72" s="74" t="s">
+        <v>311</v>
       </c>
       <c r="O72" s="7"/>
       <c r="P72" s="7"/>
       <c r="Q72" s="7"/>
     </row>
-    <row r="73" spans="2:17" s="20" customFormat="1" ht="132" thickBot="1" x14ac:dyDescent="0.45">
-[...34 lines deleted...]
-    <row r="74" spans="2:17" s="9" customFormat="1" ht="132" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="73" spans="1:17" s="9" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B73" s="35" t="s">
+        <v>375</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="D73" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="E73" s="88" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="H73" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="I73" s="36" t="s">
+        <v>384</v>
+      </c>
+      <c r="J73" s="37" t="s">
+        <v>385</v>
+      </c>
+      <c r="K73" s="74" t="s">
+        <v>539</v>
+      </c>
+      <c r="O73" s="7"/>
+      <c r="P73" s="7"/>
+      <c r="Q73" s="7"/>
+    </row>
+    <row r="74" spans="1:17" s="9" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B74" s="35" t="s">
-        <v>203</v>
+        <v>359</v>
       </c>
       <c r="C74" s="9" t="s">
-        <v>204</v>
-[...7 lines deleted...]
-      <c r="F74" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="D74" s="85" t="s">
+        <v>360</v>
+      </c>
+      <c r="E74" s="102" t="s">
+        <v>540</v>
+      </c>
+      <c r="F74" s="41" t="s">
         <v>14</v>
       </c>
       <c r="G74" s="7" t="s">
-        <v>206</v>
+        <v>361</v>
       </c>
       <c r="H74" s="7" t="s">
-        <v>207</v>
-[...8 lines deleted...]
-        <v>504</v>
+        <v>362</v>
+      </c>
+      <c r="I74" s="36" t="s">
+        <v>363</v>
+      </c>
+      <c r="J74" s="37" t="s">
+        <v>420</v>
+      </c>
+      <c r="K74" s="74" t="s">
+        <v>539</v>
       </c>
       <c r="O74" s="7"/>
       <c r="P74" s="7"/>
       <c r="Q74" s="7"/>
     </row>
-    <row r="75" spans="2:17" s="9" customFormat="1" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-        <v>411</v>
+    <row r="75" spans="1:17" s="9" customFormat="1" ht="63.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B75" s="34" t="s">
+        <v>245</v>
       </c>
       <c r="C75" s="9" t="s">
-        <v>204</v>
-[...7 lines deleted...]
-      <c r="F75" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="D75" s="85" t="s">
+        <v>337</v>
+      </c>
+      <c r="E75" s="102" t="s">
+        <v>38</v>
+      </c>
+      <c r="F75" s="41" t="s">
         <v>14</v>
       </c>
       <c r="G75" s="7" t="s">
-        <v>414</v>
+        <v>246</v>
       </c>
       <c r="H75" s="7" t="s">
-        <v>207</v>
-[...8 lines deleted...]
-        <v>417</v>
+        <v>247</v>
+      </c>
+      <c r="I75" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="J75" s="11" t="s">
+        <v>249</v>
+      </c>
+      <c r="K75" s="74" t="s">
+        <v>344</v>
       </c>
       <c r="O75" s="7"/>
       <c r="P75" s="7"/>
       <c r="Q75" s="7"/>
     </row>
-    <row r="76" spans="2:17" s="9" customFormat="1" ht="53.25" thickBot="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-        <v>221</v>
+    <row r="76" spans="1:17" s="9" customFormat="1" ht="84.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B76" s="34" t="s">
+        <v>209</v>
       </c>
       <c r="C76" s="9" t="s">
-        <v>222</v>
-[...4 lines deleted...]
-      <c r="E76" s="78" t="s">
+        <v>210</v>
+      </c>
+      <c r="D76" s="85" t="s">
+        <v>211</v>
+      </c>
+      <c r="E76" s="55" t="s">
         <v>51</v>
       </c>
-      <c r="F76" s="7" t="s">
+      <c r="F76" s="41" t="s">
         <v>14</v>
       </c>
       <c r="G76" s="7" t="s">
-        <v>223</v>
+        <v>297</v>
       </c>
       <c r="H76" s="7" t="s">
-        <v>224</v>
-[...8 lines deleted...]
-        <v>304</v>
+        <v>298</v>
+      </c>
+      <c r="I76" s="12" t="s">
+        <v>213</v>
+      </c>
+      <c r="J76" s="13" t="s">
+        <v>214</v>
+      </c>
+      <c r="K76" s="89" t="s">
+        <v>475</v>
       </c>
       <c r="O76" s="7"/>
       <c r="P76" s="7"/>
       <c r="Q76" s="7"/>
     </row>
-    <row r="77" spans="2:17" s="9" customFormat="1" ht="42.75" x14ac:dyDescent="0.4">
-[...36 lines deleted...]
-        <v>186</v>
+    <row r="77" spans="1:17" s="20" customFormat="1" ht="84.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B77" s="50" t="s">
+        <v>209</v>
+      </c>
+      <c r="C77" s="20" t="s">
+        <v>210</v>
+      </c>
+      <c r="D77" s="99" t="s">
+        <v>378</v>
+      </c>
+      <c r="E77" s="57" t="s">
+        <v>51</v>
+      </c>
+      <c r="F77" s="100" t="s">
+        <v>14</v>
+      </c>
+      <c r="G77" s="22" t="s">
+        <v>300</v>
+      </c>
+      <c r="H77" s="22" t="s">
+        <v>212</v>
+      </c>
+      <c r="I77" s="51" t="s">
+        <v>235</v>
+      </c>
+      <c r="J77" s="52" t="s">
+        <v>301</v>
+      </c>
+      <c r="K77" s="97" t="s">
+        <v>475</v>
+      </c>
+      <c r="O77" s="22"/>
+      <c r="P77" s="22"/>
+      <c r="Q77" s="22"/>
+    </row>
+    <row r="78" spans="1:17" s="9" customFormat="1" ht="84.75" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B78" s="34" t="s">
+        <v>197</v>
       </c>
       <c r="C78" s="9" t="s">
-        <v>187</v>
-[...8 lines deleted...]
-        <v>22</v>
+        <v>198</v>
+      </c>
+      <c r="D78" s="85" t="s">
+        <v>199</v>
+      </c>
+      <c r="E78" s="55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F78" s="41" t="s">
+        <v>14</v>
       </c>
       <c r="G78" s="7" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="H78" s="7" t="s">
-        <v>189</v>
-[...8 lines deleted...]
-        <v>355</v>
+        <v>201</v>
+      </c>
+      <c r="I78" s="12" t="s">
+        <v>202</v>
+      </c>
+      <c r="J78" s="13" t="s">
+        <v>203</v>
+      </c>
+      <c r="K78" s="90" t="s">
+        <v>475</v>
       </c>
       <c r="O78" s="7"/>
       <c r="P78" s="7"/>
       <c r="Q78" s="7"/>
     </row>
-    <row r="79" spans="2:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
       <c r="B79" s="35" t="s">
-        <v>249</v>
+        <v>398</v>
       </c>
       <c r="C79" s="9" t="s">
-        <v>187</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>198</v>
+      </c>
+      <c r="D79" s="98" t="s">
+        <v>400</v>
+      </c>
+      <c r="E79" s="101" t="s">
+        <v>541</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G79" s="7" t="s">
-        <v>250</v>
+        <v>401</v>
       </c>
       <c r="H79" s="7" t="s">
-        <v>212</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>201</v>
+      </c>
+      <c r="I79" s="36" t="s">
+        <v>402</v>
+      </c>
+      <c r="J79" s="37" t="s">
+        <v>403</v>
       </c>
       <c r="K79" s="7" t="s">
-        <v>321</v>
+        <v>539</v>
       </c>
       <c r="O79" s="7"/>
       <c r="P79" s="7"/>
       <c r="Q79" s="7"/>
     </row>
-    <row r="80" spans="2:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
       <c r="B80" s="35" t="s">
-        <v>210</v>
-[...10 lines deleted...]
-      <c r="F80" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="C80" s="85" t="s">
+        <v>216</v>
+      </c>
+      <c r="D80" s="53" t="s">
+        <v>483</v>
+      </c>
+      <c r="E80" s="55" t="s">
+        <v>51</v>
+      </c>
+      <c r="F80" s="41" t="s">
         <v>14</v>
       </c>
       <c r="G80" s="7" t="s">
-        <v>277</v>
+        <v>217</v>
       </c>
       <c r="H80" s="7" t="s">
-        <v>212</v>
-[...5 lines deleted...]
-        <v>214</v>
+        <v>218</v>
+      </c>
+      <c r="I80" s="36" t="s">
+        <v>219</v>
+      </c>
+      <c r="J80" s="37" t="s">
+        <v>220</v>
       </c>
       <c r="K80" s="7" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="O80" s="7"/>
       <c r="P80" s="7"/>
       <c r="Q80" s="7"/>
     </row>
-    <row r="81" spans="2:17" s="20" customFormat="1" ht="42" x14ac:dyDescent="0.35">
-[...70 lines deleted...]
-      <c r="B83" s="51" t="s">
+    <row r="81" spans="2:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B81" s="35" t="s">
+        <v>407</v>
+      </c>
+      <c r="C81" s="9" t="s">
+        <v>216</v>
+      </c>
+      <c r="D81" s="42" t="s">
+        <v>364</v>
+      </c>
+      <c r="E81" s="95" t="s">
+        <v>399</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G81" s="7" t="s">
+        <v>404</v>
+      </c>
+      <c r="H81" s="7" t="s">
+        <v>405</v>
+      </c>
+      <c r="I81" s="36" t="s">
+        <v>406</v>
+      </c>
+      <c r="J81" s="37" t="s">
+        <v>408</v>
+      </c>
+      <c r="K81" s="7" t="s">
+        <v>529</v>
+      </c>
+      <c r="O81" s="7"/>
+      <c r="P81" s="7"/>
+      <c r="Q81" s="7"/>
+    </row>
+    <row r="82" spans="2:17" s="9" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B82" s="35" t="s">
+        <v>181</v>
+      </c>
+      <c r="C82" s="9" t="s">
+        <v>182</v>
+      </c>
+      <c r="D82" s="9" t="s">
+        <v>333</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="H82" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="I82" s="36" t="s">
+        <v>185</v>
+      </c>
+      <c r="J82" s="37" t="s">
         <v>186</v>
       </c>
-      <c r="C83" s="20" t="s">
-[...14 lines deleted...]
-      <c r="H83" s="22" t="s">
+      <c r="K82" s="7" t="s">
+        <v>344</v>
+      </c>
+      <c r="O82" s="7"/>
+      <c r="P82" s="7"/>
+      <c r="Q82" s="7"/>
+    </row>
+    <row r="83" spans="2:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B83" s="34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C83" s="9" t="s">
+        <v>182</v>
+      </c>
+      <c r="D83" s="9" t="s">
+        <v>397</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" s="7" t="s">
         <v>243</v>
       </c>
-      <c r="I83" s="52" t="s">
+      <c r="H83" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="I83" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="J83" s="7" t="s">
         <v>244</v>
       </c>
-      <c r="J83" s="53" t="s">
-[...7 lines deleted...]
-      <c r="Q83" s="22"/>
+      <c r="K83" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="O83" s="7"/>
+      <c r="P83" s="7"/>
+      <c r="Q83" s="7"/>
     </row>
     <row r="84" spans="2:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
-      <c r="B84" s="35" t="s">
-        <v>227</v>
+      <c r="B84" s="34" t="s">
+        <v>204</v>
       </c>
       <c r="C84" s="9" t="s">
-        <v>228</v>
+        <v>182</v>
       </c>
       <c r="D84" s="9" t="s">
-        <v>229</v>
+        <v>205</v>
       </c>
       <c r="E84" s="7" t="s">
-        <v>38</v>
+        <v>554</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>14</v>
       </c>
       <c r="G84" s="7" t="s">
-        <v>230</v>
+        <v>270</v>
       </c>
       <c r="H84" s="7" t="s">
-        <v>228</v>
+        <v>206</v>
       </c>
       <c r="I84" s="12" t="s">
-        <v>231</v>
+        <v>207</v>
       </c>
       <c r="J84" s="13" t="s">
-        <v>232</v>
+        <v>208</v>
       </c>
       <c r="K84" s="7" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="O84" s="7"/>
       <c r="P84" s="7"/>
       <c r="Q84" s="7"/>
     </row>
-    <row r="85" spans="2:17" s="9" customFormat="1" ht="104.25" customHeight="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="D85" s="9" t="s">
+    <row r="85" spans="2:17" s="20" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B85" s="50" t="s">
+        <v>204</v>
+      </c>
+      <c r="C85" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="D85" s="56" t="s">
+        <v>379</v>
+      </c>
+      <c r="E85" s="62" t="s">
+        <v>38</v>
+      </c>
+      <c r="F85" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G85" s="22" t="s">
+        <v>271</v>
+      </c>
+      <c r="H85" s="22" t="s">
+        <v>232</v>
+      </c>
+      <c r="I85" s="57">
+        <v>33705</v>
+      </c>
+      <c r="J85" s="57" t="s">
+        <v>299</v>
+      </c>
+      <c r="K85" s="62" t="s">
+        <v>296</v>
+      </c>
+      <c r="O85" s="22"/>
+      <c r="P85" s="22"/>
+      <c r="Q85" s="22"/>
+    </row>
+    <row r="86" spans="2:17" s="20" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B86" s="50" t="s">
+        <v>204</v>
+      </c>
+      <c r="C86" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="D86" s="56" t="s">
+        <v>380</v>
+      </c>
+      <c r="E86" s="62" t="s">
+        <v>38</v>
+      </c>
+      <c r="F86" s="22" t="s">
+        <v>14</v>
+      </c>
+      <c r="G86" s="22" t="s">
+        <v>281</v>
+      </c>
+      <c r="H86" s="22" t="s">
+        <v>282</v>
+      </c>
+      <c r="I86" s="57">
+        <v>33771</v>
+      </c>
+      <c r="J86" s="57" t="s">
+        <v>283</v>
+      </c>
+      <c r="K86" s="62" t="s">
+        <v>296</v>
+      </c>
+      <c r="O86" s="22"/>
+      <c r="P86" s="22"/>
+      <c r="Q86" s="22"/>
+    </row>
+    <row r="87" spans="2:17" s="20" customFormat="1" ht="63" x14ac:dyDescent="0.35">
+      <c r="B87" s="50" t="s">
+        <v>181</v>
+      </c>
+      <c r="C87" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="D87" s="20" t="s">
+        <v>381</v>
+      </c>
+      <c r="E87" s="62" t="s">
+        <v>38</v>
+      </c>
+      <c r="F87" s="22" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" s="22" t="s">
+        <v>272</v>
+      </c>
+      <c r="H87" s="22" t="s">
+        <v>236</v>
+      </c>
+      <c r="I87" s="51" t="s">
+        <v>237</v>
+      </c>
+      <c r="J87" s="52" t="s">
+        <v>238</v>
+      </c>
+      <c r="K87" s="62" t="s">
         <v>344</v>
       </c>
-      <c r="E85" s="7" t="s">
+      <c r="O87" s="22"/>
+      <c r="P87" s="22"/>
+      <c r="Q87" s="22"/>
+    </row>
+    <row r="88" spans="2:17" s="9" customFormat="1" ht="42" x14ac:dyDescent="0.35">
+      <c r="B88" s="34" t="s">
+        <v>221</v>
+      </c>
+      <c r="C88" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="D88" s="9" t="s">
+        <v>223</v>
+      </c>
+      <c r="E88" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="F85" s="7" t="s">
-[...61 lines deleted...]
-      <c r="K88" s="7"/>
+      <c r="F88" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G88" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="H88" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="I88" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="J88" s="13" t="s">
+        <v>226</v>
+      </c>
+      <c r="K88" s="7" t="s">
+        <v>296</v>
+      </c>
       <c r="O88" s="7"/>
       <c r="P88" s="7"/>
       <c r="Q88" s="7"/>
+    </row>
+    <row r="89" spans="2:17" s="9" customFormat="1" ht="104.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B89" s="34" t="s">
+        <v>233</v>
+      </c>
+      <c r="C89" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="D89" s="9" t="s">
+        <v>335</v>
+      </c>
+      <c r="E89" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="G89" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="H89" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="I89" s="12" t="s">
+        <v>542</v>
+      </c>
+      <c r="J89" s="13" t="s">
+        <v>234</v>
+      </c>
+      <c r="K89" s="7" t="s">
+        <v>344</v>
+      </c>
+      <c r="O89" s="7"/>
+      <c r="P89" s="7"/>
+      <c r="Q89" s="7"/>
+    </row>
+    <row r="90" spans="2:17" s="1" customFormat="1" ht="86.25" x14ac:dyDescent="0.5">
+      <c r="B90" s="58" t="s">
+        <v>278</v>
+      </c>
+      <c r="D90" s="63" t="s">
+        <v>548</v>
+      </c>
+      <c r="E90" s="48"/>
+      <c r="F90" s="48"/>
+      <c r="G90" s="48"/>
+      <c r="H90" s="48"/>
+      <c r="I90" s="48"/>
+      <c r="J90" s="48"/>
+      <c r="K90" s="48"/>
+      <c r="O90" s="48"/>
+      <c r="P90" s="48"/>
+      <c r="Q90" s="48"/>
+    </row>
+    <row r="91" spans="2:17" s="9" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="C91" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E91" s="7"/>
+      <c r="F91" s="7"/>
+      <c r="G91" s="7"/>
+      <c r="H91" s="7"/>
+      <c r="I91" s="7"/>
+      <c r="J91" s="7"/>
+      <c r="K91" s="7"/>
+      <c r="O91" s="7"/>
+      <c r="P91" s="7"/>
+      <c r="Q91" s="7"/>
+    </row>
+    <row r="92" spans="2:17" s="9" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="E92" s="7"/>
+      <c r="F92" s="7"/>
+      <c r="G92" s="7"/>
+      <c r="H92" s="7"/>
+      <c r="I92" s="7"/>
+      <c r="J92" s="7"/>
+      <c r="K92" s="7"/>
+      <c r="O92" s="7"/>
+      <c r="P92" s="7"/>
+      <c r="Q92" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="31" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="26" max="10" man="1"/>
-    <brk id="58" max="10" man="1"/>
+    <brk id="62" max="10" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>