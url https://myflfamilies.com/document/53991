--- v0 (2025-10-04)
+++ v1 (2026-01-24)
@@ -1,143 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fldcf-my.sharepoint.com/personal/michael_dalton_myflfamilies_com/Documents/HDRIVE/1OCW/Leg Mandated Rpts/2026/Placement Data/01Jan2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E84B9AD4-1F6E-4125-8DAD-7642540B3D58}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{27D0285D-0A22-4DCC-89B6-7770A5F27CC1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B8522EEF-B0CD-4D7C-86A3-700502906C23}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{D140283F-54AC-48F2-8F77-CBE10D970F5F}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5652BE9A-B99E-4FEA-9810-2C36C9B56396}"/>
   </bookViews>
   <sheets>
     <sheet name=" Recruitment Strategies" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">' Recruitment Strategies'!$4:$4</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">' Recruitment Strategies'!$3:$4</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="67">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial Nova Light"/>
       </rPr>
       <t xml:space="preserve">Community-Based Care Lead Agency Recruitment and Retention Strategies
 </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial Nova Light"/>
       </rPr>
-      <t>Lead agencies develop targeted recruitment plans that align with the needs of children entering out-of-home care in their respective areas. The effectiveness of these recruitment strategies varies among agencies. All lead agencies utilize the following methods in their outreach efforts: social media &amp; printed marketing, faith-based outreach, word of mouth/financial incentives, foster parent associations &amp; support groups, Quality Parenting Initiatives, and engagement with local businesses. The most effective recruitment strategies utilized amongst the agency consist of</t>
+      <t>Lead agencies develop targeted recruitment plans that align with the needs of children entering out-of-home care in their respective areas. The effectiveness of these recruitment strategies varies among agencies. All lead agencies utilize the following methods in their outreach efforts: social media &amp; printed marketing, faith-based outreach, word of mouth/financial incentives, foster parent associations &amp; support groups, Quality Parenting Initiatives, and engagement with local businesses. The most effective recruitment strategies utilized by agencies consist of</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial Nova Light"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Arial Nova Light"/>
       </rPr>
-      <t xml:space="preserve">social media/printed marketing, Foster Parent Referral/Financial Reward, and faith-based outreach. To achieve timely and appropriate placement of children in out-of-home care, recruitment and retention efforts are targeted to a pool of families capable of promoting a child’s development regardless of age, gender, ethnicity, race, culture, emotional, psychological, or physical needs. </t>
+      <t xml:space="preserve">social media/printed marketing, Foster Parent Referral/Financial Reward, and faith-based outreach. To achieve timely and appropriate placement of children in out-of-home care, recruitment and retention efforts are targeted to families capable of promoting a child’s development regardless of age, gender, ethnicity, race, culture, emotional, psychological, or physical needs. </t>
     </r>
   </si>
   <si>
     <r>
       <t>Lead Agency</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="26"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial Nova Light"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="26"/>
-        <color theme="0"/>
+        <color rgb="FFFFFFFF"/>
         <rFont val="Arial Nova Light"/>
         <family val="2"/>
       </rPr>
       <t>Recruitment Strategies for Family Foster Care</t>
     </r>
   </si>
   <si>
     <t>Rank of Community-Based Care Lead Agencies' five most effective recruitment strategies:
 1= the most effective recruitment strategy and 5= the least effective</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>"Other"</t>
   </si>
   <si>
     <t>NWF Health Network- East</t>
   </si>
   <si>
     <t xml:space="preserve">Social Media &amp; Printed Marketing  </t>
   </si>
   <si>
     <t>Foster Parent Referral/Financial Reward</t>
   </si>
@@ -175,1165 +174,698 @@
     <t>Community events, business staff meetings or networking opportunities</t>
   </si>
   <si>
     <t xml:space="preserve"> Other CBCs or affiliated agencies</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>ChildNet-Broward</t>
   </si>
   <si>
     <t>1. Personal response to web-based inquiries
 2. Dedicated foster parent support staff
 3. Foster Parent Appreciation Events
 4. TV, Radio, and Print Media campaign efforts
 5. Multiple community events and engagement with civic organizations</t>
   </si>
   <si>
     <t>ChildNet-Palm Beach</t>
   </si>
   <si>
     <t>Children's Network of SW Florida</t>
   </si>
   <si>
-    <t xml:space="preserve">1. Informational Meetings 
-2. Contact with past inquiries      
+    <t xml:space="preserve">1. Informational Meetings
+2. Contact with past inquiries     
 3. Contact to reengage families who completed class and did not move forward
-4. Fill your seat initiative 
-5. TV and Radio Spots                                                                 
+4. Fill your seat initiative
+5. TV and Radio Spots                                                                
 6. Foster Parent Family Support Workers </t>
   </si>
   <si>
     <t>Citrus Health Network</t>
   </si>
   <si>
     <t>Engagement with local businesses , social media, printed marketing, faith based outreach</t>
   </si>
   <si>
     <t>Word of Mouth/Financial Reward</t>
   </si>
   <si>
-    <t>1. Engagement with civic organizations                                                   2. Warmline response to inquiries                                                            3. Dedicated foster parent support staff                                                   4. Ongoing multimedia campaign efforts.</t>
+    <t>Engagement with civic organizations/Warmline response to inquiries/Dedicated foster parent support staff/Ongoing multimedia campaign efforts.</t>
   </si>
   <si>
     <t>Community Partnership for Children</t>
   </si>
   <si>
     <t>Quality Parenting Initiatives</t>
   </si>
   <si>
     <t xml:space="preserve">TV Commercial / Community Events/ Florida's Foster Information Center </t>
   </si>
   <si>
     <t xml:space="preserve">Communities Connected for Kids </t>
   </si>
   <si>
     <t>Social Media and Printed Marketing</t>
   </si>
   <si>
     <t>FFIC (Florida Foster Information Center)</t>
   </si>
   <si>
-    <t xml:space="preserve">Foster Parent Referral/Financial Reward
-[...2 lines deleted...]
-  <si>
     <t>Word of Mouth</t>
   </si>
   <si>
     <t>Other system involvement-Level I, host home</t>
   </si>
   <si>
     <t>Family Support Services Suncoast</t>
   </si>
   <si>
     <t xml:space="preserve">Digital traditional billboard advertising </t>
   </si>
   <si>
     <t xml:space="preserve">Intensive sales training strategies to ensure recruitment teams are fully maximizing lead generation and conversion </t>
   </si>
   <si>
     <t>Children's Network-Hillsborough</t>
   </si>
   <si>
     <t>Information Sessions</t>
   </si>
   <si>
-    <t xml:space="preserve"> Florida's Foster Information Center</t>
+    <t>Florida's Foster Information Cenrter</t>
+  </si>
+  <si>
+    <t>Foster Parent Referral</t>
   </si>
   <si>
     <t>NWF Health Network-West</t>
   </si>
   <si>
     <t>Printed Marketing</t>
   </si>
   <si>
-    <t>24/7 response to inquiries. 
-[...2 lines deleted...]
-  <si>
     <t>Family Integrity Program</t>
   </si>
   <si>
-    <t>Monthly newsletter, Florida's Foster Information Center , upcoming = NYAP recruitment and lunch and learns. Recruitment at local festivals and outreach events</t>
+    <t>Foster Parent Referrals</t>
+  </si>
+  <si>
+    <t>Community events, school meetings (PTA) business staff meetings or networking opportunities</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Monthly newsletter, Florida's Foster Information Center , NYAP recruitment.  Recruitment at local festivals and outreach events. Partnering with local libraries, police departments, County Departments. </t>
   </si>
   <si>
     <t>Family Support Services of North Fla</t>
   </si>
   <si>
     <t>Heartland for Children</t>
   </si>
   <si>
     <t>Google Ads/Website Traffic</t>
   </si>
   <si>
     <t>Foster Parent Referral/Financial Award</t>
   </si>
   <si>
     <t xml:space="preserve">Engagement with Local Businesses </t>
   </si>
   <si>
     <t xml:space="preserve"> Florida's Foster Information Center; HFC Community Events</t>
   </si>
   <si>
     <t>Kids Central, Inc.</t>
   </si>
   <si>
     <t>Engagement with Local Businesses</t>
   </si>
   <si>
     <t>1. KCI Website Engagement
 2. Recruitment at local community events
-3.  Florida's Foster Information Center</t>
+3.  Florida's Foster Information Center
+4. Yard signs
+5. Radio Ads
+6. Television Commercials</t>
   </si>
   <si>
     <t>Kids First of Florida, Inc.</t>
   </si>
   <si>
     <t>Recruitment at local community outreach events and community events. Florida's Foster Information Center</t>
   </si>
   <si>
     <t>Partnership for Strong Families</t>
   </si>
   <si>
     <t>Information Nights &amp; Website Engagement</t>
   </si>
   <si>
     <t>Safe Children Coalition</t>
   </si>
   <si>
     <t>Website Engagement</t>
   </si>
   <si>
     <t>Community Events</t>
   </si>
   <si>
     <t>Networking events, Community "Foster 101" , Partnership with State Hotline (FFIC), Heart Gallery Referrals, Community Vendor Events, Digital Marketing in 30 plus businesses, Quarterly emails to 1500 plus "Future Foster Parents", Holiday and Appreciation Picnics, Quarterly "Build Your Village" community events, Quarterly email blast to 500 plus community professionals on current needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="15"/>
-[...3 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Nova Light"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial Nova Light"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Arial Nova Light"/>
-    </font>
-[...3 lines deleted...]
-      <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
-      <color theme="0"/>
+      <color rgb="FFFFFFFF"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <color rgb="FFFF0000"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color theme="3"/>
+      <color rgb="FF44546A"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color rgb="FFFFFFFF"/>
-[...13 lines deleted...]
-      <color theme="1"/>
+      <color theme="0"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
       <name val="Arial Nova Light"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="10">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...10 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF203764"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
-[...11 lines deleted...]
-        <fgColor rgb="FFD9D9D9"/>
+        <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FFD9D9D9"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FFE7E6E6"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="16">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
-      <bottom style="thick">
-        <color theme="4"/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...35 lines deleted...]
-      </left>
       <right style="medium">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="30">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...108 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="16">
-[...409 lines deleted...]
-  </dxfs>
+  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1341,51 +873,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1393,51 +925,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1452,65 +984,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1531,638 +1063,747 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6112BFB-C8FE-43B6-821B-5082C5C8A71A}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EB7F937C-A85B-4C8D-A4EF-83DEA14F51C5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="24.7109375" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="37.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="37.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="35.28515625" style="2" customWidth="1"/>
     <col min="4" max="4" width="34.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="36.7109375" style="2" customWidth="1"/>
     <col min="6" max="6" width="34.28515625" style="2" customWidth="1"/>
     <col min="7" max="7" width="60.5703125" style="2" customWidth="1"/>
     <col min="8" max="16384" width="24.7109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="32" t="s">
+    <row r="1" spans="1:7" s="1" customFormat="1" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="33"/>
-[...7 lines deleted...]
-      <c r="A2" s="34" t="s">
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
+      <c r="F1" s="23"/>
+      <c r="G1" s="23"/>
+    </row>
+    <row r="2" spans="1:7" ht="33" x14ac:dyDescent="0.45">
+      <c r="A2" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="35"/>
-[...4 lines deleted...]
-      <c r="G2" s="36"/>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="25"/>
+      <c r="F2" s="25"/>
+      <c r="G2" s="26"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A3" s="37" t="s">
+      <c r="A3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="38"/>
-[...6 lines deleted...]
-    <row r="4" spans="1:7" ht="21" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="28"/>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="28"/>
+      <c r="G3" s="29"/>
+    </row>
+    <row r="4" spans="1:7" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="4">
         <v>1</v>
       </c>
       <c r="C4" s="4">
         <v>2</v>
       </c>
       <c r="D4" s="4">
         <v>3</v>
       </c>
       <c r="E4" s="4">
         <v>4</v>
       </c>
       <c r="F4" s="4">
         <v>5</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:7" s="10" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A5" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="D5" s="9" t="s">
+      <c r="D5" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="E5" s="9" t="s">
+      <c r="E5" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="F5" s="9" t="s">
+      <c r="F5" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="G5" s="10" t="s">
+      <c r="G5" s="9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="63" x14ac:dyDescent="0.25">
       <c r="A6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="12" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="12" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="12" t="s">
         <v>14</v>
       </c>
       <c r="G6" s="13" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A7" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="C7" s="16" t="s">
+      <c r="C7" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="D7" s="16" t="s">
+      <c r="D7" s="15" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="16" t="s">
+      <c r="E7" s="15" t="s">
         <v>18</v>
       </c>
-      <c r="F7" s="16" t="s">
+      <c r="F7" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="G7" s="17" t="s">
+      <c r="G7" s="16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="94.5" x14ac:dyDescent="0.25">
-      <c r="A8" s="18" t="s">
+      <c r="A8" s="6" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="12" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="D8" s="12" t="s">
         <v>13</v>
       </c>
       <c r="E8" s="12" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="F8" s="12" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="94.5" x14ac:dyDescent="0.25">
-      <c r="A9" s="18" t="s">
+      <c r="A9" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="16" t="s">
+      <c r="D9" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="D9" s="16" t="s">
+      <c r="F9" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" s="16" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" ht="110.25" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="E9" s="16" t="s">
+      <c r="C10" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="F9" s="16" t="s">
-[...22 lines deleted...]
-      <c r="F10" s="20" t="s">
+      <c r="F10" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="G10" s="21" t="s">
+      <c r="G10" s="13" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="63" x14ac:dyDescent="0.25">
-      <c r="A11" s="18" t="s">
+    <row r="11" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A11" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>27</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="G11" s="22" t="s">
+      <c r="G11" s="16" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A12" s="18" t="s">
+    <row r="12" spans="1:7" s="10" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="12" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="12" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="12" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="12" t="s">
         <v>30</v>
       </c>
       <c r="G12" s="13" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
-      <c r="A13" s="18" t="s">
+    <row r="13" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="23" t="s">
+      <c r="B13" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="C13" s="24" t="s">
+      <c r="C13" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="D13" s="24" t="s">
+      <c r="D13" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="E13" s="24" t="s">
+      <c r="E13" s="15" t="s">
+        <v>7</v>
+      </c>
+      <c r="F13" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="F13" s="24" t="s">
+      <c r="G13" s="16" t="s">
         <v>36</v>
       </c>
-      <c r="G13" s="25" t="s">
+    </row>
+    <row r="14" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
         <v>37</v>
-      </c>
-[...3 lines deleted...]
-        <v>38</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="12" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F14" s="12" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="13" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
         <v>40</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="18" t="s">
+      <c r="B15" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="B15" s="20" t="s">
+      <c r="D15" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" s="16" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" s="10" customFormat="1" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A16" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="C15" s="20" t="s">
+      <c r="D16" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F16" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" s="17" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" ht="63" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C17" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="D15" s="20" t="s">
-[...28 lines deleted...]
-      <c r="F16" s="26" t="s">
+      <c r="F17" s="15" t="s">
         <v>10</v>
       </c>
-      <c r="G16" s="27" t="s">
-[...23 lines deleted...]
-        <v>48</v>
+      <c r="G17" s="16" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A18" s="18" t="s">
-        <v>49</v>
+      <c r="A18" s="6" t="s">
+        <v>50</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="12" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="12" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="31.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>50</v>
+    <row r="19" spans="1:7" s="10" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>51</v>
       </c>
       <c r="B19" s="15" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="C19" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="C19" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="D19" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="16" t="s">
+      <c r="D19" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="F19" s="16" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="17" t="s">
+      <c r="F19" s="15" t="s">
         <v>54</v>
       </c>
-    </row>
-    <row r="20" spans="1:7" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="G19" s="16" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="94.5" x14ac:dyDescent="0.25">
       <c r="A20" s="18" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="B20" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="C20" s="29" t="s">
+      <c r="C20" s="12" t="s">
         <v>7</v>
       </c>
-      <c r="D20" s="29" t="s">
+      <c r="D20" s="12" t="s">
         <v>9</v>
       </c>
-      <c r="E20" s="29" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="29" t="s">
+      <c r="E20" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="F20" s="12" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="13" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      <c r="A21" s="18" t="s">
         <v>58</v>
       </c>
-      <c r="B21" s="16" t="s">
+    </row>
+    <row r="21" spans="1:7" s="10" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="C21" s="30" t="s">
+      <c r="C21" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="D21" s="30" t="s">
+      <c r="D21" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="E21" s="30" t="s">
+      <c r="E21" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="F21" s="30" t="s">
+      <c r="F21" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="G21" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="18" t="s">
+      <c r="G21" s="16" t="s">
         <v>60</v>
       </c>
+    </row>
+    <row r="22" spans="1:7" s="10" customFormat="1" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A22" s="6" t="s">
+        <v>61</v>
+      </c>
       <c r="B22" s="12" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" s="12" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="12" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="12" t="s">
         <v>14</v>
       </c>
       <c r="G22" s="13" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="111" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>62</v>
+    <row r="23" spans="1:7" s="10" customFormat="1" ht="111" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="20" t="s">
+        <v>63</v>
       </c>
       <c r="B23" s="15" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="C23" s="16" t="s">
         <v>64</v>
       </c>
-      <c r="D23" s="16" t="s">
+      <c r="C23" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>13</v>
       </c>
-      <c r="E23" s="16" t="s">
+      <c r="E23" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="F23" s="16" t="s">
+      <c r="F23" s="15" t="s">
         <v>9</v>
       </c>
-      <c r="G23" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A38" s="2" t="s">
+      <c r="G23" s="15" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A24" s="21"/>
+      <c r="B24" s="21"/>
+      <c r="C24" s="21"/>
+      <c r="D24" s="21"/>
+      <c r="E24" s="21"/>
+      <c r="F24" s="21"/>
+      <c r="G24" s="21"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="21"/>
+      <c r="B25" s="21"/>
+      <c r="C25" s="21"/>
+      <c r="D25" s="21"/>
+      <c r="E25" s="21"/>
+      <c r="F25" s="21"/>
+      <c r="G25" s="21"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="21"/>
+      <c r="B26" s="21"/>
+      <c r="C26" s="21"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="21"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="21"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" s="21"/>
+      <c r="B27" s="21"/>
+      <c r="C27" s="21"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="21"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="21"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A28" s="21"/>
+      <c r="B28" s="21"/>
+      <c r="C28" s="21"/>
+      <c r="D28" s="21"/>
+      <c r="E28" s="21"/>
+      <c r="F28" s="21"/>
+      <c r="G28" s="21"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A29" s="21"/>
+      <c r="B29" s="21"/>
+      <c r="C29" s="21"/>
+      <c r="D29" s="21"/>
+      <c r="E29" s="21"/>
+      <c r="F29" s="21"/>
+      <c r="G29" s="21"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="21"/>
+      <c r="B30" s="21"/>
+      <c r="C30" s="21"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="21"/>
+      <c r="F30" s="21"/>
+      <c r="G30" s="21"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="21"/>
+      <c r="B31" s="21"/>
+      <c r="C31" s="21"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="21"/>
+      <c r="F31" s="21"/>
+      <c r="G31" s="21"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A32" s="21"/>
+      <c r="B32" s="21"/>
+      <c r="C32" s="21"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="21"/>
+      <c r="F32" s="21"/>
+      <c r="G32" s="21"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="21"/>
+      <c r="B33" s="21"/>
+      <c r="C33" s="21"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="21"/>
+      <c r="F33" s="21"/>
+      <c r="G33" s="21"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="21"/>
+      <c r="B34" s="21"/>
+      <c r="C34" s="21"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="21"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="21"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="21"/>
+      <c r="B35" s="21"/>
+      <c r="C35" s="21"/>
+      <c r="D35" s="21"/>
+      <c r="E35" s="21"/>
+      <c r="F35" s="21"/>
+      <c r="G35" s="21"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="21"/>
+      <c r="B36" s="21"/>
+      <c r="C36" s="21"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="21"/>
+      <c r="F36" s="21"/>
+      <c r="G36" s="21"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="21"/>
+      <c r="B37" s="21"/>
+      <c r="C37" s="21"/>
+      <c r="D37" s="21"/>
+      <c r="E37" s="21"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="21"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="21" t="s">
         <v>3</v>
       </c>
+      <c r="B38" s="21"/>
+      <c r="C38" s="21"/>
+      <c r="D38" s="21"/>
+      <c r="E38" s="21"/>
+      <c r="F38" s="21"/>
+      <c r="G38" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A3:G3"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="62" fitToHeight="0" orientation="landscape" r:id="rId1"/>
-  <tableParts count="1">
-[...1 lines deleted...]
-  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr> Recruitment Strategies</vt:lpstr>
       <vt:lpstr>' Recruitment Strategies'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>CBC Recruitment Strategies</dc:title>
   <dc:creator>Dalton, Michael</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>