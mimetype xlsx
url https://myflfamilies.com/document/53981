--- v0 (2025-10-04)
+++ v1 (2026-01-24)
@@ -1,58 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
+  <Override PartName="/xl/documenttasks/documenttask1.xml" ContentType="application/vnd.ms-excel.documenttasks+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
-  <workbookPr defaultThemeVersion="202300"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\vandyke-misty\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fldcf-my.sharepoint.com/personal/michael_dalton_myflfamilies_com/Documents/HDRIVE/1OCW/Leg Mandated Rpts/2026/Placement Data/01Jan2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{09F3C0A6-56F5-49D5-A1F9-984E96ADC30F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2C8A00BC-6A05-4493-A978-157A4F837551}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" xr2:uid="{3FA0EECE-9878-49BE-A91A-5D2597088064}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{90D27038-226C-4BFE-B638-FF49E41415CB}"/>
   </bookViews>
   <sheets>
     <sheet name="Comprehenisve Placement Assess." sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -60,54 +65,76 @@
   <c r="D22" i="1" l="1"/>
   <c r="E22" i="1" s="1"/>
   <c r="C22" i="1"/>
   <c r="B22" i="1"/>
   <c r="E21" i="1"/>
   <c r="E20" i="1"/>
   <c r="E19" i="1"/>
   <c r="E18" i="1"/>
   <c r="E17" i="1"/>
   <c r="E16" i="1"/>
   <c r="E15" i="1"/>
   <c r="E14" i="1"/>
   <c r="E13" i="1"/>
   <c r="E12" i="1"/>
   <c r="E11" i="1"/>
   <c r="E10" i="1"/>
   <c r="E9" i="1"/>
   <c r="E8" i="1"/>
   <c r="E7" i="1"/>
   <c r="E6" i="1"/>
   <c r="E5" i="1"/>
   <c r="E4" i="1"/>
 </calcChain>
 </file>
 
+<file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>tc={387873EB-1D21-4542-A7C4-A28C15F9F788}</author>
+  </authors>
+  <commentList>
+    <comment ref="E7" authorId="0" shapeId="0" xr:uid="{387873EB-1D21-4542-A7C4-A28C15F9F788}">
+      <text>
+        <t xml:space="preserve">[Threaded comment]
+Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
+[Tasks]
+There is a task anchored to this comment that cannot be viewed in your client.
+Comment:
+    @Bass, Brooke @Soder, Hans  can we verify this data is correct? This is much lower than all others
+Reply:
+    @Warren, Peter R </t>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <si>
-    <t>Comprehensive Placement Data for Placements Beginning between October 1, 2024 and March 31, 2025</t>
+    <t>Comprehensive Placement Data for Placements Beginning between April 1, 2025 and September 30, 2025</t>
   </si>
   <si>
     <t>CBC Name</t>
   </si>
   <si>
     <t>Total number of children placed with relatives and nonrelatives, in family foster homes, and in residential group care</t>
   </si>
   <si>
     <t xml:space="preserve">Total number of children assessed using a comprehensive placement assessment tool </t>
   </si>
   <si>
     <t xml:space="preserve">Number of children placed in recommended placement setting based on assessment </t>
   </si>
   <si>
     <t>Percentage of children placed in recommended placement setting based on placement assessment</t>
   </si>
   <si>
     <t>ChildNet-Broward</t>
   </si>
   <si>
     <t>ChildNet-Palm Beach</t>
   </si>
   <si>
     <t>Childrens Network of SW Florida</t>
   </si>
@@ -138,249 +165,298 @@
   <si>
     <t>Heartland for Children</t>
   </si>
   <si>
     <t>Kids Central, Inc.</t>
   </si>
   <si>
     <t>Kids First of Florida, Inc.</t>
   </si>
   <si>
     <t>NWF Health Network - East</t>
   </si>
   <si>
     <t>NWF Health Network - West</t>
   </si>
   <si>
     <t>Partnership for Strong Families</t>
   </si>
   <si>
     <t>Safe Children Coalition</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
-    <t>Source: Ad hoc from the Florida Safe Families Data Repository as of April 1, 2025</t>
+    <t>Source: Ad hoc from the Florida Safe Families Data Repository as of October 10, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <charset val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="37" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="37" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/documenttasks/documenttask1.xml><?xml version="1.0" encoding="utf-8"?>
+<Tasks xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks">
+  <Task id="{CEB7533E-033A-4785-AD32-643D391E0E2C}">
+    <Anchor>
+      <Comment id="{387873EB-1D21-4542-A7C4-A28C15F9F788}"/>
+    </Anchor>
+    <History>
+      <Event time="2025-12-03T17:29:34.71" id="{2BD87DAF-BC91-4F70-9A87-E321627434B9}">
+        <Attribution userId="S::brooke.bass@myflfamilies.com::b4b93b06-da29-4a66-8b4c-2000651ed9fe" userName="Bass, Brooke" userProvider="AD"/>
+        <Anchor>
+          <Comment id="{E219FB4A-CA98-4314-815D-ED283325543D}"/>
+        </Anchor>
+        <Create/>
+      </Event>
+      <Event time="2025-12-03T17:29:34.71" id="{FF76AC86-0BCA-4AA2-89E3-C5B9D0B4FD2A}">
+        <Attribution userId="S::brooke.bass@myflfamilies.com::b4b93b06-da29-4a66-8b4c-2000651ed9fe" userName="Bass, Brooke" userProvider="AD"/>
+        <Anchor>
+          <Comment id="{E219FB4A-CA98-4314-815D-ED283325543D}"/>
+        </Anchor>
+        <Assign userId="S::peter.warren@myflfamilies.com::99154963-a52f-4aeb-898f-c1a217bccc47" userName="Warren, Peter R" userProvider="AD"/>
+      </Event>
+      <Event time="2025-12-03T17:29:34.71" id="{6D49B2E2-A238-4317-B1E8-FA470841ACFF}">
+        <Attribution userId="S::brooke.bass@myflfamilies.com::b4b93b06-da29-4a66-8b4c-2000651ed9fe" userName="Bass, Brooke" userProvider="AD"/>
+        <Anchor>
+          <Comment id="{E219FB4A-CA98-4314-815D-ED283325543D}"/>
+        </Anchor>
+        <SetTitle title="@Warren, Peter R"/>
+      </Event>
+    </History>
+  </Task>
+</Tasks>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <person displayName="Soder, Hans" id="{0C31F767-46F5-4E3D-94AC-8FA5D72421BD}" userId="Hans.Soder@myflfamilies.com" providerId="PeoplePicker"/>
+  <person displayName="Bass, Brooke" id="{5369DF1E-E12D-4723-B6C0-C56E1ABD57DF}" userId="Brooke.Bass@myflfamilies.com" providerId="PeoplePicker"/>
+  <person displayName="Warren, Peter R" id="{CCEFEF13-B2BF-445C-AC05-A16B2844D054}" userId="peter.warren@myflfamilies.com" providerId="PeoplePicker"/>
+  <person displayName="Bass, Brooke" id="{82D20CCC-6D72-40CB-91BD-F51D0F590425}" userId="S::brooke.bass@myflfamilies.com::b4b93b06-da29-4a66-8b4c-2000651ed9fe" providerId="AD"/>
+  <person displayName="Williams, Kathryn" id="{6B9217A1-DB8F-44E5-BA2E-0138044B545B}" userId="S::Kathryn.Williams@myflfamilies.com::e4df0866-5322-46b6-9eac-f677b8f3a09b" providerId="AD"/>
+</personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -388,51 +464,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -440,51 +516,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -499,65 +575,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -578,507 +654,505 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/threadedComments/threadedComment1.xml><?xml version="1.0" encoding="utf-8"?>
+<ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <threadedComment ref="E7" dT="2025-12-03T17:24:53.75" personId="{6B9217A1-DB8F-44E5-BA2E-0138044B545B}" id="{387873EB-1D21-4542-A7C4-A28C15F9F788}">
+    <text>@Bass, Brooke @Soder, Hans  can we verify this data is correct? This is much lower than all others</text>
+    <mentions>
+      <mention mentionpersonId="{5369DF1E-E12D-4723-B6C0-C56E1ABD57DF}" mentionId="{4A3FE1A0-401D-402E-9952-81E6D81827DD}" startIndex="0" length="13"/>
+      <mention mentionpersonId="{0C31F767-46F5-4E3D-94AC-8FA5D72421BD}" mentionId="{C64828B0-50AF-44C0-892F-0274BD2A476A}" startIndex="14" length="12"/>
+    </mentions>
+  </threadedComment>
+  <threadedComment ref="E7" dT="2025-12-03T17:29:34.80" personId="{82D20CCC-6D72-40CB-91BD-F51D0F590425}" id="{E219FB4A-CA98-4314-815D-ED283325543D}" parentId="{387873EB-1D21-4542-A7C4-A28C15F9F788}">
+    <text xml:space="preserve">@Warren, Peter R </text>
+    <mentions>
+      <mention mentionpersonId="{CCEFEF13-B2BF-445C-AC05-A16B2844D054}" mentionId="{BF09C047-7852-47BD-A04A-B88154FE2EFE}" startIndex="0" length="16"/>
+    </mentions>
+  </threadedComment>
+</ThreadedComments>
+</file>
+
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2019/04/relationships/documenttask" Target="../documenttasks/documenttask1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{72C212C2-B8C3-4280-A32B-09CEEC1F0158}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A44AC782-8DAD-4250-87AB-7F5F296D9903}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:E2"/>
+      <selection activeCell="E8" sqref="E8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="35.7109375" customWidth="1"/>
     <col min="2" max="2" width="40.42578125" customWidth="1"/>
     <col min="3" max="3" width="37.42578125" customWidth="1"/>
     <col min="4" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="11"/>
-[...2 lines deleted...]
-      <c r="E1" s="11"/>
+      <c r="B1" s="2"/>
+      <c r="C1" s="2"/>
+      <c r="D1" s="2"/>
+      <c r="E1" s="2"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="12"/>
-[...3 lines deleted...]
-      <c r="E2" s="12"/>
+      <c r="A2" s="3"/>
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
     </row>
     <row r="3" spans="1:5" ht="45" x14ac:dyDescent="0.25">
-      <c r="A3" s="1" t="s">
+      <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="4">
-[...8 lines deleted...]
-      <c r="E4" s="5">
+      <c r="B4" s="7">
+        <v>807</v>
+      </c>
+      <c r="C4" s="6">
+        <v>577</v>
+      </c>
+      <c r="D4" s="6">
+        <v>570</v>
+      </c>
+      <c r="E4" s="8">
         <f>D4/C4</f>
-        <v>0.9468599033816425</v>
+        <v>0.98786828422876949</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="3" t="s">
+      <c r="A5" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="4">
-[...8 lines deleted...]
-      <c r="E5" s="5">
+      <c r="B5" s="7">
+        <v>667</v>
+      </c>
+      <c r="C5" s="6">
+        <v>508</v>
+      </c>
+      <c r="D5" s="6">
+        <v>504</v>
+      </c>
+      <c r="E5" s="8">
         <f t="shared" ref="E5:E22" si="0">D5/C5</f>
-        <v>0.75378787878787878</v>
+        <v>0.99212598425196852</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A6" s="3" t="s">
+      <c r="A6" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="4">
-[...10 lines deleted...]
-        <v>0.62666666666666671</v>
+      <c r="B6" s="7">
+        <v>850</v>
+      </c>
+      <c r="C6" s="6">
+        <v>19</v>
+      </c>
+      <c r="D6" s="6">
+        <v>17</v>
+      </c>
+      <c r="E6" s="8">
+        <f t="shared" si="0"/>
+        <v>0.89473684210526316</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A7" s="3" t="s">
+      <c r="A7" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="4">
-[...5 lines deleted...]
-      <c r="D7" s="3">
+      <c r="B7" s="7">
+        <v>940</v>
+      </c>
+      <c r="C7" s="6">
+        <v>594</v>
+      </c>
+      <c r="D7" s="6">
+        <v>298</v>
+      </c>
+      <c r="E7" s="8">
+        <f t="shared" si="0"/>
+        <v>0.50168350168350173</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="7">
+        <v>880</v>
+      </c>
+      <c r="C8" s="6">
+        <v>615</v>
+      </c>
+      <c r="D8" s="6">
+        <v>462</v>
+      </c>
+      <c r="E8" s="8">
+        <f t="shared" si="0"/>
+        <v>0.75121951219512195</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="7">
+        <v>369</v>
+      </c>
+      <c r="C9" s="6">
+        <v>69</v>
+      </c>
+      <c r="D9" s="6">
+        <v>60</v>
+      </c>
+      <c r="E9" s="8">
+        <f t="shared" si="0"/>
+        <v>0.86956521739130432</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="7">
+        <v>360</v>
+      </c>
+      <c r="C10" s="6">
+        <v>337</v>
+      </c>
+      <c r="D10" s="6">
+        <v>329</v>
+      </c>
+      <c r="E10" s="8">
+        <f t="shared" si="0"/>
+        <v>0.97626112759643913</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B11" s="7">
+        <v>767</v>
+      </c>
+      <c r="C11" s="6">
+        <v>311</v>
+      </c>
+      <c r="D11" s="6">
+        <v>290</v>
+      </c>
+      <c r="E11" s="8">
+        <f t="shared" si="0"/>
+        <v>0.932475884244373</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B12" s="7">
         <v>49</v>
       </c>
-      <c r="E7" s="5">
-[...5 lines deleted...]
-      <c r="A8" s="3" t="s">
+      <c r="C12" s="6">
         <v>10</v>
       </c>
-      <c r="B8" s="4">
+      <c r="D12" s="6">
+        <v>9</v>
+      </c>
+      <c r="E12" s="8">
+        <f t="shared" si="0"/>
+        <v>0.9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B13" s="7">
+        <v>1179</v>
+      </c>
+      <c r="C13" s="6">
+        <v>317</v>
+      </c>
+      <c r="D13" s="6">
+        <v>295</v>
+      </c>
+      <c r="E13" s="8">
+        <f t="shared" si="0"/>
+        <v>0.93059936908517349</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" s="7">
+        <v>1004</v>
+      </c>
+      <c r="C14" s="6">
+        <v>202</v>
+      </c>
+      <c r="D14" s="6">
+        <v>192</v>
+      </c>
+      <c r="E14" s="8">
+        <f t="shared" si="0"/>
+        <v>0.95049504950495045</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="7">
+        <v>727</v>
+      </c>
+      <c r="C15" s="6">
+        <v>136</v>
+      </c>
+      <c r="D15" s="6">
+        <v>127</v>
+      </c>
+      <c r="E15" s="8">
+        <f t="shared" si="0"/>
+        <v>0.93382352941176472</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="7">
+        <v>914</v>
+      </c>
+      <c r="C16" s="6">
+        <v>697</v>
+      </c>
+      <c r="D16" s="6">
+        <v>696</v>
+      </c>
+      <c r="E16" s="8">
+        <f t="shared" si="0"/>
+        <v>0.99856527977044474</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="7">
+        <v>131</v>
+      </c>
+      <c r="C17" s="6">
+        <v>19</v>
+      </c>
+      <c r="D17" s="6">
+        <v>19</v>
+      </c>
+      <c r="E17" s="8">
+        <f t="shared" si="0"/>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A18" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" s="7">
         <v>728</v>
       </c>
-      <c r="C8" s="3">
-[...35 lines deleted...]
-      <c r="C10" s="3">
+      <c r="C18" s="6">
+        <v>244</v>
+      </c>
+      <c r="D18" s="6">
+        <v>231</v>
+      </c>
+      <c r="E18" s="8">
+        <f t="shared" si="0"/>
+        <v>0.94672131147540983</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B19" s="7">
+        <v>916</v>
+      </c>
+      <c r="C19" s="6">
+        <v>303</v>
+      </c>
+      <c r="D19" s="6">
+        <v>287</v>
+      </c>
+      <c r="E19" s="8">
+        <f t="shared" si="0"/>
+        <v>0.94719471947194722</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" s="7">
+        <v>476</v>
+      </c>
+      <c r="C20" s="6">
+        <v>49</v>
+      </c>
+      <c r="D20" s="6">
+        <v>44</v>
+      </c>
+      <c r="E20" s="8">
+        <f t="shared" si="0"/>
+        <v>0.89795918367346939</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="7">
+        <v>383</v>
+      </c>
+      <c r="C21" s="6">
         <v>290</v>
       </c>
-      <c r="D10" s="3">
-[...202 lines deleted...]
-        <v>0.6696428571428571</v>
+      <c r="D21" s="6">
+        <v>276</v>
+      </c>
+      <c r="E21" s="8">
+        <f t="shared" si="0"/>
+        <v>0.9517241379310345</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A22" s="6" t="s">
+      <c r="A22" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="B22" s="7">
+      <c r="B22" s="10">
         <f>SUM(B4:B21)</f>
-        <v>11752</v>
-[...1 lines deleted...]
-      <c r="C22" s="8">
+        <v>12147</v>
+      </c>
+      <c r="C22" s="11">
         <f>SUM(C4:C21)</f>
-        <v>3518</v>
-[...1 lines deleted...]
-      <c r="D22" s="7">
+        <v>5297</v>
+      </c>
+      <c r="D22" s="10">
         <f>SUM(D4:D21)</f>
-        <v>2865</v>
-[...3 lines deleted...]
-        <v>0.81438317225696422</v>
+        <v>4706</v>
+      </c>
+      <c r="E22" s="12">
+        <f t="shared" si="0"/>
+        <v>0.88842741174249573</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="80" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Comprehenisve Placement Assess.</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>CBC Comprehensive Placement Assessments</dc:title>
   <dc:creator>Dalton, Michael</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>