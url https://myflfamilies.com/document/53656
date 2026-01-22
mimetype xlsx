--- v2 (2025-12-23)
+++ v3 (2026-01-22)
@@ -8,240 +8,282 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="J:\Auna\CRRA 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{2E1CB2E2-3D12-45ED-8F8A-5D216AF552BC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{CA8051E5-6F4A-4A06-A062-B4EC72D87AB0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{AE100843-3E21-4923-84D3-7E65DC18B56C}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{81E4489D-1E55-4564-9C6D-4285638BBCFD}"/>
   </bookViews>
   <sheets>
-    <sheet name="CRRA-Certified" sheetId="2" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="CRRA-Ethics" sheetId="4" r:id="rId3"/>
+    <sheet name="CRRA-Active" sheetId="2" r:id="rId1"/>
+    <sheet name="CRRA- Expired-Inactive" sheetId="3" r:id="rId2"/>
+    <sheet name="Ethics" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4431" uniqueCount="2246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4455" uniqueCount="2258">
   <si>
     <t>Credential Number</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>CredentialType</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Contact Email</t>
   </si>
   <si>
     <t>County</t>
   </si>
   <si>
     <t>Expiration Date</t>
   </si>
   <si>
     <t>CRRA. - Certified Recovery Residence Administrator</t>
   </si>
   <si>
     <t>CERTIFIED</t>
   </si>
   <si>
     <t>Duval</t>
   </si>
   <si>
     <t>EXPIRED</t>
   </si>
   <si>
     <t>Lake</t>
   </si>
   <si>
     <t>Palm Beach</t>
   </si>
   <si>
     <t>Broward</t>
   </si>
   <si>
+    <t>Mr. Travis E McAllister</t>
+  </si>
+  <si>
     <t>istudymedicalforfun@gmail.com</t>
   </si>
   <si>
     <t>Osceola</t>
   </si>
   <si>
     <t>Miami-Dade</t>
   </si>
   <si>
+    <t>Martin</t>
+  </si>
+  <si>
     <t>Flagler</t>
   </si>
   <si>
     <t>HillsBorough</t>
   </si>
   <si>
-    <t>Martin</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CRRA.0100000 </t>
   </si>
   <si>
+    <t>Ms. Sharon Burns-Carter</t>
+  </si>
+  <si>
     <t>Sburnscarter@gmail.com</t>
   </si>
   <si>
+    <t xml:space="preserve">CRRA.0100001 </t>
+  </si>
+  <si>
+    <t>Timothy Bradley</t>
+  </si>
+  <si>
+    <t>rwtlb@yahoo.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100002 </t>
   </si>
   <si>
+    <t>Ms. Lashawnda L Richmond</t>
+  </si>
+  <si>
     <t>llrichmond@yahoo.com</t>
   </si>
   <si>
     <t>Seminole</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100003 </t>
   </si>
   <si>
+    <t>Mr. Joseph Gagliardo</t>
+  </si>
+  <si>
     <t>josephwgagliardo@gmail.com</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100004 </t>
   </si>
   <si>
+    <t>Mr. Craig Allen Nesvik Sr</t>
+  </si>
+  <si>
     <t>INACTIVE</t>
   </si>
   <si>
     <t>anesvik@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100005 </t>
   </si>
   <si>
+    <t>Mr. Christopher George Ege</t>
+  </si>
+  <si>
     <t>chrisege82@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100006 </t>
   </si>
   <si>
+    <t>Mrs. Brenda Aulbach</t>
+  </si>
+  <si>
     <t>bcmaulbach@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100007 </t>
   </si>
   <si>
     <t>John E Branch</t>
   </si>
   <si>
     <t>jbranch11@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100008 </t>
   </si>
   <si>
+    <t>Mr. George Albert Jahn</t>
+  </si>
+  <si>
     <t>gjahn@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100009 </t>
   </si>
   <si>
     <t>Alexander Labib</t>
   </si>
   <si>
     <t>alabib@lifeofpurposetreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100010 </t>
   </si>
   <si>
+    <t>Mrs. Susan Tembeck Riccardi</t>
+  </si>
+  <si>
     <t>plookie51@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100011 </t>
   </si>
   <si>
     <t>Leroy Edward Lacy</t>
   </si>
   <si>
     <t>unitedlee58@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100012 </t>
   </si>
   <si>
     <t>Brandi J Dostie</t>
   </si>
   <si>
     <t>brandij16@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100013 </t>
   </si>
   <si>
     <t>Paul A. Lanoue</t>
   </si>
   <si>
     <t>ldaboybetru@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100014 </t>
   </si>
   <si>
+    <t>Mr. Javier Costa</t>
+  </si>
+  <si>
     <t>Suzanne.costa@alrcottages.com</t>
   </si>
   <si>
     <t>Escambia</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100015 </t>
   </si>
   <si>
+    <t>Mrs. Phoebe A Maisto</t>
+  </si>
+  <si>
     <t>phoebeamiel@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100016 </t>
   </si>
   <si>
     <t>Duchess Raufman</t>
   </si>
   <si>
     <t>raufmand@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100017 </t>
   </si>
   <si>
     <t>Lisa A. Marcisak</t>
   </si>
   <si>
     <t>lisamarcisak@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100018 </t>
   </si>
   <si>
     <t>Bradly Thomas Hanley</t>
@@ -249,131 +291,155 @@
   <si>
     <t>bthanley@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100019 </t>
   </si>
   <si>
     <t>Randy Lee McMillan</t>
   </si>
   <si>
     <t>randy.lee.mcmillan@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100020 </t>
   </si>
   <si>
     <t>Ines Figueroa</t>
   </si>
   <si>
     <t>Inesfigueroa@liferecoverypb.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100021 </t>
   </si>
   <si>
+    <t>Mrs. Jessica Leavins</t>
+  </si>
+  <si>
     <t>alohahousepalmbeach@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100022 </t>
   </si>
   <si>
+    <t>Mr. Kevin B Schmidt</t>
+  </si>
+  <si>
     <t>kevinschmidt2001@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100023 </t>
   </si>
   <si>
+    <t>Mr. Michael Ian Ossip</t>
+  </si>
+  <si>
     <t>ossipm@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100024 </t>
   </si>
   <si>
     <t>Beth A Miskiewicz</t>
   </si>
   <si>
     <t>bethmisk@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100025 </t>
   </si>
   <si>
+    <t>Mr. William R Atkinson</t>
+  </si>
+  <si>
     <t>William.Atkinsoniv@gmail.com</t>
   </si>
   <si>
     <t>Pinellas</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100026 </t>
   </si>
   <si>
+    <t>Mrs. Michelle A. Fyfe</t>
+  </si>
+  <si>
     <t>positivestartcounseling@msn.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100027 </t>
   </si>
   <si>
     <t>Jimaine Titus</t>
   </si>
   <si>
     <t>Jimaine@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100028 </t>
   </si>
   <si>
+    <t>Mr. Andrew Parker</t>
+  </si>
+  <si>
     <t>ezdrawer@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100029 </t>
   </si>
   <si>
     <t>Gail T Morin</t>
   </si>
   <si>
     <t>originsofhope@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100030 </t>
   </si>
   <si>
+    <t>Mrs. Allyson Marie Ward</t>
+  </si>
+  <si>
     <t>allysonm@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100031 </t>
   </si>
   <si>
     <t>Ronel Joseph</t>
   </si>
   <si>
     <t>ronel.joseph@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100032 </t>
   </si>
   <si>
+    <t>Mr. Jason Allen Leslie</t>
+  </si>
+  <si>
     <t>Trinitybytraditions@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100033 </t>
   </si>
   <si>
     <t>Jennifer Leigh Peisner</t>
   </si>
   <si>
     <t>Jpeisner89@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100034 </t>
   </si>
   <si>
     <t>Brendan M Reres</t>
   </si>
   <si>
     <t>breres@cametobelievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100035 </t>
   </si>
   <si>
     <t>James Hartman</t>
@@ -393,188 +459,218 @@
   <si>
     <t>Volusia</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100037 </t>
   </si>
   <si>
     <t>Jennifer Napolitano</t>
   </si>
   <si>
     <t>jennifer@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100038 </t>
   </si>
   <si>
     <t>Nancy K Steiner</t>
   </si>
   <si>
     <t>nsteiner@sanctuarydelraybeach.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100039 </t>
   </si>
   <si>
+    <t>Mr. Benjamin R Bueno</t>
+  </si>
+  <si>
     <t>benbueno1209@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100040 </t>
   </si>
   <si>
+    <t>Mr. Andrew Haynes Young</t>
+  </si>
+  <si>
     <t>haynes@addison.house</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100041 </t>
   </si>
   <si>
     <t>Mallory Neuberger</t>
   </si>
   <si>
     <t>malloryneuberger@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100042 </t>
   </si>
   <si>
+    <t>Ms. Stephanie Mordes</t>
+  </si>
+  <si>
     <t>stephatww@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100043 </t>
   </si>
   <si>
+    <t>Ms. Rebecca Barrett Gaines</t>
+  </si>
+  <si>
     <t>jupitergaines@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100044 </t>
   </si>
   <si>
     <t>Miriam A Lucente</t>
   </si>
   <si>
     <t>barkleymiriam@att.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100045 </t>
   </si>
   <si>
     <t>Robert D Keeble</t>
   </si>
   <si>
     <t>Robbykeeble@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100046 </t>
   </si>
   <si>
+    <t>Mr. Joseph J Giuliano Giuliano</t>
+  </si>
+  <si>
     <t>jgiuliano@agapebhc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100047 </t>
   </si>
   <si>
     <t>Robert Eaton</t>
   </si>
   <si>
     <t>izrobert07@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100048 </t>
   </si>
   <si>
+    <t>Mr. Devin Buoniello</t>
+  </si>
+  <si>
     <t>devinbuoniello@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100049 </t>
   </si>
   <si>
     <t>Mary B Schultz</t>
   </si>
   <si>
     <t>bernie@gracesway.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100050 </t>
   </si>
   <si>
     <t>Emily R Shotland</t>
   </si>
   <si>
     <t>communityservice@anshouses.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100051 </t>
   </si>
   <si>
     <t>Kalise Nicole Valentine</t>
   </si>
   <si>
     <t>kval88@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100052 </t>
   </si>
   <si>
     <t>Salvatore Pace</t>
   </si>
   <si>
     <t>SALVAPAC@GMAIL.COM</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100053 </t>
   </si>
   <si>
+    <t>Mr. Jack Chappell</t>
+  </si>
+  <si>
     <t>jack@adventures11.com</t>
   </si>
   <si>
     <t>Marion</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100054 </t>
   </si>
   <si>
     <t>Jane Fox</t>
   </si>
   <si>
     <t>janefox3457@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100055 </t>
   </si>
   <si>
+    <t>Mr. Alejandro L Castillo</t>
+  </si>
+  <si>
     <t>alex_castillo@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100056 </t>
   </si>
   <si>
+    <t>Ms. Gina Metrano</t>
+  </si>
+  <si>
     <t>gina.tropichouse@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100057 </t>
   </si>
   <si>
+    <t>Mr. William D Niemi</t>
+  </si>
+  <si>
     <t>bniemi@cametobelievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100058 </t>
   </si>
   <si>
     <t>David Hindle</t>
   </si>
   <si>
     <t>dsh1916@gmail.com</t>
   </si>
   <si>
     <t>Collier</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100059 </t>
   </si>
   <si>
     <t>James Felton</t>
   </si>
   <si>
     <t>jimsfelton@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100060 </t>
@@ -585,845 +681,998 @@
   <si>
     <t>glennsail1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100061 </t>
   </si>
   <si>
     <t>William Perez</t>
   </si>
   <si>
     <t>bill@victoryrh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100062 </t>
   </si>
   <si>
     <t>Dylan Maher</t>
   </si>
   <si>
     <t>dmaher1492@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100063 </t>
   </si>
   <si>
+    <t>Ms. Cynthia L. Crouch</t>
+  </si>
+  <si>
     <t>CynthiaLynn.Crouch@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100064 </t>
   </si>
   <si>
+    <t>Mr. Michael Aulbach</t>
+  </si>
+  <si>
     <t>aaarcinfo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100065 </t>
   </si>
   <si>
+    <t>Mr. Brian P Greenblott</t>
+  </si>
+  <si>
     <t>bgreenblott@recointensive.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100066 </t>
   </si>
   <si>
+    <t>Mr. Christopher Pasquale</t>
+  </si>
+  <si>
     <t>cmpasquale@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100067 </t>
   </si>
   <si>
     <t>Jonelle lyn Asenato</t>
   </si>
   <si>
     <t>jonelle@sthrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100068 </t>
   </si>
   <si>
     <t>Jesse Matthew Reuter</t>
   </si>
   <si>
     <t>jesse@recreatelifecounseling.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100069 </t>
   </si>
   <si>
     <t>Catherine Wolff</t>
   </si>
   <si>
     <t>cwcatwolff@gmail.com</t>
   </si>
   <si>
     <t>St. Lucie</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100070 </t>
   </si>
   <si>
+    <t>Mr. Philip M Chamness</t>
+  </si>
+  <si>
     <t>philc@rivendellhouses.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100071 </t>
   </si>
   <si>
+    <t>Mr. Neill M Timmons Jr.</t>
+  </si>
+  <si>
     <t>timmonsneill@gmail.com</t>
   </si>
   <si>
     <t>Out of State</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100072 </t>
   </si>
   <si>
     <t>Keren M Roesser</t>
   </si>
   <si>
     <t>sammysmom1202@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100073 </t>
   </si>
   <si>
     <t>Michael A Foland</t>
   </si>
   <si>
     <t>mikefoland@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100074 </t>
   </si>
   <si>
+    <t>Mr. Harry Rentas Sr</t>
+  </si>
+  <si>
     <t>Harryrentaspsr@gmail.com</t>
   </si>
   <si>
     <t>Orange</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100075 </t>
   </si>
   <si>
     <t>Rex Winchester</t>
   </si>
   <si>
     <t>rex@trnpt.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100076 </t>
   </si>
   <si>
     <t>Barry Allen Ladis</t>
   </si>
   <si>
     <t>barry.ladis@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100077 </t>
   </si>
   <si>
+    <t>Mrs. Phyllis Renee Reddy-Haley</t>
+  </si>
+  <si>
     <t>haley.0317@gmail.com</t>
   </si>
   <si>
     <t>Pasco</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100078 </t>
   </si>
   <si>
+    <t>Ms. Nicole Sauvola-Lamay</t>
+  </si>
+  <si>
     <t>colelaw36@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100079 </t>
   </si>
   <si>
     <t>Robert William Harry</t>
   </si>
   <si>
     <t>rharry0419@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100080 </t>
   </si>
   <si>
+    <t>Mr. Michael J Calderin</t>
+  </si>
+  <si>
     <t>mjcalderincap@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100081 </t>
   </si>
   <si>
     <t>Anthony Stewart</t>
   </si>
   <si>
     <t>anthony.stewart@paxcampus.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100082 </t>
   </si>
   <si>
+    <t>Ms. Maria Jackson Freeman</t>
+  </si>
+  <si>
     <t>mfreeman@thirdsteprecovery.com</t>
   </si>
   <si>
+    <t xml:space="preserve">CRRA.0100083 </t>
+  </si>
+  <si>
+    <t>Lori Lynn Jones</t>
+  </si>
+  <si>
     <t>REVOKED</t>
   </si>
   <si>
+    <t>lori201049@yahoo.com</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100084 </t>
   </si>
   <si>
+    <t>Mr. Jacob Hillman</t>
+  </si>
+  <si>
     <t>jnhillman@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100085 </t>
   </si>
   <si>
     <t>Paula N Locke</t>
   </si>
   <si>
     <t>maraisrael2017@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100086 </t>
   </si>
   <si>
     <t>Darren Matthew Platt</t>
   </si>
   <si>
     <t>reachdarrenplatt@outlook.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100087 </t>
   </si>
   <si>
+    <t>Mr. Patrick J Slattery</t>
+  </si>
+  <si>
     <t>Patrick@realrecoveryfl.com</t>
   </si>
   <si>
     <t>Sarasota</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100088 </t>
   </si>
   <si>
     <t>Richard Mukasa</t>
   </si>
   <si>
     <t>richmukasa@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100089 </t>
   </si>
   <si>
     <t>William B Berard Iv</t>
   </si>
   <si>
     <t>williamberard@gracesway.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100090 </t>
   </si>
   <si>
+    <t>Mr. Melvin E. Clark III</t>
+  </si>
+  <si>
     <t>mclarkiii1879@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100091 </t>
   </si>
   <si>
     <t>Juan A Harris, Sr.</t>
   </si>
   <si>
     <t>drjuanharris@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100092 </t>
   </si>
   <si>
+    <t>Ms. Sarah R Sacks</t>
+  </si>
+  <si>
     <t>sarahsackslcsw@aol.com</t>
   </si>
   <si>
     <t>Brevard</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100093 </t>
   </si>
   <si>
     <t>Samuel H Draper</t>
   </si>
   <si>
     <t>xcrushablex@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100094 </t>
   </si>
   <si>
     <t>Christine M DePaolis</t>
   </si>
   <si>
     <t>tmdwpb@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100095 </t>
   </si>
   <si>
+    <t>Mrs. Safiyah Rubyellen Davis-Rosario</t>
+  </si>
+  <si>
     <t>Safiyahdv@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100096 </t>
   </si>
   <si>
     <t>Mitchell D. Baumann</t>
   </si>
   <si>
     <t>mitch@dreamliferecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100097 </t>
   </si>
   <si>
     <t>Nelson Colon</t>
   </si>
   <si>
     <t>nelsoncoloncv@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100098 </t>
   </si>
   <si>
     <t>Kelsea Renee Keneipp</t>
   </si>
   <si>
     <t>kelseakeneippcv@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100100 </t>
   </si>
   <si>
     <t>Kyle L Knoth</t>
   </si>
   <si>
     <t>kknoth007@Hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100101 </t>
   </si>
   <si>
+    <t>Ms. Kimberly R Jackson</t>
+  </si>
+  <si>
     <t>anewlifehalfwayhouse@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100102 </t>
   </si>
   <si>
+    <t>Ms. Juanita L Hunt</t>
+  </si>
+  <si>
     <t>newpaths05@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100103 </t>
   </si>
   <si>
+    <t>Mr. Jeffrey A Gandelman</t>
+  </si>
+  <si>
     <t>jakextreme@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100104 </t>
   </si>
   <si>
     <t>Shalonda L. Copeland</t>
   </si>
   <si>
     <t>ms.copeland@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100105 </t>
   </si>
   <si>
     <t>Guy B Williamson</t>
   </si>
   <si>
     <t>bladesw@resiliencerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100106 </t>
   </si>
   <si>
     <t>Pamela Ann Springer</t>
   </si>
   <si>
     <t>lobsterdiver1@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100107 </t>
   </si>
   <si>
+    <t>Mr. Philip J Huml</t>
+  </si>
+  <si>
     <t>philip@naplesrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100108 </t>
   </si>
   <si>
+    <t>Dr. Daniela Riccelli</t>
+  </si>
+  <si>
     <t>riccellidan@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100109 </t>
   </si>
   <si>
+    <t>Ms. Mildred Tennessee</t>
+  </si>
+  <si>
     <t>millietenn@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100110 </t>
   </si>
   <si>
     <t>Jude-Ann Prisco</t>
   </si>
   <si>
     <t>jude@theedgerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100111 </t>
   </si>
   <si>
+    <t>Mr. Frank J Seidl</t>
+  </si>
+  <si>
     <t>fsaceopportunities@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100112 </t>
   </si>
   <si>
     <t>Maris N Tsipouras-Clark</t>
   </si>
   <si>
     <t>maris.clark@yahoo.com</t>
   </si>
   <si>
     <t>Polk</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100113 </t>
   </si>
   <si>
     <t>Julie Anne Treacy</t>
   </si>
   <si>
     <t>jtreacy@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100114 </t>
   </si>
   <si>
+    <t>Mrs. Yenisse C Gonzalez</t>
+  </si>
+  <si>
     <t>yenissegonzalez@yahoo.es</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100115 </t>
   </si>
   <si>
     <t>Tonya D Wilson</t>
   </si>
   <si>
     <t>tonyawilson1362@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100116 </t>
   </si>
   <si>
+    <t>Ms. Samantha Garabed</t>
+  </si>
+  <si>
     <t>Samantha.Garabed90@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100117 </t>
   </si>
   <si>
     <t>Joshua I Craver</t>
   </si>
   <si>
     <t>joshcraver@jamesclubrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100118 </t>
   </si>
   <si>
     <t>Jonathan T Stob</t>
   </si>
   <si>
     <t>johnnystob@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100119 </t>
   </si>
   <si>
+    <t>Ms. Rachel M Utano</t>
+  </si>
+  <si>
     <t>rachelu@recoveryunplugged.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100120 </t>
   </si>
   <si>
+    <t>Mrs. Rose Martine Young</t>
+  </si>
+  <si>
     <t>wer2bless@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100121 </t>
   </si>
   <si>
     <t>Ian Shelby</t>
   </si>
   <si>
     <t>ianmshelby@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100122 </t>
   </si>
   <si>
+    <t>Ms. Maxine W Dooley</t>
+  </si>
+  <si>
     <t>maxine.dooley@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100123 </t>
   </si>
   <si>
+    <t>Ms. Grace Marquez</t>
+  </si>
+  <si>
     <t>gmarquez@DynamicWellnessLLC.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100124 </t>
   </si>
   <si>
     <t>Ereka Nicole Thomas</t>
   </si>
   <si>
     <t>ereka.thomas@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100125 </t>
   </si>
   <si>
+    <t>Mr. Michael A Kirk</t>
+  </si>
+  <si>
     <t>michaelk@tn24.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100126 </t>
   </si>
   <si>
     <t>Marianne D Gribbon</t>
   </si>
   <si>
     <t>mgribbon01@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100127 </t>
   </si>
   <si>
+    <t>Ms. Reshma Harilal</t>
+  </si>
+  <si>
     <t>pinky.1000hills@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100128 </t>
   </si>
   <si>
     <t>Michael A Cirillo</t>
   </si>
   <si>
     <t>Simplify10@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100129 </t>
   </si>
   <si>
+    <t>Mrs. Melissa A Torres</t>
+  </si>
+  <si>
     <t>M3lissa.0518@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100130 </t>
   </si>
   <si>
     <t>Javier A Chia</t>
   </si>
   <si>
     <t>le.artiste1987@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100131 </t>
   </si>
   <si>
+    <t>Mrs. Beverly O Womack</t>
+  </si>
+  <si>
     <t>bwomack2009@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100132 </t>
   </si>
   <si>
+    <t>Mr. Ahmad A. Bryant</t>
+  </si>
+  <si>
     <t>bryant_ahmad@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100133 </t>
   </si>
   <si>
+    <t>Mr. Alan R. Buchanan</t>
+  </si>
+  <si>
     <t>alanbuchanan@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100134 </t>
   </si>
   <si>
+    <t>Mr. Sean A Wilcox</t>
+  </si>
+  <si>
     <t>swilcox0425@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100135 </t>
   </si>
   <si>
     <t>Laura M Price</t>
   </si>
   <si>
     <t>laura@fullcirclefl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100136 </t>
   </si>
   <si>
     <t>Jessica Coombs</t>
   </si>
   <si>
     <t>jessikoubek@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100137 </t>
   </si>
   <si>
+    <t>Ms. Jane Pendleton Causey</t>
+  </si>
+  <si>
     <t>pcausey@thelordsplace.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100139 </t>
   </si>
   <si>
     <t>Brian E Longsworth</t>
   </si>
   <si>
     <t>longsworth@legacyhealing.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100140 </t>
   </si>
   <si>
     <t>Anthony J Steffenella</t>
   </si>
   <si>
     <t>asteffenella@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100141 </t>
   </si>
   <si>
+    <t>Mr. Kyle Welshman</t>
+  </si>
+  <si>
     <t>Kwelshman7@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100142 </t>
   </si>
   <si>
+    <t>Mr. Brett Lieberman</t>
+  </si>
+  <si>
     <t>bliebermantherapist@yahoo.com</t>
   </si>
   <si>
     <t>Okeechobee</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100143 </t>
   </si>
   <si>
     <t>Mark J Tagrin</t>
   </si>
   <si>
     <t>tagrinmark@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100144 </t>
   </si>
   <si>
+    <t>Mr. David M Mitchell</t>
+  </si>
+  <si>
     <t>davdmitchell@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100145 </t>
   </si>
   <si>
     <t>Gregory M Goldston</t>
   </si>
   <si>
     <t>ggold954@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100146 </t>
   </si>
   <si>
     <t>Angela M Albano</t>
   </si>
   <si>
     <t>mountainsideest@msn.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100147 </t>
   </si>
   <si>
+    <t>Mrs. Alishia Timmons</t>
+  </si>
+  <si>
     <t>alishiatimmons@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100148 </t>
   </si>
   <si>
+    <t>Ms. Christi P Adams Ed.S.</t>
+  </si>
+  <si>
     <t>cpalmnop@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100149 </t>
   </si>
   <si>
     <t>Richard J Adams Ph.D.</t>
   </si>
   <si>
     <t>ricklmnop@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100150 </t>
   </si>
   <si>
     <t>Thomas A Biddle</t>
   </si>
   <si>
     <t>adambiddle57@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100151 </t>
   </si>
   <si>
     <t>Anthony Riccio</t>
   </si>
   <si>
     <t>ariccio@accessqhs.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100152 </t>
   </si>
   <si>
+    <t>Mr. Thomas A Matthews</t>
+  </si>
+  <si>
     <t>mattamp@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100153 </t>
   </si>
   <si>
     <t>George A East</t>
   </si>
   <si>
     <t>andreweast71@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100154 </t>
   </si>
   <si>
     <t>Kristin Kathleen McCollum</t>
   </si>
   <si>
     <t>kroosa71@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100155 </t>
   </si>
   <si>
+    <t>Mrs. Cori N Mastapasco-Baiza</t>
+  </si>
+  <si>
     <t>cmastapasco@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100156 </t>
   </si>
   <si>
     <t>Danny Donahue</t>
   </si>
   <si>
     <t>danny@dannydshouse.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100157 </t>
   </si>
   <si>
     <t>Pamela J Thomas</t>
   </si>
   <si>
     <t>pjt1976@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100158 </t>
   </si>
   <si>
     <t>Cecelia J Bishop</t>
   </si>
   <si>
     <t>cecelia@stayinkleen.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100159 </t>
   </si>
   <si>
+    <t>Mr. Todd C Morongell</t>
+  </si>
+  <si>
     <t>carole.aulbach1104@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100160 </t>
   </si>
   <si>
     <t>Nicholas D Amsalem</t>
   </si>
   <si>
     <t>namsalem@theshoresrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100161 </t>
   </si>
   <si>
     <t>Stephen C Buron</t>
   </si>
   <si>
     <t>Admin@keepitsimplehouse.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100163 </t>
   </si>
   <si>
+    <t>Mrs. Samantha VanSant Hewett</t>
+  </si>
+  <si>
     <t>samvs51986@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100164 </t>
   </si>
   <si>
+    <t>Mrs. Madelin Vargas</t>
+  </si>
+  <si>
     <t>mya1386@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100165 </t>
   </si>
   <si>
     <t>Alicja Majer</t>
   </si>
   <si>
     <t>rise2beyou@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100166 </t>
   </si>
   <si>
     <t>Charles R Manley Jr.</t>
   </si>
   <si>
     <t>chucklibertyhouse@att.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100167 </t>
   </si>
   <si>
     <t>John C Branch</t>
   </si>
   <si>
     <t>jcarlos0624@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100168 </t>
   </si>
   <si>
+    <t>Ms. Rebecca Hoeft Christiansen</t>
+  </si>
+  <si>
     <t>Sunbecca03@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100170 </t>
   </si>
   <si>
     <t>Mildred Taylor</t>
   </si>
   <si>
     <t>millyt606@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100171 </t>
   </si>
   <si>
     <t>John W Gau</t>
   </si>
   <si>
     <t>jgau@amethystrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100172 </t>
   </si>
   <si>
     <t>Jason Edward Riddell</t>
@@ -1449,83 +1698,98 @@
   <si>
     <t>jfarese@yourliferecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100175 </t>
   </si>
   <si>
     <t>Robert A Meshna</t>
   </si>
   <si>
     <t>robertm20@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100176 </t>
   </si>
   <si>
     <t>Caroline Sexton</t>
   </si>
   <si>
     <t>caroline.p.sexton@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100177 </t>
   </si>
   <si>
+    <t>Mr. Evan Jarschauer</t>
+  </si>
+  <si>
     <t>evan@behavioralhelp.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100178 </t>
   </si>
   <si>
+    <t>Mrs. Kirstin Smith</t>
+  </si>
+  <si>
     <t>solaresisters@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100179 </t>
   </si>
   <si>
+    <t>Mrs. Dee Bee Cox</t>
+  </si>
+  <si>
     <t>deebeecox1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100180 </t>
   </si>
   <si>
     <t>Nicholas Spinelli</t>
   </si>
   <si>
     <t>nicks@seacrestrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100181 </t>
   </si>
   <si>
+    <t>Mrs. Elizabeth Jane McDowell</t>
+  </si>
+  <si>
     <t>lizhighfield@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100182 </t>
   </si>
   <si>
+    <t>Mrs. Jordan Cairns</t>
+  </si>
+  <si>
     <t>jordan@sfwn.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100183 </t>
   </si>
   <si>
     <t>Debbi Hanna</t>
   </si>
   <si>
     <t>debbi@b4ashes.com</t>
   </si>
   <si>
     <t>Manatee</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100184 </t>
   </si>
   <si>
     <t>Eddie L Collins</t>
   </si>
   <si>
     <t>kalishak@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100185 </t>
@@ -1545,449 +1809,518 @@
   <si>
     <t>amy@graciouscarerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100187 </t>
   </si>
   <si>
     <t>Dwight Unger</t>
   </si>
   <si>
     <t>dunger@satoriwaters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100188 </t>
   </si>
   <si>
     <t>Cynthia J Burnham</t>
   </si>
   <si>
     <t>cynthia.burnham@stpetersburgfreeclinic.o</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100189 </t>
   </si>
   <si>
+    <t>Ms. Rosemary A. Boisvert</t>
+  </si>
+  <si>
     <t>FBoisvert@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100190 </t>
   </si>
   <si>
     <t>Anntonette E Hill</t>
   </si>
   <si>
     <t>aehill1970@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100191 </t>
   </si>
   <si>
+    <t>Mr. John W Chamberlain</t>
+  </si>
+  <si>
     <t>captainjohnc@att.net</t>
   </si>
   <si>
     <t>Indian River</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100192 </t>
   </si>
   <si>
     <t>Gregory Lemar Rice</t>
   </si>
   <si>
     <t>rice7618@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100193 </t>
   </si>
   <si>
     <t>Jodiann Cherico</t>
   </si>
   <si>
     <t>jodijustjodi1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100194 </t>
   </si>
   <si>
+    <t>Mrs. Takeisha Nichole Stewart</t>
+  </si>
+  <si>
     <t>takeishastewart@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100195 </t>
   </si>
   <si>
     <t>Ronald Stinsman Jr</t>
   </si>
   <si>
     <t>rstins62@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100196 </t>
   </si>
   <si>
+    <t>Mr. Neal Cooke</t>
+  </si>
+  <si>
     <t>mrcooke74@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100197 </t>
   </si>
   <si>
+    <t>Mr. Alec J Sperduto</t>
+  </si>
+  <si>
     <t>Alec.sperduto@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100198 </t>
   </si>
   <si>
     <t>Wilbur C. Smith Smith</t>
   </si>
   <si>
     <t>wilbur@calusarecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100199 </t>
   </si>
   <si>
     <t>Lawrence Hal Fish</t>
   </si>
   <si>
     <t>pharfish@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100200 </t>
   </si>
   <si>
     <t>Robert Schilling</t>
   </si>
   <si>
     <t>rlstls2255@sbcglobal.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100201 </t>
   </si>
   <si>
+    <t>Mr. Jason J Tunick</t>
+  </si>
+  <si>
     <t>lisad@cwcrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100202 </t>
   </si>
   <si>
+    <t>Ms. Susanne O Makenian</t>
+  </si>
+  <si>
     <t>sue.makenian@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100203 </t>
   </si>
   <si>
+    <t>Mrs. Kelly Pitts</t>
+  </si>
+  <si>
     <t>kelly@thegoodlifetreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100204 </t>
   </si>
   <si>
+    <t>Mrs. Iryna Bergstrom</t>
+  </si>
+  <si>
     <t>Keysbergie@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100205 </t>
   </si>
   <si>
     <t>Abram M Koerper</t>
   </si>
   <si>
     <t>abe@goodworksrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100206 </t>
   </si>
   <si>
     <t>Sarah Marie Krzewinski</t>
   </si>
   <si>
     <t>sarah.krzewinski@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100207 </t>
   </si>
   <si>
+    <t>Mr. Lyle R Fried</t>
+  </si>
+  <si>
     <t>lylefried@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100208 </t>
   </si>
   <si>
+    <t>Ms. Catherine Hamilton</t>
+  </si>
+  <si>
     <t>catnip0630@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100209 </t>
   </si>
   <si>
+    <t>Ms. Sarah B Gentry</t>
+  </si>
+  <si>
     <t>sarahbgentry3@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100210 </t>
   </si>
   <si>
     <t>Jessica L Scott</t>
   </si>
   <si>
     <t>jekisa77@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100211 </t>
   </si>
   <si>
+    <t>Ms. Susan E Glasscock</t>
+  </si>
+  <si>
     <t>splglass@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100212 </t>
   </si>
   <si>
     <t>Jeremy W Moore</t>
   </si>
   <si>
     <t>anewcadence@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100213 </t>
   </si>
   <si>
+    <t>Mr. Paul Kevin Sohr</t>
+  </si>
+  <si>
     <t>2458kevin@gmail.com</t>
   </si>
   <si>
     <t>Santa Rosa</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100214 </t>
   </si>
   <si>
+    <t>Mr. Patrick Morris</t>
+  </si>
+  <si>
     <t>patrick.morrris@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100215 </t>
   </si>
   <si>
     <t>Joshua E McPherson</t>
   </si>
   <si>
     <t>jmcpherson@banyantreatmentcenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100216 </t>
   </si>
   <si>
     <t>Terri L Hall</t>
   </si>
   <si>
     <t>thall411@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100217 </t>
   </si>
   <si>
+    <t>Mrs. Tracy M StJohn-Durkin</t>
+  </si>
+  <si>
     <t>Tracymstjohn1@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100218 </t>
   </si>
   <si>
     <t>Levi Bieda</t>
   </si>
   <si>
     <t>mimi@buyherepayhererealestate.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100219 </t>
   </si>
   <si>
+    <t>Mr. Evan M. Kaiser</t>
+  </si>
+  <si>
     <t>evankaiser60@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100220 </t>
   </si>
   <si>
     <t>Genevieve M Vansickle</t>
   </si>
   <si>
     <t>genevievevansickle@gmail.com</t>
   </si>
   <si>
     <t>Bradford</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100221 </t>
   </si>
   <si>
     <t>Jason John Lloyd</t>
   </si>
   <si>
     <t>jason@goodworksrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100222 </t>
   </si>
   <si>
     <t>Thomas A Squillacioti</t>
   </si>
   <si>
     <t>tsquillacioti4164@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100223 </t>
   </si>
   <si>
+    <t>Mr. Theodore Beddoe</t>
+  </si>
+  <si>
     <t>tedbeddoe429@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100224 </t>
   </si>
   <si>
     <t>Chad Koller</t>
   </si>
   <si>
     <t>chadkollerone@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100225 </t>
   </si>
   <si>
     <t>Alycia M Galvin</t>
   </si>
   <si>
     <t>agalvin021613@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100226 </t>
   </si>
   <si>
     <t>Wesley M Blomgren</t>
   </si>
   <si>
     <t>wesblomgren@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100227 </t>
   </si>
   <si>
+    <t>Mrs. Doris A Carroll</t>
+  </si>
+  <si>
     <t>director@drugfreepartner.org</t>
   </si>
   <si>
     <t>Putnam</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100228 </t>
   </si>
   <si>
     <t>Deneah D. Bledsoe</t>
   </si>
   <si>
     <t>dbedsoe@accessqhs.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100229 </t>
   </si>
   <si>
     <t>Sheila Joe-Gaines</t>
   </si>
   <si>
     <t>nutmeg8198@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100230 </t>
   </si>
   <si>
     <t>Kathleen F Renick</t>
   </si>
   <si>
     <t>ktrenick@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100231 </t>
   </si>
   <si>
     <t>Kevin H Caldon Jr.</t>
   </si>
   <si>
     <t>kcaldonjr@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100232 </t>
   </si>
   <si>
+    <t>Ms. Kari-Anne Spiller</t>
+  </si>
+  <si>
     <t>Surrenderhouserecoveryhomes@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100233 </t>
   </si>
   <si>
     <t>James Anthony Serico</t>
   </si>
   <si>
     <t>meserico@gmail.com</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100234 </t>
   </si>
   <si>
     <t>Randolph C. Young</t>
   </si>
   <si>
     <t>Qla9069@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100235 </t>
   </si>
   <si>
     <t>Chris D Hanaka</t>
   </si>
   <si>
     <t>chrishanaka@mac.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100236 </t>
   </si>
   <si>
+    <t>Mr. Jonathan Belolo</t>
+  </si>
+  <si>
     <t>jonathan.belolo@tikkuntherapy.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100237 </t>
   </si>
   <si>
     <t>Corey E Berg</t>
   </si>
   <si>
     <t>coreyberg10@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100238 </t>
   </si>
   <si>
+    <t>Ms. Kimberlee A Burgess</t>
+  </si>
+  <si>
     <t>kburgess674@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100239 </t>
   </si>
   <si>
+    <t>Ms. Hana Young</t>
+  </si>
+  <si>
     <t>hyoung727@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100240 </t>
   </si>
   <si>
     <t>Grant Lashley</t>
   </si>
   <si>
     <t>grantl@transformationstreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100241 </t>
   </si>
   <si>
     <t>Cory Richard Klemm</t>
   </si>
   <si>
     <t>coryk@transformationstreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100242 </t>
   </si>
   <si>
     <t>Laura Novetti</t>
@@ -2022,422 +2355,494 @@
   <si>
     <t>jonathan.closner@lifeskillssf.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100246 </t>
   </si>
   <si>
     <t>Cicely Ford</t>
   </si>
   <si>
     <t>cicelyford@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100247 </t>
   </si>
   <si>
     <t>Sandra F Shank</t>
   </si>
   <si>
     <t>administrator@almhhi.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100248 </t>
   </si>
   <si>
+    <t>Mr. Patrick F Ronan Ronan</t>
+  </si>
+  <si>
     <t>patrickronan31@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100249 </t>
   </si>
   <si>
+    <t>Ms. Debra E Strand</t>
+  </si>
+  <si>
     <t>junobeachdeb@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100250 </t>
   </si>
   <si>
     <t>Mark G McGinley</t>
   </si>
   <si>
     <t>mrkmcginley@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100251 </t>
   </si>
   <si>
+    <t>Ms. Carol A. Parks Mba, Ms</t>
+  </si>
+  <si>
     <t>cap33325@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100252 </t>
   </si>
   <si>
     <t>John Charos</t>
   </si>
   <si>
     <t>jcharos@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100253 </t>
   </si>
   <si>
+    <t>Mr. Thomas M Mouracade</t>
+  </si>
+  <si>
     <t>mmmouracade@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100254 </t>
   </si>
   <si>
     <t>Jennifer A Little</t>
   </si>
   <si>
     <t>jalittle22@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100255 </t>
   </si>
   <si>
-    <t>lilianpontillo@yahoo.com</t>
+    <t>Mrs. Lilian Pontillo</t>
+  </si>
+  <si>
+    <t>lilianpontillo719@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100256 </t>
   </si>
   <si>
     <t>Curtis L Wright</t>
   </si>
   <si>
     <t>sbgdelray@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100257 </t>
   </si>
   <si>
     <t>Amr Ali</t>
   </si>
   <si>
     <t>hanaya.ali@holisticwill.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100258 </t>
   </si>
   <si>
+    <t>Mr. Brett M D'Aoust</t>
+  </si>
+  <si>
     <t>daoustb@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100259 </t>
   </si>
   <si>
     <t>Theodore Prigozy</t>
   </si>
   <si>
     <t>tprigozy@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100261 </t>
   </si>
   <si>
+    <t>Mr. Jaime Torres</t>
+  </si>
+  <si>
     <t>jetasjetas@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100262 </t>
   </si>
   <si>
+    <t>Ms. Angela Luna</t>
+  </si>
+  <si>
     <t>angie.cityhouses@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100263 </t>
   </si>
   <si>
     <t>William A Fraser Jr.</t>
   </si>
   <si>
     <t>Wfraser7183@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100264 </t>
   </si>
   <si>
+    <t>Mr. Arthur Laflamme</t>
+  </si>
+  <si>
     <t>ArtieLaflamme@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100265 </t>
   </si>
   <si>
+    <t>Ms. Deanna Michelle Soprito</t>
+  </si>
+  <si>
     <t>deannahnaples@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100266 </t>
   </si>
   <si>
     <t>Andrew N Silvagni</t>
   </si>
   <si>
     <t>andysil@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100267 </t>
   </si>
   <si>
     <t>Jessica Marino</t>
   </si>
   <si>
     <t>b.jessi@ymail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100268 </t>
   </si>
   <si>
+    <t>Mrs. Shannon L Rogan</t>
+  </si>
+  <si>
     <t>shand1478@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100269 </t>
   </si>
   <si>
+    <t>Ms. Gidget L Burke</t>
+  </si>
+  <si>
     <t>msgidgetburke@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100270 </t>
   </si>
   <si>
     <t>Fritz A Lauriston</t>
   </si>
   <si>
     <t>fritzlauriston@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100271 </t>
   </si>
   <si>
     <t>Rachael E Johnson</t>
   </si>
   <si>
     <t>Rachael.johnson86@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100272 </t>
   </si>
   <si>
     <t>Eugene Sullivan</t>
   </si>
   <si>
     <t>esullivan@anshouses.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100273 </t>
   </si>
   <si>
+    <t>Ms. Helene S Ryan</t>
+  </si>
+  <si>
     <t>ladymonocle2@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100274 </t>
   </si>
   <si>
     <t>Jaymes Gonzales</t>
   </si>
   <si>
     <t>jaymes@thetransitionhouse.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100275 </t>
   </si>
   <si>
+    <t>Mr. Edward Troy Nielsen</t>
+  </si>
+  <si>
     <t>tnielsen71@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100276 </t>
   </si>
   <si>
     <t>Thomas P Stager Jr</t>
   </si>
   <si>
     <t>tom.stagerjr@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100277 </t>
   </si>
   <si>
     <t>Matthew R Rambo</t>
   </si>
   <si>
     <t>mrambo@dcrmail.us</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100278 </t>
   </si>
   <si>
     <t>Ryan P Sanzi</t>
   </si>
   <si>
     <t>sanzi3497@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100279 </t>
   </si>
   <si>
     <t>Max D Kotler</t>
   </si>
   <si>
     <t>max.kotler@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100280 </t>
   </si>
   <si>
+    <t>Mrs. Andrea L Raab</t>
+  </si>
+  <si>
     <t>araab@thenextep.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100281 </t>
   </si>
   <si>
+    <t>Ms. Cynthia Renee Lee</t>
+  </si>
+  <si>
     <t>cynthialee@royalbeytrust.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100282 </t>
   </si>
   <si>
+    <t>Mr. Matthew J Cutrupi</t>
+  </si>
+  <si>
     <t>mattcutrupi1123@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100283 </t>
   </si>
   <si>
+    <t>Mr. Patrick Dolan</t>
+  </si>
+  <si>
     <t>pdolan83@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100284 </t>
   </si>
   <si>
     <t>Pedeline Dieujuste</t>
   </si>
   <si>
     <t>LCR360@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100285 </t>
   </si>
   <si>
+    <t>Ms. Molly Groo</t>
+  </si>
+  <si>
     <t>mgroo201@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100286 </t>
   </si>
   <si>
+    <t>Mr. Lee W Mayer</t>
+  </si>
+  <si>
     <t>leemayer81@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100287 </t>
   </si>
   <si>
     <t>Christian A Lang</t>
   </si>
   <si>
     <t>christian@timothyinitiative.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100288 </t>
   </si>
   <si>
+    <t>Mr. Andrew J Michie</t>
+  </si>
+  <si>
     <t>aprimarypurpose@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100289 </t>
   </si>
   <si>
     <t>John T Suto</t>
   </si>
   <si>
     <t>john@discoveryhouseinc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100290 </t>
   </si>
   <si>
     <t>Kimberlie B Gordon</t>
   </si>
   <si>
     <t>survivorsaddiction@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100291 </t>
   </si>
   <si>
+    <t>Mrs. Angela Dawn Eschbach</t>
+  </si>
+  <si>
     <t>snowflake12155@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100292 </t>
   </si>
   <si>
     <t>Adam Lennox</t>
   </si>
   <si>
     <t>adamlennox711@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100293 </t>
   </si>
   <si>
     <t>Gaye Soares</t>
   </si>
   <si>
     <t>doublegii3@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100294 </t>
   </si>
   <si>
+    <t>Mr. William Raucci</t>
+  </si>
+  <si>
     <t>william.raucci@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100295 </t>
   </si>
   <si>
     <t>Serra J Michel-Johns</t>
   </si>
   <si>
     <t>serramj@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100296 </t>
   </si>
   <si>
     <t>Julian F Rodriguez</t>
   </si>
   <si>
     <t>Julian@JFRCounseling.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100297 </t>
   </si>
   <si>
     <t>Tonya L Hogue</t>
   </si>
   <si>
     <t>tonyalhogue@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100298 </t>
   </si>
   <si>
+    <t>Mrs. Rebecca L Booth</t>
+  </si>
+  <si>
     <t>R.Booth10@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100299 </t>
   </si>
   <si>
     <t>Kendra Emmanuel</t>
   </si>
   <si>
     <t>cemoinkendra@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100300 </t>
   </si>
   <si>
     <t>Timothy John Steinmetz</t>
   </si>
   <si>
     <t>tjsteinmetz22@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100301 </t>
   </si>
   <si>
     <t>Christopher Ebokosia Johnson</t>
@@ -2475,278 +2880,347 @@
   <si>
     <t>garfieldhenry60@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100305 </t>
   </si>
   <si>
     <t>Michael Mella</t>
   </si>
   <si>
     <t>michaelmella@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100306 </t>
   </si>
   <si>
     <t>Jared Andia</t>
   </si>
   <si>
     <t>jared@sobercityflorida.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100307 </t>
   </si>
   <si>
+    <t>Ms. Ariana Raub</t>
+  </si>
+  <si>
     <t>tomgirl363@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100308 </t>
   </si>
   <si>
+    <t>Mr. Robert Raab</t>
+  </si>
+  <si>
     <t>rraab@thenextep.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100309 </t>
   </si>
   <si>
     <t>Daniel Thomas McGuire</t>
   </si>
   <si>
     <t>mcguire1968@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100310 </t>
   </si>
   <si>
     <t>Thomas G Murray</t>
   </si>
   <si>
     <t>GThomasMurray@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100311 </t>
   </si>
   <si>
     <t>Paul Tzatzimakis Tzatzimaki</t>
   </si>
   <si>
     <t>paultzatzimakis@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100312 </t>
   </si>
   <si>
+    <t>Mr. Trenton P Hovey</t>
+  </si>
+  <si>
     <t>tphovey@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100313 </t>
   </si>
   <si>
+    <t>Mrs. Kenea B Brittle</t>
+  </si>
+  <si>
     <t>keneab@newliferecoveryresources.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100314 </t>
   </si>
   <si>
     <t>Keith J Clark</t>
   </si>
   <si>
     <t>Kjc63.Clark@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100315 </t>
   </si>
   <si>
+    <t>Mr. Ray G Steadman Jr</t>
+  </si>
+  <si>
     <t>raysteadman@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100316 </t>
   </si>
   <si>
+    <t>Ms. Whitney Lehman</t>
+  </si>
+  <si>
     <t>whitney@farronline.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100317 </t>
   </si>
   <si>
     <t>Gregg J Armstrong</t>
   </si>
   <si>
     <t>gja853@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100318 </t>
   </si>
   <si>
     <t>Benjamin S Goodwin</t>
   </si>
   <si>
     <t>bengoodwin86@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100319 </t>
   </si>
   <si>
+    <t>Ms. Docus L Sampa</t>
+  </si>
+  <si>
     <t>docus12@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100320 </t>
   </si>
   <si>
+    <t>Mrs. Melissa Kimball Lucas</t>
+  </si>
+  <si>
     <t>melissa@thetransitionhouse.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100321 </t>
   </si>
   <si>
+    <t>Mr. David M Jackson</t>
+  </si>
+  <si>
     <t>djackson1989@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100322 </t>
   </si>
   <si>
     <t>Julian M Davis</t>
   </si>
   <si>
     <t>Julianmichael1791@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100323 </t>
   </si>
   <si>
+    <t>Ms. Lisa Anne Sax</t>
+  </si>
+  <si>
     <t>harleysangel113@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100324 </t>
   </si>
   <si>
+    <t>Ms. Ashanti R Wilson</t>
+  </si>
+  <si>
     <t>awilsonenterprise00@gmail.com</t>
   </si>
   <si>
     <t>Highlands</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100325 </t>
   </si>
   <si>
+    <t>Mr. William Joyce</t>
+  </si>
+  <si>
     <t>wejoyce6@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100326 </t>
   </si>
   <si>
     <t>Mary Margaret M Mouracade MD</t>
   </si>
   <si>
     <t>mmmouracade@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100327 </t>
   </si>
   <si>
     <t>Eric T Cone</t>
   </si>
   <si>
     <t>ericcone561@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100328 </t>
   </si>
   <si>
+    <t>Ms. Lindsey C McKeown</t>
+  </si>
+  <si>
     <t>lindseymc908@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100329 </t>
   </si>
   <si>
+    <t>Mr. Kenneth G DeBaun</t>
+  </si>
+  <si>
     <t>kgd32751@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100330 </t>
   </si>
   <si>
+    <t>Mrs. Cathy A Claud</t>
+  </si>
+  <si>
     <t>cathy@claudlaw.com</t>
   </si>
   <si>
     <t>Union</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100331 </t>
   </si>
   <si>
     <t>Bryan Cottrell</t>
   </si>
   <si>
     <t>bcottrell76@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100332 </t>
   </si>
   <si>
+    <t>Mr. John Park</t>
+  </si>
+  <si>
     <t>Bpark300@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100333 </t>
   </si>
   <si>
+    <t>Ms. Carla J Anastasio</t>
+  </si>
+  <si>
     <t>acarli372@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100334 </t>
   </si>
   <si>
+    <t>Mr. Raphael Sierra</t>
+  </si>
+  <si>
     <t>Raphaelsierra229@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100335 </t>
   </si>
   <si>
+    <t>Mr. Mark W LaMadeleine</t>
+  </si>
+  <si>
     <t>mwl52@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100336 </t>
   </si>
   <si>
+    <t>Mrs. Samantha M Hovey</t>
+  </si>
+  <si>
     <t>Samkinna0@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100337 </t>
   </si>
   <si>
+    <t>Mr. Joseph D Anastasio</t>
+  </si>
+  <si>
     <t>joea331@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100338 </t>
   </si>
   <si>
+    <t>Mr. Thomas Peter Bonovitch</t>
+  </si>
+  <si>
     <t>Tombonovitch@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100339 </t>
   </si>
   <si>
+    <t>Mrs. Dawn D Jonas</t>
+  </si>
+  <si>
     <t>dawndj@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100340 </t>
   </si>
   <si>
     <t>Samuel J Ryan</t>
   </si>
   <si>
     <t>sam@livinghoperecoveryflorida.com</t>
   </si>
   <si>
     <t>Columbia</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100341 </t>
   </si>
   <si>
     <t>Mark R Brown</t>
   </si>
   <si>
     <t>mrkbrwn88@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100342 </t>
@@ -2784,4033 +3258,3595 @@
   <si>
     <t>latinablack@rocketmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100346 </t>
   </si>
   <si>
     <t>John Wesley Harper</t>
   </si>
   <si>
     <t>Johnharperflorida@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100347 </t>
   </si>
   <si>
     <t>Stuart E Karp</t>
   </si>
   <si>
     <t>Stuart@calusarecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100348 </t>
   </si>
   <si>
+    <t>Ms. Brenda Kay Kinman</t>
+  </si>
+  <si>
     <t>bkk0221@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100349 </t>
   </si>
   <si>
+    <t>Mrs. Rebekah Austin Cotton Kerr</t>
+  </si>
+  <si>
     <t>rkerr@gwjax.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100350 </t>
   </si>
   <si>
     <t>Stacy R Zupan</t>
   </si>
   <si>
     <t>tate.31@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100351 </t>
   </si>
   <si>
     <t>Jane V Skalski</t>
   </si>
   <si>
     <t>Janeskalski@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100352 </t>
   </si>
   <si>
+    <t>Mr. John J Binns</t>
+  </si>
+  <si>
     <t>john.binns@wellnessresourcecenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100353 </t>
   </si>
   <si>
+    <t>Ms. Jacqueline C Shay</t>
+  </si>
+  <si>
     <t>jackieshay@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100354 </t>
   </si>
   <si>
     <t>Jay H Jonas</t>
   </si>
   <si>
     <t>jhjonas2011@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100355 </t>
   </si>
   <si>
     <t>Michael C. James</t>
   </si>
   <si>
     <t>mjames17@fau.edu</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100356 </t>
   </si>
   <si>
     <t>Matthew D Ison</t>
   </si>
   <si>
     <t>ison742@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100357 </t>
   </si>
   <si>
+    <t>Ms. Dana Alyce Herrera</t>
+  </si>
+  <si>
     <t>newlifesoberlivingfl@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100358 </t>
   </si>
   <si>
     <t>Brian P Marra</t>
   </si>
   <si>
     <t>brian.marra@briaryrr.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100359 </t>
   </si>
   <si>
     <t>Alan Tobiason</t>
   </si>
   <si>
     <t>alantobiason@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100360 </t>
   </si>
   <si>
+    <t>Ms. Kelly Ann Miller</t>
+  </si>
+  <si>
     <t>KellyMiller2376@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100361 </t>
   </si>
   <si>
+    <t>Ms. Vanester Jones</t>
+  </si>
+  <si>
     <t>busy.me@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100362 </t>
   </si>
   <si>
+    <t>Mr. Vence A Monlyn</t>
+  </si>
+  <si>
     <t>npiqa@keetoncorrections.com</t>
   </si>
   <si>
     <t>Bay</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100363 </t>
   </si>
   <si>
+    <t>Mr. Raymond Roy Rapaglia</t>
+  </si>
+  <si>
     <t>RayRapaglia@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100364 </t>
   </si>
   <si>
+    <t>Mrs. Tracey V Castillo</t>
+  </si>
+  <si>
     <t>tissycas@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100365 </t>
   </si>
   <si>
     <t>William Pfeiffer</t>
   </si>
   <si>
     <t>bp555@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100366 </t>
   </si>
   <si>
     <t>Thomas J Griffin</t>
   </si>
   <si>
     <t>tom@thetransitionhouse.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100367 </t>
   </si>
   <si>
+    <t>Mr. Dennis Kolsch II</t>
+  </si>
+  <si>
     <t>denny@peace.club</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100368 </t>
   </si>
   <si>
+    <t>Ms. Renee Yvette</t>
+  </si>
+  <si>
     <t>jtrfinancialservices@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100369 </t>
   </si>
   <si>
+    <t>Mr. Michael Alan Gordon</t>
+  </si>
+  <si>
     <t>mgordon@sunsetrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100370 </t>
   </si>
   <si>
+    <t>Mr. Jeffrey E Jaskiel</t>
+  </si>
+  <si>
     <t>JeffreyJaskiel@outlook.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100371 </t>
   </si>
   <si>
     <t>Heidi Finnegan</t>
   </si>
   <si>
     <t>Hfinnerchild@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100372 </t>
   </si>
   <si>
     <t>Chris Hays</t>
   </si>
   <si>
     <t>chrishays2323@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100373 </t>
   </si>
   <si>
+    <t>Ms. Marialuisa Luisa Way</t>
+  </si>
+  <si>
     <t>marisaway01@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100374 </t>
   </si>
   <si>
+    <t>Mr. Ross Alan Donahue</t>
+  </si>
+  <si>
     <t>donahura@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100375 </t>
   </si>
   <si>
+    <t>Mr. Kenneth Larry Johnson</t>
+  </si>
+  <si>
     <t>Discipleshiphouse227@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100376 </t>
   </si>
   <si>
     <t>Danielle Rebecca Rebuck</t>
   </si>
   <si>
     <t>danielle@graciouscarerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100377 </t>
   </si>
   <si>
+    <t>Mr. Igor Soldatov</t>
+  </si>
+  <si>
     <t>Phoenix.egor1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100378 </t>
   </si>
   <si>
     <t>Marc Leo Yurgenson</t>
   </si>
   <si>
     <t>marc_yurgy@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100379 </t>
   </si>
   <si>
+    <t>Mr. Ryan Quigley</t>
+  </si>
+  <si>
     <t>RQuigley610@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100380 </t>
   </si>
   <si>
+    <t>Ms. Marguerite D Ballard</t>
+  </si>
+  <si>
     <t>TML4@gmx.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100381 </t>
   </si>
   <si>
     <t>Megan Cosgrove</t>
   </si>
   <si>
     <t>megancosgrove8@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100382 </t>
   </si>
   <si>
+    <t>Ms. Brittany Ringersen</t>
+  </si>
+  <si>
     <t>bringersen@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100383 </t>
   </si>
   <si>
+    <t>Mrs. Theresa R Tripucka</t>
+  </si>
+  <si>
     <t>punkchic2011@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100384 </t>
   </si>
   <si>
     <t>Stephen A O'Brien</t>
   </si>
   <si>
     <t>stephen.obrien@harmonyoutpatient.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100385 </t>
   </si>
   <si>
     <t>Matthew Byrne Byrne</t>
   </si>
   <si>
     <t>mattbyrne49@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100386 </t>
   </si>
   <si>
     <t>Kristie Slinskey</t>
   </si>
   <si>
     <t>kslinskey@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100387 </t>
   </si>
   <si>
+    <t>Mr. Timothy Michael O'Connell</t>
+  </si>
+  <si>
     <t>timmypbg@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100388 </t>
   </si>
   <si>
     <t>Michael S Rothstein Rothstein</t>
   </si>
   <si>
     <t>wchi@essentialsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100389 </t>
   </si>
   <si>
     <t>Christopher Louis Yurkow Hoffman</t>
   </si>
   <si>
     <t>choffman8541.bwr@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100390 </t>
   </si>
   <si>
+    <t>Mr. Carl Edward Smith Jr.</t>
+  </si>
+  <si>
     <t>finesoberliving@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100391 </t>
   </si>
   <si>
+    <t>Ms. Lexie L Woods</t>
+  </si>
+  <si>
     <t>Lexielwoods@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100392 </t>
   </si>
   <si>
     <t>Marcee U Scott</t>
   </si>
   <si>
     <t>mscott@essentialsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100393 </t>
   </si>
   <si>
     <t>David Todd Zaiff</t>
   </si>
   <si>
     <t>davidzaiff@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100394 </t>
   </si>
   <si>
+    <t>Mr. Kurt Richard Raatz</t>
+  </si>
+  <si>
     <t>kurtraatz@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100395 </t>
   </si>
   <si>
+    <t>Mr. Paul F Fisher</t>
+  </si>
+  <si>
     <t>paulfresh2@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100396 </t>
   </si>
   <si>
     <t>Patrick A Saverino Jr</t>
   </si>
   <si>
     <t>patricks@recoveryunplugged.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100397 </t>
   </si>
   <si>
+    <t>Mr. William Donald Soutar</t>
+  </si>
+  <si>
     <t>joe.soutar@lifeskillssf.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100398 </t>
   </si>
   <si>
+    <t>Mr. Joseph P Hansel</t>
+  </si>
+  <si>
     <t>Joseph.Hansel@lakeviewhealth.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100399 </t>
   </si>
   <si>
     <t>Leigh Theodore Hollander</t>
   </si>
   <si>
     <t>leighhollander@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100400 </t>
   </si>
   <si>
     <t>Horace Alfred Holloway</t>
   </si>
   <si>
     <t>Denayjah@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100401 </t>
   </si>
   <si>
     <t>Joanna Wruszak</t>
   </si>
   <si>
     <t>tranquility.jojo@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100402 </t>
   </si>
   <si>
+    <t>Ms. Tara M Cannon</t>
+  </si>
+  <si>
     <t>cannon.taram@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100403 </t>
   </si>
   <si>
     <t>Laurie Anne Spataro</t>
   </si>
   <si>
     <t>lilygirl1966@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100404 </t>
   </si>
   <si>
+    <t>Mrs. Patricia Spango</t>
+  </si>
+  <si>
     <t>xspangs11@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100405 </t>
   </si>
   <si>
+    <t>Mrs. Michelle Quinton</t>
+  </si>
+  <si>
     <t>mquinton@theguesthouseocala.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100406 </t>
   </si>
   <si>
+    <t>Ms. Amy Elizabeth Cooper</t>
+  </si>
+  <si>
     <t>amycooper@faithatthebeach.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100407 </t>
   </si>
   <si>
+    <t>Mr. Richard Kleinhans</t>
+  </si>
+  <si>
     <t>kokodiablo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100408 </t>
   </si>
   <si>
+    <t>Mr. Alvise V Pugliese</t>
+  </si>
+  <si>
     <t>apugliese@brightfuturestreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100409 </t>
   </si>
   <si>
     <t>Janette Lopez Lopez</t>
   </si>
   <si>
     <t>janette_lopez_1969@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100410 </t>
   </si>
   <si>
     <t>Kelly Ratisher</t>
   </si>
   <si>
     <t>kratisher84@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100411 </t>
   </si>
   <si>
     <t>Linda Marie Pupke</t>
   </si>
   <si>
     <t>boziefozie@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100412 </t>
   </si>
   <si>
+    <t>Mr. Shayne Sundholm</t>
+  </si>
+  <si>
     <t>ssundholm@cleanrecoverycenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100413 </t>
   </si>
   <si>
+    <t>Mr. William T Kovach</t>
+  </si>
+  <si>
     <t>kovach2102@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100414 </t>
   </si>
   <si>
     <t>Victoria Vera</t>
   </si>
   <si>
     <t>vvera@aionrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100415 </t>
   </si>
   <si>
     <t>Alisa R Manuel</t>
   </si>
   <si>
     <t>lisamindc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100416 </t>
   </si>
   <si>
+    <t>Ms. Jennifer Rae Hunt</t>
+  </si>
+  <si>
     <t>jenny.hunt226@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100417 </t>
   </si>
   <si>
+    <t>Ms. Nancy Susan Williamson</t>
+  </si>
+  <si>
     <t>Nancytypes@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100418 </t>
   </si>
   <si>
+    <t>Ms. Debra Ann Organo</t>
+  </si>
+  <si>
     <t>Debrasallthat@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100419 </t>
   </si>
   <si>
     <t>Brenden E Chew</t>
   </si>
   <si>
     <t>brenden.chew@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100420 </t>
   </si>
   <si>
+    <t>Mrs. Stephanie Rachael Martinez</t>
+  </si>
+  <si>
     <t>stephmartinez003@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100421 </t>
   </si>
   <si>
     <t>Rachel Snyder</t>
   </si>
   <si>
     <t>r.snyder4910@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100422 </t>
   </si>
   <si>
+    <t>Ms. Kelly L Hubbard</t>
+  </si>
+  <si>
     <t>dkhubb@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100423 </t>
   </si>
   <si>
+    <t>Mrs. Jennifer Lynn Schmitt</t>
+  </si>
+  <si>
     <t>jennifer.schmitt@artoflivinghome.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100424 </t>
   </si>
   <si>
+    <t>Mr. David Adams Cox</t>
+  </si>
+  <si>
     <t>easyhorizons@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100425 </t>
   </si>
   <si>
+    <t>Mr. Lonny A Mead Mead</t>
+  </si>
+  <si>
     <t>lonnymead@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100426 </t>
   </si>
   <si>
+    <t>Mr. Ramon A Hooper III</t>
+  </si>
+  <si>
     <t>Sarahshousellc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100427 </t>
   </si>
   <si>
     <t>Seth Kaplan</t>
   </si>
   <si>
     <t>Lonnymead@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100428 </t>
   </si>
   <si>
     <t>Whitney A McMillan</t>
   </si>
   <si>
     <t>morsew@rehabsouthflorida.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100429 </t>
   </si>
   <si>
     <t>Patrick R Ziolkowski</t>
   </si>
   <si>
     <t>pziolkowski81@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100430 </t>
   </si>
   <si>
+    <t>Mr. Nicholas James Conti</t>
+  </si>
+  <si>
     <t>n.conti@rockrecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100431 </t>
   </si>
   <si>
     <t>Jessica Angela Watkins</t>
   </si>
   <si>
     <t>jessicawatkinslcsw@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100432 </t>
   </si>
   <si>
     <t>Carrie Bukowinski</t>
   </si>
   <si>
     <t>bukowinskicarrie@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100433 </t>
   </si>
   <si>
     <t>Alison R Tarlow</t>
   </si>
   <si>
     <t>dratarlow@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100434 </t>
   </si>
   <si>
+    <t>Mr. John Marika</t>
+  </si>
+  <si>
     <t>gonegator44@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100435 </t>
   </si>
   <si>
+    <t>Mr. Jeffrey J Tucker</t>
+  </si>
+  <si>
     <t>jjtucker1@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100436 </t>
   </si>
   <si>
     <t>Sarah Marwan Babaa</t>
   </si>
   <si>
     <t>sarahmbabaa@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100437 </t>
   </si>
   <si>
     <t>Terrance Gerard Brennan</t>
   </si>
   <si>
     <t>tbrennanmph@icloud.com</t>
   </si>
   <si>
     <t>St. Johns</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100438 </t>
   </si>
   <si>
+    <t>Ms. Teleauba Y. Revels</t>
+  </si>
+  <si>
     <t>revtele@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100439 </t>
   </si>
   <si>
+    <t>Mrs. Ashley Marie Candelmo</t>
+  </si>
+  <si>
     <t>ashleycandelmo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100440 </t>
   </si>
   <si>
+    <t>Mr. Kyle S Diehl</t>
+  </si>
+  <si>
     <t>kyle@gooddaysrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100441 </t>
   </si>
   <si>
+    <t>Mr. Donald Alan Ford</t>
+  </si>
+  <si>
     <t>donaldaford@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100442 </t>
   </si>
   <si>
     <t>Sandi L. Carlson</t>
   </si>
   <si>
     <t>Drcarlson@msdatc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100443 </t>
   </si>
   <si>
+    <t>Mr. Martin Thomas Waddington</t>
+  </si>
+  <si>
     <t>martinwaddington@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100444 </t>
   </si>
   <si>
+    <t>Mr. John Dudash Rev</t>
+  </si>
+  <si>
     <t>johndudash99@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100445 </t>
   </si>
   <si>
+    <t>Ms. Deborah Furman Coleman</t>
+  </si>
+  <si>
     <t>djcoleman13@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100446 </t>
   </si>
   <si>
+    <t>Mr. Michael R Griggs</t>
+  </si>
+  <si>
     <t>michaelrgriggs11@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100447 </t>
   </si>
   <si>
+    <t>Mr. Michael Arthur Flood Flood</t>
+  </si>
+  <si>
     <t>gotbuyers@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100448 </t>
   </si>
   <si>
+    <t>Mr. Jeffrey Robert Irwin</t>
+  </si>
+  <si>
     <t>JEFFIRWINSSI@GMAIL.COM</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100449 </t>
   </si>
   <si>
     <t>Vincent Caldwell</t>
   </si>
   <si>
     <t>vcaldwel8@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100450 </t>
   </si>
   <si>
     <t>Lisa M Richardson</t>
   </si>
   <si>
     <t>lisarichardson593@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100451 </t>
   </si>
   <si>
+    <t>Mr. Rudolph J Baldoni Jr.</t>
+  </si>
+  <si>
     <t>rjbaldoni@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100452 </t>
   </si>
   <si>
     <t>Zachary Miller</t>
   </si>
   <si>
     <t>zmiller@palmcoastrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100453 </t>
   </si>
   <si>
+    <t>Mr. William Crocco Crocco</t>
+  </si>
+  <si>
     <t>jay@firststepbh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100454 </t>
   </si>
   <si>
     <t>Marjorie Allen</t>
   </si>
   <si>
     <t>Marge@firststepbh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100455 </t>
   </si>
   <si>
     <t>Rebecca L Fields Fields</t>
   </si>
   <si>
     <t>rlfields68@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100456 </t>
   </si>
   <si>
     <t>Matthew T Thomas</t>
   </si>
   <si>
     <t>matt@augustinerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100457 </t>
   </si>
   <si>
+    <t>Mr. Mark Gibson</t>
+  </si>
+  <si>
     <t>gibsonmark1968@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100458 </t>
   </si>
   <si>
+    <t>Mr. Ronald J Chapman</t>
+  </si>
+  <si>
     <t>chapman.ronj@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100459 </t>
   </si>
   <si>
     <t>Janis L Bauer</t>
   </si>
   <si>
     <t>demiweb1@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100460 </t>
   </si>
   <si>
+    <t>Mr. Gerald Patrick Nolan</t>
+  </si>
+  <si>
     <t>temperancecounseling@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100461 </t>
   </si>
   <si>
+    <t>Mr. Jose L Ayala</t>
+  </si>
+  <si>
     <t>Ponch758@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100462 </t>
   </si>
   <si>
+    <t>Mr. Vandy Brisbon</t>
+  </si>
+  <si>
     <t>vandy@firststepbh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100463 </t>
   </si>
   <si>
     <t>Shira T. Caswell</t>
   </si>
   <si>
     <t>caswellshira@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100464 </t>
   </si>
   <si>
+    <t>Ms. Claudia R Rodrigues</t>
+  </si>
+  <si>
     <t>crodrigues@thepalmsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100465 </t>
   </si>
   <si>
     <t>Robert L. Murdorf</t>
   </si>
   <si>
     <t>kidrock1958@att.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100466 </t>
   </si>
   <si>
     <t>Wesley R Odell</t>
   </si>
   <si>
     <t>wes.odell@paxcampus.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100467 </t>
   </si>
   <si>
+    <t>Mr. Josh M Veal</t>
+  </si>
+  <si>
     <t>Josh.veal28@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100468 </t>
   </si>
   <si>
     <t>Kevin E Sinwelski</t>
   </si>
   <si>
     <t>sinwelski.k@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100469 </t>
   </si>
   <si>
+    <t>Ms. Julia Arrendell</t>
+  </si>
+  <si>
     <t>juliaarrendell@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100470 </t>
   </si>
   <si>
+    <t>Mr. Troy Garr</t>
+  </si>
+  <si>
     <t>Troygarr@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100471 </t>
   </si>
   <si>
+    <t>Mr. David E Pearce</t>
+  </si>
+  <si>
     <t>projectsoaradmissions@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100472 </t>
   </si>
   <si>
+    <t>Ms. Maydean Yates</t>
+  </si>
+  <si>
     <t>maydeany@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100473 </t>
   </si>
   <si>
+    <t>Ms. Jennifer Leigh Mobley</t>
+  </si>
+  <si>
     <t>leigh92971@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100474 </t>
   </si>
   <si>
+    <t>Ms. Marilyn Thomas</t>
+  </si>
+  <si>
     <t>marilynthomas489@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100475 </t>
   </si>
   <si>
     <t>Thomas Steven Hill</t>
   </si>
   <si>
     <t>stevenhill54@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100476 </t>
   </si>
   <si>
     <t>Laura F Lafarr</t>
   </si>
   <si>
     <t>nanalaf@bellsouth.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100477 </t>
   </si>
   <si>
+    <t>Mr. Paul Zilber</t>
+  </si>
+  <si>
     <t>paulzilber@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100478 </t>
   </si>
   <si>
     <t>Adam Herfield</t>
   </si>
   <si>
     <t>aherfield@priderecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100480 </t>
   </si>
   <si>
+    <t>Ms. Alaina C Edwards</t>
+  </si>
+  <si>
     <t>alaina.edwards27@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100481 </t>
   </si>
   <si>
     <t>Michael A Crousore</t>
   </si>
   <si>
     <t>mykulandroo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100482 </t>
   </si>
   <si>
+    <t>Ms. Karen F Berk</t>
+  </si>
+  <si>
     <t>karen.kbmailbox@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100483 </t>
   </si>
   <si>
+    <t>Ms. Joanna M. Painton-Hathaway</t>
+  </si>
+  <si>
     <t>phoenix112864@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100484 </t>
   </si>
   <si>
+    <t>Mr. Donald L Emanuel Jr</t>
+  </si>
+  <si>
     <t>Demanueljr@Gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100485 </t>
   </si>
   <si>
     <t>Dena M Paniccia</t>
   </si>
   <si>
     <t>Dmpanicc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100486 </t>
   </si>
   <si>
     <t>Cassandra Ronzino</t>
   </si>
   <si>
     <t>cassandra@coalitionrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100487 </t>
   </si>
   <si>
+    <t>Ms. Leticia Ferraro</t>
+  </si>
+  <si>
     <t>Leticiaferraro@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100488 </t>
   </si>
   <si>
     <t>Noelle M Bevelhymer</t>
   </si>
   <si>
     <t>noelle@villatranquilrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100489 </t>
   </si>
   <si>
     <t>Ryan J Croall</t>
   </si>
   <si>
     <t>ryan.croall@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100490 </t>
   </si>
   <si>
+    <t>Mr. Michael Cianci</t>
+  </si>
+  <si>
     <t>mike.cianci@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100491 </t>
   </si>
   <si>
+    <t>Mrs. Margarita Del Carmen Battistini de Lauria</t>
+  </si>
+  <si>
     <t>battistinimargarita@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100492 </t>
   </si>
   <si>
+    <t>Mrs. Jessica Terranova Cook</t>
+  </si>
+  <si>
     <t>jess@reprievellc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100493 </t>
   </si>
   <si>
+    <t>Ms. Michelle A Price</t>
+  </si>
+  <si>
     <t>thisandthatceo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100494 </t>
   </si>
   <si>
+    <t>Mr. Ryan John Potter</t>
+  </si>
+  <si>
     <t>rpotter561@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100495 </t>
   </si>
   <si>
+    <t>Mr. Paul Apanowicz</t>
+  </si>
+  <si>
     <t>pdapanowicz@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100496 </t>
   </si>
   <si>
+    <t>Mr. Kanan S Hobbs</t>
+  </si>
+  <si>
     <t>kane@sobermindsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100497 </t>
   </si>
   <si>
+    <t>Mr. Taylor Dodge</t>
+  </si>
+  <si>
     <t>taylorvandodge@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100498 </t>
   </si>
   <si>
+    <t>Mr. Clint Britton</t>
+  </si>
+  <si>
     <t>Ctbritton27@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100499 </t>
   </si>
   <si>
+    <t>Ms. Angelique R Hofacre</t>
+  </si>
+  <si>
     <t>davincihomellc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100500 </t>
   </si>
   <si>
+    <t>Mr. Robert W Bigelow</t>
+  </si>
+  <si>
     <t>bob@freshpeek.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100501 </t>
   </si>
   <si>
+    <t>Mrs. Desiree D Preston</t>
+  </si>
+  <si>
     <t>presrich46@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100502 </t>
   </si>
   <si>
     <t>Jessica A Day</t>
   </si>
   <si>
     <t>jessicaday.firststep@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100503 </t>
   </si>
   <si>
+    <t>Mr. Michael D Palumbo</t>
+  </si>
+  <si>
     <t>mikepalumbo2@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100504 </t>
   </si>
   <si>
+    <t>Ms. Connie Davis Belcher</t>
+  </si>
+  <si>
     <t>connieb883@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100505 </t>
   </si>
   <si>
+    <t>Mr. Samuel Beer</t>
+  </si>
+  <si>
     <t>sbeer93@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100506 </t>
   </si>
   <si>
+    <t>Mr. Theodore M Monticello</t>
+  </si>
+  <si>
     <t>ted.monticello@lifeskillssf.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100507 </t>
   </si>
   <si>
+    <t>Mr. Ronnie Nelson Hanley</t>
+  </si>
+  <si>
     <t>ronniehanley33@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100508 </t>
   </si>
   <si>
+    <t>Mr. Richard J White Jr</t>
+  </si>
+  <si>
     <t>Lt.rickwhite@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100509 </t>
   </si>
   <si>
+    <t>Mr. Michael Manuel Cabot</t>
+  </si>
+  <si>
     <t>michaelcabot@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100510 </t>
   </si>
   <si>
+    <t>Ms. Reagan F Bender</t>
+  </si>
+  <si>
     <t>rbender5183@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100511 </t>
   </si>
   <si>
     <t>Stacy L Ackner</t>
   </si>
   <si>
     <t>stacy.ackner@unitybh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100512 </t>
   </si>
   <si>
+    <t>Mrs. Angela Michelle Cowell</t>
+  </si>
+  <si>
     <t>amdeangelis19@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100513 </t>
   </si>
   <si>
+    <t>Ms. Katrina L Chase</t>
+  </si>
+  <si>
     <t>SUMMARY SUSPENSION</t>
   </si>
   <si>
     <t>katrinalynnchase@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100514 </t>
   </si>
   <si>
     <t>Kelly Scott Hettema</t>
   </si>
   <si>
     <t>kellyhettema@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100515 </t>
   </si>
   <si>
+    <t>Mr. Cory David Halpern</t>
+  </si>
+  <si>
     <t>chalperncac@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100516 </t>
   </si>
   <si>
+    <t>Mr. Kyle T Harper</t>
+  </si>
+  <si>
     <t>kyle@trifecta.life</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100517 </t>
   </si>
   <si>
+    <t>Mr. Justin McCue</t>
+  </si>
+  <si>
     <t>jmccue@palmcoastrc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100518 </t>
   </si>
   <si>
+    <t>Ms. Chelle C Selph</t>
+  </si>
+  <si>
     <t>cselph@wstreatment.com</t>
   </si>
   <si>
     <t>Citrus</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100519 </t>
   </si>
   <si>
+    <t>Ms. Sonya Marie Crudup</t>
+  </si>
+  <si>
     <t>sonya@dbyj.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100520 </t>
   </si>
   <si>
     <t>Jennie Bosco</t>
   </si>
   <si>
     <t>Jennbosco92@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100521 </t>
   </si>
   <si>
+    <t>Mrs. Amanda K Reynolds Armstrong</t>
+  </si>
+  <si>
     <t>kate.reynolds@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100522 </t>
   </si>
   <si>
+    <t>Ms. Megan Deane</t>
+  </si>
+  <si>
     <t>bayshoreretreat@gmail.com</t>
   </si>
   <si>
     <t>Walton</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100523 </t>
   </si>
   <si>
+    <t>Mrs. Anastasiya Amromin</t>
+  </si>
+  <si>
     <t>aamromin@urpfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100524 </t>
   </si>
   <si>
+    <t>Mrs. Brooke K Laxton</t>
+  </si>
+  <si>
     <t>Blaxton@palmbeachrecoverycenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100525 </t>
   </si>
   <si>
+    <t>Ms. Barbie J Thrower</t>
+  </si>
+  <si>
     <t>barbie@spacecoastrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100526 </t>
   </si>
   <si>
     <t>Michael D Jasniewski</t>
   </si>
   <si>
     <t>mikej@beachsiderehab.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100527 </t>
   </si>
   <si>
+    <t>Mr. Sean Barr</t>
+  </si>
+  <si>
     <t>sean@thehartmanhouse.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100528 </t>
   </si>
   <si>
+    <t>Ms. Amanda L Hubbard Hubbard</t>
+  </si>
+  <si>
     <t>amandahubbard93@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100529 </t>
   </si>
   <si>
+    <t>Ms. Terry A Morris</t>
+  </si>
+  <si>
     <t>yesitsmet2@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100530 </t>
   </si>
   <si>
+    <t>Mr. Tyrone A Cowell Sr</t>
+  </si>
+  <si>
     <t>TCOWELLFLATC@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100531 </t>
   </si>
   <si>
+    <t>Ms. Julia Deitchman</t>
+  </si>
+  <si>
     <t>pigeonlights@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100532 </t>
   </si>
   <si>
+    <t>Mrs. Margaret Baldwin</t>
+  </si>
+  <si>
     <t>maggie.bluehorses@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100533 </t>
   </si>
   <si>
     <t>Brandy Jean Ray</t>
   </si>
   <si>
     <t>brandyray961984@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100534 </t>
   </si>
   <si>
+    <t>Ms. Rachel Tea</t>
+  </si>
+  <si>
     <t>Rachel.tea10@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100535 </t>
   </si>
   <si>
+    <t>Mr. Robert Negron Jr</t>
+  </si>
+  <si>
     <t>robertinrecoverynegron@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100536 </t>
   </si>
   <si>
+    <t>Ms. Erica L Battista</t>
+  </si>
+  <si>
     <t>ericacadavid8135@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100537 </t>
   </si>
   <si>
+    <t>Mr. Donald Barnhart</t>
+  </si>
+  <si>
     <t>dotsbigboy@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100538 </t>
   </si>
   <si>
+    <t>Ms. Kathryn Del Guidice</t>
+  </si>
+  <si>
     <t>dkathyd413@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100539 </t>
   </si>
   <si>
+    <t>Mr. Garry N Trout</t>
+  </si>
+  <si>
     <t>nicktrout1@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100540 </t>
   </si>
   <si>
     <t>Kenneth A Link III</t>
   </si>
   <si>
     <t>link.kenneth2144@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100541 </t>
   </si>
   <si>
     <t>Laura Lee Jones</t>
   </si>
   <si>
     <t>ljones@whitesandstreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100542 </t>
   </si>
   <si>
+    <t>Mr. David Stein</t>
+  </si>
+  <si>
     <t>projectsoarbilling@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100543 </t>
   </si>
   <si>
+    <t>Mrs. Linda A Barbes Stein</t>
+  </si>
+  <si>
     <t xml:space="preserve">CRRA.0100544 </t>
   </si>
   <si>
+    <t>Mr. Phillip Ralph Peters</t>
+  </si>
+  <si>
     <t>Phil@Footprintsbeachside.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100545 </t>
   </si>
   <si>
     <t>Bryan Freese</t>
   </si>
   <si>
     <t>bryan7045@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100546 </t>
   </si>
   <si>
+    <t>Mr. Tory Perfetti</t>
+  </si>
+  <si>
     <t>tory@bettertomorrowtc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100547 </t>
   </si>
   <si>
+    <t>Dr. Renee Noel</t>
+  </si>
+  <si>
     <t>reneenoel1958@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100548 </t>
   </si>
   <si>
+    <t>Mrs. Miriam Meneely</t>
+  </si>
+  <si>
     <t>Mbrighton@liberty.edu</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100549 </t>
   </si>
   <si>
+    <t>Mr. John C Cunningham</t>
+  </si>
+  <si>
     <t>johncunningham@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100550 </t>
   </si>
   <si>
+    <t>Mr. Chrysley D Schroeder Jr</t>
+  </si>
+  <si>
     <t>cy@sterlinghouserecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100551 </t>
   </si>
   <si>
+    <t>Ms. April L Young</t>
+  </si>
+  <si>
     <t>eolcaprilyoung@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100552 </t>
   </si>
   <si>
+    <t>Mrs. Brenna Koretsky Pezo</t>
+  </si>
+  <si>
     <t>bkpezo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100553 </t>
   </si>
   <si>
+    <t>Mrs. Carla A Sweeney</t>
+  </si>
+  <si>
     <t>awakeningshouseinfo@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100554 </t>
   </si>
   <si>
+    <t>Mr. Thomas Santomauro</t>
+  </si>
+  <si>
     <t>tom.santomauro@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100555 </t>
   </si>
   <si>
+    <t>Mrs. Catherine M Cabot</t>
+  </si>
+  <si>
     <t>catcabot@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100556 </t>
   </si>
   <si>
+    <t>Mr. Thomas Beyer</t>
+  </si>
+  <si>
     <t>beyermatthews@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100557 </t>
   </si>
   <si>
+    <t>Mr. Joseph C Batchelor Iv</t>
+  </si>
+  <si>
     <t>batcheloriv@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100558 </t>
   </si>
   <si>
+    <t>Mr. Steven Bernard Williams</t>
+  </si>
+  <si>
     <t>stvnwilliams@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100559 </t>
   </si>
   <si>
     <t>Angela Marie Drayton</t>
   </si>
   <si>
     <t>angela.drayton@westcare.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100560 </t>
   </si>
   <si>
+    <t>Ms. Stephanie Sheiner</t>
+  </si>
+  <si>
     <t>stephanie.sheiner@recoveryunplugged.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100561 </t>
   </si>
   <si>
     <t>Hector Sigler</t>
   </si>
   <si>
     <t>hsigler@fcfrmd.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100562 </t>
   </si>
   <si>
+    <t>Mr. Curtis S Reeves</t>
+  </si>
+  <si>
     <t>curtistrc17@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100563 </t>
   </si>
   <si>
+    <t>Mr. Steven G Farnsworth</t>
+  </si>
+  <si>
     <t>steve@intoaction.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100564 </t>
   </si>
   <si>
+    <t>Ms. Patricia E. Jones</t>
+  </si>
+  <si>
     <t>patjon67@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100600 </t>
   </si>
   <si>
+    <t>Mr. Mark A Santosuosso</t>
+  </si>
+  <si>
     <t>markpalms94@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100601 </t>
   </si>
   <si>
+    <t>Mr. Ashneil S Soni</t>
+  </si>
+  <si>
     <t>neilsoni225@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100602 </t>
   </si>
   <si>
+    <t>Mr. Justin Kalel Baksh</t>
+  </si>
+  <si>
     <t>jkbaksh@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100603 </t>
   </si>
   <si>
     <t>LaTonya Baker Baker</t>
   </si>
   <si>
     <t>buywithtonya@gmail.com</t>
   </si>
   <si>
     <t>Leon</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100604 </t>
   </si>
   <si>
+    <t>Mr. Kurt Allen</t>
+  </si>
+  <si>
     <t>kurt@healingproperties.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100605 </t>
   </si>
   <si>
+    <t>Mr. Ryan Mauthe</t>
+  </si>
+  <si>
     <t>ryan.mauthe@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100606 </t>
   </si>
   <si>
+    <t>Mrs. Amber T Gilbert</t>
+  </si>
+  <si>
     <t>amber@lifechurchpalatka.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100607 </t>
   </si>
   <si>
+    <t>Mr. James F Slattery II</t>
+  </si>
+  <si>
     <t>jj@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100608 </t>
   </si>
   <si>
+    <t>Mrs. Barbara Sue Moody-Holbrook</t>
+  </si>
+  <si>
     <t>barbara.moody.holbrook@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100609 </t>
   </si>
   <si>
+    <t>Mr. Robert J Smith III</t>
+  </si>
+  <si>
     <t>rsmith@familyfirstas.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100610 </t>
   </si>
   <si>
+    <t>Ms. Linda M. Pyz</t>
+  </si>
+  <si>
     <t>L.pyz@tranquilshores.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100611 </t>
   </si>
   <si>
+    <t>Ms. Ashley Janell Zeilic</t>
+  </si>
+  <si>
     <t>azeilic@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100612 </t>
   </si>
   <si>
+    <t>Mr. Logan W Chamberlin</t>
+  </si>
+  <si>
     <t>Logan@Monarchhomeflorida.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100613 </t>
   </si>
   <si>
+    <t>Mr. Robert Klee Rebban</t>
+  </si>
+  <si>
     <t>rkrebban@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100614 </t>
   </si>
   <si>
+    <t>Mr. Mark Douglas McInnes</t>
+  </si>
+  <si>
     <t>mark@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100615 </t>
   </si>
   <si>
+    <t>Ms. Janet Lee Johnson</t>
+  </si>
+  <si>
     <t>janet42687@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100616 </t>
   </si>
   <si>
     <t>Elita Pendora Gast</t>
   </si>
   <si>
     <t>gasthm@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100617 </t>
   </si>
   <si>
+    <t>Ms. Heather Eckert</t>
+  </si>
+  <si>
     <t>heckert@cleanrecoverycenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100618 </t>
   </si>
   <si>
+    <t>Ms. Sandra M Barnett</t>
+  </si>
+  <si>
     <t>usn2@sandrabarnett.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100619 </t>
   </si>
   <si>
     <t>Derek Thomas Smith</t>
   </si>
   <si>
     <t>polrsoberliving@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100620 </t>
   </si>
   <si>
+    <t>Mr. George Reynolds</t>
+  </si>
+  <si>
     <t>greynolds@allinsolutions.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100621 </t>
   </si>
   <si>
+    <t>Mr. George Morris</t>
+  </si>
+  <si>
     <t>usmcgrm@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100622 </t>
   </si>
   <si>
+    <t>Mr. Robert Hofmann</t>
+  </si>
+  <si>
     <t>jev75l@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100623 </t>
   </si>
   <si>
+    <t>Mr. Austin Patrick Mckenna</t>
+  </si>
+  <si>
     <t>austin@bettertomorrowtc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100624 </t>
   </si>
   <si>
+    <t>Mr. Andrew J Canny</t>
+  </si>
+  <si>
     <t>andrew.canny@grncare.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100625 </t>
   </si>
   <si>
     <t>Martin DiLiegro</t>
   </si>
   <si>
     <t>mdiliegro@banyancenters.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100626 </t>
   </si>
   <si>
+    <t>Mr. John Nash Pakel</t>
+  </si>
+  <si>
     <t>j.nash@apexwellness.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100627 </t>
   </si>
   <si>
+    <t>Ms. Sauda P Harris</t>
+  </si>
+  <si>
     <t>saudapeck@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100628 </t>
   </si>
   <si>
     <t>Elijah Hill DeVall</t>
   </si>
   <si>
     <t>elijahdevall@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100629 </t>
   </si>
   <si>
+    <t>Mrs. Kathryn Lund</t>
+  </si>
+  <si>
     <t>katysplacesoberliving@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100630 </t>
   </si>
   <si>
+    <t>Ms. Courtney Creese</t>
+  </si>
+  <si>
     <t>cacreese@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100631 </t>
   </si>
   <si>
+    <t>Ms. Brittany Booth</t>
+  </si>
+  <si>
     <t>Boothbrittanya@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100632 </t>
   </si>
   <si>
+    <t>Mr. David Wayne Smith</t>
+  </si>
+  <si>
     <t>davidsmith@augustinerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100633 </t>
   </si>
   <si>
+    <t>Mr. Dale Garth Gibson</t>
+  </si>
+  <si>
     <t>dale4gibson@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100634 </t>
   </si>
   <si>
+    <t>Ms. Kimberly Gay</t>
+  </si>
+  <si>
     <t>awesomesauce2416@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100635 </t>
   </si>
   <si>
+    <t>Mr. James E Findlay</t>
+  </si>
+  <si>
     <t>jameseagle3000@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100636 </t>
   </si>
   <si>
     <t>Cody L MacLenna</t>
   </si>
   <si>
     <t>cody@realrecoveryfl.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100637 </t>
   </si>
   <si>
+    <t>Mr. Adam Kurisko</t>
+  </si>
+  <si>
     <t>Adamkurisko986@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100638 </t>
   </si>
   <si>
+    <t>Mr. Anthony Barcelona Jr.</t>
+  </si>
+  <si>
     <t>shodan95tb@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100639 </t>
   </si>
   <si>
+    <t>Mr. Nicholas Howard Ferriell</t>
+  </si>
+  <si>
     <t>nickfasco@gmail.com</t>
   </si>
   <si>
     <t>Jefferson</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100640 </t>
   </si>
   <si>
+    <t>Mr. Lizardo A Velarde</t>
+  </si>
+  <si>
     <t>lizardovelarde@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100641 </t>
   </si>
   <si>
+    <t>Ms. Veronica Nese</t>
+  </si>
+  <si>
     <t>veronica.nese@grncare.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100642 </t>
   </si>
   <si>
+    <t>Mr. Robert Joseph Gray</t>
+  </si>
+  <si>
     <t>robby@spacecoastrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100643 </t>
   </si>
   <si>
     <t>Andrew Dunnaway</t>
   </si>
   <si>
     <t>drudunnaway@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100644 </t>
   </si>
   <si>
+    <t>Ms. Bonnie Ann Rettka</t>
+  </si>
+  <si>
     <t>bonnie.rettka@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100645 </t>
   </si>
   <si>
+    <t>Mr. Scott Jaworski</t>
+  </si>
+  <si>
     <t>scott.jaworski@uphealthinc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100646 </t>
   </si>
   <si>
+    <t>Ms. Erica Ann Helms</t>
+  </si>
+  <si>
     <t>ehelms@theguesthouseocala.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100647 </t>
   </si>
   <si>
+    <t>Ms. Cailyn Finger</t>
+  </si>
+  <si>
     <t>Cailynfinger@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100648 </t>
   </si>
   <si>
+    <t>Mrs. Jennifer L McCrackin</t>
+  </si>
+  <si>
     <t>jennifer.mccrackin@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100649 </t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100650 </t>
   </si>
   <si>
+    <t>Ms. Emily Nicole Reyes</t>
+  </si>
+  <si>
     <t>emilyreyes764@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100651 </t>
   </si>
   <si>
+    <t>Ms. Taylor Jean Cate</t>
+  </si>
+  <si>
     <t>taylor@transformationsbythegulf.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100652 </t>
   </si>
   <si>
+    <t>Mr. John Michael Cogelia</t>
+  </si>
+  <si>
     <t>jcogelia@voyagerecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100653 </t>
   </si>
   <si>
+    <t>Mr. Brett Harrison</t>
+  </si>
+  <si>
     <t>admin@chrysalishome.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100654 </t>
   </si>
   <si>
+    <t>Mr. Logan Hamilton Finnecy</t>
+  </si>
+  <si>
     <t>Finns97@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100655 </t>
   </si>
   <si>
+    <t>Mr. Derek Andrew McBryde</t>
+  </si>
+  <si>
     <t>derek_mcbryde@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100656 </t>
   </si>
   <si>
+    <t>Ms. Jacqueline Gabriele</t>
+  </si>
+  <si>
     <t>jackeeg989@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100657 </t>
   </si>
   <si>
+    <t>Mr. Colin Daniel Keffner</t>
+  </si>
+  <si>
     <t>ckeffner@familyfirstas.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100658 </t>
   </si>
   <si>
+    <t>Mr. Keith Nelson</t>
+  </si>
+  <si>
     <t>knelson78@live.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100659 </t>
   </si>
   <si>
+    <t>Mrs. Michelle A Cutrera</t>
+  </si>
+  <si>
     <t>Mcutrera11718@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100660 </t>
   </si>
   <si>
+    <t>Ms. Mariam Olson</t>
+  </si>
+  <si>
     <t>olsonmariam0@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100661 </t>
   </si>
   <si>
+    <t>Mrs. Lauren M. Schreck</t>
+  </si>
+  <si>
     <t>lauren_schreck@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100662 </t>
   </si>
   <si>
+    <t>Ms. Ashley Regan</t>
+  </si>
+  <si>
     <t>aregan@Hucenters.com</t>
   </si>
   <si>
     <t>Monmouth</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100663 </t>
   </si>
   <si>
+    <t>Mr. Naftali Horowitz</t>
+  </si>
+  <si>
     <t>naftali0624@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100664 </t>
   </si>
   <si>
+    <t>Ms. Toy L Hines</t>
+  </si>
+  <si>
     <t>no.enemy.inmate.relief@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100665 </t>
   </si>
   <si>
     <t>Amanda Allyce Nelson</t>
   </si>
   <si>
     <t>Adnama167@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100666 </t>
   </si>
   <si>
+    <t>Mr. Eric Cole Young</t>
+  </si>
+  <si>
     <t>ColeYoung217@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100667 </t>
   </si>
   <si>
+    <t>Ms. Jennifer Kay Brown</t>
+  </si>
+  <si>
     <t>jbrown@originsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100668 </t>
   </si>
   <si>
+    <t>Mrs. Laura B Molino</t>
+  </si>
+  <si>
     <t>Laura.asisterinserenity@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100669 </t>
   </si>
   <si>
+    <t>Mr. Jerry Sorani</t>
+  </si>
+  <si>
     <t>jerry.sorani@soberlivingamerica.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100670 </t>
   </si>
   <si>
+    <t>Ms. Lisa J Schnabel</t>
+  </si>
+  <si>
     <t>lisajean301@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100671 </t>
   </si>
   <si>
+    <t>Ms. Victoria Lynn Bartle</t>
+  </si>
+  <si>
     <t>v.bartle0116@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100672 </t>
   </si>
   <si>
+    <t>Mr. Troy Lee Russell</t>
+  </si>
+  <si>
     <t>russelltroy74@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100673 </t>
   </si>
   <si>
     <t>Vonshari Clemetria Hoardes</t>
   </si>
   <si>
     <t>Vonshari21@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100674 </t>
   </si>
   <si>
+    <t>Mrs. Virginia Grier Noyes</t>
+  </si>
+  <si>
     <t>virginia.mclaurin@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100675 </t>
   </si>
   <si>
+    <t>Ms. Dawn Lynn Goldy-Haviland</t>
+  </si>
+  <si>
     <t>dawn.haviland@artesianrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100676 </t>
   </si>
   <si>
+    <t>Mrs. Tamara Kurfiss</t>
+  </si>
+  <si>
     <t>tamara@betterbeginningssoberliving.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100677 </t>
   </si>
   <si>
+    <t>Mr. Kid Quick</t>
+  </si>
+  <si>
     <t>k_d_q@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100678 </t>
   </si>
   <si>
     <t>Jack William Shaw</t>
   </si>
   <si>
     <t>bnimble@rocketmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100679 </t>
   </si>
   <si>
+    <t>Mr. Rodin Calderon</t>
+  </si>
+  <si>
     <t>rodin.calderon@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100680 </t>
   </si>
   <si>
+    <t>Ms. Chelsea Lee Long</t>
+  </si>
+  <si>
     <t>chelsealong@bettertomorrowtc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100681 </t>
   </si>
   <si>
+    <t>Mrs. Holly Hope Hermida-Lopez</t>
+  </si>
+  <si>
     <t>holly@hhflrecovery.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100682 </t>
   </si>
   <si>
+    <t>Mrs. Millicent N Huser</t>
+  </si>
+  <si>
     <t>millihuser@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100683 </t>
   </si>
   <si>
+    <t>Ms. Debra D Lewis</t>
+  </si>
+  <si>
     <t>debl@dlcenters.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100684 </t>
   </si>
   <si>
+    <t>Mr. Robert C Baxter III</t>
+  </si>
+  <si>
     <t>Rbaxter@boostrecovery.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100685 </t>
   </si>
   <si>
+    <t>Mr. Richard Belair</t>
+  </si>
+  <si>
     <t>richardbelair92@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100686 </t>
   </si>
   <si>
+    <t>Mr. Jonathan Charles Pershing Brenner</t>
+  </si>
+  <si>
     <t>JonBrenner2016@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100687 </t>
   </si>
   <si>
+    <t>Mr. Jeremy Mayfield</t>
+  </si>
+  <si>
     <t>rayvill96@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100688 </t>
   </si>
   <si>
+    <t>Mr. Samuel Lucas Guggenheim-Locksley</t>
+  </si>
+  <si>
     <t>samuellucas301@me.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100689 </t>
   </si>
   <si>
+    <t>Ms. Brittany N Leach</t>
+  </si>
+  <si>
     <t>brittany_leach@ymail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100690 </t>
   </si>
   <si>
+    <t>Mr. Rasheed Carlisle Farquharson</t>
+  </si>
+  <si>
     <t>rasheedmartin6@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100691 </t>
   </si>
   <si>
+    <t>Mrs. Elisea Fenster</t>
+  </si>
+  <si>
     <t>eliseafenster@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100692 </t>
   </si>
   <si>
+    <t>Mr. Richard Mintz</t>
+  </si>
+  <si>
     <t>Richardmintz91@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100693 </t>
   </si>
   <si>
+    <t>Mr. Raul Maurice</t>
+  </si>
+  <si>
     <t>raulm101@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100694 </t>
   </si>
   <si>
+    <t>Mrs. Barbara Nicole Gudz</t>
+  </si>
+  <si>
     <t>ngudz@caron.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100695 </t>
   </si>
   <si>
+    <t>Ms. Melissa Holly Manzone</t>
+  </si>
+  <si>
     <t>mmanzoneschkloven@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100696 </t>
   </si>
   <si>
+    <t>Mr. Harold Edward Arnold Jr</t>
+  </si>
+  <si>
     <t>harold@recreatelifecounseling.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100697 </t>
   </si>
   <si>
+    <t>Dr. Chasity Fortham</t>
+  </si>
+  <si>
     <t>the.forthams@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100698 </t>
   </si>
   <si>
+    <t>Mr. Stephen Joseph Brennan</t>
+  </si>
+  <si>
     <t>sbrennan@caron.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100699 </t>
   </si>
   <si>
+    <t>Ms. Venique D Wilson</t>
+  </si>
+  <si>
     <t>Veniquew@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100700 </t>
   </si>
   <si>
+    <t>Mrs. Meredith Belger</t>
+  </si>
+  <si>
     <t>meredith@recoveryrxcorp.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100701 </t>
   </si>
   <si>
+    <t>Mrs. Mary Elizabeth Thierry</t>
+  </si>
+  <si>
     <t>mthierry@foundationtofreedom.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100702 </t>
   </si>
   <si>
     <t>Dow Edward Lusk</t>
   </si>
   <si>
     <t>dowcrra@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100703 </t>
   </si>
   <si>
+    <t>Ms. Sylvetta Mosley</t>
+  </si>
+  <si>
     <t>sylvettamosley@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100704 </t>
   </si>
   <si>
+    <t>Mr. Frank Hernandez</t>
+  </si>
+  <si>
     <t>frankhernandez76@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100705 </t>
   </si>
   <si>
+    <t>Mr. David Cason</t>
+  </si>
+  <si>
     <t>casondm@guilford.edu</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100706 </t>
   </si>
   <si>
+    <t>Ms. Sarah Noel York</t>
+  </si>
+  <si>
     <t>noellie0123@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100707 </t>
   </si>
   <si>
+    <t>Mr. Aharon Cohen</t>
+  </si>
+  <si>
     <t>info@sfloridaoasis.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100708 </t>
   </si>
   <si>
+    <t>Mrs. Linda Eve Welborn</t>
+  </si>
+  <si>
     <t>lindawelborn@hotmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100709 </t>
   </si>
   <si>
+    <t>Mr. Alexander Tate</t>
+  </si>
+  <si>
     <t>alextate1821@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100710 </t>
   </si>
   <si>
+    <t>Ms. Vanessa Aboud</t>
+  </si>
+  <si>
     <t>vani121678@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100711 </t>
   </si>
   <si>
+    <t>Mr. David Wise</t>
+  </si>
+  <si>
     <t>dbwise44@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100712 </t>
   </si>
   <si>
+    <t>Mr. Jason Wade Bowen</t>
+  </si>
+  <si>
     <t>jason@designrecoveryllc.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100713 </t>
   </si>
   <si>
+    <t>Mr. David Bryan Oppenheim</t>
+  </si>
+  <si>
     <t>doppenheim@thepalmsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100714 </t>
   </si>
   <si>
+    <t>Ms. Shatril Harris</t>
+  </si>
+  <si>
     <t>shatrilharris@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100715 </t>
   </si>
   <si>
+    <t>Ms. Carissa Ashley Kowal</t>
+  </si>
+  <si>
     <t>carissakowal2345@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100716 </t>
   </si>
   <si>
+    <t>Mr. Glen Grechika</t>
+  </si>
+  <si>
     <t>gleng@dlcenters.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100717 </t>
   </si>
   <si>
+    <t>Ms. Brenda Rene Morrow</t>
+  </si>
+  <si>
     <t>Rene.morrow@soberlivingamerica.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100718 </t>
   </si>
   <si>
+    <t>Ms. Imani Nia Turner</t>
+  </si>
+  <si>
     <t>imanit@pbgardensrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100719 </t>
   </si>
   <si>
+    <t>Mrs. Monay Link</t>
+  </si>
+  <si>
     <t>mlink.larosa@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100720 </t>
   </si>
   <si>
     <t>Tiffany Leigh Zales</t>
   </si>
   <si>
     <t>tifmango13@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100721 </t>
   </si>
   <si>
+    <t>Mrs. Andrea Schrader</t>
+  </si>
+  <si>
     <t>Andreita2485@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100722 </t>
   </si>
   <si>
+    <t>Ms. Julie Deluca</t>
+  </si>
+  <si>
     <t>julie.irwin@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100723 </t>
   </si>
   <si>
+    <t>Ms. Sherry Lee Niemeier</t>
+  </si>
+  <si>
     <t>tampaskipper@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100724 </t>
   </si>
   <si>
+    <t>Mr. John Johnston</t>
+  </si>
+  <si>
     <t>johnpjohnston@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100725 </t>
   </si>
   <si>
+    <t>Ms. Laurie O'Connor</t>
+  </si>
+  <si>
     <t>laurie@simplepathrecovery.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100726 </t>
   </si>
   <si>
+    <t>Ms. Haylei Brooke Grand</t>
+  </si>
+  <si>
     <t>hayleigrand99@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100727 </t>
   </si>
   <si>
+    <t>Ms. Christina Reyes</t>
+  </si>
+  <si>
     <t>christina@wartreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100728 </t>
   </si>
   <si>
+    <t>Mr. Joshua John Mitarnowski</t>
+  </si>
+  <si>
     <t>jjmitconsulting@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100729 </t>
   </si>
   <si>
+    <t>Mrs. Cassandra Voller</t>
+  </si>
+  <si>
     <t>c.voller09@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100730 </t>
   </si>
   <si>
+    <t>Ms. Stephanie Ann Susu</t>
+  </si>
+  <si>
     <t>stephaniesusu@olympicbh.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100731 </t>
   </si>
   <si>
     <t>David Dukes</t>
   </si>
   <si>
     <t>daviddukes89@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100732 </t>
   </si>
   <si>
     <t>Blake Hunter</t>
   </si>
   <si>
     <t>bchunter309@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100733 </t>
   </si>
   <si>
+    <t>Mrs. Kari Muñoz</t>
+  </si>
+  <si>
     <t>home@bestfriendsplace.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100734 </t>
   </si>
   <si>
     <t>Allia Fontenot</t>
   </si>
   <si>
     <t>allia.fontenot@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100735 </t>
   </si>
   <si>
+    <t>Mr. Rafael Antonio Correa</t>
+  </si>
+  <si>
     <t>Tonyc@brileysoberhome.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100736 </t>
   </si>
   <si>
     <t>Matthew J Adams</t>
   </si>
   <si>
     <t>matthewjadams11@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100737 </t>
   </si>
   <si>
+    <t>Mrs. Juliette Rossi</t>
+  </si>
+  <si>
     <t>julietterossi@mac.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100738 </t>
   </si>
   <si>
+    <t>Mr. John King</t>
+  </si>
+  <si>
     <t>Johnnyking0127@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100739 </t>
   </si>
   <si>
+    <t>Mr. Eric Rivas</t>
+  </si>
+  <si>
     <t>eric_vikings68@icloud.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100740 </t>
   </si>
   <si>
     <t>Jared DiCianno</t>
   </si>
   <si>
     <t>jareddicianno@beachhousecenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100741 </t>
   </si>
   <si>
+    <t>Mr. William D Rochler</t>
+  </si>
+  <si>
     <t>Brooklynbilly718@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100742 </t>
   </si>
   <si>
+    <t>Ms. Krista Lynn Winters</t>
+  </si>
+  <si>
     <t>kristawinters954@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100743 </t>
   </si>
   <si>
+    <t>Mr. Jason David Milos</t>
+  </si>
+  <si>
     <t>Jason.m@beachway.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100744 </t>
   </si>
   <si>
+    <t>Ms. Heidi L Matheny</t>
+  </si>
+  <si>
     <t>hlmatheny18@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100745 </t>
   </si>
   <si>
+    <t>Mrs. Tarik Nicole Mollineau</t>
+  </si>
+  <si>
     <t>Estatellc18@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100746 </t>
   </si>
   <si>
+    <t>Ms. Julnyca Cadet</t>
+  </si>
+  <si>
     <t>julnyca@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100747 </t>
   </si>
   <si>
+    <t>Mr. Dustin Johnson</t>
+  </si>
+  <si>
     <t>dustin@principlesrecoverycenter.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100748 </t>
   </si>
   <si>
+    <t>Mrs. Sherley Dort</t>
+  </si>
+  <si>
     <t>sdort1706@comcast.net</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100749 </t>
   </si>
   <si>
     <t>Barry J Tishler</t>
   </si>
   <si>
     <t>drbarry@addictionedufoundation.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100750 </t>
   </si>
   <si>
+    <t>Mr. Harry Balsamo</t>
+  </si>
+  <si>
     <t>Info@TheRecoveryCoachUS.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100751 </t>
   </si>
   <si>
+    <t>Mrs. Diann M Drossos</t>
+  </si>
+  <si>
     <t>tampabaydiann@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100752 </t>
   </si>
   <si>
+    <t>Mrs. Rachel Gay</t>
+  </si>
+  <si>
     <t>rachelalvarado4@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100753 </t>
   </si>
   <si>
+    <t>Ms. Pamela Ann Dixon</t>
+  </si>
+  <si>
     <t>pamelapah007@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100754 </t>
   </si>
   <si>
+    <t>Mr. James C Bothe</t>
+  </si>
+  <si>
     <t>codybothe@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100755 </t>
   </si>
   <si>
+    <t>Mrs. Margaret Muchugu</t>
+  </si>
+  <si>
     <t>magdanllc@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100756 </t>
   </si>
   <si>
     <t>Mia Werksman</t>
   </si>
   <si>
     <t>mia@liveoakdetox.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100757 </t>
   </si>
   <si>
+    <t>Dr. KareLin S. Ellis</t>
+  </si>
+  <si>
     <t>karelinellis2021@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100758 </t>
   </si>
   <si>
     <t>Michael Lenok</t>
   </si>
   <si>
     <t>lenokmichael@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100759 </t>
   </si>
   <si>
+    <t>Mrs. Tocovia C Whipple</t>
+  </si>
+  <si>
     <t>tocovia.whipple82@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100760 </t>
   </si>
   <si>
+    <t>Ms. Lauren Elizabeth Simms</t>
+  </si>
+  <si>
     <t>Laurenes1002@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100761 </t>
   </si>
   <si>
+    <t>Mr. Chad Belger</t>
+  </si>
+  <si>
     <t>chad@recoveryrxcorp.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100762.P </t>
   </si>
   <si>
     <t>Clark Kent</t>
   </si>
   <si>
     <t>amoore@flcertificationboard.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100763 </t>
   </si>
   <si>
     <t>Leon Fairfield</t>
   </si>
   <si>
     <t>leonf@dlcenters.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100764 </t>
   </si>
   <si>
+    <t>Mr. Harold Ace Cooper</t>
+  </si>
+  <si>
     <t>acecooper66@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100765 </t>
   </si>
   <si>
+    <t>Mrs. Kerchevella Tanaye Wiley</t>
+  </si>
+  <si>
     <t>kerchevellawallace@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100766 </t>
   </si>
   <si>
+    <t>Mr. Garrett Ian Levin</t>
+  </si>
+  <si>
     <t>garrettianlevin86@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100767 </t>
   </si>
   <si>
+    <t>Mr. James Daniel Lopker</t>
+  </si>
+  <si>
     <t>jlopker@thepalmsrecovery.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100768 </t>
   </si>
   <si>
+    <t>Mr. Gedale Fenster</t>
+  </si>
+  <si>
     <t>piccfla@aol.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100769 </t>
   </si>
   <si>
     <t>Christopher Philpot</t>
   </si>
   <si>
     <t>cphilpot@whitesandstreatment.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100770 </t>
   </si>
   <si>
+    <t>Ms. Kalie A May</t>
+  </si>
+  <si>
     <t>kaliemay71015@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100771 </t>
   </si>
   <si>
+    <t>Ms. Ashley Prebianca</t>
+  </si>
+  <si>
     <t>prebianca18@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100772 </t>
   </si>
   <si>
+    <t>Mr. Kyle Pollock</t>
+  </si>
+  <si>
     <t>kyle@fellowshiprco.org</t>
   </si>
   <si>
     <t xml:space="preserve">CRRA.0100773 </t>
   </si>
   <si>
+    <t>Ms. Sharon Sine</t>
+  </si>
+  <si>
     <t>sinesharon@yahoo.com</t>
   </si>
   <si>
-    <t>Joseph Gagliardo</t>
-[...1334 lines deleted...]
-    <t>Sharon Sine</t>
+    <t xml:space="preserve">CRRA.0100774 </t>
+  </si>
+  <si>
+    <t>Mr. Maurice Aaron Kelley</t>
+  </si>
+  <si>
+    <t>Dmbestdecisions@gmail.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CRRA.0100775 </t>
+  </si>
+  <si>
+    <t>Mr. Donald Timothy Prince</t>
+  </si>
+  <si>
+    <t>donald@princemail.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -6911,82 +6947,65 @@
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF0000BF"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
+      <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
+      <sz val="11"/>
       <color rgb="FF0000BF"/>
-      <name val="Aptos"/>
-[...15 lines deleted...]
-      <sz val="12"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
@@ -7317,86 +7336,71 @@
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="33" borderId="10" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
-[...13 lines deleted...]
-    <xf numFmtId="14" fontId="24" fillId="33" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="44">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
@@ -7739,17902 +7743,17998 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85310" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74801" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83977" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80756" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85792" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83666" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84676" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84361" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85846" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80680" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84705" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84362" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84879" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81328" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83233" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77461" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83146" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73625" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85859" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48514" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62428" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44596" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45337" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50184" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32290" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78988" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51040" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55219" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33455" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44694" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45470" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48787" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76019" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79993" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44419" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51694" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56625" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80680" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64982" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45032" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48902" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64749" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71352" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67624" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84508" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45769" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49489" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52227" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53283" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58682" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44496" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48266" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68392" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80642" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45213" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50781" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54304" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84705" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32659" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44640" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54314" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33891" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74270" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45343" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48869" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81330" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51085" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55742" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66035" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75430" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44770" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45522" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48953" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83503" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44428" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51717" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57077" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82846" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85310" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58731" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66730" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71724" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45055" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48333" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78357" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49798" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52369" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53730" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61708" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44509" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45248" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69567" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79413" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47530" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48541" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50815" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54621" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82202" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55938" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44646" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45366" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62662" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72542" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48873" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51252" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83371" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57143" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44783" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64087" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74421" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45524" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47967" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49034" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51762" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79159" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80756" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44436" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53750" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83977" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58967" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67351" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67586" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45100" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46313" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48422" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49898" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81602" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52410" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44558" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54637" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32517" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74146" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45261" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48592" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69502" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50824" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78514" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56126" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63312" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44655" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45113" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45400" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48429" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48880" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74026" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45570" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49904" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51584" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52555" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76806" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81243" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83854" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52795" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54856" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57371" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61962" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64641" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44564" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44890" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45266" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48029" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48601" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67062" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45401" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46774" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56623" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50925" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51864" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73200" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78356" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80776" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83666" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85792" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44367" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53957" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56369" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59172" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44657" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45115" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55707" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=61840" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65909" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64196" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45267" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45571" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48881" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50014" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51612" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52575" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68094" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75843" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82142" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82535" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52824" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55016" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57372" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44567" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44919" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=32472" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64462" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45129" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48113" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48603" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49317" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51020" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52025" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65023" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75455" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78909" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82936" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73625" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85859" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45427" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47125" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53958" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56455" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44372" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44658" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59257" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63852" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66472" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44926" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48457" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48885" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50016" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51655" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69778" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74460" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76428" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77343" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45269" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45612" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52624" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52873" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82098" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44569" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55017" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57951" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62157" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33974" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82738" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44666" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48147" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48649" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49336" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51036" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69703" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74593" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77588" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45169" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45433" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47127" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52026" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76587" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84676" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44386" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54038" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56460" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59317" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62952" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65343" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84879" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48494" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48890" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50108" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68319" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74362" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77937" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44572" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44932" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45312" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45765" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57430" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79840" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83742" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52108" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53091" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55143" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58089" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33943" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65604" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=86535" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48155" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48784" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71653" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44438" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44689" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45188" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45463" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47178" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49345" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51039" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75990" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80286" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82866" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84361" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44387" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51693" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54155" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56578" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59323" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33930" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74801" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71354" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45026" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45767" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48900" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75716" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82307" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52126" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53227" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58643" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48256" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33935" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44475" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45212" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57405" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=69740" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79440" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=85846" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47180" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50315" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54303" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33339" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44636" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56785" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48535" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66696" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=80898" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51048" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55715" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62602" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44749" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48846" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=64617" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75779" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45512" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48903" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51697" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66604" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84362" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44425" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56788" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65376" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72263" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=78708" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45035" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45797" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49687" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=84739" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52315" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53514" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58686" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44499" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48332" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33817" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73402" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45225" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47529" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48539" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76480" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50783" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54305" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33790" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44645" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45349" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48872" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74870" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81521" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51227" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55767" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66768" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57131" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44773" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57694" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47771" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65427" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=75766" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44432" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48998" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51758" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83233" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=81328" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58966" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45084" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66248" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72024" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79044" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46304" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48418" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49824" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52370" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53746" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76245" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54636" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44528" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45251" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33735" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=73750" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47770" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48562" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55831" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79675" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44653" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56065" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=63251" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=74733" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45377" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48876" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51581" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76222" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52773" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=82661" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57369" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66039" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44832" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45537" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47980" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49048" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46647" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51763" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79523" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77461" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=83146" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53790" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59065" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67068" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=72543" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47345" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45471" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57211" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44548" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47350" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68039" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47929" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48886" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51711" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44635" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45144" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45773" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44434" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48110" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49449" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52759" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44707" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46645" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54638" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59014" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45262" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47067" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48289" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48536" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50206" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44495" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45437" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33462" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44922" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45373" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47655" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48773" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51334" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44556" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45514" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51835" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76993" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45036" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45789" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47971" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48909" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53019" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44647" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45177" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46654" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44444" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47656" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48118" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48780" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49481" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50334" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51866" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54777" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59222" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44557" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44718" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45062" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45273" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45443" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45798" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=77116" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47069" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47978" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48303" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48576" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48941" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49499" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51459" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44510" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44648" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44947" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45186" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45388" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53079" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67580" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44449" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45375" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45521" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46701" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47657" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48148" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48807" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49041" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50335" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44565" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44771" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45064" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51928" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55349" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=34150" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=79988" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45286" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45448" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45878" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47123" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47979" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48326" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48606" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48814" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49677" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44511" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44649" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44948" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51566" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53199" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68215" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45187" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45383" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45390" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45523" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46703" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47658" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48149" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44450" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48664" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44570" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49055" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50337" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52109" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55713" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33782" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44775" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45072" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45336" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45456" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45955" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47177" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47996" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48349" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48434" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44512" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48830" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49822" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51616" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55705" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=67335" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44650" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44971" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45204" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45393" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45561" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46735" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45339" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47659" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48160" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48666" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49189" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50778" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52173" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55973" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33759" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44571" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44854" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45074" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46015" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=71088" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45220" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47179" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56358" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48372" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48443" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48849" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49959" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51621" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53200" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44519" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44652" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44973" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45397" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45569" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33565" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45121" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45344" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46773" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47773" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48187" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44388" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48670" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=55795" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50822" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44574" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44888" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45458" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52177" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56624" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57600" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44974" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45224" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46293" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47181" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47997" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48377" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=68450" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48454" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48852" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49969" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44521" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44660" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51657" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53729" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44896" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45399" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45589" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46775" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47896" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48235" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=62926" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45126" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45346" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48680" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49366" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44427" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44616" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50823" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52262" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=56717" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44661" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45466" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46295" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47346" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48002" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58413" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66430" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44986" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45242" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48426" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48459" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44529" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48863" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50015" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51699" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=53786" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44620" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45421" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45598" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46943" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47897" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=66230" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44902" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45140" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45351" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48261" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44430" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48697" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49416" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51041" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52371" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=57076" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45468" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46307" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47348" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=58642" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65518" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44542" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44663" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44987" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45243" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48015" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48263" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48488" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48871" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50085" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51700" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54123" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45423" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45635" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33598" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44455" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44621" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44912" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45142" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45353" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46945" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47900" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44433" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48022" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48701" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49444" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51042" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52579" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59011" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44701" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45255" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46312" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48270" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48513" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50093" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45434" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54597" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44474" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44920" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46946" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=33788" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45360" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47353" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48710" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51232" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44549" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45513" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=76057" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47968" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48899" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51811" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44638" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45788" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=52778" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45153" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=46653" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48116" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44435" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=49478" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54639" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=59142" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44717" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45263" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=47068" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48294" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=48561" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=50319" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44498" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45441" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=51372" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=65512" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44936" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45374" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45515" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45389" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=54767" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=45389" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\amoore\Downloads\credView.asp%3fcredidnt=44826" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C043E1C4-3E73-4235-9E76-0F97FD148776}">
-  <dimension ref="A1:G408"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AF654442-EFDD-40B6-BE5C-7538FEA64428}">
+  <dimension ref="A1:G412"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A373" workbookViewId="0">
-      <selection activeCell="A409" sqref="A409:XFD411"/>
+    <sheetView showGridLines="0" topLeftCell="A381" workbookViewId="0">
+      <selection activeCell="A413" sqref="A413:XFD740"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.28515625" style="3" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="53.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="50.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="19.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="33.5703125" style="3" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.28515625" style="3" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="3"/>
+    <col min="6" max="6" width="12.85546875" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.140625" style="3" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>2109</v>
+        <v>22</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>2110</v>
+        <v>28</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F3" s="6" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G3" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="4" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>1800</v>
+        <v>32</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="F4" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G4" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="5" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>1802</v>
+        <v>40</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>2025</v>
+        <v>43</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>1803</v>
+        <v>49</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G7" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>2026</v>
+        <v>55</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>1804</v>
+        <v>67</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="G9" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>2027</v>
+        <v>71</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G10" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>2028</v>
+        <v>89</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>1806</v>
+        <v>95</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>1807</v>
+        <v>101</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G13" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="4" t="s">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>2029</v>
+        <v>105</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>1809</v>
+        <v>123</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="16" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4" t="s">
-        <v>122</v>
+        <v>144</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>1810</v>
+        <v>145</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="17" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>1811</v>
+        <v>148</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="18" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>2111</v>
+        <v>154</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="19" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="4" t="s">
-        <v>131</v>
+        <v>156</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>2112</v>
+        <v>157</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="20" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="4" t="s">
-        <v>139</v>
+        <v>165</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>1812</v>
+        <v>166</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="21" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4" t="s">
-        <v>144</v>
+        <v>171</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>1813</v>
+        <v>172</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="22" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4" t="s">
-        <v>158</v>
+        <v>186</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>1814</v>
+        <v>187</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>159</v>
+        <v>188</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>160</v>
+        <v>189</v>
       </c>
       <c r="G22" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="23" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="4" t="s">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>1815</v>
+        <v>194</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>165</v>
+        <v>195</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G23" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="24" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="4" t="s">
-        <v>166</v>
+        <v>196</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>2113</v>
+        <v>197</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>167</v>
+        <v>198</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="25" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="4" t="s">
-        <v>168</v>
+        <v>199</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>1816</v>
+        <v>200</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>169</v>
+        <v>201</v>
       </c>
       <c r="F25" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="26" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="4" t="s">
-        <v>186</v>
+        <v>218</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>2114</v>
+        <v>219</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>187</v>
+        <v>220</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G26" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="27" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="4" t="s">
-        <v>188</v>
+        <v>221</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>1817</v>
+        <v>222</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>189</v>
+        <v>223</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="28" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="4" t="s">
-        <v>190</v>
+        <v>224</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>1818</v>
+        <v>225</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>191</v>
+        <v>226</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="29" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4" t="s">
-        <v>192</v>
+        <v>227</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>1819</v>
+        <v>228</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>193</v>
+        <v>229</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="30" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="4" t="s">
-        <v>204</v>
+        <v>240</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>1820</v>
+        <v>241</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>205</v>
+        <v>242</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="31" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="4" t="s">
-        <v>206</v>
+        <v>243</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>1821</v>
+        <v>244</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>207</v>
+        <v>245</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="G31" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="32" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="4" t="s">
-        <v>209</v>
+        <v>247</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>210</v>
+        <v>248</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>211</v>
+        <v>249</v>
       </c>
       <c r="F32" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="33" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="4" t="s">
-        <v>224</v>
+        <v>263</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>2031</v>
+        <v>264</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>225</v>
+        <v>265</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="G33" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="34" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="4" t="s">
-        <v>227</v>
+        <v>267</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>2115</v>
+        <v>268</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>228</v>
+        <v>269</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="35" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="4" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>1823</v>
+        <v>274</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>233</v>
+        <v>275</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="36" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="4" t="s">
-        <v>237</v>
+        <v>279</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>2116</v>
+        <v>280</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>238</v>
+        <v>281</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="37" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="4" t="s">
-        <v>240</v>
+        <v>286</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>1824</v>
+        <v>287</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>241</v>
+        <v>288</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="38" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="4" t="s">
-        <v>248</v>
+        <v>295</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>1825</v>
+        <v>296</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>249</v>
+        <v>297</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>250</v>
+        <v>298</v>
       </c>
       <c r="G38" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="39" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="4" t="s">
-        <v>259</v>
+        <v>308</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>260</v>
+        <v>309</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>261</v>
+        <v>310</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="40" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="4" t="s">
-        <v>268</v>
+        <v>318</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>269</v>
+        <v>319</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="F40" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="41" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="4" t="s">
-        <v>271</v>
+        <v>321</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>2032</v>
+        <v>322</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>272</v>
+        <v>323</v>
       </c>
       <c r="F41" s="6"/>
       <c r="G41" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="42" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="4" t="s">
-        <v>300</v>
+        <v>354</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>1828</v>
+        <v>355</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>301</v>
+        <v>356</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>173</v>
+        <v>205</v>
       </c>
       <c r="G42" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="43" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="4" t="s">
-        <v>302</v>
+        <v>357</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>2021</v>
+        <v>358</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>303</v>
+        <v>359</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="44" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="4" t="s">
-        <v>304</v>
+        <v>360</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>2120</v>
+        <v>361</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>305</v>
+        <v>362</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="45" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="4" t="s">
-        <v>309</v>
+        <v>366</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>1829</v>
+        <v>367</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>310</v>
+        <v>368</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G45" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="46" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="4" t="s">
-        <v>323</v>
+        <v>382</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>2121</v>
+        <v>383</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>324</v>
+        <v>384</v>
       </c>
       <c r="F46" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="47" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="4" t="s">
-        <v>325</v>
+        <v>385</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>326</v>
+        <v>386</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>327</v>
+        <v>387</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="48" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="4" t="s">
-        <v>328</v>
+        <v>388</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>329</v>
+        <v>389</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>330</v>
+        <v>390</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G48" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="49" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="4" t="s">
-        <v>331</v>
+        <v>391</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>2122</v>
+        <v>392</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>332</v>
+        <v>393</v>
       </c>
       <c r="F49" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="50" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="4" t="s">
-        <v>338</v>
+        <v>400</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>2123</v>
+        <v>401</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>339</v>
+        <v>402</v>
       </c>
       <c r="F50" s="6" t="s">
-        <v>314</v>
+        <v>372</v>
       </c>
       <c r="G50" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="51" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="4" t="s">
-        <v>350</v>
+        <v>415</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>2125</v>
+        <v>416</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>351</v>
+        <v>417</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="52" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="4" t="s">
-        <v>360</v>
+        <v>427</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>2036</v>
+        <v>428</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>361</v>
+        <v>429</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="G52" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="53" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="4" t="s">
-        <v>364</v>
+        <v>433</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>1832</v>
+        <v>434</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>365</v>
+        <v>435</v>
       </c>
       <c r="F53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="54" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="4" t="s">
-        <v>366</v>
+        <v>436</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>1833</v>
+        <v>437</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>367</v>
+        <v>438</v>
       </c>
       <c r="F54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="55" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="4" t="s">
-        <v>374</v>
+        <v>445</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>2126</v>
+        <v>446</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>375</v>
+        <v>447</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="56" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="4" t="s">
-        <v>382</v>
+        <v>454</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>1834</v>
+        <v>455</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>383</v>
+        <v>456</v>
       </c>
       <c r="F56" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="57" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="4" t="s">
-        <v>384</v>
+        <v>457</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>1835</v>
+        <v>458</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>385</v>
+        <v>459</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>386</v>
+        <v>460</v>
       </c>
       <c r="G57" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="58" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="4" t="s">
-        <v>390</v>
+        <v>464</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>1836</v>
+        <v>465</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>391</v>
+        <v>466</v>
       </c>
       <c r="F58" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="59" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="4" t="s">
-        <v>398</v>
+        <v>473</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>2037</v>
+        <v>474</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>399</v>
+        <v>475</v>
       </c>
       <c r="F59" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="60" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="4" t="s">
-        <v>400</v>
+        <v>476</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>2127</v>
+        <v>477</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>401</v>
+        <v>478</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>264</v>
+        <v>314</v>
       </c>
       <c r="G60" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="61" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="4" t="s">
-        <v>402</v>
+        <v>479</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>403</v>
+        <v>480</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>404</v>
+        <v>481</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>264</v>
+        <v>314</v>
       </c>
       <c r="G61" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="62" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="4" t="s">
-        <v>411</v>
+        <v>488</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>1837</v>
+        <v>489</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>412</v>
+        <v>490</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="G62" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="63" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="4" t="s">
-        <v>416</v>
+        <v>494</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>417</v>
+        <v>495</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>418</v>
+        <v>496</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G63" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="64" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="4" t="s">
-        <v>419</v>
+        <v>497</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>2038</v>
+        <v>498</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>420</v>
+        <v>499</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G64" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="65" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="4" t="s">
-        <v>421</v>
+        <v>500</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>422</v>
+        <v>501</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>423</v>
+        <v>502</v>
       </c>
       <c r="F65" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="66" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="4" t="s">
-        <v>430</v>
+        <v>509</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>1838</v>
+        <v>510</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>431</v>
+        <v>511</v>
       </c>
       <c r="F66" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="67" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="4" t="s">
-        <v>440</v>
+        <v>521</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>2040</v>
+        <v>522</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>441</v>
+        <v>523</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G67" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="68" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="4" t="s">
-        <v>451</v>
+        <v>533</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>2128</v>
+        <v>534</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>452</v>
+        <v>535</v>
       </c>
       <c r="F68" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="69" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="4" t="s">
-        <v>474</v>
+        <v>557</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>1839</v>
+        <v>558</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>475</v>
+        <v>559</v>
       </c>
       <c r="F69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="70" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="4" t="s">
-        <v>476</v>
+        <v>560</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>2041</v>
+        <v>561</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>477</v>
+        <v>562</v>
       </c>
       <c r="F70" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="71" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="4" t="s">
-        <v>483</v>
+        <v>569</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>2043</v>
+        <v>570</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>484</v>
+        <v>571</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>173</v>
+        <v>205</v>
       </c>
       <c r="G71" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="72" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="4" t="s">
-        <v>485</v>
+        <v>572</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>2044</v>
+        <v>573</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>486</v>
+        <v>574</v>
       </c>
       <c r="F72" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="73" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="4" t="s">
-        <v>511</v>
+        <v>600</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>1840</v>
+        <v>601</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>512</v>
+        <v>602</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>513</v>
+        <v>603</v>
       </c>
       <c r="G73" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="74" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="4" t="s">
-        <v>520</v>
+        <v>610</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>2045</v>
+        <v>611</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>521</v>
+        <v>612</v>
       </c>
       <c r="F74" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="75" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A75" s="4" t="s">
-        <v>525</v>
+        <v>616</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>1841</v>
+        <v>617</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>526</v>
+        <v>618</v>
       </c>
       <c r="F75" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="76" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="4" t="s">
-        <v>538</v>
+        <v>631</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>1843</v>
+        <v>632</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>539</v>
+        <v>633</v>
       </c>
       <c r="F76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G76" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="77" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="4" t="s">
-        <v>540</v>
+        <v>634</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>2130</v>
+        <v>635</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>541</v>
+        <v>636</v>
       </c>
       <c r="F77" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G77" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="78" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="4" t="s">
-        <v>542</v>
+        <v>637</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>2046</v>
+        <v>638</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>543</v>
+        <v>639</v>
       </c>
       <c r="F78" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G78" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="79" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="4" t="s">
-        <v>544</v>
+        <v>640</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>2047</v>
+        <v>641</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>545</v>
+        <v>642</v>
       </c>
       <c r="F79" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="80" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="4" t="s">
-        <v>552</v>
+        <v>649</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>1844</v>
+        <v>650</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>553</v>
+        <v>651</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G80" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="81" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="4" t="s">
-        <v>554</v>
+        <v>652</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>2131</v>
+        <v>653</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>555</v>
+        <v>654</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="82" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="4" t="s">
-        <v>561</v>
+        <v>661</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>2133</v>
+        <v>662</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>562</v>
+        <v>663</v>
       </c>
       <c r="F82" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="83" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A83" s="4" t="s">
-        <v>566</v>
+        <v>667</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>1845</v>
+        <v>668</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>567</v>
+        <v>669</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>568</v>
+        <v>670</v>
       </c>
       <c r="G83" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="84" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="4" t="s">
-        <v>569</v>
+        <v>671</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>1846</v>
+        <v>672</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>570</v>
+        <v>673</v>
       </c>
       <c r="F84" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G84" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="85" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="4" t="s">
-        <v>571</v>
+        <v>674</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>572</v>
+        <v>675</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>573</v>
+        <v>676</v>
       </c>
       <c r="F85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G85" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="86" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="4" t="s">
-        <v>582</v>
+        <v>686</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>1847</v>
+        <v>687</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>583</v>
+        <v>688</v>
       </c>
       <c r="F86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G86" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="87" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="4" t="s">
-        <v>594</v>
+        <v>699</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>1848</v>
+        <v>700</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>595</v>
+        <v>701</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="88" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="4" t="s">
-        <v>605</v>
+        <v>711</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>2049</v>
+        <v>712</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>606</v>
+        <v>713</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>607</v>
+        <v>714</v>
       </c>
       <c r="G88" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="89" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A89" s="4" t="s">
-        <v>614</v>
+        <v>721</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>615</v>
+        <v>722</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>616</v>
+        <v>723</v>
       </c>
       <c r="F89" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G89" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="90" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A90" s="4" t="s">
-        <v>620</v>
+        <v>727</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>2134</v>
+        <v>728</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>621</v>
+        <v>729</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G90" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="91" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A91" s="4" t="s">
-        <v>639</v>
+        <v>749</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>2136</v>
+        <v>750</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>640</v>
+        <v>751</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="G91" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="92" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A92" s="4" t="s">
-        <v>665</v>
+        <v>776</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>1850</v>
+        <v>777</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>666</v>
+        <v>778</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G92" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="93" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A93" s="4" t="s">
-        <v>667</v>
+        <v>779</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>2137</v>
+        <v>780</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>668</v>
+        <v>781</v>
       </c>
       <c r="F93" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G93" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="94" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A94" s="4" t="s">
-        <v>672</v>
+        <v>785</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>2138</v>
+        <v>786</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>673</v>
+        <v>787</v>
       </c>
       <c r="F94" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="95" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A95" s="4" t="s">
-        <v>677</v>
+        <v>791</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>1851</v>
+        <v>792</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>678</v>
+        <v>793</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G95" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="96" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A96" s="4" t="s">
-        <v>695</v>
+        <v>797</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>1853</v>
+        <v>798</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>696</v>
+        <v>799</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="G96" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="97" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A97" s="4" t="s">
-        <v>697</v>
+        <v>812</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>2139</v>
+        <v>813</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>698</v>
+        <v>814</v>
       </c>
       <c r="F97" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G97" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="4" t="s">
+        <v>815</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="F98" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G97" s="7">
-[...19 lines deleted...]
-      <c r="F98" s="6" t="s">
+      <c r="G98" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="4" t="s">
+        <v>833</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="F99" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G98" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G99" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="100" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A100" s="4" t="s">
-        <v>730</v>
+        <v>836</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>1855</v>
+        <v>837</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>731</v>
+        <v>838</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="G100" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="101" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="4" t="s">
-        <v>744</v>
+        <v>854</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>2052</v>
+        <v>855</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>745</v>
+        <v>856</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="G101" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="102" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="4" t="s">
-        <v>757</v>
+        <v>869</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>1858</v>
+        <v>870</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>758</v>
+        <v>871</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G102" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="103" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A103" s="4" t="s">
-        <v>762</v>
+        <v>887</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>1859</v>
+        <v>888</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>763</v>
+        <v>889</v>
       </c>
       <c r="F103" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="104" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A104" s="4" t="s">
-        <v>770</v>
+        <v>893</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>2053</v>
+        <v>894</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>771</v>
+        <v>895</v>
       </c>
       <c r="F104" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="105" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A105" s="4" t="s">
-        <v>778</v>
+        <v>902</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>1860</v>
+        <v>903</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>779</v>
+        <v>904</v>
       </c>
       <c r="F105" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="106" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A106" s="4" t="s">
-        <v>789</v>
+        <v>911</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>2054</v>
+        <v>912</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>790</v>
+        <v>913</v>
       </c>
       <c r="F106" s="6" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="G106" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="107" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A107" s="4" t="s">
-        <v>797</v>
+        <v>923</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>798</v>
+        <v>924</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>799</v>
+        <v>925</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>800</v>
+        <v>239</v>
       </c>
       <c r="G107" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="108" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A108" s="4" t="s">
-        <v>816</v>
+        <v>932</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>2145</v>
+        <v>933</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>817</v>
+        <v>934</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>12</v>
+        <v>935</v>
       </c>
       <c r="G108" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="109" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="4" t="s">
-        <v>818</v>
+        <v>951</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>1861</v>
+        <v>952</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>819</v>
+        <v>953</v>
       </c>
       <c r="F109" s="6" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G109" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="110" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="4" t="s">
-        <v>829</v>
+        <v>954</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>1862</v>
+        <v>955</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>830</v>
+        <v>956</v>
       </c>
       <c r="F110" s="6" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="G110" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="111" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A111" s="4" t="s">
-        <v>831</v>
+        <v>966</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>2055</v>
+        <v>967</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>832</v>
+        <v>968</v>
       </c>
       <c r="F111" s="6" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G111" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="112" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A112" s="4" t="s">
-        <v>836</v>
+        <v>969</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>1863</v>
+        <v>970</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>837</v>
+        <v>971</v>
       </c>
       <c r="F112" s="6" t="s">
-        <v>314</v>
+        <v>12</v>
       </c>
       <c r="G112" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="113" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A113" s="4" t="s">
-        <v>846</v>
+        <v>975</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>2147</v>
+        <v>976</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>847</v>
+        <v>977</v>
       </c>
       <c r="F113" s="6" t="s">
-        <v>12</v>
+        <v>372</v>
       </c>
       <c r="G113" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="114" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A114" s="4" t="s">
-        <v>848</v>
+        <v>987</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>2056</v>
+        <v>988</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>849</v>
+        <v>989</v>
       </c>
       <c r="F114" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G114" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="115" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A115" s="4" t="s">
-        <v>855</v>
+        <v>990</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>2148</v>
+        <v>991</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>856</v>
+        <v>992</v>
       </c>
       <c r="F115" s="6" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G115" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="116" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A116" s="4" t="s">
-        <v>860</v>
+        <v>999</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>1865</v>
+        <v>1000</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>861</v>
+        <v>1001</v>
       </c>
       <c r="F116" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="4" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F117" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G116" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G117" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="118" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A118" s="4" t="s">
-        <v>868</v>
+        <v>1009</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>2150</v>
+        <v>1010</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>869</v>
+        <v>1011</v>
       </c>
       <c r="F118" s="6" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="G118" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="119" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A119" s="4" t="s">
-        <v>870</v>
+        <v>1015</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>1866</v>
+        <v>1016</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="F119" s="6"/>
+        <v>1017</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>103</v>
+      </c>
       <c r="G119" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="120" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A120" s="4" t="s">
-        <v>872</v>
+        <v>1018</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>2057</v>
+        <v>1019</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>873</v>
-[...3 lines deleted...]
-      </c>
+        <v>1020</v>
+      </c>
+      <c r="F120" s="6"/>
       <c r="G120" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="121" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A121" s="4" t="s">
-        <v>878</v>
+        <v>1021</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>1867</v>
+        <v>1022</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>879</v>
+        <v>1023</v>
       </c>
       <c r="F121" s="6" t="s">
-        <v>12</v>
+        <v>1024</v>
       </c>
       <c r="G121" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="122" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A122" s="4" t="s">
-        <v>882</v>
+        <v>1028</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>1868</v>
+        <v>1029</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>883</v>
+        <v>1030</v>
       </c>
       <c r="F122" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G122" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="123" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A123" s="4" t="s">
-        <v>884</v>
+        <v>1034</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>1869</v>
+        <v>1035</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>885</v>
+        <v>1036</v>
       </c>
       <c r="F123" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G123" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="4" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F124" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G123" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G124" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="125" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A125" s="4" t="s">
-        <v>890</v>
+        <v>1040</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>1871</v>
+        <v>1041</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>891</v>
+        <v>1042</v>
       </c>
       <c r="F125" s="6" t="s">
-        <v>85</v>
+        <v>137</v>
       </c>
       <c r="G125" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="126" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A126" s="4" t="s">
-        <v>919</v>
+        <v>1046</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>2152</v>
+        <v>1047</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>920</v>
+        <v>1048</v>
       </c>
       <c r="F126" s="6" t="s">
-        <v>160</v>
+        <v>103</v>
       </c>
       <c r="G126" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="127" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A127" s="4" t="s">
-        <v>921</v>
+        <v>1077</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>2060</v>
+        <v>1078</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>922</v>
+        <v>1079</v>
       </c>
       <c r="F127" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="G127" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="4" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>1082</v>
+      </c>
+      <c r="F128" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G127" s="7">
-[...19 lines deleted...]
-      <c r="F128" s="6" t="s">
+      <c r="G128" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="4" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B129" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C129" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F129" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G128" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G129" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="130" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A130" s="4" t="s">
-        <v>947</v>
+        <v>1104</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>948</v>
+        <v>1105</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>949</v>
+        <v>1106</v>
       </c>
       <c r="F130" s="6" t="s">
-        <v>250</v>
+        <v>34</v>
       </c>
       <c r="G130" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="131" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A131" s="4" t="s">
-        <v>950</v>
+        <v>1110</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>2155</v>
+        <v>1111</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>951</v>
+        <v>1112</v>
       </c>
       <c r="F131" s="6" t="s">
-        <v>250</v>
+        <v>298</v>
       </c>
       <c r="G131" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="132" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A132" s="4" t="s">
-        <v>952</v>
+        <v>1113</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>2156</v>
+        <v>1114</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>953</v>
+        <v>1115</v>
       </c>
       <c r="F132" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="G132" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="4" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B133" s="5" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C133" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F133" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G132" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G133" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="134" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A134" s="4" t="s">
-        <v>957</v>
+        <v>1119</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>1874</v>
+        <v>1120</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>958</v>
+        <v>1121</v>
       </c>
       <c r="F134" s="6" t="s">
-        <v>13</v>
+        <v>1122</v>
       </c>
       <c r="G134" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="135" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A135" s="4" t="s">
-        <v>959</v>
+        <v>1123</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>2061</v>
+        <v>1124</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>960</v>
+        <v>1125</v>
       </c>
       <c r="F135" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="136" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A136" s="4" t="s">
-        <v>964</v>
+        <v>1126</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>965</v>
+        <v>1127</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>966</v>
+        <v>1128</v>
       </c>
       <c r="F136" s="6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G136" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="137" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A137" s="4" t="s">
-        <v>969</v>
+        <v>1132</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>2157</v>
+        <v>1133</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>970</v>
+        <v>1134</v>
       </c>
       <c r="F137" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G137" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="4" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F138" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G137" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G138" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="139" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A139" s="4" t="s">
-        <v>973</v>
+        <v>1141</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>1877</v>
+        <v>1142</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>974</v>
+        <v>1143</v>
       </c>
       <c r="F139" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G139" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="140" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A140" s="4" t="s">
-        <v>981</v>
+        <v>1144</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>2158</v>
+        <v>1145</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>982</v>
+        <v>1146</v>
       </c>
       <c r="F140" s="6" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="G140" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="141" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A141" s="4" t="s">
-        <v>983</v>
+        <v>1153</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>1878</v>
+        <v>1154</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>984</v>
+        <v>1155</v>
       </c>
       <c r="F141" s="6" t="s">
-        <v>12</v>
+        <v>246</v>
       </c>
       <c r="G141" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="142" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="4" t="s">
-        <v>985</v>
+        <v>1156</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>1879</v>
+        <v>1157</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D142" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>986</v>
+        <v>1158</v>
       </c>
       <c r="F142" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G142" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A143" s="4" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F143" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G142" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G143" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="144" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A144" s="4" t="s">
-        <v>995</v>
+        <v>1165</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>1881</v>
+        <v>1166</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>996</v>
+        <v>1167</v>
       </c>
       <c r="F144" s="6" t="s">
-        <v>264</v>
+        <v>12</v>
       </c>
       <c r="G144" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="145" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A145" s="4" t="s">
-        <v>997</v>
+        <v>1171</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>2159</v>
+        <v>1172</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>998</v>
+        <v>1173</v>
       </c>
       <c r="F145" s="6" t="s">
-        <v>18</v>
+        <v>314</v>
       </c>
       <c r="G145" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="146" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A146" s="4" t="s">
-        <v>1002</v>
+        <v>1174</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>2160</v>
+        <v>1175</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>1003</v>
+        <v>1176</v>
       </c>
       <c r="F146" s="6" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G146" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="147" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A147" s="4" t="s">
-        <v>1004</v>
+        <v>1180</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>2062</v>
+        <v>1181</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>1005</v>
+        <v>1182</v>
       </c>
       <c r="F147" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G147" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="148" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A148" s="4" t="s">
-        <v>1023</v>
+        <v>1183</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>1883</v>
+        <v>1184</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>1024</v>
+        <v>1185</v>
       </c>
       <c r="F148" s="6" t="s">
-        <v>115</v>
+        <v>12</v>
       </c>
       <c r="G148" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="149" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A149" s="4" t="s">
-        <v>1025</v>
+        <v>1204</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>2161</v>
+        <v>1205</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>1026</v>
+        <v>1206</v>
       </c>
       <c r="F149" s="6" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G149" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="150" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A150" s="4" t="s">
-        <v>1033</v>
+        <v>1207</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>1884</v>
+        <v>1208</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>1034</v>
+        <v>1209</v>
       </c>
       <c r="F150" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G150" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="151" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A151" s="4" t="s">
-        <v>1035</v>
+        <v>1216</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>1885</v>
+        <v>1217</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D151" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>1036</v>
+        <v>1218</v>
       </c>
       <c r="F151" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="152" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A152" s="4" t="s">
-        <v>1040</v>
+        <v>1219</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>1886</v>
+        <v>1220</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D152" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>1041</v>
+        <v>1221</v>
       </c>
       <c r="F152" s="6" t="s">
-        <v>217</v>
+        <v>13</v>
       </c>
       <c r="G152" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="153" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A153" s="4" t="s">
-        <v>1042</v>
+        <v>1225</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>1887</v>
+        <v>1226</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>1043</v>
+        <v>1227</v>
       </c>
       <c r="F153" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G153" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="4" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C154" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F154" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G153" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G154" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="155" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A155" s="4" t="s">
-        <v>1053</v>
+        <v>1231</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>2162</v>
+        <v>1232</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>1054</v>
+        <v>1233</v>
       </c>
       <c r="F155" s="6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="G155" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="156" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A156" s="4" t="s">
-        <v>1058</v>
+        <v>1240</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>2063</v>
+        <v>1241</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D156" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>1059</v>
+        <v>1242</v>
       </c>
       <c r="F156" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G156" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A157" s="4" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C157" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F157" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G156" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G157" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="158" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A158" s="4" t="s">
-        <v>1066</v>
+        <v>1255</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>1889</v>
+        <v>1256</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D158" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>1067</v>
+        <v>1257</v>
       </c>
       <c r="F158" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G158" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="159" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A159" s="4" t="s">
-        <v>1071</v>
+        <v>1258</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>1072</v>
+        <v>1259</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D159" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>1073</v>
+        <v>1260</v>
       </c>
       <c r="F159" s="6" t="s">
-        <v>160</v>
+        <v>12</v>
       </c>
       <c r="G159" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="160" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A160" s="4" t="s">
-        <v>1087</v>
+        <v>1264</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>2164</v>
+        <v>1265</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D160" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>1088</v>
+        <v>1266</v>
       </c>
       <c r="F160" s="6" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="G160" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="161" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A161" s="4" t="s">
-        <v>1089</v>
+        <v>1282</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>2165</v>
+        <v>1283</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>1090</v>
+        <v>1284</v>
       </c>
       <c r="F161" s="6" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="G161" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="162" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A162" s="4" t="s">
-        <v>1091</v>
+        <v>1285</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>2166</v>
+        <v>1286</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D162" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>1092</v>
+        <v>1287</v>
       </c>
       <c r="F162" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="163" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A163" s="4" t="s">
-        <v>1096</v>
+        <v>1288</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>2065</v>
+        <v>1289</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D163" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>1097</v>
+        <v>1290</v>
       </c>
       <c r="F163" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G163" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="164" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A164" s="4" t="s">
-        <v>1098</v>
+        <v>1294</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>1099</v>
+        <v>1295</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>1100</v>
+        <v>1296</v>
       </c>
       <c r="F164" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G164" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="165" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A165" s="4" t="s">
-        <v>1101</v>
+        <v>1297</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>2167</v>
+        <v>1298</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>1102</v>
+        <v>1299</v>
       </c>
       <c r="F165" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G165" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A166" s="4" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F166" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G165" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G166" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="167" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A167" s="4" t="s">
-        <v>1105</v>
+        <v>1303</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>1892</v>
+        <v>1304</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>1106</v>
+        <v>1305</v>
       </c>
       <c r="F167" s="6" t="s">
-        <v>12</v>
+        <v>205</v>
       </c>
       <c r="G167" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="168" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A168" s="4" t="s">
-        <v>1107</v>
+        <v>1306</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>1893</v>
+        <v>1307</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>1108</v>
+        <v>1308</v>
       </c>
       <c r="F168" s="6" t="s">
-        <v>217</v>
+        <v>12</v>
       </c>
       <c r="G168" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="169" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A169" s="4" t="s">
-        <v>1109</v>
+        <v>1309</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>1894</v>
+        <v>1310</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>1110</v>
+        <v>1311</v>
       </c>
       <c r="F169" s="6" t="s">
-        <v>203</v>
+        <v>256</v>
       </c>
       <c r="G169" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="170" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A170" s="4" t="s">
-        <v>1117</v>
+        <v>1312</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>1118</v>
+        <v>1313</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D170" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>1119</v>
+        <v>1314</v>
       </c>
       <c r="F170" s="6" t="s">
-        <v>12</v>
+        <v>239</v>
       </c>
       <c r="G170" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="171" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A171" s="4" t="s">
-        <v>1120</v>
+        <v>1321</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>1895</v>
+        <v>1322</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>1121</v>
+        <v>1323</v>
       </c>
       <c r="F171" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G171" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="172" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A172" s="4" t="s">
-        <v>1122</v>
+        <v>1324</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>1123</v>
+        <v>1325</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>1124</v>
+        <v>1326</v>
       </c>
       <c r="F172" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G172" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="4" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>1329</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="173" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="174" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A174" s="4" t="s">
-        <v>1142</v>
+        <v>1333</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>2168</v>
+        <v>1334</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D174" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>1143</v>
+        <v>1335</v>
       </c>
       <c r="F174" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G174" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="4" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B175" s="5" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C175" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F175" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G174" s="7">
-[...19 lines deleted...]
-      <c r="F175" s="6" t="s">
+      <c r="G175" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="4" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F176" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G175" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G176" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="177" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A177" s="4" t="s">
-        <v>1153</v>
+        <v>1355</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>1900</v>
+        <v>1356</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D177" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>1154</v>
+        <v>1357</v>
       </c>
       <c r="F177" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G177" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="4" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B178" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C178" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F178" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G177" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G178" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="179" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A179" s="4" t="s">
-        <v>1157</v>
+        <v>1367</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>2169</v>
+        <v>1368</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>1158</v>
+        <v>1369</v>
       </c>
       <c r="F179" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="4" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>1372</v>
+      </c>
+      <c r="F180" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G179" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G180" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="181" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="181" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A181" s="4" t="s">
-        <v>1161</v>
+        <v>1373</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>1903</v>
+        <v>1374</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>1162</v>
+        <v>1375</v>
       </c>
       <c r="F181" s="6" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G181" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="182" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="182" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A182" s="4" t="s">
-        <v>1171</v>
+        <v>1376</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>1905</v>
+        <v>1377</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>1172</v>
+        <v>1378</v>
       </c>
       <c r="F182" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G182" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="183" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A183" s="4" t="s">
-        <v>1173</v>
+        <v>1388</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>1174</v>
+        <v>1389</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>1175</v>
+        <v>1390</v>
       </c>
       <c r="F183" s="6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G183" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="184" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A184" s="4" t="s">
-        <v>1176</v>
+        <v>1391</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>1906</v>
+        <v>1392</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D184" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>1177</v>
+        <v>1393</v>
       </c>
       <c r="F184" s="6" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G184" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="185" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="185" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A185" s="4" t="s">
-        <v>1178</v>
+        <v>1394</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>1179</v>
+        <v>1395</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>1180</v>
+        <v>1396</v>
       </c>
       <c r="F185" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="186" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="186" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A186" s="4" t="s">
-        <v>1187</v>
+        <v>1397</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>1907</v>
+        <v>1398</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D186" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>1188</v>
+        <v>1399</v>
       </c>
       <c r="F186" s="6" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="G186" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="187" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="187" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A187" s="4" t="s">
-        <v>1194</v>
+        <v>1406</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>1909</v>
+        <v>1407</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D187" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>1195</v>
+        <v>1408</v>
       </c>
       <c r="F187" s="6" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
       <c r="G187" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="188" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="188" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A188" s="4" t="s">
-        <v>1196</v>
+        <v>1415</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>1910</v>
+        <v>1416</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D188" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>1197</v>
+        <v>1417</v>
       </c>
       <c r="F188" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="189" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="189" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A189" s="4" t="s">
-        <v>1198</v>
+        <v>1418</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>1911</v>
+        <v>1419</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>1199</v>
+        <v>1420</v>
       </c>
       <c r="F189" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G189" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="190" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="190" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A190" s="4" t="s">
-        <v>1203</v>
+        <v>1421</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>2170</v>
+        <v>1422</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>1204</v>
+        <v>1423</v>
       </c>
       <c r="F190" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="191" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="191" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A191" s="4" t="s">
-        <v>1211</v>
+        <v>1427</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>1912</v>
+        <v>1428</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D191" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>1212</v>
+        <v>1429</v>
       </c>
       <c r="F191" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G191" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="192" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="192" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A192" s="4" t="s">
-        <v>1216</v>
+        <v>1436</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>2171</v>
+        <v>1437</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D192" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>1217</v>
+        <v>1438</v>
       </c>
       <c r="F192" s="6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G192" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="193" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A193" s="4" t="s">
-        <v>1218</v>
+        <v>1442</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>1913</v>
+        <v>1443</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>1219</v>
+        <v>1444</v>
       </c>
       <c r="F193" s="6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G193" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="194" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A194" s="4" t="s">
-        <v>1220</v>
+        <v>1445</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>1914</v>
+        <v>1446</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D194" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>1221</v>
+        <v>1447</v>
       </c>
       <c r="F194" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="4" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B195" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>1450</v>
+      </c>
+      <c r="F195" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G194" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G195" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="196" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="196" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A196" s="4" t="s">
-        <v>1226</v>
+        <v>1454</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>2174</v>
+        <v>1455</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D196" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>1227</v>
+        <v>1456</v>
       </c>
       <c r="F196" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="G196" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A197" s="4" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F197" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G196" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G197" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="198" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="198" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A198" s="4" t="s">
-        <v>1234</v>
+        <v>1460</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>1915</v>
+        <v>1461</v>
       </c>
       <c r="C198" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D198" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>1235</v>
+        <v>1462</v>
       </c>
       <c r="F198" s="6" t="s">
-        <v>12</v>
+        <v>935</v>
       </c>
       <c r="G198" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="199" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A199" s="4" t="s">
-        <v>1239</v>
+        <v>1466</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>2175</v>
+        <v>1467</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D199" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>1240</v>
+        <v>1468</v>
       </c>
       <c r="F199" s="6" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="G199" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="200" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="200" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A200" s="4" t="s">
-        <v>1244</v>
+        <v>1472</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>2176</v>
+        <v>1473</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D200" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>1245</v>
+        <v>1474</v>
       </c>
       <c r="F200" s="6" t="s">
-        <v>13</v>
+        <v>246</v>
       </c>
       <c r="G200" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="201" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="201" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="4" t="s">
-        <v>1246</v>
+        <v>1478</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>2177</v>
+        <v>1479</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D201" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>1247</v>
+        <v>1480</v>
       </c>
       <c r="F201" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="202" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="202" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A202" s="4" t="s">
-        <v>1248</v>
+        <v>1481</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>1916</v>
+        <v>1482</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D202" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1249</v>
+        <v>1483</v>
       </c>
       <c r="F202" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="203" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="203" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A203" s="4" t="s">
-        <v>1256</v>
+        <v>1484</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>2178</v>
+        <v>1485</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D203" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>1257</v>
+        <v>1486</v>
       </c>
       <c r="F203" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="204" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="204" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A204" s="4" t="s">
-        <v>1264</v>
+        <v>1493</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>1917</v>
+        <v>1494</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>1265</v>
+        <v>1495</v>
       </c>
       <c r="F204" s="6" t="s">
-        <v>513</v>
+        <v>13</v>
       </c>
       <c r="G204" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="205" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="205" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A205" s="4" t="s">
-        <v>1266</v>
+        <v>1502</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>2068</v>
+        <v>1503</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>1267</v>
+        <v>1504</v>
       </c>
       <c r="F205" s="6" t="s">
-        <v>16</v>
+        <v>603</v>
       </c>
       <c r="G205" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="206" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="206" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A206" s="4" t="s">
-        <v>1268</v>
+        <v>1505</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>2069</v>
+        <v>1506</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D206" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>1269</v>
+        <v>1507</v>
       </c>
       <c r="F206" s="6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G206" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="207" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="207" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A207" s="4" t="s">
-        <v>1272</v>
+        <v>1508</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>1918</v>
+        <v>1509</v>
       </c>
       <c r="C207" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D207" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>1273</v>
+        <v>1510</v>
       </c>
       <c r="F207" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G207" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="208" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="208" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A208" s="4" t="s">
-        <v>1274</v>
+        <v>1514</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>1919</v>
+        <v>1515</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D208" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>1275</v>
+        <v>1516</v>
       </c>
       <c r="F208" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="4" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F209" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G208" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G209" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="210" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="210" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A210" s="4" t="s">
-        <v>1280</v>
+        <v>1520</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>1922</v>
+        <v>1521</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D210" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>1281</v>
+        <v>1522</v>
       </c>
       <c r="F210" s="6" t="s">
-        <v>800</v>
+        <v>12</v>
       </c>
       <c r="G210" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="211" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="211" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A211" s="4" t="s">
-        <v>1282</v>
+        <v>1526</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>2180</v>
+        <v>1527</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>1283</v>
+        <v>1528</v>
       </c>
       <c r="F211" s="6" t="s">
-        <v>226</v>
+        <v>935</v>
       </c>
       <c r="G211" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="212" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="212" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A212" s="4" t="s">
-        <v>1284</v>
+        <v>1529</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>1923</v>
+        <v>1530</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>1285</v>
+        <v>1531</v>
       </c>
       <c r="F212" s="6" t="s">
-        <v>12</v>
+        <v>266</v>
       </c>
       <c r="G212" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="213" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="213" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A213" s="4" t="s">
-        <v>1286</v>
+        <v>1532</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>2070</v>
+        <v>1533</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>1287</v>
+        <v>1534</v>
       </c>
       <c r="F213" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G213" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="4" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>1536</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F214" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G213" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G214" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="215" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="215" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A215" s="4" t="s">
-        <v>1293</v>
+        <v>1541</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>2181</v>
+        <v>1542</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D215" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>1294</v>
+        <v>1543</v>
       </c>
       <c r="F215" s="6" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="G215" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="216" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="216" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A216" s="4" t="s">
-        <v>1295</v>
+        <v>1544</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>1925</v>
+        <v>1545</v>
       </c>
       <c r="C216" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D216" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>1296</v>
+        <v>1546</v>
       </c>
       <c r="F216" s="6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G216" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="217" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="217" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A217" s="4" t="s">
-        <v>1297</v>
+        <v>1547</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>1926</v>
+        <v>1548</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D217" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>1298</v>
+        <v>1549</v>
       </c>
       <c r="F217" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="4" t="s">
+        <v>1550</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>1552</v>
+      </c>
+      <c r="F218" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G217" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G218" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="219" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="219" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A219" s="4" t="s">
-        <v>1303</v>
+        <v>1556</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>1929</v>
+        <v>1557</v>
       </c>
       <c r="C219" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D219" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>1304</v>
+        <v>1558</v>
       </c>
       <c r="F219" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G219" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="220" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="220" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A220" s="4" t="s">
-        <v>1305</v>
+        <v>1559</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>2182</v>
+        <v>1560</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D220" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>1306</v>
+        <v>1561</v>
       </c>
       <c r="F220" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G220" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="221" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A221" s="4" t="s">
-        <v>1318</v>
+        <v>1562</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>1930</v>
+        <v>1563</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>1319</v>
+        <v>1564</v>
       </c>
       <c r="F221" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G221" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="222" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="222" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A222" s="4" t="s">
-        <v>1320</v>
+        <v>1578</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>1931</v>
+        <v>1579</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D222" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>1321</v>
+        <v>1580</v>
       </c>
       <c r="F222" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G222" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="223" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A223" s="4" t="s">
-        <v>1322</v>
+        <v>1581</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>1932</v>
+        <v>1582</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D223" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>1323</v>
+        <v>1583</v>
       </c>
       <c r="F223" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G223" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="4" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>1585</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F224" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G224" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="4" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B225" s="5" t="s">
+        <v>1588</v>
+      </c>
+      <c r="C225" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E225" s="5" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F225" s="6" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G225" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="4" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B226" s="5" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C226" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E226" s="5" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F226" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G226" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="227" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A227" s="4" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F227" s="6" t="s">
+        <v>1603</v>
+      </c>
+      <c r="G227" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="4" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F228" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="G223" s="7">
-[...42 lines deleted...]
-      <c r="F225" s="6" t="s">
+      <c r="G228" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="229" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="4" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B229" s="5" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C229" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F229" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G229" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A230" s="4" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="F230" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="G230" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="4" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="F231" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G231" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="232" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A232" s="4" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B232" s="5" t="s">
+        <v>1620</v>
+      </c>
+      <c r="C232" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D232" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E232" s="5" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F232" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="G232" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A233" s="4" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B233" s="5" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C233" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D233" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="F233" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G233" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A234" s="4" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B234" s="5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="C234" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D234" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F234" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G234" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="4" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>1630</v>
+      </c>
+      <c r="F235" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G235" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="4" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F236" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="G236" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="4" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D237" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F237" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G237" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A238" s="4" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F238" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G238" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A239" s="4" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F239" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G225" s="7">
-[...320 lines deleted...]
-      </c>
       <c r="G239" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="240" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="240" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A240" s="4" t="s">
-        <v>1373</v>
+        <v>1652</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>1374</v>
+        <v>1653</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D240" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>1375</v>
+        <v>1654</v>
       </c>
       <c r="F240" s="6" t="s">
-        <v>203</v>
+        <v>12</v>
       </c>
       <c r="G240" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="241" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A241" s="4" t="s">
-        <v>1379</v>
+        <v>1655</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>1938</v>
+        <v>1656</v>
       </c>
       <c r="C241" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D241" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>1380</v>
+        <v>1657</v>
       </c>
       <c r="F241" s="6" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
       <c r="G241" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="242" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="242" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A242" s="4" t="s">
-        <v>1381</v>
+        <v>1661</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>2076</v>
+        <v>1662</v>
       </c>
       <c r="C242" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D242" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>1380</v>
+        <v>1663</v>
       </c>
       <c r="F242" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G242" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="243" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="243" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A243" s="4" t="s">
-        <v>1382</v>
+        <v>1664</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>1939</v>
+        <v>1665</v>
       </c>
       <c r="C243" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D243" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1383</v>
+        <v>1663</v>
       </c>
       <c r="F243" s="6" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="G243" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="244" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="244" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A244" s="4" t="s">
-        <v>1387</v>
+        <v>1666</v>
       </c>
       <c r="B244" s="5" t="s">
+        <v>1667</v>
+      </c>
+      <c r="C244" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D244" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F244" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G244" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="4" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B245" s="5" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C245" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D245" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E245" s="5" t="s">
+        <v>1674</v>
+      </c>
+      <c r="F245" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="G245" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A246" s="4" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F246" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="G246" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A247" s="4" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B247" s="5" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C247" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D247" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E247" s="5" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F247" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G247" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A248" s="4" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B248" s="5" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C248" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D248" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F248" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G248" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A249" s="4" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F249" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="G249" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A250" s="4" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>1694</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>1695</v>
+      </c>
+      <c r="F250" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G250" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="4" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F251" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G251" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="4" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F252" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G252" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="4" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C253" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F253" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G253" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="254" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="4" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F254" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G254" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="255" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A255" s="4" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F255" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="G255" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A256" s="4" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D256" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>1725</v>
+      </c>
+      <c r="F256" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G256" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A257" s="4" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>1727</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F257" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G257" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="258" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A258" s="4" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>1731</v>
+      </c>
+      <c r="F258" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G258" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A259" s="4" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B259" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C259" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D259" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F259" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G259" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="4" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F260" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="G260" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="261" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A261" s="4" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D261" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>1750</v>
+      </c>
+      <c r="F261" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="G261" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="262" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A262" s="4" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B262" s="5" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C262" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F262" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G262" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="4" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1756</v>
+      </c>
+      <c r="F263" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G263" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A264" s="4" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F264" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G264" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="265" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="4" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F265" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G265" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="266" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="4" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F266" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G266" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A267" s="4" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1768</v>
+      </c>
+      <c r="F267" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="G267" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="4" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>1770</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1771</v>
+      </c>
+      <c r="F268" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G268" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="269" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A269" s="4" t="s">
+        <v>1772</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F269" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="G269" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="270" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A270" s="4" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F270" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G270" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="4" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F271" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G271" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="4" t="s">
+        <v>1781</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F272" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="G272" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="273" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A273" s="4" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B273" s="5" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C273" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D273" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E273" s="5" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F273" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G273" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="274" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A274" s="4" t="s">
+        <v>1790</v>
+      </c>
+      <c r="B274" s="5" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C274" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D274" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F274" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="G274" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="275" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A275" s="4" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B275" s="5" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C275" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D275" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F275" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G275" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A276" s="4" t="s">
+        <v>1796</v>
+      </c>
+      <c r="B276" s="5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C276" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D276" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E276" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="F276" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G276" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A277" s="4" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="C277" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>1801</v>
+      </c>
+      <c r="F277" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G277" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A278" s="4" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C278" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F278" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G278" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A279" s="4" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E279" s="5" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F279" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G279" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="280" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A280" s="4" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C280" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D280" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E280" s="5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F280" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G280" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A281" s="4" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B281" s="5" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C281" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D281" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E281" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F281" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G281" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A282" s="4" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B282" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="C282" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D282" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E282" s="5" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F282" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G282" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="283" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A283" s="4" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B283" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C283" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E283" s="5" t="s">
+        <v>1822</v>
+      </c>
+      <c r="F283" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G283" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A284" s="4" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B284" s="5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="C284" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D284" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E284" s="5" t="s">
+        <v>1825</v>
+      </c>
+      <c r="F284" s="6" t="s">
+        <v>935</v>
+      </c>
+      <c r="G284" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A285" s="4" t="s">
+        <v>1826</v>
+      </c>
+      <c r="B285" s="5" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C285" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F285" s="6"/>
+      <c r="G285" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="286" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A286" s="4" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B286" s="5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C286" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1831</v>
+      </c>
+      <c r="F286" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G286" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="4" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>1837</v>
+      </c>
+      <c r="F287" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G287" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="4" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F288" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G288" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="289" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A289" s="4" t="s">
+        <v>1844</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F289" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="G289" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A290" s="4" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F290" s="6" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G290" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A291" s="4" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>1852</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F291" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G291" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A292" s="4" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B292" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C292" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E292" s="5" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F292" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G292" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A293" s="4" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>1859</v>
+      </c>
+      <c r="F293" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="G293" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="4" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F294" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G294" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A295" s="4" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>1874</v>
+      </c>
+      <c r="F295" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G295" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A296" s="4" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="F296" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G296" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A297" s="4" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F297" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G297" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="4" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>1886</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="F298" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G298" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A299" s="4" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F299" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G299" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A300" s="4" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B300" s="5" t="s">
+        <v>1895</v>
+      </c>
+      <c r="C300" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D300" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>1896</v>
+      </c>
+      <c r="F300" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="G300" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="301" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A301" s="4" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B301" s="5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C301" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D301" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E301" s="5" t="s">
+        <v>1899</v>
+      </c>
+      <c r="F301" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G301" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A302" s="4" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B302" s="5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="C302" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D302" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E302" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="F302" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G302" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="303" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A303" s="4" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B303" s="5" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C303" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D303" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>1905</v>
+      </c>
+      <c r="F303" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G303" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A304" s="4" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F304" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="G304" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="305" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A305" s="4" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B305" s="5" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C305" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D305" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>1914</v>
+      </c>
+      <c r="F305" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="G305" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A306" s="4" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>1917</v>
+      </c>
+      <c r="F306" s="6" t="s">
+        <v>1918</v>
+      </c>
+      <c r="G306" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="307" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A307" s="4" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>1920</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>1921</v>
+      </c>
+      <c r="F307" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G307" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A308" s="4" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F308" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G308" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="309" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="4" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>1926</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>1927</v>
+      </c>
+      <c r="F309" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G309" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="310" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A310" s="4" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B310" s="5" t="s">
+        <v>1929</v>
+      </c>
+      <c r="C310" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D310" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F310" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="G310" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="311" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A311" s="4" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>1932</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D311" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E311" s="5" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F311" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G311" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="312" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A312" s="4" t="s">
+        <v>1934</v>
+      </c>
+      <c r="B312" s="5" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C312" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D312" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F312" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G312" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="4" t="s">
         <v>1940</v>
       </c>
-      <c r="C244" s="5" t="s">
-[...42 lines deleted...]
-      <c r="B246" s="5" t="s">
+      <c r="B313" s="5" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E313" s="5" t="s">
         <v>1942</v>
       </c>
-      <c r="C246" s="5" t="s">
-[...88 lines deleted...]
-      <c r="B250" s="5" t="s">
+      <c r="F313" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G313" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="314" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="4" t="s">
         <v>1943</v>
       </c>
-      <c r="C250" s="5" t="s">
-[...295 lines deleted...]
-      <c r="B263" s="5" t="s">
+      <c r="B314" s="5" t="s">
+        <v>1944</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>1945</v>
+      </c>
+      <c r="F314" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G314" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="315" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="4" t="s">
         <v>1955</v>
       </c>
-      <c r="C263" s="5" t="s">
-[...65 lines deleted...]
-      <c r="B266" s="5" t="s">
+      <c r="B315" s="5" t="s">
         <v>1956</v>
       </c>
-      <c r="C266" s="5" t="s">
-[...19 lines deleted...]
-      <c r="B267" s="5" t="s">
+      <c r="C315" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E315" s="5" t="s">
         <v>1957</v>
-      </c>
-[...1109 lines deleted...]
-        <v>1591</v>
       </c>
       <c r="F315" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G315" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="316" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="316" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A316" s="4" t="s">
-        <v>1592</v>
+        <v>1958</v>
       </c>
       <c r="B316" s="5" t="s">
+        <v>1959</v>
+      </c>
+      <c r="C316" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D316" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F316" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G316" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="317" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A317" s="4" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B317" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C317" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D317" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F317" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G317" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="318" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A318" s="4" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="F318" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G318" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="319" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A319" s="4" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B319" s="5" t="s">
+        <v>1968</v>
+      </c>
+      <c r="C319" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D319" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>1969</v>
+      </c>
+      <c r="F319" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G319" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="4" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>1972</v>
+      </c>
+      <c r="F320" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G320" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="321" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A321" s="4" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B321" s="5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C321" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D321" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="F321" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G321" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="322" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A322" s="4" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B322" s="5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="C322" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E322" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="F322" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G322" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="4" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F323" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="G323" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="324" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A324" s="4" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F324" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G324" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="325" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A325" s="4" t="s">
         <v>1985</v>
       </c>
-      <c r="C316" s="5" t="s">
-[...42 lines deleted...]
-      <c r="B318" s="5" t="s">
+      <c r="B325" s="5" t="s">
         <v>1986</v>
       </c>
-      <c r="C318" s="5" t="s">
-[...8 lines deleted...]
-      <c r="F318" s="6" t="s">
+      <c r="C325" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>1987</v>
+      </c>
+      <c r="F325" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G325" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="326" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A326" s="4" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>1989</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1990</v>
+      </c>
+      <c r="F326" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G326" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="327" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A327" s="4" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B327" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F327" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G327" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="328" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A328" s="4" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B328" s="5" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C328" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F328" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G328" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="329" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A329" s="4" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="C329" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D329" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="F329" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="G329" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="330" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A330" s="4" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>2001</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>2002</v>
+      </c>
+      <c r="F330" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G330" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="331" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A331" s="4" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E331" s="5" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F331" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G318" s="7">
-[...272 lines deleted...]
-      <c r="F330" s="6" t="s">
+      <c r="G331" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="332" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A332" s="4" t="s">
+        <v>2006</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>2007</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="F332" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G332" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="333" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A333" s="4" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E333" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F333" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="G333" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="334" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A334" s="4" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="F334" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G334" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="335" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A335" s="4" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B335" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C335" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F335" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G330" s="7">
-[...88 lines deleted...]
-      <c r="F334" s="6" t="s">
+      <c r="G335" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="336" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A336" s="4" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B336" s="5" t="s">
+        <v>2019</v>
+      </c>
+      <c r="C336" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D336" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E336" s="5" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F336" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G336" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="337" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A337" s="4" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B337" s="5" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C337" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D337" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E337" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="F337" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G334" s="7">
-[...67 lines deleted...]
-      </c>
       <c r="G337" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="338" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="338" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A338" s="4" t="s">
-        <v>1637</v>
+        <v>2024</v>
       </c>
       <c r="B338" s="5" t="s">
-        <v>2224</v>
+        <v>2025</v>
       </c>
       <c r="C338" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D338" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E338" s="5" t="s">
-        <v>1638</v>
+        <v>2026</v>
       </c>
       <c r="F338" s="6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G338" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="339" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="339" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A339" s="4" t="s">
-        <v>1639</v>
+        <v>2027</v>
       </c>
       <c r="B339" s="5" t="s">
-        <v>2094</v>
+        <v>2028</v>
       </c>
       <c r="C339" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D339" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E339" s="5" t="s">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="F339" s="6"/>
+        <v>2029</v>
+      </c>
+      <c r="F339" s="6" t="s">
+        <v>16</v>
+      </c>
       <c r="G339" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="340" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="340" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A340" s="4" t="s">
-        <v>1641</v>
+        <v>2030</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>2095</v>
+        <v>2031</v>
       </c>
       <c r="C340" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D340" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E340" s="5" t="s">
-        <v>1642</v>
-[...3 lines deleted...]
-      </c>
+        <v>2032</v>
+      </c>
+      <c r="F340" s="6"/>
       <c r="G340" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="341" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="341" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A341" s="4" t="s">
-        <v>1646</v>
+        <v>2033</v>
       </c>
       <c r="B341" s="5" t="s">
-        <v>2225</v>
+        <v>2034</v>
       </c>
       <c r="C341" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D341" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E341" s="5" t="s">
-        <v>1647</v>
+        <v>2035</v>
       </c>
       <c r="F341" s="6" t="s">
-        <v>264</v>
+        <v>137</v>
       </c>
       <c r="G341" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="342" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="342" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A342" s="4" t="s">
-        <v>1648</v>
+        <v>2039</v>
       </c>
       <c r="B342" s="5" t="s">
-        <v>1997</v>
+        <v>2040</v>
       </c>
       <c r="C342" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D342" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E342" s="5" t="s">
-        <v>1649</v>
+        <v>2041</v>
       </c>
       <c r="F342" s="6" t="s">
-        <v>16</v>
+        <v>314</v>
       </c>
       <c r="G342" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="343" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="343" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A343" s="4" t="s">
-        <v>1650</v>
+        <v>2042</v>
       </c>
       <c r="B343" s="5" t="s">
-        <v>1998</v>
+        <v>2043</v>
       </c>
       <c r="C343" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D343" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E343" s="5" t="s">
-        <v>1651</v>
+        <v>2044</v>
       </c>
       <c r="F343" s="6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G343" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="344" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="344" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A344" s="4" t="s">
-        <v>1654</v>
+        <v>2045</v>
       </c>
       <c r="B344" s="5" t="s">
-        <v>1999</v>
+        <v>2046</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D344" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E344" s="5" t="s">
-        <v>1655</v>
+        <v>2047</v>
       </c>
       <c r="F344" s="6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G344" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="345" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="345" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A345" s="4" t="s">
-        <v>1656</v>
+        <v>2051</v>
       </c>
       <c r="B345" s="5" t="s">
-        <v>2096</v>
+        <v>2052</v>
       </c>
       <c r="C345" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D345" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E345" s="5" t="s">
-        <v>1657</v>
+        <v>2053</v>
       </c>
       <c r="F345" s="6" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="G345" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="346" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="346" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A346" s="4" t="s">
-        <v>1658</v>
+        <v>2054</v>
       </c>
       <c r="B346" s="5" t="s">
-        <v>2000</v>
+        <v>2055</v>
       </c>
       <c r="C346" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D346" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E346" s="5" t="s">
-        <v>1659</v>
+        <v>2056</v>
       </c>
       <c r="F346" s="6" t="s">
-        <v>12</v>
+        <v>103</v>
       </c>
       <c r="G346" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="347" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="347" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A347" s="4" t="s">
-        <v>1660</v>
+        <v>2057</v>
       </c>
       <c r="B347" s="5" t="s">
-        <v>2227</v>
+        <v>2058</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D347" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E347" s="5" t="s">
-        <v>1661</v>
+        <v>2059</v>
       </c>
       <c r="F347" s="6" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G347" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="348" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="348" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A348" s="4" t="s">
-        <v>1664</v>
+        <v>2060</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>2002</v>
+        <v>2061</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D348" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E348" s="5" t="s">
-        <v>1665</v>
+        <v>2062</v>
       </c>
       <c r="F348" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G348" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="349" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A349" s="4" t="s">
+        <v>2066</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C349" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D349" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>2068</v>
+      </c>
+      <c r="F349" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G348" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G349" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="350" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="350" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A350" s="4" t="s">
-        <v>1670</v>
+        <v>2072</v>
       </c>
       <c r="B350" s="5" t="s">
-        <v>2229</v>
+        <v>2073</v>
       </c>
       <c r="C350" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D350" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E350" s="5" t="s">
-        <v>1671</v>
+        <v>2074</v>
       </c>
       <c r="F350" s="6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G350" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="351" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="351" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A351" s="4" t="s">
-        <v>1672</v>
+        <v>2075</v>
       </c>
       <c r="B351" s="5" t="s">
-        <v>2004</v>
+        <v>2076</v>
       </c>
       <c r="C351" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D351" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E351" s="5" t="s">
-        <v>1673</v>
+        <v>2077</v>
       </c>
       <c r="F351" s="6" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G351" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="352" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="352" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A352" s="4" t="s">
-        <v>1674</v>
+        <v>2078</v>
       </c>
       <c r="B352" s="5" t="s">
-        <v>2230</v>
+        <v>2079</v>
       </c>
       <c r="C352" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D352" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E352" s="5" t="s">
-        <v>1675</v>
+        <v>2080</v>
       </c>
       <c r="F352" s="6" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="G352" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="353" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="353" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A353" s="4" t="s">
-        <v>1676</v>
+        <v>2081</v>
       </c>
       <c r="B353" s="5" t="s">
-        <v>2231</v>
+        <v>2082</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D353" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>1677</v>
+        <v>2083</v>
       </c>
       <c r="F353" s="6" t="s">
-        <v>12</v>
+        <v>103</v>
       </c>
       <c r="G353" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="354" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="354" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A354" s="4" t="s">
-        <v>1678</v>
+        <v>2084</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>2097</v>
+        <v>2085</v>
       </c>
       <c r="C354" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D354" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E354" s="5" t="s">
-        <v>1679</v>
-[...1 lines deleted...]
-      <c r="F354" s="6"/>
+        <v>2086</v>
+      </c>
+      <c r="F354" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="G354" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="355" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="355" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A355" s="4" t="s">
-        <v>1680</v>
+        <v>2087</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>1681</v>
+        <v>2088</v>
       </c>
       <c r="C355" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D355" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E355" s="5" t="s">
-        <v>1682</v>
+        <v>2089</v>
       </c>
       <c r="F355" s="6"/>
       <c r="G355" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="356" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="356" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A356" s="4" t="s">
-        <v>1683</v>
+        <v>2090</v>
       </c>
       <c r="B356" s="5" t="s">
+        <v>2091</v>
+      </c>
+      <c r="C356" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D356" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E356" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="F356" s="6"/>
+      <c r="G356" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="357" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A357" s="4" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B357" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="C357" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D357" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E357" s="5" t="s">
+        <v>2095</v>
+      </c>
+      <c r="F357" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G357" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="358" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A358" s="4" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B358" s="5" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C358" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E358" s="5" t="s">
         <v>2098</v>
       </c>
-      <c r="C356" s="5" t="s">
-[...53 lines deleted...]
-      </c>
       <c r="F358" s="6" t="s">
-        <v>217</v>
+        <v>935</v>
       </c>
       <c r="G358" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="359" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="359" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A359" s="4" t="s">
-        <v>1689</v>
+        <v>2099</v>
       </c>
       <c r="B359" s="5" t="s">
-        <v>2005</v>
+        <v>2100</v>
       </c>
       <c r="C359" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D359" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E359" s="5" t="s">
-        <v>1690</v>
-[...1 lines deleted...]
-      <c r="F359" s="6"/>
+        <v>2101</v>
+      </c>
+      <c r="F359" s="6" t="s">
+        <v>256</v>
+      </c>
       <c r="G359" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="360" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="360" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A360" s="4" t="s">
-        <v>1691</v>
+        <v>2102</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>2234</v>
+        <v>2103</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D360" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E360" s="5" t="s">
-        <v>1692</v>
-[...3 lines deleted...]
-      </c>
+        <v>2104</v>
+      </c>
+      <c r="F360" s="6"/>
       <c r="G360" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="361" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="361" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A361" s="4" t="s">
-        <v>1693</v>
+        <v>2105</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>2235</v>
+        <v>2106</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D361" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E361" s="5" t="s">
-        <v>1694</v>
+        <v>2107</v>
       </c>
       <c r="F361" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G361" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="362" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="362" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A362" s="4" t="s">
-        <v>1695</v>
+        <v>2108</v>
       </c>
       <c r="B362" s="5" t="s">
-        <v>2236</v>
+        <v>2109</v>
       </c>
       <c r="C362" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D362" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E362" s="5" t="s">
-        <v>1696</v>
+        <v>2110</v>
       </c>
       <c r="F362" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G362" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="363" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="363" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A363" s="4" t="s">
-        <v>1697</v>
+        <v>2111</v>
       </c>
       <c r="B363" s="5" t="s">
-        <v>2006</v>
+        <v>2112</v>
       </c>
       <c r="C363" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D363" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E363" s="5" t="s">
-        <v>1698</v>
+        <v>2113</v>
       </c>
       <c r="F363" s="6" t="s">
-        <v>85</v>
+        <v>13</v>
       </c>
       <c r="G363" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="364" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="364" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A364" s="4" t="s">
-        <v>1699</v>
+        <v>2114</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>2099</v>
+        <v>2115</v>
       </c>
       <c r="C364" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D364" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E364" s="5" t="s">
-        <v>1700</v>
+        <v>2116</v>
       </c>
       <c r="F364" s="6" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="G364" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="365" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="365" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A365" s="4" t="s">
-        <v>1701</v>
+        <v>2117</v>
       </c>
       <c r="B365" s="5" t="s">
-        <v>2237</v>
+        <v>2118</v>
       </c>
       <c r="C365" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D365" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E365" s="5" t="s">
-        <v>1702</v>
+        <v>2119</v>
       </c>
       <c r="F365" s="6" t="s">
-        <v>12</v>
+        <v>137</v>
       </c>
       <c r="G365" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="366" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="366" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A366" s="4" t="s">
-        <v>1703</v>
+        <v>2120</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>1704</v>
+        <v>2121</v>
       </c>
       <c r="C366" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D366" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E366" s="5" t="s">
-        <v>1705</v>
+        <v>2122</v>
       </c>
       <c r="F366" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G366" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="367" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A367" s="4" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B367" s="5" t="s">
+        <v>2124</v>
+      </c>
+      <c r="C367" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D367" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>2125</v>
+      </c>
+      <c r="F367" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G366" s="7">
-[...19 lines deleted...]
-      <c r="F367" s="6" t="s">
+      <c r="G367" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="368" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A368" s="4" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B368" s="5" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C368" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D368" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E368" s="5" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F368" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="G367" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G368" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="369" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="369" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A369" s="4" t="s">
-        <v>1711</v>
+        <v>2129</v>
       </c>
       <c r="B369" s="5" t="s">
-        <v>1712</v>
+        <v>2130</v>
       </c>
       <c r="C369" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D369" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E369" s="5" t="s">
-        <v>1713</v>
+        <v>2131</v>
       </c>
       <c r="F369" s="6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G369" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="370" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="370" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A370" s="4" t="s">
-        <v>1714</v>
+        <v>2132</v>
       </c>
       <c r="B370" s="5" t="s">
-        <v>2007</v>
+        <v>2133</v>
       </c>
       <c r="C370" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D370" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E370" s="5" t="s">
-        <v>1715</v>
+        <v>2134</v>
       </c>
       <c r="F370" s="6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G370" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="371" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="371" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A371" s="4" t="s">
-        <v>1716</v>
+        <v>2135</v>
       </c>
       <c r="B371" s="5" t="s">
-        <v>1717</v>
+        <v>2136</v>
       </c>
       <c r="C371" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D371" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E371" s="5" t="s">
-        <v>1718</v>
-[...1 lines deleted...]
-      <c r="F371" s="6"/>
+        <v>2137</v>
+      </c>
+      <c r="F371" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="G371" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="372" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="372" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A372" s="4" t="s">
-        <v>1719</v>
+        <v>2138</v>
       </c>
       <c r="B372" s="5" t="s">
-        <v>2101</v>
+        <v>2139</v>
       </c>
       <c r="C372" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D372" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E372" s="5" t="s">
-        <v>1720</v>
-[...3 lines deleted...]
-      </c>
+        <v>2140</v>
+      </c>
+      <c r="F372" s="6"/>
       <c r="G372" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="373" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="373" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A373" s="4" t="s">
-        <v>1721</v>
+        <v>2141</v>
       </c>
       <c r="B373" s="5" t="s">
-        <v>2008</v>
+        <v>2142</v>
       </c>
       <c r="C373" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D373" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E373" s="5" t="s">
-        <v>1722</v>
+        <v>2143</v>
       </c>
       <c r="F373" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G373" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="374" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A374" s="4" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B374" s="5" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C374" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D374" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>2146</v>
+      </c>
+      <c r="F374" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G373" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G374" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="375" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="375" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A375" s="4" t="s">
-        <v>1725</v>
+        <v>2147</v>
       </c>
       <c r="B375" s="5" t="s">
-        <v>1726</v>
+        <v>2148</v>
       </c>
       <c r="C375" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D375" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E375" s="5" t="s">
-        <v>1727</v>
+        <v>2149</v>
       </c>
       <c r="F375" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G375" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="376" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="376" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A376" s="4" t="s">
-        <v>1728</v>
+        <v>2150</v>
       </c>
       <c r="B376" s="5" t="s">
-        <v>2010</v>
+        <v>2151</v>
       </c>
       <c r="C376" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D376" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E376" s="5" t="s">
-        <v>1729</v>
+        <v>2152</v>
       </c>
       <c r="F376" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G376" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="377" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="377" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A377" s="4" t="s">
-        <v>1730</v>
+        <v>2153</v>
       </c>
       <c r="B377" s="5" t="s">
-        <v>2238</v>
+        <v>2154</v>
       </c>
       <c r="C377" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D377" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E377" s="5" t="s">
-        <v>1731</v>
+        <v>2155</v>
       </c>
       <c r="F377" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G377" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="378" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A378" s="4" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B378" s="5" t="s">
+        <v>2157</v>
+      </c>
+      <c r="C378" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E378" s="5" t="s">
+        <v>2158</v>
+      </c>
+      <c r="F378" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G377" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G378" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="379" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="379" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A379" s="4" t="s">
-        <v>1734</v>
+        <v>2159</v>
       </c>
       <c r="B379" s="5" t="s">
-        <v>2239</v>
+        <v>2160</v>
       </c>
       <c r="C379" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D379" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E379" s="5" t="s">
-        <v>1735</v>
+        <v>2161</v>
       </c>
       <c r="F379" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G379" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="380" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="380" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A380" s="4" t="s">
-        <v>1736</v>
+        <v>2162</v>
       </c>
       <c r="B380" s="5" t="s">
-        <v>2102</v>
+        <v>2163</v>
       </c>
       <c r="C380" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D380" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E380" s="5" t="s">
-        <v>1737</v>
-[...1 lines deleted...]
-      <c r="F380" s="6"/>
+        <v>2164</v>
+      </c>
+      <c r="F380" s="6" t="s">
+        <v>12</v>
+      </c>
       <c r="G380" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="381" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="381" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A381" s="4" t="s">
-        <v>1738</v>
+        <v>2165</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>2240</v>
+        <v>2166</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D381" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E381" s="5" t="s">
-        <v>1739</v>
-[...3 lines deleted...]
-      </c>
+        <v>2167</v>
+      </c>
+      <c r="F381" s="6"/>
       <c r="G381" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="382" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="382" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A382" s="4" t="s">
-        <v>1740</v>
+        <v>2168</v>
       </c>
       <c r="B382" s="5" t="s">
-        <v>2012</v>
+        <v>2169</v>
       </c>
       <c r="C382" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D382" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E382" s="5" t="s">
-        <v>1741</v>
+        <v>2170</v>
       </c>
       <c r="F382" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G382" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="383" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="383" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A383" s="4" t="s">
-        <v>1742</v>
+        <v>2171</v>
       </c>
       <c r="B383" s="5" t="s">
-        <v>2103</v>
+        <v>2172</v>
       </c>
       <c r="C383" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D383" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E383" s="5" t="s">
-        <v>1743</v>
-[...1 lines deleted...]
-      <c r="F383" s="6"/>
+        <v>2173</v>
+      </c>
+      <c r="F383" s="6" t="s">
+        <v>13</v>
+      </c>
       <c r="G383" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="384" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="384" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A384" s="4" t="s">
-        <v>1744</v>
+        <v>2174</v>
       </c>
       <c r="B384" s="5" t="s">
-        <v>1745</v>
+        <v>2175</v>
       </c>
       <c r="C384" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D384" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E384" s="5" t="s">
-        <v>1746</v>
-[...3 lines deleted...]
-      </c>
+        <v>2176</v>
+      </c>
+      <c r="F384" s="6"/>
       <c r="G384" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="385" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="385" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A385" s="4" t="s">
-        <v>1747</v>
+        <v>2177</v>
       </c>
       <c r="B385" s="5" t="s">
-        <v>2013</v>
+        <v>2178</v>
       </c>
       <c r="C385" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D385" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E385" s="5" t="s">
-        <v>1748</v>
+        <v>2179</v>
       </c>
       <c r="F385" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="G385" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A386" s="4" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C386" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D386" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E386" s="5" t="s">
+        <v>2182</v>
+      </c>
+      <c r="F386" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G385" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G386" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="387" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="387" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A387" s="4" t="s">
-        <v>1751</v>
+        <v>2183</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>2105</v>
+        <v>2184</v>
       </c>
       <c r="C387" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D387" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E387" s="5" t="s">
-        <v>1752</v>
+        <v>2185</v>
       </c>
       <c r="F387" s="6" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="G387" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="388" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="388" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A388" s="4" t="s">
-        <v>1753</v>
+        <v>2186</v>
       </c>
       <c r="B388" s="5" t="s">
-        <v>2241</v>
+        <v>2187</v>
       </c>
       <c r="C388" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D388" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E388" s="5" t="s">
-        <v>1754</v>
+        <v>2188</v>
       </c>
       <c r="F388" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G388" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="389" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="389" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A389" s="4" t="s">
-        <v>1755</v>
+        <v>2189</v>
       </c>
       <c r="B389" s="5" t="s">
-        <v>2014</v>
+        <v>2190</v>
       </c>
       <c r="C389" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D389" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E389" s="5" t="s">
-        <v>1756</v>
+        <v>2191</v>
       </c>
       <c r="F389" s="6" t="s">
-        <v>12</v>
+        <v>103</v>
       </c>
       <c r="G389" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="390" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="390" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A390" s="4" t="s">
-        <v>1757</v>
+        <v>2192</v>
       </c>
       <c r="B390" s="5" t="s">
-        <v>2106</v>
+        <v>2193</v>
       </c>
       <c r="C390" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D390" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E390" s="5" t="s">
-        <v>1758</v>
+        <v>2194</v>
       </c>
       <c r="F390" s="6" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G390" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="391" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="391" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A391" s="4" t="s">
-        <v>1759</v>
+        <v>2195</v>
       </c>
       <c r="B391" s="5" t="s">
-        <v>1760</v>
+        <v>2196</v>
       </c>
       <c r="C391" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D391" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E391" s="5" t="s">
-        <v>1761</v>
-[...1 lines deleted...]
-      <c r="F391" s="6"/>
+        <v>2197</v>
+      </c>
+      <c r="F391" s="6" t="s">
+        <v>34</v>
+      </c>
       <c r="G391" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="392" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="392" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A392" s="4" t="s">
-        <v>1762</v>
+        <v>2198</v>
       </c>
       <c r="B392" s="5" t="s">
-        <v>2024</v>
+        <v>2199</v>
       </c>
       <c r="C392" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D392" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E392" s="5" t="s">
-        <v>1763</v>
-[...3 lines deleted...]
-      </c>
+        <v>2200</v>
+      </c>
+      <c r="F392" s="6"/>
       <c r="G392" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="393" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="393" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A393" s="4" t="s">
-        <v>1764</v>
+        <v>2201</v>
       </c>
       <c r="B393" s="5" t="s">
-        <v>1765</v>
+        <v>2202</v>
       </c>
       <c r="C393" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D393" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E393" s="5" t="s">
-        <v>1766</v>
+        <v>2203</v>
       </c>
       <c r="F393" s="6" t="s">
-        <v>16</v>
+        <v>266</v>
       </c>
       <c r="G393" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="394" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="394" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A394" s="4" t="s">
-        <v>1767</v>
+        <v>2204</v>
       </c>
       <c r="B394" s="5" t="s">
-        <v>2107</v>
+        <v>2205</v>
       </c>
       <c r="C394" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D394" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E394" s="5" t="s">
-        <v>1768</v>
+        <v>2206</v>
       </c>
       <c r="F394" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G394" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="395" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="395" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A395" s="4" t="s">
-        <v>1769</v>
+        <v>2207</v>
       </c>
       <c r="B395" s="5" t="s">
-        <v>2242</v>
+        <v>2208</v>
       </c>
       <c r="C395" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D395" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E395" s="5" t="s">
-        <v>1770</v>
+        <v>2209</v>
       </c>
       <c r="F395" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G395" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A396" s="4" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B396" s="5" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C396" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D396" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E396" s="5" t="s">
+        <v>2212</v>
+      </c>
+      <c r="F396" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G395" s="7">
-[...19 lines deleted...]
-      <c r="F396" s="6"/>
       <c r="G396" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="397" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="397" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A397" s="4" t="s">
-        <v>1773</v>
+        <v>2213</v>
       </c>
       <c r="B397" s="5" t="s">
-        <v>1774</v>
+        <v>2214</v>
       </c>
       <c r="C397" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D397" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E397" s="5" t="s">
-        <v>1775</v>
-[...3 lines deleted...]
-      </c>
+        <v>2215</v>
+      </c>
+      <c r="F397" s="6"/>
       <c r="G397" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A398" s="4" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B398" s="5" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C398" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D398" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E398" s="5" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F398" s="6" t="s">
+        <v>1741</v>
+      </c>
+      <c r="G398" s="7">
         <v>46312</v>
       </c>
     </row>
-    <row r="398" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-    <row r="399" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="399" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A399" s="4" t="s">
-        <v>1779</v>
+        <v>2219</v>
       </c>
       <c r="B399" s="5" t="s">
-        <v>2016</v>
+        <v>2220</v>
       </c>
       <c r="C399" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D399" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E399" s="5" t="s">
-        <v>1780</v>
+        <v>2221</v>
       </c>
       <c r="F399" s="6"/>
       <c r="G399" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="400" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="400" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A400" s="4" t="s">
-        <v>1781</v>
+        <v>2222</v>
       </c>
       <c r="B400" s="5" t="s">
-        <v>2108</v>
+        <v>2223</v>
       </c>
       <c r="C400" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D400" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E400" s="5" t="s">
-        <v>1782</v>
-[...3 lines deleted...]
-      </c>
+        <v>2224</v>
+      </c>
+      <c r="F400" s="6"/>
       <c r="G400" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="401" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="401" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A401" s="4" t="s">
-        <v>1783</v>
+        <v>2225</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>2017</v>
+        <v>2226</v>
       </c>
       <c r="C401" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D401" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E401" s="5" t="s">
-        <v>1784</v>
+        <v>2227</v>
       </c>
       <c r="F401" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G401" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A402" s="4" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B402" s="5" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C402" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D402" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E402" s="5" t="s">
+        <v>2230</v>
+      </c>
+      <c r="F402" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G401" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G402" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="403" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="403" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A403" s="4" t="s">
-        <v>1787</v>
+        <v>2231</v>
       </c>
       <c r="B403" s="5" t="s">
-        <v>2019</v>
+        <v>2232</v>
       </c>
       <c r="C403" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D403" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E403" s="5" t="s">
-        <v>1788</v>
+        <v>2233</v>
       </c>
       <c r="F403" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G403" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A404" s="4" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B404" s="5" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C404" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D404" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E404" s="5" t="s">
+        <v>2236</v>
+      </c>
+      <c r="F404" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G403" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G404" s="7">
         <v>46203</v>
       </c>
     </row>
-    <row r="405" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="405" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A405" s="4" t="s">
-        <v>1792</v>
+        <v>2237</v>
       </c>
       <c r="B405" s="5" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C405" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D405" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E405" s="5" t="s">
+        <v>2239</v>
+      </c>
+      <c r="F405" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G405" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A406" s="4" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B406" s="5" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C406" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D406" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E406" s="5" t="s">
+        <v>2242</v>
+      </c>
+      <c r="F406" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G406" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="407" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A407" s="4" t="s">
         <v>2243</v>
       </c>
-      <c r="C405" s="5" t="s">
-[...19 lines deleted...]
-      <c r="B406" s="5" t="s">
+      <c r="B407" s="5" t="s">
         <v>2244</v>
       </c>
-      <c r="C406" s="5" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="C407" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D407" s="5" t="s">
         <v>8</v>
       </c>
       <c r="E407" s="5" t="s">
-        <v>1797</v>
+        <v>2245</v>
       </c>
       <c r="F407" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G407" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="408" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A408" s="4" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B408" s="5" t="s">
+        <v>2247</v>
+      </c>
+      <c r="C408" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D408" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E408" s="5" t="s">
+        <v>2248</v>
+      </c>
+      <c r="F408" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G407" s="7">
-[...21 lines deleted...]
-      </c>
       <c r="G408" s="7">
         <v>46203</v>
       </c>
     </row>
+    <row r="409" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A409" s="4" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B409" s="5" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C409" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D409" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E409" s="5" t="s">
+        <v>2251</v>
+      </c>
+      <c r="F409" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G409" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="410" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A410" s="4" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B410" s="5" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C410" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D410" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E410" s="5" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F410" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="G410" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="411" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A411" s="4" t="s">
+        <v>2255</v>
+      </c>
+      <c r="B411" s="5" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C411" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D411" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E411" s="5" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F411" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G411" s="7">
+        <v>46203</v>
+      </c>
+    </row>
+    <row r="412" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A412" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B412" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C412" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D412" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E412" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F412" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G412" s="7">
+        <v>43143</v>
+      </c>
+    </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G442">
-    <sortCondition ref="D1:D442"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:G446">
+    <sortCondition ref="D1:D446"/>
   </sortState>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{A9A4A04F-F5FA-49C8-A9B6-25643798CE4D}"/>
-[...405 lines deleted...]
-    <hyperlink ref="A408" r:id="rId407" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85859" xr:uid="{54B128DB-656F-4C28-A139-97BCA78D2262}"/>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44367" xr:uid="{601B5BC1-E521-444E-A6D6-182EFDC7A797}"/>
+    <hyperlink ref="A412" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44372" xr:uid="{1D31F587-D77C-468B-805C-6A9A5D50F0A5}"/>
+    <hyperlink ref="A3" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44386" xr:uid="{26160F93-AA64-4E4D-9EDB-F5BB9DC96E35}"/>
+    <hyperlink ref="A4" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44387" xr:uid="{EB0BACFA-5F19-406D-A3C9-D3ADF5F563F3}"/>
+    <hyperlink ref="A5" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44419" xr:uid="{2E76DC3E-B957-4328-A318-709AC2B9D727}"/>
+    <hyperlink ref="A6" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44425" xr:uid="{5F60A095-CEFE-461E-B359-FE5E7B0DEDAB}"/>
+    <hyperlink ref="A7" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44428" xr:uid="{6D96E87A-86E0-4E76-9D5F-EA2E92CB02D0}"/>
+    <hyperlink ref="A8" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44432" xr:uid="{CAB69CA6-6010-430C-9FE6-750CEC714634}"/>
+    <hyperlink ref="A9" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44436" xr:uid="{3D5A9352-A4FB-49C8-B9B4-F3442DB07431}"/>
+    <hyperlink ref="A10" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44438" xr:uid="{E6603DB8-7AC6-404D-A1DF-671DA380121C}"/>
+    <hyperlink ref="A11" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44475" xr:uid="{3678BA89-7E19-4384-94E0-C7772F82FE97}"/>
+    <hyperlink ref="A12" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44496" xr:uid="{D7866A14-D16A-4596-9D81-B0A6FC3025D7}"/>
+    <hyperlink ref="A13" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44499" xr:uid="{B1B54A7D-E7FA-4501-AC35-4C46990D11A1}"/>
+    <hyperlink ref="A14" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44509" xr:uid="{F7CDB163-0E70-4FCD-94C3-4AC9365BC81E}"/>
+    <hyperlink ref="A15" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44528" xr:uid="{8A19C93A-6559-41C0-A4DA-E1C37138AAEF}"/>
+    <hyperlink ref="A16" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44558" xr:uid="{893078EB-221C-4147-AC67-411F10026438}"/>
+    <hyperlink ref="A17" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44564" xr:uid="{9B1BF783-F008-473F-A401-58D02EFD1D00}"/>
+    <hyperlink ref="A18" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44567" xr:uid="{EB17E67D-3775-43F3-89DC-882BB3B1E994}"/>
+    <hyperlink ref="A19" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44569" xr:uid="{BACCB53A-2638-4D73-8EAB-63C824B1BC26}"/>
+    <hyperlink ref="A20" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44572" xr:uid="{A2DC89DC-A82C-459A-93B5-B7EB026DD4EE}"/>
+    <hyperlink ref="A21" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44596" xr:uid="{9AE79214-AAB7-4DC8-93CA-85E2774E595F}"/>
+    <hyperlink ref="A22" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44636" xr:uid="{E6408627-7921-421E-9A1D-62B1F4CD2D88}"/>
+    <hyperlink ref="A23" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44640" xr:uid="{AB5863CC-0072-480B-882C-884184D27312}"/>
+    <hyperlink ref="A24" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44645" xr:uid="{5AFBF877-583C-40BA-922E-ED4B2E6242C4}"/>
+    <hyperlink ref="A25" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44646" xr:uid="{CB072071-92F4-4A13-960E-E192CD6B81EB}"/>
+    <hyperlink ref="A26" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44653" xr:uid="{CB92A759-304D-415B-AE8B-09B99F9CA108}"/>
+    <hyperlink ref="A27" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44655" xr:uid="{E155CF1E-D9A1-45AF-9DE3-E48F172C99FA}"/>
+    <hyperlink ref="A28" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44657" xr:uid="{8B179FB6-9FB7-48D1-BC78-9F86D61CD41B}"/>
+    <hyperlink ref="A29" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44658" xr:uid="{211B7EB5-D431-41B1-B06A-77E2D6819F5D}"/>
+    <hyperlink ref="A30" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44666" xr:uid="{789248AF-6F4B-47C9-B81F-A99017A159DF}"/>
+    <hyperlink ref="A31" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44689" xr:uid="{54354E98-F167-45B9-85DE-1FE4C6C9C2FA}"/>
+    <hyperlink ref="A32" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44694" xr:uid="{E3619E1E-B60A-4629-AFC3-9F96FDD9D661}"/>
+    <hyperlink ref="A33" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44749" xr:uid="{F7F9C3CF-B2C5-43E0-BF58-C64C8F8AE147}"/>
+    <hyperlink ref="A34" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44770" xr:uid="{B1C17E20-74CE-4BB5-A8C1-FAE7BA50A674}"/>
+    <hyperlink ref="A35" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44773" xr:uid="{0CA22885-0905-41ED-80E1-F0C42AAA4A62}"/>
+    <hyperlink ref="A36" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44783" xr:uid="{9618EA5C-C8E4-4295-B059-9C693092FFB9}"/>
+    <hyperlink ref="A37" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44832" xr:uid="{2A5077A0-301E-4B81-9965-CF23EEE23625}"/>
+    <hyperlink ref="A38" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44890" xr:uid="{41813CCD-0C73-465F-9A3E-7E7D85CB9F6A}"/>
+    <hyperlink ref="A39" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44919" xr:uid="{95D1838B-A58C-4BED-8A47-2253C689BB74}"/>
+    <hyperlink ref="A40" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44926" xr:uid="{44FCDA90-A0A3-4C9D-A47F-60985F68A451}"/>
+    <hyperlink ref="A41" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44932" xr:uid="{9B619B83-5745-4AC1-827D-D99B93CBF623}"/>
+    <hyperlink ref="A42" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45026" xr:uid="{D89766EA-56B1-40AD-8A97-6EE84F9117C2}"/>
+    <hyperlink ref="A43" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45032" xr:uid="{37C97565-F938-446E-880B-570B60252D36}"/>
+    <hyperlink ref="A44" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45035" xr:uid="{C61C82B8-C63E-4F35-B62B-C33FF9FB3966}"/>
+    <hyperlink ref="A45" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45055" xr:uid="{EA8C8222-9BF6-4EE3-8122-CF5E4EAD8C0B}"/>
+    <hyperlink ref="A46" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45084" xr:uid="{9881F3FE-8347-4453-94D2-D65D4B90B9CE}"/>
+    <hyperlink ref="A47" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45100" xr:uid="{35749580-E842-4C1B-BAA4-F6C2255CD356}"/>
+    <hyperlink ref="A48" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45113" xr:uid="{6A5F108E-B1C2-49B1-9B49-2F10781BE003}"/>
+    <hyperlink ref="A49" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45115" xr:uid="{2DA5542E-F188-436E-827D-44EEBA9A098D}"/>
+    <hyperlink ref="A50" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45129" xr:uid="{E206A291-F437-446C-9A01-3215970B57FD}"/>
+    <hyperlink ref="A51" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45169" xr:uid="{29E3D020-59CD-4D7D-AC0A-71B8DDDBA5E2}"/>
+    <hyperlink ref="A52" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45188" xr:uid="{B1F62982-39B6-4D58-AC68-BFA6BB181A92}"/>
+    <hyperlink ref="A53" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45212" xr:uid="{5D7EC87F-D56D-4984-B665-E53B5903BAFF}"/>
+    <hyperlink ref="A54" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45213" xr:uid="{15290937-6405-4A75-9D1E-D42400404209}"/>
+    <hyperlink ref="A55" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45225" xr:uid="{15386256-8CE3-4FB6-9186-BDC1CC006337}"/>
+    <hyperlink ref="A56" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45248" xr:uid="{40838E9D-F0B0-48BF-9533-A28DA6041804}"/>
+    <hyperlink ref="A57" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45251" xr:uid="{9EDBA498-7175-4E0B-84D8-14C1BB7ABA2E}"/>
+    <hyperlink ref="A58" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45261" xr:uid="{1FB1BF44-935F-4106-92F3-8F4648B1AD70}"/>
+    <hyperlink ref="A59" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45266" xr:uid="{9F5BFEC4-1805-4CA4-8D9F-290D3C3F5073}"/>
+    <hyperlink ref="A60" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45267" xr:uid="{4939933A-3620-470F-9526-54373BBF6D90}"/>
+    <hyperlink ref="A61" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45269" xr:uid="{91A7B8ED-F558-44B5-8B27-D5982BEA5AC1}"/>
+    <hyperlink ref="A62" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45312" xr:uid="{13A753A7-CC36-458D-8748-94E45857C25B}"/>
+    <hyperlink ref="A63" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45337" xr:uid="{6888FBDC-279D-4B95-8AC6-502695D912F0}"/>
+    <hyperlink ref="A64" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56785" xr:uid="{BB255E8B-783B-4991-866B-FF2EAC234FDD}"/>
+    <hyperlink ref="A65" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45343" xr:uid="{B0986542-68F2-43A5-B9F1-F06F6F1C79E9}"/>
+    <hyperlink ref="A66" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45349" xr:uid="{B0309302-1C70-48F3-A29F-90F77F16D2C3}"/>
+    <hyperlink ref="A67" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45366" xr:uid="{762C3E52-EFC1-411F-9564-9D8D9B73F1C9}"/>
+    <hyperlink ref="A68" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45377" xr:uid="{E76DF558-5CFB-4ED1-998A-A44868E30403}"/>
+    <hyperlink ref="A69" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45400" xr:uid="{6DF3BDFA-9517-429A-98D6-C78A736C9D27}"/>
+    <hyperlink ref="A70" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45401" xr:uid="{5E354B81-96D5-4169-B8CB-238E5D989EB8}"/>
+    <hyperlink ref="A71" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45427" xr:uid="{16A2EEDF-789B-47DA-A2E2-9788C346DAB1}"/>
+    <hyperlink ref="A72" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45433" xr:uid="{B8B1C78B-8FC2-426C-9BB6-AAC6581B44EC}"/>
+    <hyperlink ref="A73" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45463" xr:uid="{31567C58-202F-47D0-8415-A080F7BB168F}"/>
+    <hyperlink ref="A74" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45470" xr:uid="{A5B65602-8604-4A1F-9028-7F07F95FB128}"/>
+    <hyperlink ref="A75" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45512" xr:uid="{D47411B1-2DD4-4FB1-8BDA-F0D872A7B7E3}"/>
+    <hyperlink ref="A76" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45522" xr:uid="{50800291-E2DE-456D-855A-736D070E3DD4}"/>
+    <hyperlink ref="A77" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57694" xr:uid="{A8064326-EF04-454E-9592-6290C7AA138E}"/>
+    <hyperlink ref="A78" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45524" xr:uid="{DDE795B3-BA01-4D86-A003-5F372F7FE2AA}"/>
+    <hyperlink ref="A79" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45537" xr:uid="{9B5F6D94-E232-4787-9480-9300402D9832}"/>
+    <hyperlink ref="A80" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45570" xr:uid="{36988F71-E7F9-446F-BD3D-331B51C91B2B}"/>
+    <hyperlink ref="A81" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45571" xr:uid="{8F00BB03-1C08-458F-8A87-7D9C4659E9C5}"/>
+    <hyperlink ref="A82" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45612" xr:uid="{DEA116C8-7B95-4808-9E81-AE9A1367310C}"/>
+    <hyperlink ref="A83" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45765" xr:uid="{4254D30D-D77C-48E3-B251-A5E8FAD46305}"/>
+    <hyperlink ref="A84" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45767" xr:uid="{8B4C629D-A3B6-47D2-ADAB-38519B5C57D9}"/>
+    <hyperlink ref="A85" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45769" xr:uid="{6519EECF-229B-4DD6-A485-35693460790E}"/>
+    <hyperlink ref="A86" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45797" xr:uid="{B0B00922-5F6F-4FC8-898F-75121C5894BB}"/>
+    <hyperlink ref="A87" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46001" xr:uid="{F2C30C1F-9B8D-458D-BA86-A18BF44382AA}"/>
+    <hyperlink ref="A88" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46304" xr:uid="{73B6A5B6-32B1-4B5D-B9C0-4DDB5AE726A8}"/>
+    <hyperlink ref="A89" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46313" xr:uid="{09FBD210-7497-4AC0-8A55-F66B01DA8C83}"/>
+    <hyperlink ref="A90" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46647" xr:uid="{91F3AC18-11E8-48D2-9A83-2F81875AA089}"/>
+    <hyperlink ref="A91" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46774" xr:uid="{F345821B-8229-4F04-A785-D7E2805774B2}"/>
+    <hyperlink ref="A92" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47125" xr:uid="{5B71195C-72E7-4960-8882-5FD474B25DBA}"/>
+    <hyperlink ref="A93" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47127" xr:uid="{F340B6FA-9199-4D92-B50C-CB03F2545E09}"/>
+    <hyperlink ref="A94" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47178" xr:uid="{0942CCC3-60A1-47EA-8E40-8790BBB74CC2}"/>
+    <hyperlink ref="A95" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47180" xr:uid="{37326DF8-553A-4032-8A16-B934C559156E}"/>
+    <hyperlink ref="A96" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47345" xr:uid="{D6DB2ACB-AAE3-474B-861D-AFE3CF0A55AB}"/>
+    <hyperlink ref="A97" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47529" xr:uid="{4522AC39-6DC9-4636-814C-6EB9215210DE}"/>
+    <hyperlink ref="A98" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47530" xr:uid="{F4B39819-4B20-4FD7-93F7-F81C15131D9C}"/>
+    <hyperlink ref="A99" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47770" xr:uid="{0848C788-E12F-491A-B2D0-D62AB18919B2}"/>
+    <hyperlink ref="A100" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47771" xr:uid="{429477CB-3CD2-4DA2-A5CE-6B643F544215}"/>
+    <hyperlink ref="A101" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47967" xr:uid="{24E8FEC3-D68F-46D0-988C-9C980DB1396E}"/>
+    <hyperlink ref="A102" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47980" xr:uid="{809E1F50-0D9A-40E3-B7CC-DE74723D7244}"/>
+    <hyperlink ref="A103" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48029" xr:uid="{621E13D5-8677-4563-AF37-1588BF740DA2}"/>
+    <hyperlink ref="A104" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48113" xr:uid="{6164D128-D8A9-4AFE-84AE-89ACE4E80506}"/>
+    <hyperlink ref="A105" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48147" xr:uid="{EE71F064-847E-4746-AA1A-246F1F951DBE}"/>
+    <hyperlink ref="A106" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48155" xr:uid="{6C8B247A-D36B-4B26-9FAF-15596D7AF74E}"/>
+    <hyperlink ref="A107" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48256" xr:uid="{919A0409-1EBB-44E4-AEA9-58A050871E9B}"/>
+    <hyperlink ref="A108" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48266" xr:uid="{753DA4E1-D25B-4139-BDDA-09778F6CFBA1}"/>
+    <hyperlink ref="A109" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48332" xr:uid="{98167226-F9F4-46A5-A96A-6AC817C5112E}"/>
+    <hyperlink ref="A110" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48333" xr:uid="{2B0DCB9D-2BFB-484B-9A71-00BC4C84FF1B}"/>
+    <hyperlink ref="A111" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48418" xr:uid="{227BF569-E11E-4DA4-AFAE-2FCFDC10E069}"/>
+    <hyperlink ref="A112" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48422" xr:uid="{DE0A628F-B48F-4D13-AC26-25FA0B0BFE9A}"/>
+    <hyperlink ref="A113" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48429" xr:uid="{ECC6E758-9FA6-49E5-98F5-55509B98637F}"/>
+    <hyperlink ref="A114" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55707" xr:uid="{65158911-24B5-4012-B370-73DF1581046C}"/>
+    <hyperlink ref="A115" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48457" xr:uid="{24065193-2D0A-4EAE-B0FE-37EBF8DB88B0}"/>
+    <hyperlink ref="A116" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48494" xr:uid="{5243A2EF-E6A5-49C7-AA71-40C68D50945D}"/>
+    <hyperlink ref="A117" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48514" xr:uid="{2107FAD2-C29F-4C5B-B0CC-1E87562974FD}"/>
+    <hyperlink ref="A118" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48535" xr:uid="{75852E4C-B5DF-450E-9811-E3D09F4E7FB3}"/>
+    <hyperlink ref="A119" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54314" xr:uid="{EBD07B60-BB4B-4C31-B540-1583F36CDC25}"/>
+    <hyperlink ref="A120" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48539" xr:uid="{528F25C7-E54F-4722-B2EE-80A00C20E71F}"/>
+    <hyperlink ref="A121" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48541" xr:uid="{E43719AE-3498-4195-9363-EF5E2000FC26}"/>
+    <hyperlink ref="A122" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48562" xr:uid="{0FAFF131-993F-47E2-90B2-61AAE614B5D0}"/>
+    <hyperlink ref="A123" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48592" xr:uid="{C72EC088-0CE8-44B4-8B54-4EE01C865E5B}"/>
+    <hyperlink ref="A124" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48601" xr:uid="{89029959-03C4-4A04-85A0-C3D5054A375D}"/>
+    <hyperlink ref="A125" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48603" xr:uid="{704FFC63-7FC5-4AC1-8D82-649DBEEFC39F}"/>
+    <hyperlink ref="A126" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48649" xr:uid="{209DF7DA-1195-43B4-AE73-67C7C2DD27AA}"/>
+    <hyperlink ref="A127" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48784" xr:uid="{4244FEB1-DAE6-47C8-A537-9801748BB63A}"/>
+    <hyperlink ref="A128" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48787" xr:uid="{E0DAD910-CB19-4CB3-8E3B-18F15CD548B2}"/>
+    <hyperlink ref="A129" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48846" xr:uid="{EE6E3A33-9B2D-4BBD-AEC9-8142463ABE12}"/>
+    <hyperlink ref="A130" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48869" xr:uid="{94889DC6-1079-44C4-B9A8-CA6027F074B7}"/>
+    <hyperlink ref="A131" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48872" xr:uid="{2B27961E-A873-4C99-837E-6D114E93F845}"/>
+    <hyperlink ref="A132" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48873" xr:uid="{64643D06-7C99-4E4C-804D-6DBB4BB37517}"/>
+    <hyperlink ref="A133" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48876" xr:uid="{7D436F20-F26A-4AD2-906A-6CB3DC6C89DC}"/>
+    <hyperlink ref="A134" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48880" xr:uid="{0D3658D3-BD8F-4344-98A9-377573A4DF92}"/>
+    <hyperlink ref="A135" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48881" xr:uid="{C81EC58C-0C63-4F9C-B265-82D5E1DCAC2B}"/>
+    <hyperlink ref="A136" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48885" xr:uid="{38A900D0-5526-49B6-B2C3-5F3134D659BC}"/>
+    <hyperlink ref="A137" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48890" xr:uid="{DEC78271-E43E-47C5-8814-9A3282288178}"/>
+    <hyperlink ref="A138" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48900" xr:uid="{74504990-447C-4D20-9A57-A2B338F6A405}"/>
+    <hyperlink ref="A139" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48902" xr:uid="{202C5C0A-7012-4B85-AF4E-1103C5B49CC5}"/>
+    <hyperlink ref="A140" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48903" xr:uid="{98B5D37C-661C-4B14-9ECC-855F8C8CC3C9}"/>
+    <hyperlink ref="A141" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48953" xr:uid="{7D277B6D-56C5-4308-B8A7-0A49E14F13FD}"/>
+    <hyperlink ref="A142" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48998" xr:uid="{6D7901C7-E753-412D-A814-7C4517CB7974}"/>
+    <hyperlink ref="A143" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49034" xr:uid="{EDAF25EA-19F9-4B63-A20D-866BC45025BD}"/>
+    <hyperlink ref="A144" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49048" xr:uid="{3B1F811D-255C-419B-8B50-B061E4A80EF2}"/>
+    <hyperlink ref="A145" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56623" xr:uid="{FD499166-7A62-4FB8-98E1-F92279FBA5C7}"/>
+    <hyperlink ref="A146" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49317" xr:uid="{E0BED943-7D9C-4A70-A3A8-D73FE480FAF0}"/>
+    <hyperlink ref="A147" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49336" xr:uid="{683AF00D-FA3E-4224-A90D-F8DB8912BA8B}"/>
+    <hyperlink ref="A148" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49345" xr:uid="{77CBC144-C87A-462B-AA49-1F71CF880205}"/>
+    <hyperlink ref="A149" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57405" xr:uid="{5105103D-585C-4CBF-8DB6-598D1B3446EE}"/>
+    <hyperlink ref="A150" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49489" xr:uid="{63D743DF-B69B-4427-BA5C-909CB559B87C}"/>
+    <hyperlink ref="A151" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49687" xr:uid="{5AF4018F-B9E8-444E-8E53-822E8C432603}"/>
+    <hyperlink ref="A152" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49798" xr:uid="{26C33132-55CC-442F-BFB0-4F90D481169C}"/>
+    <hyperlink ref="A153" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49824" xr:uid="{223EA8E8-3F6A-483D-9108-6671A20BA3E7}"/>
+    <hyperlink ref="A154" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49898" xr:uid="{BB09FF4F-1FC4-4C97-998A-79F7BBD49E04}"/>
+    <hyperlink ref="A155" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49904" xr:uid="{308E53DB-ED12-40C9-A67E-89B13B20838E}"/>
+    <hyperlink ref="A156" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50014" xr:uid="{04516F54-2E64-4DD5-897E-6EF8855D5446}"/>
+    <hyperlink ref="A157" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50016" xr:uid="{E87BE33B-DE71-4EA2-9A82-1461BBA9D344}"/>
+    <hyperlink ref="A158" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50108" xr:uid="{87A61A97-8217-427A-AC31-FA616A7F195C}"/>
+    <hyperlink ref="A159" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50184" xr:uid="{DC7ACABB-01C5-4893-91C5-E7FCF3011E40}"/>
+    <hyperlink ref="A160" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50315" xr:uid="{4A5E517C-1FB0-4361-9ACE-C154F9934E90}"/>
+    <hyperlink ref="A161" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50781" xr:uid="{B796FB8C-69A0-4A38-80DF-893EB94CCE6B}"/>
+    <hyperlink ref="A162" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50783" xr:uid="{E5BB49A7-BC52-4A68-BBDE-C59424C3728E}"/>
+    <hyperlink ref="A163" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50815" xr:uid="{D8021AA1-22A4-47DB-B580-5781EB059880}"/>
+    <hyperlink ref="A164" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55831" xr:uid="{809E62E2-1D0C-4EBD-8F5E-656731B1E5C6}"/>
+    <hyperlink ref="A165" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50824" xr:uid="{1F7948E0-AD7B-4C2C-8A4A-3628B0AAE24F}"/>
+    <hyperlink ref="A166" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50925" xr:uid="{2FA952DA-3D49-4129-90B4-B083FF71FCF0}"/>
+    <hyperlink ref="A167" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51020" xr:uid="{C22756EC-A200-462D-9655-AF366CAE95D1}"/>
+    <hyperlink ref="A168" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51036" xr:uid="{E29ECBE7-EA79-4085-8E06-A200C29B2FA3}"/>
+    <hyperlink ref="A169" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51039" xr:uid="{1EE470BA-F888-49BC-80A0-F3F0BD9D2A18}"/>
+    <hyperlink ref="A170" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51040" xr:uid="{EEAD5257-2819-4F2B-97CB-13FF087BD11F}"/>
+    <hyperlink ref="A171" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51048" xr:uid="{19FF5985-B0E1-41FA-9527-C41928C3B7B3}"/>
+    <hyperlink ref="A172" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51085" xr:uid="{A7272F9C-6BDC-421C-8C37-DB3E5604DFD6}"/>
+    <hyperlink ref="A173" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51227" xr:uid="{31B0AE27-B7D3-4245-8579-E683201CE5E3}"/>
+    <hyperlink ref="A174" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51252" xr:uid="{CB200F7E-DCFD-4896-A10E-6702756DDD7E}"/>
+    <hyperlink ref="A175" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51581" xr:uid="{45E9EDFA-42D4-445B-8B8A-277A51B30ACB}"/>
+    <hyperlink ref="A176" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51584" xr:uid="{E5AE5C97-271F-4C1A-A510-5EBBF17D87E4}"/>
+    <hyperlink ref="A177" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51612" xr:uid="{B7D894AD-C23C-48F7-ADF0-8E0EB3D6FC46}"/>
+    <hyperlink ref="A178" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51655" xr:uid="{976B3109-1C07-4265-818A-0D603F52A205}"/>
+    <hyperlink ref="A179" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57430" xr:uid="{D16712F0-B9C5-44FD-A231-6F697F647BE8}"/>
+    <hyperlink ref="A180" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51693" xr:uid="{0563370A-0A58-416E-8BE5-B2E59E6B7BD7}"/>
+    <hyperlink ref="A181" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51694" xr:uid="{BD6B71AC-6265-4D3F-8491-21C8223649D7}"/>
+    <hyperlink ref="A182" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51697" xr:uid="{B0D3BEA6-2611-4C60-ADF2-61B9936E7313}"/>
+    <hyperlink ref="A183" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51717" xr:uid="{ABD5B046-CF67-4F9C-A194-1C9003CB97F6}"/>
+    <hyperlink ref="A184" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51758" xr:uid="{B86B8C9A-F670-4702-87A6-010A87BBDC78}"/>
+    <hyperlink ref="A185" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51762" xr:uid="{50467A63-4EE9-4155-9E1C-190261C19BE3}"/>
+    <hyperlink ref="A186" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51763" xr:uid="{A4259ADA-5461-43E1-88BF-3AB651756F24}"/>
+    <hyperlink ref="A187" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51864" xr:uid="{AA8BDD08-D82B-4896-9590-4F41F00E3E89}"/>
+    <hyperlink ref="A188" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52025" xr:uid="{2A6AB540-4FA8-4460-B174-9F99F8319E7F}"/>
+    <hyperlink ref="A189" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52026" xr:uid="{2A3EB12C-6723-4070-B9A8-B4F715B48BE3}"/>
+    <hyperlink ref="A190" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52108" xr:uid="{6CCC0C28-486B-4AB6-964B-A478E94605B8}"/>
+    <hyperlink ref="A191" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52126" xr:uid="{F178135F-168E-4AB0-A1E1-C6267C033D10}"/>
+    <hyperlink ref="A192" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52227" xr:uid="{7CE2B19E-0EBB-45DE-89FC-BE6123A84018}"/>
+    <hyperlink ref="A193" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52315" xr:uid="{BC068A3E-F89B-46E9-BB95-342CF94C1062}"/>
+    <hyperlink ref="A194" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52369" xr:uid="{C53AED1C-D14B-4539-A53F-AB0ACB99286F}"/>
+    <hyperlink ref="A195" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52370" xr:uid="{1FD89E4C-4520-4E86-9482-4724BF3EA1F7}"/>
+    <hyperlink ref="A196" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52410" xr:uid="{11368AA4-7FC9-4F8B-9201-3D31BC8B3E0F}"/>
+    <hyperlink ref="A197" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52555" xr:uid="{C237D697-3BD9-4B30-B050-2EE061745005}"/>
+    <hyperlink ref="A198" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52575" xr:uid="{6317C1BD-E177-4CE2-8EC3-4C90D192DCA2}"/>
+    <hyperlink ref="A199" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52624" xr:uid="{189A7F92-0FD0-4EAF-A7BD-1FA6A2BF508A}"/>
+    <hyperlink ref="A200" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52773" xr:uid="{AC2F7737-C019-480A-BAD3-050CBA2FED05}"/>
+    <hyperlink ref="A201" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52795" xr:uid="{EC272EC3-1B9D-4B33-8361-74A233D51805}"/>
+    <hyperlink ref="A202" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52824" xr:uid="{4A47EE65-D092-43C0-9F3A-3663A12B832F}"/>
+    <hyperlink ref="A203" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52873" xr:uid="{23FC2760-9FE0-44AF-8844-B787C9C57A4D}"/>
+    <hyperlink ref="A204" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53091" xr:uid="{D6CFDDE7-708E-468C-87A2-B85E733BC679}"/>
+    <hyperlink ref="A205" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53227" xr:uid="{70313872-01A8-471E-9879-B860940C1077}"/>
+    <hyperlink ref="A206" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53283" xr:uid="{B0DDE070-AA03-4564-8A19-67E550A7EF8C}"/>
+    <hyperlink ref="A207" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53514" xr:uid="{5930A69B-D8E1-4442-90FB-05BA85B48283}"/>
+    <hyperlink ref="A208" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53730" xr:uid="{5A943C57-0665-4755-8B99-A854B8600335}"/>
+    <hyperlink ref="A209" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53746" xr:uid="{199D0DCE-B5B7-42FD-9F9B-05181BDB08A2}"/>
+    <hyperlink ref="A210" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53750" xr:uid="{676C3111-748D-4769-9526-7C256AA680BF}"/>
+    <hyperlink ref="A211" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53790" xr:uid="{A21C3A43-B134-4809-9894-3BFF1C93047F}"/>
+    <hyperlink ref="A212" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53957" xr:uid="{FCDB3AAC-2464-4D15-A676-AFD9513E4E35}"/>
+    <hyperlink ref="A213" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53958" xr:uid="{5E6A775A-EC51-41AD-9F8E-2506809BEC1C}"/>
+    <hyperlink ref="A214" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54038" xr:uid="{5D8A7C4D-A35A-4F7A-AEAE-E45B5684AD80}"/>
+    <hyperlink ref="A215" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54155" xr:uid="{7AF999A6-0C03-4696-99E5-1BACD4EBA210}"/>
+    <hyperlink ref="A216" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54303" xr:uid="{29F3083A-7568-402A-8DE9-AEDB4B4D150A}"/>
+    <hyperlink ref="A217" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54304" xr:uid="{62C3C285-CDD1-4B21-8CD6-1CDCF25F70B6}"/>
+    <hyperlink ref="A218" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54305" xr:uid="{77FBCD55-66CB-4829-9A98-4691AC223AEF}"/>
+    <hyperlink ref="A219" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54621" xr:uid="{E57092A3-4D72-4BE5-B1CF-4F52D14BC3C3}"/>
+    <hyperlink ref="A220" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54636" xr:uid="{6D93C5E9-5DEB-4386-95F8-F65130FAFA5A}"/>
+    <hyperlink ref="A221" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54637" xr:uid="{9B7C36BB-4A85-4B52-9D01-7CF22444C10F}"/>
+    <hyperlink ref="A222" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54856" xr:uid="{4483BB8F-8707-43C2-9AF9-B625BCAB0B61}"/>
+    <hyperlink ref="A223" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55016" xr:uid="{EDD88A50-BDB9-42C0-9EF7-9C02B3C0568A}"/>
+    <hyperlink ref="A224" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55017" xr:uid="{434DBE47-EF18-44A1-AD91-B90370DD09B8}"/>
+    <hyperlink ref="A225" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55143" xr:uid="{36867E56-8E8B-4A39-9998-160575F65AF1}"/>
+    <hyperlink ref="A226" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55219" xr:uid="{3C9A3587-6523-42A2-AA94-47EEF7ABC2B3}"/>
+    <hyperlink ref="A227" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55715" xr:uid="{34475E78-DCCD-4F10-89F3-304DBCE94004}"/>
+    <hyperlink ref="A228" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55742" xr:uid="{647D0530-707C-4380-9CCB-1B3F29B2F252}"/>
+    <hyperlink ref="A229" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55767" xr:uid="{46B1EC40-3B66-4D17-8F15-E08780797B3B}"/>
+    <hyperlink ref="A230" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55938" xr:uid="{CF1DB83B-8FB4-448C-9683-00BB45C938AE}"/>
+    <hyperlink ref="A231" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56065" xr:uid="{36B1F386-7E8B-4933-A2C0-B184FF0770F9}"/>
+    <hyperlink ref="A232" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56126" xr:uid="{F6F53FEA-A09E-4B9A-9818-E9070E328EDA}"/>
+    <hyperlink ref="A233" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56369" xr:uid="{6B7B0EB2-FF1C-41B8-B492-5B33E62D9A2F}"/>
+    <hyperlink ref="A234" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56455" xr:uid="{1BA4FCDB-4C1F-47C0-8E1C-1B28ED4D45A9}"/>
+    <hyperlink ref="A235" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56460" xr:uid="{EC56C622-69FE-465D-8853-4A1D5D5930B9}"/>
+    <hyperlink ref="A236" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56578" xr:uid="{5C99A4F2-88E3-47C1-8CB9-0E7FE1A4C7CF}"/>
+    <hyperlink ref="A237" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56625" xr:uid="{4B4596D1-D8D1-4ADA-9DA5-B75F515A025C}"/>
+    <hyperlink ref="A238" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56788" xr:uid="{57FCFB86-EE59-4E04-9402-758E2C2D0C33}"/>
+    <hyperlink ref="A239" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57077" xr:uid="{62131542-D6C9-4FE9-825B-EE89A59A2DA1}"/>
+    <hyperlink ref="A240" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57131" xr:uid="{8698C41A-539C-493E-AE39-F217CA454E5F}"/>
+    <hyperlink ref="A241" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57143" xr:uid="{B8F9C3A0-47F3-4AE8-B6B4-1E22F43FA26F}"/>
+    <hyperlink ref="A242" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57369" xr:uid="{20D598C9-D6BC-47AB-A7A6-D323F5506F74}"/>
+    <hyperlink ref="A243" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57371" xr:uid="{35C0FEA3-7AEA-406A-B938-514F7F389F78}"/>
+    <hyperlink ref="A244" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57372" xr:uid="{E3106508-4446-4A81-9D31-A399B7EFB8DA}"/>
+    <hyperlink ref="A245" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57951" xr:uid="{FCDAA23F-D754-405C-9D6D-E2A76AD7E7DB}"/>
+    <hyperlink ref="A246" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58089" xr:uid="{FCBFFB55-ABEF-452C-ACCB-AED27071F052}"/>
+    <hyperlink ref="A247" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58643" xr:uid="{5B62E2E3-7E22-468F-8D88-71FC564909E1}"/>
+    <hyperlink ref="A248" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58682" xr:uid="{7CE1CF06-25A9-4839-A3BB-E3C49F52FF92}"/>
+    <hyperlink ref="A249" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58686" xr:uid="{38D9B5FD-0847-4361-A244-BB782606E602}"/>
+    <hyperlink ref="A250" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58731" xr:uid="{C01BE973-C668-4C0B-A575-B5CFD84F10B0}"/>
+    <hyperlink ref="A251" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58966" xr:uid="{7A58140B-B1BC-495D-86F2-BDBE56F6EC5C}"/>
+    <hyperlink ref="A252" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58967" xr:uid="{8E0D1EE9-68EA-405A-A2E9-3C287BFDBA90}"/>
+    <hyperlink ref="A253" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59065" xr:uid="{00EAF004-6059-43E2-B125-76793D4B8821}"/>
+    <hyperlink ref="A254" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59172" xr:uid="{88E4434B-A453-41AF-B806-C0C6F3EBDEA7}"/>
+    <hyperlink ref="A255" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59257" xr:uid="{BB2FFE67-33B0-4FC7-AC7C-7BBCBB92487D}"/>
+    <hyperlink ref="A256" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59317" xr:uid="{64B72DC6-39B4-470F-B50E-67ACBF48E92A}"/>
+    <hyperlink ref="A257" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59323" xr:uid="{401D1E10-5D7D-478E-8DC8-A74DAAEAFB62}"/>
+    <hyperlink ref="A258" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33339" xr:uid="{A82520FE-88EA-438B-A8A6-1FC4C831D9B2}"/>
+    <hyperlink ref="A259" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32659" xr:uid="{CE4DF2E4-053B-4D12-9483-1C2B10E9EDCE}"/>
+    <hyperlink ref="A260" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33817" xr:uid="{AC667838-2349-475C-BEB2-A40A24686FC3}"/>
+    <hyperlink ref="A261" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61708" xr:uid="{AF9130F8-FC81-480D-97DF-F715DEC96664}"/>
+    <hyperlink ref="A262" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33735" xr:uid="{DF1F93D5-5450-4C3F-8F77-E44541958E8E}"/>
+    <hyperlink ref="A263" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32517" xr:uid="{659566D7-FF38-48E9-88C7-3B7DC68099F1}"/>
+    <hyperlink ref="A264" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61962" xr:uid="{6A089E91-E5CF-4749-9D0E-F6929CB8EAAB}"/>
+    <hyperlink ref="A265" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32472" xr:uid="{4C236E00-407A-4F29-A2D1-B90FB96A2364}"/>
+    <hyperlink ref="A266" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62157" xr:uid="{D76E5C00-CC72-4EDA-B97D-58D267862775}"/>
+    <hyperlink ref="A267" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33943" xr:uid="{29235BBC-B734-4767-B9C5-6FFE938A2B66}"/>
+    <hyperlink ref="A268" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33455" xr:uid="{CCA49E5F-DB0D-4F61-B610-3A7EFE0D348F}"/>
+    <hyperlink ref="A269" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62602" xr:uid="{D59AC3B7-9A92-4541-9A94-15BA5DE82E4B}"/>
+    <hyperlink ref="A270" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33891" xr:uid="{212DEDC4-C4DD-4977-A39F-B8D7435B2CA8}"/>
+    <hyperlink ref="A271" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33790" xr:uid="{C638C22C-C55E-4879-B3AC-0713825B7BF7}"/>
+    <hyperlink ref="A272" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62662" xr:uid="{B49DC311-9BFF-4AA6-A4ED-FD1C95E9CAF6}"/>
+    <hyperlink ref="A273" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63251" xr:uid="{AE53180C-C840-4E03-8B79-76DB2ECE25A1}"/>
+    <hyperlink ref="A274" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63312" xr:uid="{E73459E9-7361-4CE1-92B0-BD25223DF96B}"/>
+    <hyperlink ref="A275" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=61840" xr:uid="{9B4407E6-09FB-4AC5-BAC2-A942C7F22BBE}"/>
+    <hyperlink ref="A276" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=63852" xr:uid="{02D8806F-C4FD-41A3-B7FD-82AF172B5027}"/>
+    <hyperlink ref="A277" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62952" xr:uid="{E7E62AC9-5754-407B-AC7C-B1F66EE0F0BB}"/>
+    <hyperlink ref="A278" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33930" xr:uid="{48B0C3FE-F343-4EF4-B84B-3295A4805568}"/>
+    <hyperlink ref="A279" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64982" xr:uid="{D06DF404-4ABA-4E39-A836-E2D49AEEC5FB}"/>
+    <hyperlink ref="A280" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64617" xr:uid="{7991B581-8483-495E-9E64-38C937276CA6}"/>
+    <hyperlink ref="A281" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66035" xr:uid="{8BDFDDC8-F5C7-4FA5-A50E-E916D64898E8}"/>
+    <hyperlink ref="A282" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65427" xr:uid="{B1CFF2A0-9B12-4B70-A986-239E702901C1}"/>
+    <hyperlink ref="A283" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64087" xr:uid="{AB3195B5-D130-4246-B6E5-3F0F0225617E}"/>
+    <hyperlink ref="A284" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66039" xr:uid="{195B3218-9BC0-4CFA-886F-96E45F289B9F}"/>
+    <hyperlink ref="A285" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64641" xr:uid="{66FA2D6C-C7D7-4EAA-81BE-0DC6E4377619}"/>
+    <hyperlink ref="A286" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64462" xr:uid="{9ACBCFF7-1D69-4B8E-A494-02E73E3F7CBB}"/>
+    <hyperlink ref="A287" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33974" xr:uid="{04803398-F5BD-4BC1-A5CD-E6BE59001168}"/>
+    <hyperlink ref="A288" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65604" xr:uid="{8AF4523E-CFF7-462A-835B-99D0DA2F5126}"/>
+    <hyperlink ref="A289" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33935" xr:uid="{BA9F0D4C-8589-4B5E-B0E0-475A08948158}"/>
+    <hyperlink ref="A290" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64749" xr:uid="{1126F579-B421-4461-A057-98273CEF2805}"/>
+    <hyperlink ref="A291" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65376" xr:uid="{E42F4FDD-84A1-4C30-8CF5-D2F34A98C7F1}"/>
+    <hyperlink ref="A292" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66730" xr:uid="{62E96E79-EC04-4541-9511-6173689795A5}"/>
+    <hyperlink ref="A293" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66248" xr:uid="{388E601E-78F4-466B-90F0-56A6AE43C8A7}"/>
+    <hyperlink ref="A294" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67351" xr:uid="{3ADE0D6F-B655-41CE-9902-B1D03815BF14}"/>
+    <hyperlink ref="A295" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67068" xr:uid="{3674E7A1-08C8-443B-BD8A-6A7223816B30}"/>
+    <hyperlink ref="A296" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65909" xr:uid="{AC7E68FE-E5F0-4A0D-B2FB-F0DB70C81F14}"/>
+    <hyperlink ref="A297" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66472" xr:uid="{9B7C3537-6DB2-4F2B-AA7C-5C413DCE7031}"/>
+    <hyperlink ref="A298" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65343" xr:uid="{412BBDC1-0EF7-4273-BAB9-5D18412DB7CD}"/>
+    <hyperlink ref="A299" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62428" xr:uid="{A1F7D990-EA8D-4014-88A7-8DEDC814DA9D}"/>
+    <hyperlink ref="A300" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=64196" xr:uid="{6B745F13-3E61-4D2F-B9C6-E42DC8EAE774}"/>
+    <hyperlink ref="A301" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69778" xr:uid="{F3A9C2BA-C273-47D3-B08B-03185DA9D695}"/>
+    <hyperlink ref="A302" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68319" xr:uid="{2CA06150-F18F-4594-8A00-DB8A5085D528}"/>
+    <hyperlink ref="A303" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71354" xr:uid="{0D567A46-568E-4186-AB96-89305FA0E890}"/>
+    <hyperlink ref="A304" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71352" xr:uid="{D9F965BA-24D1-442E-A72F-29F5CA0EE803}"/>
+    <hyperlink ref="A305" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72263" xr:uid="{C043713F-A844-4A05-BEB7-394455C1721D}"/>
+    <hyperlink ref="A306" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71724" xr:uid="{D9EAE63F-EDF2-4279-B278-4B0FFAB57BA6}"/>
+    <hyperlink ref="A307" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72024" xr:uid="{963309B6-7FBA-4A1C-AE3A-01CBB6D231E9}"/>
+    <hyperlink ref="A308" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67586" xr:uid="{14CEDB63-2DB1-48BC-B755-9068CDBBA518}"/>
+    <hyperlink ref="A309" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72543" xr:uid="{075E455E-39AF-4ED9-B996-1D6E9F52247F}"/>
+    <hyperlink ref="A310" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67062" xr:uid="{9AA0178F-C216-4D11-AF21-8A25E0BAB32C}"/>
+    <hyperlink ref="A311" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65023" xr:uid="{8DD0FE5F-EBA4-4AD8-9152-3C69BB6744FC}"/>
+    <hyperlink ref="A312" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69703" xr:uid="{D93E5D73-0665-4E9C-BEB3-DAF6E0504316}"/>
+    <hyperlink ref="A313" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71653" xr:uid="{CBAE7319-4BA2-4F35-9233-95F83E6FE659}"/>
+    <hyperlink ref="A314" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69740" xr:uid="{56843DA4-0FBD-4C41-9D73-2F4F19D5AE8B}"/>
+    <hyperlink ref="A315" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68392" xr:uid="{0939D38F-AA95-4F27-96D0-81BFB1E49F0C}"/>
+    <hyperlink ref="A316" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73402" xr:uid="{1AD8717F-68AD-4664-9AB8-90FDBD83919E}"/>
+    <hyperlink ref="A317" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69567" xr:uid="{305BFC13-FD77-4627-BE6B-014217645885}"/>
+    <hyperlink ref="A318" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73750" xr:uid="{FFF424A7-BC1F-429A-B9AB-A16EEAD40A8E}"/>
+    <hyperlink ref="A319" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74146" xr:uid="{93414B23-A244-420A-8966-04104C945B6B}"/>
+    <hyperlink ref="A320" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74026" xr:uid="{E105FAFC-6C91-4556-ACB4-AE0BF4DE933F}"/>
+    <hyperlink ref="A321" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68094" xr:uid="{5F4A9F77-C385-4B29-BCA1-87D2A3F845FE}"/>
+    <hyperlink ref="A322" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74460" xr:uid="{69192EA4-22EE-4B9D-A0B8-DBE4CF53E607}"/>
+    <hyperlink ref="A323" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74362" xr:uid="{E82D7E14-4EE0-4D4B-936B-BA1F31BBC025}"/>
+    <hyperlink ref="A324" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=32290" xr:uid="{5DA4E1FC-B77E-4BEF-B7DD-61C63D3254C3}"/>
+    <hyperlink ref="A325" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66696" xr:uid="{9880B2BC-4111-4B8B-8909-1F29FDBB72CB}"/>
+    <hyperlink ref="A326" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74270" xr:uid="{3C50B23F-1372-482F-9DF9-74A93557EE67}"/>
+    <hyperlink ref="A327" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74870" xr:uid="{104F51F6-1234-4CF1-BCED-5C22B49C16BE}"/>
+    <hyperlink ref="A328" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=72542" xr:uid="{44252F90-463A-4F18-8AAF-4CB683EA39BE}"/>
+    <hyperlink ref="A329" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74733" xr:uid="{0C4CD1B4-A090-477E-8E30-58B67204E60C}"/>
+    <hyperlink ref="A330" r:id="rId330" display="C:\Users\amoore\Downloads\credView.asp?credidnt=69502" xr:uid="{DB9BABEA-2F6E-45B9-92D0-B1CC4594C68D}"/>
+    <hyperlink ref="A331" r:id="rId331" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73200" xr:uid="{95C295B2-473B-4ECB-9A8E-C10015FF3508}"/>
+    <hyperlink ref="A332" r:id="rId332" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75455" xr:uid="{78878C42-D25E-4A21-802A-6A9003C6CB50}"/>
+    <hyperlink ref="A333" r:id="rId333" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74593" xr:uid="{43234DBD-4583-4BDE-A953-F93E34B79694}"/>
+    <hyperlink ref="A334" r:id="rId334" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75990" xr:uid="{929172AC-C852-46F5-A63C-D3E76B88A213}"/>
+    <hyperlink ref="A335" r:id="rId335" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76019" xr:uid="{BF08C415-6B16-4D9D-ABD2-836D54B48A68}"/>
+    <hyperlink ref="A336" r:id="rId336" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75779" xr:uid="{006DD807-A90D-42FA-8E7F-F51432E4D2C5}"/>
+    <hyperlink ref="A337" r:id="rId337" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75430" xr:uid="{4C3BD28B-B3B7-4C23-A72A-079EFA82E394}"/>
+    <hyperlink ref="A338" r:id="rId338" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75766" xr:uid="{541F192B-6E50-4D88-A19E-70104B82AAD0}"/>
+    <hyperlink ref="A339" r:id="rId339" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74421" xr:uid="{16C8D959-A8CF-4AE6-B31D-845475E0FD8B}"/>
+    <hyperlink ref="A340" r:id="rId340" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76222" xr:uid="{CA32A6A0-A6B5-447B-AD44-95153FDA514E}"/>
+    <hyperlink ref="A341" r:id="rId341" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76806" xr:uid="{E05F37B9-2B33-4FF5-BD66-1834A5267163}"/>
+    <hyperlink ref="A342" r:id="rId342" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75843" xr:uid="{CB64ED2D-F4AD-4242-AA76-D2BBADF6B925}"/>
+    <hyperlink ref="A343" r:id="rId343" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76428" xr:uid="{464CD5B3-5D61-40FB-9E55-279C3C41C3B9}"/>
+    <hyperlink ref="A344" r:id="rId344" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77937" xr:uid="{6E6F1695-2CAF-411F-8BE3-C10E704435CD}"/>
+    <hyperlink ref="A345" r:id="rId345" display="C:\Users\amoore\Downloads\credView.asp?credidnt=75716" xr:uid="{C7BC4A14-DCB4-498E-95AE-8A036C642AE1}"/>
+    <hyperlink ref="A346" r:id="rId346" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67624" xr:uid="{F0F7D7FB-32A0-44C4-A043-A69F130365DA}"/>
+    <hyperlink ref="A347" r:id="rId347" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78708" xr:uid="{ADB760F9-C380-4D0B-AF13-0A319565D631}"/>
+    <hyperlink ref="A348" r:id="rId348" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78357" xr:uid="{A516D441-F4D6-4199-8202-D127BD3059FB}"/>
+    <hyperlink ref="A349" r:id="rId349" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79044" xr:uid="{2954E80E-4E42-463E-818F-BF622A66D39A}"/>
+    <hyperlink ref="A350" r:id="rId350" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79159" xr:uid="{E723D8D6-1AC5-4F7A-8F23-D47EB0E52D54}"/>
+    <hyperlink ref="A351" r:id="rId351" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79523" xr:uid="{49000E23-25D1-4FFF-B128-561EFD19A6D4}"/>
+    <hyperlink ref="A352" r:id="rId352" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78356" xr:uid="{290BB704-DE51-442E-8E2F-33A0C98829A3}"/>
+    <hyperlink ref="A353" r:id="rId353" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78909" xr:uid="{9C95A5E9-F8D9-4D5B-B3D2-662DDB43849A}"/>
+    <hyperlink ref="A354" r:id="rId354" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77588" xr:uid="{F68A4150-2B9D-4D54-8FE3-9B52BE6FC6B2}"/>
+    <hyperlink ref="A355" r:id="rId355" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80286" xr:uid="{A5ECC072-0A25-47A7-B775-EBC53282D747}"/>
+    <hyperlink ref="A356" r:id="rId356" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79440" xr:uid="{3FB70F9B-8EDD-4B8B-AF57-55D8BF0D0BFD}"/>
+    <hyperlink ref="A357" r:id="rId357" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80642" xr:uid="{57537EAF-FECF-4AFA-9FC8-8C7B707397E1}"/>
+    <hyperlink ref="A358" r:id="rId358" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76480" xr:uid="{E74432DE-398E-4971-BAE3-2D75D15B25DE}"/>
+    <hyperlink ref="A359" r:id="rId359" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79413" xr:uid="{F8F0916A-E37D-4B16-B68A-AD014C25D980}"/>
+    <hyperlink ref="A360" r:id="rId360" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76245" xr:uid="{69C729AF-C77F-495E-809D-3854B24BA335}"/>
+    <hyperlink ref="A361" r:id="rId361" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81602" xr:uid="{C7A3860C-E0F6-48E6-B554-17A47C00D294}"/>
+    <hyperlink ref="A362" r:id="rId362" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81243" xr:uid="{8B4A0E80-9D87-41E9-BC08-47DFEDB4A894}"/>
+    <hyperlink ref="A363" r:id="rId363" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82142" xr:uid="{E3602A64-CC55-402F-8F89-8766BEC7AEF5}"/>
+    <hyperlink ref="A364" r:id="rId364" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77343" xr:uid="{59326683-C0F1-4EA6-A36D-7BC0B0AA5814}"/>
+    <hyperlink ref="A365" r:id="rId365" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79840" xr:uid="{1DEBC21D-A101-4799-9A2E-00E86143D236}"/>
+    <hyperlink ref="A366" r:id="rId366" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78988" xr:uid="{FE022E01-6C9C-49AE-B766-70FC46ADC3AF}"/>
+    <hyperlink ref="A367" r:id="rId367" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80898" xr:uid="{C33760E1-1CE6-423E-AB25-96A332ED80AD}"/>
+    <hyperlink ref="A368" r:id="rId368" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81330" xr:uid="{5A6BB2D3-DF15-4498-ACF7-E2E6B3F3AA41}"/>
+    <hyperlink ref="A369" r:id="rId369" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81521" xr:uid="{493A31E2-D8C4-44C6-9B5F-E63B199EB103}"/>
+    <hyperlink ref="A370" r:id="rId370" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82202" xr:uid="{84D24D99-7CC6-4B42-945B-5DF485D7E40F}"/>
+    <hyperlink ref="A371" r:id="rId371" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79675" xr:uid="{C3B189E7-5F26-4571-A1E1-894940CF31DB}"/>
+    <hyperlink ref="A372" r:id="rId372" display="C:\Users\amoore\Downloads\credView.asp?credidnt=78514" xr:uid="{58C7935C-FA6A-4F3E-B71E-63F7673700CE}"/>
+    <hyperlink ref="A373" r:id="rId373" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80776" xr:uid="{007A95B0-88EB-45F5-B49D-0A23D19F267D}"/>
+    <hyperlink ref="A374" r:id="rId374" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82936" xr:uid="{59A8E577-B177-48BC-98AF-784590267706}"/>
+    <hyperlink ref="A375" r:id="rId375" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76587" xr:uid="{DD795807-A6CD-4700-AB60-D91C1838D1E2}"/>
+    <hyperlink ref="A376" r:id="rId376" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82866" xr:uid="{C00DDD86-E795-4367-A81A-E287255A78D7}"/>
+    <hyperlink ref="A377" r:id="rId377" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79993" xr:uid="{520C7CA0-A19A-4969-A606-C3A62C659F0A}"/>
+    <hyperlink ref="A378" r:id="rId378" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66604" xr:uid="{73B2E6A2-8D8B-4D21-A8EC-63AB358083C2}"/>
+    <hyperlink ref="A379" r:id="rId379" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83503" xr:uid="{77851A9E-D991-45A5-A204-DA8AF0510B08}"/>
+    <hyperlink ref="A380" r:id="rId380" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66768" xr:uid="{30C34EB7-E450-445D-9EA6-EF6CD6F9C679}"/>
+    <hyperlink ref="A381" r:id="rId381" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83371" xr:uid="{C349DF8A-E38A-4DBD-8378-6BE07FC463EE}"/>
+    <hyperlink ref="A382" r:id="rId382" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82661" xr:uid="{C8B17916-9B01-4548-B97E-B6544456AE74}"/>
+    <hyperlink ref="A383" r:id="rId383" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83854" xr:uid="{45762242-6DAE-450D-A922-91AF0F34E1E7}"/>
+    <hyperlink ref="A384" r:id="rId384" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82535" xr:uid="{35586DBD-56DA-4B3B-9890-48D9C9977F29}"/>
+    <hyperlink ref="A385" r:id="rId385" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82098" xr:uid="{A8A2D8D5-2FCD-48E9-BC3A-281DF1E37E52}"/>
+    <hyperlink ref="A386" r:id="rId386" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83742" xr:uid="{6B3156BC-2FFC-4305-93F2-427BFD69CF36}"/>
+    <hyperlink ref="A387" r:id="rId387" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82307" xr:uid="{960F345D-AC72-45BC-B5FA-A180C429A61D}"/>
+    <hyperlink ref="A388" r:id="rId388" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84508" xr:uid="{948EF5C7-7F9F-4C53-BD56-2EA06F1B9CE8}"/>
+    <hyperlink ref="A389" r:id="rId389" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84739" xr:uid="{E81CF672-756C-48F3-A822-A9E728E49655}"/>
+    <hyperlink ref="A390" r:id="rId390" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82846" xr:uid="{4588EE42-3185-47AC-98D9-CD03C70F9ED1}"/>
+    <hyperlink ref="A391" r:id="rId391" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83233" xr:uid="{51BB79EF-C51F-4BE1-A98D-FCAD5D6C5DF8}"/>
+    <hyperlink ref="A392" r:id="rId392" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83977" xr:uid="{D1762F6E-C5A8-4114-B0BD-B922EE532D8B}"/>
+    <hyperlink ref="A393" r:id="rId393" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77461" xr:uid="{D6DCA0CE-7FDA-44D4-A918-5A05A8D8EF7E}"/>
+    <hyperlink ref="A394" r:id="rId394" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83666" xr:uid="{D7F3A174-C575-473B-A732-E73C0B2F99AF}"/>
+    <hyperlink ref="A395" r:id="rId395" display="C:\Users\amoore\Downloads\credView.asp?credidnt=73625" xr:uid="{29D60212-E51E-423A-ADAA-83C1FA7DEB03}"/>
+    <hyperlink ref="A396" r:id="rId396" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84676" xr:uid="{A10B0A64-6EFB-4716-AB19-59F21F81A7BD}"/>
+    <hyperlink ref="A397" r:id="rId397" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84361" xr:uid="{804C7207-FD3F-4089-BE5C-258FDBF01EA9}"/>
+    <hyperlink ref="A398" r:id="rId398" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85846" xr:uid="{F23FBC5C-6D2B-4C7F-B5E2-41A613A88D0C}"/>
+    <hyperlink ref="A399" r:id="rId399" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84705" xr:uid="{B77B92FA-9C77-478F-B4EC-B034529C88CB}"/>
+    <hyperlink ref="A400" r:id="rId400" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84879" xr:uid="{C8B7102C-F6DA-4A98-B07A-AB4F65AD36AB}"/>
+    <hyperlink ref="A401" r:id="rId401" display="C:\Users\amoore\Downloads\credView.asp?credidnt=74801" xr:uid="{CC4D498A-D86B-4D90-AAA5-3F47BE295AE9}"/>
+    <hyperlink ref="A402" r:id="rId402" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80680" xr:uid="{49376630-CD1E-40FA-B1D6-B148D2095230}"/>
+    <hyperlink ref="A403" r:id="rId403" display="C:\Users\amoore\Downloads\credView.asp?credidnt=84362" xr:uid="{1CE51254-97A1-47FF-9F20-EFD6F7B31EF7}"/>
+    <hyperlink ref="A404" r:id="rId404" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85310" xr:uid="{F2F76A52-EF66-45FF-BEBA-A39EA612DE85}"/>
+    <hyperlink ref="A405" r:id="rId405" display="C:\Users\amoore\Downloads\credView.asp?credidnt=81328" xr:uid="{41147CF9-CC99-427F-88B7-2963BF31FF56}"/>
+    <hyperlink ref="A406" r:id="rId406" display="C:\Users\amoore\Downloads\credView.asp?credidnt=80756" xr:uid="{1CCC4DCC-C8F3-4294-B55E-0B09A1DE0FC4}"/>
+    <hyperlink ref="A407" r:id="rId407" display="C:\Users\amoore\Downloads\credView.asp?credidnt=83146" xr:uid="{5AA15051-7D8C-4F3A-951A-A21C0102C5C4}"/>
+    <hyperlink ref="A408" r:id="rId408" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85792" xr:uid="{68D719BE-3978-4478-95A3-9F3A7087A8D4}"/>
+    <hyperlink ref="A409" r:id="rId409" display="C:\Users\amoore\Downloads\credView.asp?credidnt=85859" xr:uid="{364AD4E1-26B1-4EAC-9ADF-942627766CF7}"/>
+    <hyperlink ref="A410" r:id="rId410" display="C:\Users\amoore\Downloads\credView.asp?credidnt=82738" xr:uid="{7243AC1A-6716-47B6-8FFD-651195A276D5}"/>
+    <hyperlink ref="A411" r:id="rId411" display="C:\Users\amoore\Downloads\credView.asp?credidnt=86535" xr:uid="{D74E2521-26C8-4ACC-8CF8-E0A1C6B0DB98}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <legacyDrawing r:id="rId408"/>
+  <legacyDrawing r:id="rId412"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C13FF972-521C-4FE9-8AEF-79DC5E07BE4F}">
-  <dimension ref="A1:G330"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD7A6CB8-12EF-4A8F-85E8-40536BC20C94}">
+  <dimension ref="A1:G329"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A325" workbookViewId="0">
-      <selection sqref="A1:G1"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="K8" sqref="K8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.42578125" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="17.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="34.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="50.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="41.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="F2" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="3" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="4" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="4" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="F4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="5" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="6" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="4" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="F6" s="6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G6" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="7" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="4" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="8" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="4" t="s">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>89</v>
+        <v>108</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="9" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="4" t="s">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>1808</v>
+        <v>111</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="10" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="4" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="11" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="12" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
-        <v>103</v>
+        <v>125</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="13" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="4" t="s">
-        <v>106</v>
+        <v>128</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>107</v>
+        <v>129</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>108</v>
+        <v>130</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="14" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="4" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>110</v>
+        <v>132</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="15" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>113</v>
+        <v>135</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>114</v>
+        <v>136</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="G15" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="4" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="4" t="s">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>121</v>
+        <v>143</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
-        <v>133</v>
+        <v>159</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>134</v>
+        <v>160</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>135</v>
+        <v>161</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="4" t="s">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>137</v>
+        <v>163</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>138</v>
+        <v>164</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="G19" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="4" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>142</v>
+        <v>169</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>143</v>
+        <v>170</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="4" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="4" t="s">
-        <v>149</v>
+        <v>177</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>150</v>
+        <v>178</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>151</v>
+        <v>179</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="4" t="s">
-        <v>152</v>
+        <v>180</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>153</v>
+        <v>181</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>154</v>
+        <v>182</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="4" t="s">
-        <v>155</v>
+        <v>183</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>156</v>
+        <v>184</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="F24" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="4" t="s">
-        <v>161</v>
+        <v>190</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>163</v>
+        <v>192</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G25" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="4" t="s">
-        <v>170</v>
+        <v>202</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>171</v>
+        <v>203</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>173</v>
+        <v>205</v>
       </c>
       <c r="G26" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="27" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="4" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>175</v>
+        <v>207</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>176</v>
+        <v>208</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>173</v>
+        <v>205</v>
       </c>
       <c r="G27" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="4" t="s">
-        <v>177</v>
+        <v>209</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>178</v>
+        <v>210</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>179</v>
+        <v>211</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="29" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4" t="s">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>181</v>
+        <v>213</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>182</v>
+        <v>214</v>
       </c>
       <c r="F29" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="30" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="4" t="s">
-        <v>183</v>
+        <v>215</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>185</v>
+        <v>217</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="31" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="4" t="s">
-        <v>194</v>
+        <v>230</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>195</v>
+        <v>231</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>196</v>
+        <v>232</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G31" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="32" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="4" t="s">
-        <v>200</v>
+        <v>236</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>201</v>
+        <v>237</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>202</v>
+        <v>238</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G32" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="33" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="4" t="s">
-        <v>215</v>
+        <v>253</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>1822</v>
+        <v>254</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>216</v>
+        <v>255</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>217</v>
+        <v>256</v>
       </c>
       <c r="G33" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="34" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="4" t="s">
-        <v>221</v>
+        <v>260</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>222</v>
+        <v>261</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>223</v>
+        <v>262</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G34" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="35" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="4" t="s">
-        <v>229</v>
+        <v>270</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>230</v>
+        <v>271</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>231</v>
+        <v>272</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="36" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="4" t="s">
-        <v>234</v>
+        <v>276</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>235</v>
+        <v>277</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>236</v>
+        <v>278</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="37" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="4" t="s">
-        <v>245</v>
+        <v>292</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>247</v>
+        <v>294</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="38" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="4" t="s">
-        <v>254</v>
+        <v>302</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>255</v>
+        <v>303</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>256</v>
+        <v>304</v>
       </c>
       <c r="F38" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="39" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="4" t="s">
-        <v>265</v>
+        <v>315</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>266</v>
+        <v>316</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>267</v>
+        <v>317</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>160</v>
+        <v>189</v>
       </c>
       <c r="G39" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="40" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="4" t="s">
-        <v>273</v>
+        <v>324</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>274</v>
+        <v>325</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>275</v>
+        <v>326</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G40" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="41" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="4" t="s">
-        <v>279</v>
+        <v>330</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>280</v>
+        <v>331</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>281</v>
+        <v>332</v>
       </c>
       <c r="F41" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="42" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="4" t="s">
-        <v>282</v>
+        <v>333</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>283</v>
+        <v>334</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>284</v>
+        <v>335</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="43" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="4" t="s">
-        <v>291</v>
+        <v>345</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>292</v>
+        <v>346</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>293</v>
+        <v>347</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="44" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="4" t="s">
-        <v>294</v>
+        <v>348</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>295</v>
+        <v>349</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>296</v>
+        <v>350</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="45" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="4" t="s">
-        <v>315</v>
+        <v>373</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>316</v>
+        <v>374</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>317</v>
+        <v>375</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G45" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="46" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="4" t="s">
-        <v>320</v>
+        <v>379</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>321</v>
+        <v>380</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>322</v>
+        <v>381</v>
       </c>
       <c r="F46" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="47" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="4" t="s">
-        <v>333</v>
+        <v>394</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>2034</v>
+        <v>395</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>334</v>
+        <v>396</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>173</v>
+        <v>205</v>
       </c>
       <c r="G47" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="48" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="4" t="s">
-        <v>335</v>
+        <v>397</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>336</v>
+        <v>398</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>337</v>
+        <v>399</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G48" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="49" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="4" t="s">
-        <v>340</v>
+        <v>403</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>2124</v>
+        <v>404</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>341</v>
+        <v>405</v>
       </c>
       <c r="F49" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="50" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="4" t="s">
-        <v>342</v>
+        <v>406</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>343</v>
+        <v>407</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>344</v>
+        <v>408</v>
       </c>
       <c r="F50" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="51" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="4" t="s">
-        <v>352</v>
+        <v>418</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>353</v>
+        <v>419</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>354</v>
+        <v>420</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="52" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="4" t="s">
-        <v>362</v>
+        <v>430</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>1831</v>
+        <v>431</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>363</v>
+        <v>432</v>
       </c>
       <c r="F52" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="53" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="4" t="s">
-        <v>371</v>
+        <v>442</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>372</v>
+        <v>443</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>373</v>
+        <v>444</v>
       </c>
       <c r="F53" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="54" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="4" t="s">
-        <v>376</v>
+        <v>448</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>377</v>
+        <v>449</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>378</v>
+        <v>450</v>
       </c>
       <c r="F54" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="55" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="4" t="s">
-        <v>387</v>
+        <v>461</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>388</v>
+        <v>462</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>389</v>
+        <v>463</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G55" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="56" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="4" t="s">
-        <v>392</v>
+        <v>467</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>393</v>
+        <v>468</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>394</v>
+        <v>469</v>
       </c>
       <c r="F56" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="57" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="4" t="s">
-        <v>395</v>
+        <v>470</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>396</v>
+        <v>471</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>397</v>
+        <v>472</v>
       </c>
       <c r="F57" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G57" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="58" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="4" t="s">
-        <v>405</v>
+        <v>482</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>406</v>
+        <v>483</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>407</v>
+        <v>484</v>
       </c>
       <c r="F58" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="59" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="4" t="s">
-        <v>408</v>
+        <v>485</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>409</v>
+        <v>486</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>410</v>
+        <v>487</v>
       </c>
       <c r="F59" s="6"/>
       <c r="G59" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="60" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="4" t="s">
-        <v>413</v>
+        <v>491</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>414</v>
+        <v>492</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>415</v>
+        <v>493</v>
       </c>
       <c r="F60" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="61" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="4" t="s">
-        <v>419</v>
+        <v>497</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>2038</v>
+        <v>498</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>420</v>
+        <v>499</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G61" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="62" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="4" t="s">
-        <v>424</v>
+        <v>503</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>425</v>
+        <v>504</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>426</v>
+        <v>505</v>
       </c>
       <c r="F62" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="7">
         <v>42916</v>
       </c>
     </row>
-    <row r="63" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="4" t="s">
-        <v>432</v>
+        <v>512</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>433</v>
+        <v>513</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>434</v>
+        <v>514</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G63" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="64" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="4" t="s">
-        <v>435</v>
+        <v>515</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>436</v>
+        <v>516</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>437</v>
+        <v>517</v>
       </c>
       <c r="F64" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="65" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="4" t="s">
-        <v>445</v>
+        <v>527</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>446</v>
+        <v>528</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>447</v>
+        <v>529</v>
       </c>
       <c r="F65" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="66" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="4" t="s">
-        <v>448</v>
+        <v>530</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>449</v>
+        <v>531</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>450</v>
+        <v>532</v>
       </c>
       <c r="F66" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="67" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="4" t="s">
-        <v>456</v>
+        <v>539</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>457</v>
+        <v>540</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>458</v>
+        <v>541</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G67" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="68" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="4" t="s">
-        <v>462</v>
+        <v>545</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>463</v>
+        <v>546</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>464</v>
+        <v>547</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="G68" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="69" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="4" t="s">
-        <v>465</v>
+        <v>548</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>466</v>
+        <v>549</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>467</v>
+        <v>550</v>
       </c>
       <c r="F69" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="70" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="4" t="s">
-        <v>468</v>
+        <v>551</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>469</v>
+        <v>552</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>470</v>
+        <v>553</v>
       </c>
       <c r="F70" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="71" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="4" t="s">
-        <v>471</v>
+        <v>554</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>472</v>
+        <v>555</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>473</v>
+        <v>556</v>
       </c>
       <c r="F71" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="72" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="4" t="s">
-        <v>487</v>
+        <v>575</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>488</v>
+        <v>576</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>489</v>
+        <v>577</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>490</v>
+        <v>578</v>
       </c>
       <c r="G72" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="73" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="4" t="s">
-        <v>494</v>
+        <v>582</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>495</v>
+        <v>583</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>496</v>
+        <v>584</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G73" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="74" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="4" t="s">
-        <v>500</v>
+        <v>588</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>501</v>
+        <v>589</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>502</v>
+        <v>590</v>
       </c>
       <c r="F74" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G74" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="75" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A75" s="4" t="s">
-        <v>508</v>
+        <v>597</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>509</v>
+        <v>598</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>510</v>
+        <v>599</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G75" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="76" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="4" t="s">
-        <v>517</v>
+        <v>607</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>518</v>
+        <v>608</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>519</v>
+        <v>609</v>
       </c>
       <c r="F76" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G76" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="77" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="4" t="s">
-        <v>522</v>
+        <v>613</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>523</v>
+        <v>614</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>524</v>
+        <v>615</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G77" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="78" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="4" t="s">
-        <v>529</v>
+        <v>622</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>530</v>
+        <v>623</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>531</v>
+        <v>624</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G78" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="79" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="4" t="s">
-        <v>546</v>
+        <v>643</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>547</v>
+        <v>644</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>548</v>
+        <v>645</v>
       </c>
       <c r="F79" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G79" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="80" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="4" t="s">
-        <v>549</v>
+        <v>646</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>550</v>
+        <v>647</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>551</v>
+        <v>648</v>
       </c>
       <c r="F80" s="6"/>
       <c r="G80" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="81" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="4" t="s">
-        <v>556</v>
+        <v>655</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>2132</v>
+        <v>656</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>557</v>
+        <v>657</v>
       </c>
       <c r="F81" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G81" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="82" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="4" t="s">
-        <v>558</v>
+        <v>658</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>559</v>
+        <v>659</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>560</v>
+        <v>660</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G82" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="83" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A83" s="4" t="s">
-        <v>563</v>
+        <v>664</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>564</v>
+        <v>665</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>565</v>
+        <v>666</v>
       </c>
       <c r="F83" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="84" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="4" t="s">
-        <v>574</v>
+        <v>677</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>575</v>
+        <v>678</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>576</v>
+        <v>679</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G84" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="85" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="4" t="s">
-        <v>577</v>
+        <v>680</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>2048</v>
+        <v>681</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>578</v>
+        <v>682</v>
       </c>
       <c r="F85" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G85" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="86" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="4" t="s">
-        <v>588</v>
+        <v>693</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>589</v>
+        <v>694</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>590</v>
+        <v>695</v>
       </c>
       <c r="F86" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G86" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="87" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="4" t="s">
-        <v>591</v>
+        <v>696</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>592</v>
+        <v>697</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>593</v>
+        <v>698</v>
       </c>
       <c r="F87" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G87" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="88" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="4" t="s">
-        <v>596</v>
+        <v>702</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>597</v>
+        <v>703</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>598</v>
+        <v>704</v>
       </c>
       <c r="F88" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G88" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="89" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A89" s="4" t="s">
-        <v>599</v>
+        <v>705</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>600</v>
+        <v>706</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>601</v>
+        <v>707</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G89" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="90" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A90" s="4" t="s">
-        <v>602</v>
+        <v>708</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>603</v>
+        <v>709</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>604</v>
+        <v>710</v>
       </c>
       <c r="F90" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G90" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="91" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A91" s="4" t="s">
-        <v>608</v>
+        <v>715</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>609</v>
+        <v>716</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>610</v>
+        <v>717</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G91" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="92" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A92" s="4" t="s">
-        <v>626</v>
+        <v>734</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>627</v>
+        <v>735</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>628</v>
+        <v>736</v>
       </c>
       <c r="F92" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G92" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="93" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A93" s="4" t="s">
-        <v>634</v>
+        <v>743</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>635</v>
+        <v>744</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>636</v>
+        <v>745</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G93" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="94" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A94" s="4" t="s">
-        <v>644</v>
+        <v>755</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>645</v>
+        <v>756</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>646</v>
+        <v>757</v>
       </c>
       <c r="F94" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G94" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="95" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A95" s="4" t="s">
-        <v>647</v>
+        <v>758</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>648</v>
+        <v>759</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>649</v>
+        <v>760</v>
       </c>
       <c r="F95" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G95" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="96" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A96" s="4" t="s">
-        <v>650</v>
+        <v>761</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>651</v>
+        <v>762</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>652</v>
+        <v>763</v>
       </c>
       <c r="F96" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G96" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="97" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A97" s="4" t="s">
-        <v>656</v>
+        <v>767</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>657</v>
+        <v>768</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>658</v>
+        <v>769</v>
       </c>
       <c r="F97" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="98" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A98" s="4" t="s">
-        <v>659</v>
+        <v>770</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>660</v>
+        <v>771</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>661</v>
+        <v>772</v>
       </c>
       <c r="F98" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G98" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="99" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A99" s="4" t="s">
-        <v>662</v>
+        <v>773</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>663</v>
+        <v>774</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>664</v>
+        <v>775</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G99" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="100" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A100" s="4" t="s">
-        <v>684</v>
+        <v>800</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>685</v>
+        <v>801</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>686</v>
+        <v>802</v>
       </c>
       <c r="F100" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G100" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="101" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A101" s="4" t="s">
-        <v>687</v>
+        <v>803</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>688</v>
+        <v>804</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>689</v>
+        <v>805</v>
       </c>
       <c r="F101" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G101" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="102" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A102" s="4" t="s">
-        <v>692</v>
+        <v>809</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>693</v>
+        <v>810</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>694</v>
+        <v>811</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G102" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="103" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A103" s="4" t="s">
-        <v>709</v>
+        <v>830</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>710</v>
+        <v>831</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>711</v>
+        <v>832</v>
       </c>
       <c r="F103" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G103" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="104" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A104" s="4" t="s">
-        <v>716</v>
+        <v>839</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>717</v>
+        <v>840</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>718</v>
+        <v>841</v>
       </c>
       <c r="F104" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G104" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="105" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A105" s="4" t="s">
-        <v>719</v>
+        <v>842</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>720</v>
+        <v>843</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>721</v>
+        <v>844</v>
       </c>
       <c r="F105" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G105" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="106" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A106" s="4" t="s">
-        <v>725</v>
+        <v>848</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>2142</v>
+        <v>849</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>726</v>
+        <v>850</v>
       </c>
       <c r="F106" s="6" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="G106" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="107" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A107" s="4" t="s">
-        <v>735</v>
+        <v>860</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>736</v>
+        <v>861</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>737</v>
+        <v>862</v>
       </c>
       <c r="F107" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G107" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="108" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A108" s="4" t="s">
-        <v>741</v>
+        <v>866</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>742</v>
+        <v>867</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>743</v>
+        <v>868</v>
       </c>
       <c r="F108" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G108" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="109" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A109" s="4" t="s">
-        <v>748</v>
+        <v>875</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>1856</v>
+        <v>876</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>749</v>
+        <v>877</v>
       </c>
       <c r="F109" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="110" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="4" t="s">
-        <v>752</v>
+        <v>881</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>753</v>
+        <v>882</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>754</v>
+        <v>883</v>
       </c>
       <c r="F110" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G110" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="111" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A111" s="4" t="s">
-        <v>755</v>
+        <v>884</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>2144</v>
+        <v>885</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>756</v>
+        <v>886</v>
       </c>
       <c r="F111" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G111" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="112" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A112" s="4" t="s">
-        <v>759</v>
+        <v>890</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>760</v>
+        <v>891</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>761</v>
+        <v>892</v>
       </c>
       <c r="F112" s="6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G112" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="113" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A113" s="4" t="s">
-        <v>772</v>
+        <v>905</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>773</v>
+        <v>906</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>774</v>
+        <v>907</v>
       </c>
       <c r="F113" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G113" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="114" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A114" s="4" t="s">
-        <v>775</v>
+        <v>908</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>776</v>
+        <v>909</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>777</v>
+        <v>910</v>
       </c>
       <c r="F114" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G114" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="115" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A115" s="4" t="s">
-        <v>786</v>
+        <v>920</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>787</v>
+        <v>921</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>788</v>
+        <v>922</v>
       </c>
       <c r="F115" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G115" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="116" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A116" s="4" t="s">
-        <v>794</v>
+        <v>929</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>795</v>
+        <v>930</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>796</v>
+        <v>931</v>
       </c>
       <c r="F116" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G116" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="117" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A117" s="4" t="s">
-        <v>801</v>
+        <v>936</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>802</v>
+        <v>937</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>803</v>
+        <v>938</v>
       </c>
       <c r="F117" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G117" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="118" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A118" s="4" t="s">
-        <v>807</v>
+        <v>942</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>808</v>
+        <v>943</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>809</v>
+        <v>944</v>
       </c>
       <c r="F118" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="119" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A119" s="4" t="s">
-        <v>810</v>
+        <v>945</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>811</v>
+        <v>946</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>812</v>
+        <v>947</v>
       </c>
       <c r="F119" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="120" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A120" s="4" t="s">
-        <v>823</v>
+        <v>960</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>824</v>
+        <v>961</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>825</v>
+        <v>962</v>
       </c>
       <c r="F120" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G120" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="121" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A121" s="4" t="s">
-        <v>833</v>
+        <v>972</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>834</v>
+        <v>973</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>835</v>
+        <v>974</v>
       </c>
       <c r="F121" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G121" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="122" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A122" s="4" t="s">
-        <v>840</v>
+        <v>981</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>841</v>
+        <v>982</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>842</v>
+        <v>983</v>
       </c>
       <c r="F122" s="6" t="s">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="G122" s="7">
         <v>43143</v>
       </c>
     </row>
-    <row r="123" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A123" s="4" t="s">
-        <v>852</v>
+        <v>996</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>853</v>
+        <v>997</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>854</v>
+        <v>998</v>
       </c>
       <c r="F123" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G123" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="124" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A124" s="4" t="s">
-        <v>894</v>
+        <v>1052</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>895</v>
+        <v>1053</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>896</v>
+        <v>1054</v>
       </c>
       <c r="F124" s="6" t="s">
-        <v>897</v>
+        <v>1055</v>
       </c>
       <c r="G124" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="125" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A125" s="4" t="s">
-        <v>901</v>
+        <v>1059</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>902</v>
+        <v>1060</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>903</v>
+        <v>1061</v>
       </c>
       <c r="F125" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G125" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="126" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A126" s="4" t="s">
-        <v>913</v>
+        <v>1071</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>914</v>
+        <v>1072</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>915</v>
+        <v>1073</v>
       </c>
       <c r="F126" s="6" t="s">
-        <v>314</v>
+        <v>372</v>
       </c>
       <c r="G126" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="127" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A127" s="4" t="s">
-        <v>978</v>
+        <v>1150</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>979</v>
+        <v>1151</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>980</v>
+        <v>1152</v>
       </c>
       <c r="F127" s="6" t="s">
         <v>9</v>
       </c>
       <c r="G127" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="128" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A128" s="4" t="s">
-        <v>1006</v>
+        <v>1186</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>1007</v>
+        <v>1187</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>1008</v>
+        <v>1188</v>
       </c>
       <c r="F128" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G128" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="129" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A129" s="4" t="s">
-        <v>1017</v>
+        <v>1198</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>1018</v>
+        <v>1199</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>1019</v>
+        <v>1200</v>
       </c>
       <c r="F129" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G129" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="130" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A130" s="4" t="s">
-        <v>1020</v>
+        <v>1201</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>1021</v>
+        <v>1202</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>1022</v>
+        <v>1203</v>
       </c>
       <c r="F130" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="131" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A131" s="4" t="s">
-        <v>1027</v>
+        <v>1210</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>1028</v>
+        <v>1211</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>1029</v>
+        <v>1212</v>
       </c>
       <c r="F131" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G131" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="132" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A132" s="4" t="s">
-        <v>1030</v>
+        <v>1213</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>1031</v>
+        <v>1214</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>1032</v>
+        <v>1215</v>
       </c>
       <c r="F132" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G132" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="133" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A133" s="4" t="s">
-        <v>1037</v>
+        <v>1222</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>1038</v>
+        <v>1223</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>1039</v>
+        <v>1224</v>
       </c>
       <c r="F133" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="134" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A134" s="4" t="s">
-        <v>1055</v>
+        <v>1243</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>1056</v>
+        <v>1244</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>1057</v>
+        <v>1245</v>
       </c>
       <c r="F134" s="6" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="G134" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="135" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A135" s="4" t="s">
-        <v>1062</v>
+        <v>1252</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>2163</v>
+        <v>1253</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>1063</v>
+        <v>1254</v>
       </c>
       <c r="F135" s="6" t="s">
-        <v>956</v>
+        <v>1122</v>
       </c>
       <c r="G135" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="136" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A136" s="4" t="s">
-        <v>1084</v>
+        <v>1279</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>1085</v>
+        <v>1280</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>1086</v>
+        <v>1281</v>
       </c>
       <c r="F136" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G136" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="137" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A137" s="4" t="s">
-        <v>1125</v>
+        <v>1330</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>1126</v>
+        <v>1331</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D137" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>1127</v>
+        <v>1332</v>
       </c>
       <c r="F137" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="138" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A138" s="4" t="s">
-        <v>1135</v>
+        <v>1342</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>1136</v>
+        <v>1343</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>1137</v>
+        <v>1344</v>
       </c>
       <c r="F138" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G138" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="139" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A139" s="4" t="s">
-        <v>1138</v>
+        <v>1345</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>1139</v>
+        <v>1346</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>1140</v>
+        <v>1347</v>
       </c>
       <c r="F139" s="6" t="s">
-        <v>1141</v>
+        <v>1348</v>
       </c>
       <c r="G139" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="140" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A140" s="4" t="s">
-        <v>1181</v>
+        <v>1400</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>1182</v>
+        <v>1401</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>1183</v>
+        <v>1402</v>
       </c>
       <c r="F140" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G140" s="7">
         <v>43646</v>
       </c>
     </row>
-    <row r="141" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A141" s="4" t="s">
-        <v>1236</v>
+        <v>1469</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>1237</v>
+        <v>1470</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>1238</v>
+        <v>1471</v>
       </c>
       <c r="F141" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G141" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="142" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A142" s="4" t="s">
-        <v>1241</v>
+        <v>1475</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>1242</v>
+        <v>1476</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D142" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>1243</v>
+        <v>1477</v>
       </c>
       <c r="F142" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G142" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="143" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A143" s="4" t="s">
-        <v>1253</v>
+        <v>1490</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>1254</v>
+        <v>1491</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>1255</v>
+        <v>1492</v>
       </c>
       <c r="F143" s="6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G143" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="144" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A144" s="4" t="s">
-        <v>1258</v>
+        <v>1496</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>1259</v>
+        <v>1497</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>1260</v>
+        <v>1498</v>
       </c>
       <c r="F144" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G144" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="145" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A145" s="4" t="s">
-        <v>1261</v>
+        <v>1499</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>1262</v>
+        <v>1500</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>1263</v>
+        <v>1501</v>
       </c>
       <c r="F145" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="146" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A146" s="4" t="s">
-        <v>1315</v>
+        <v>1575</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>1316</v>
+        <v>1576</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>1317</v>
+        <v>1577</v>
       </c>
       <c r="F146" s="6" t="s">
-        <v>386</v>
+        <v>460</v>
       </c>
       <c r="G146" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="147" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A147" s="4" t="s">
-        <v>1343</v>
+        <v>1613</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>1344</v>
+        <v>1614</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>1345</v>
+        <v>1615</v>
       </c>
       <c r="F147" s="6" t="s">
-        <v>513</v>
+        <v>603</v>
       </c>
       <c r="G147" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="148" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A148" s="4" t="s">
-        <v>1393</v>
+        <v>1681</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>1941</v>
+        <v>1682</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>1394</v>
+        <v>1683</v>
       </c>
       <c r="F148" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G148" s="7">
         <v>45082</v>
       </c>
     </row>
-    <row r="149" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A149" s="4" t="s">
-        <v>1413</v>
+        <v>1711</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>1414</v>
+        <v>1712</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>1415</v>
+        <v>1713</v>
       </c>
       <c r="F149" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G149" s="7">
         <v>44742</v>
       </c>
     </row>
-    <row r="150" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A150" s="4" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>1801</v>
+        <v>36</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F150" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G150" s="7">
         <v>45473</v>
       </c>
     </row>
-    <row r="151" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A151" s="4" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F151" s="6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="G151" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="152" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A152" s="4" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F152" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G152" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="153" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A153" s="4" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>63</v>
+        <v>77</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="F153" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G153" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="154" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A154" s="4" t="s">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="F154" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G154" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="155" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A155" s="4" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>1805</v>
+        <v>92</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="F155" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G155" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="156" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A156" s="4" t="s">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="F156" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G156" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="157" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A157" s="4" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>2030</v>
+        <v>117</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="F157" s="6"/>
       <c r="G157" s="7">
         <v>45473</v>
       </c>
     </row>
-    <row r="158" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A158" s="4" t="s">
-        <v>126</v>
+        <v>150</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>128</v>
+        <v>152</v>
       </c>
       <c r="F158" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G158" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="159" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A159" s="4" t="s">
-        <v>197</v>
+        <v>233</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>198</v>
+        <v>234</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>199</v>
+        <v>235</v>
       </c>
       <c r="F159" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G159" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="160" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A160" s="4" t="s">
-        <v>212</v>
+        <v>250</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>213</v>
+        <v>251</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>214</v>
+        <v>252</v>
       </c>
       <c r="F160" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G160" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="161" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A161" s="4" t="s">
-        <v>218</v>
+        <v>257</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>219</v>
+        <v>258</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>220</v>
+        <v>259</v>
       </c>
       <c r="F161" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G161" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="162" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A162" s="4" t="s">
-        <v>242</v>
+        <v>289</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>244</v>
+        <v>291</v>
       </c>
       <c r="F162" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="163" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A163" s="4" t="s">
-        <v>251</v>
+        <v>299</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>252</v>
+        <v>300</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>253</v>
+        <v>301</v>
       </c>
       <c r="F163" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G163" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="164" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A164" s="4" t="s">
-        <v>257</v>
+        <v>305</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>1826</v>
+        <v>306</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>258</v>
+        <v>307</v>
       </c>
       <c r="F164" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G164" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="165" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A165" s="4" t="s">
-        <v>262</v>
+        <v>311</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>2117</v>
+        <v>312</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>263</v>
+        <v>313</v>
       </c>
       <c r="F165" s="6" t="s">
-        <v>264</v>
+        <v>314</v>
       </c>
       <c r="G165" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="166" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A166" s="4" t="s">
-        <v>276</v>
+        <v>327</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>277</v>
+        <v>328</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>278</v>
+        <v>329</v>
       </c>
       <c r="F166" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G166" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="167" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A167" s="4" t="s">
-        <v>285</v>
+        <v>336</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>2118</v>
+        <v>337</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>286</v>
+        <v>338</v>
       </c>
       <c r="F167" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G167" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="168" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A168" s="4" t="s">
-        <v>287</v>
+        <v>339</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>2119</v>
+        <v>340</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>288</v>
+        <v>341</v>
       </c>
       <c r="F168" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G168" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="169" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A169" s="4" t="s">
-        <v>289</v>
+        <v>342</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>1827</v>
+        <v>343</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>290</v>
+        <v>344</v>
       </c>
       <c r="F169" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="170" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A170" s="4" t="s">
-        <v>297</v>
+        <v>351</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>298</v>
+        <v>352</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>299</v>
+        <v>353</v>
       </c>
       <c r="F170" s="6" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G170" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="171" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A171" s="4" t="s">
-        <v>306</v>
+        <v>363</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>307</v>
+        <v>364</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>308</v>
+        <v>365</v>
       </c>
       <c r="F171" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G171" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="172" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A172" s="4" t="s">
-        <v>311</v>
+        <v>369</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>312</v>
+        <v>370</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>313</v>
+        <v>371</v>
       </c>
       <c r="F172" s="6" t="s">
-        <v>314</v>
+        <v>372</v>
       </c>
       <c r="G172" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="173" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A173" s="4" t="s">
-        <v>318</v>
+        <v>376</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>2033</v>
+        <v>377</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>319</v>
+        <v>378</v>
       </c>
       <c r="F173" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G173" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="174" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A174" s="4" t="s">
-        <v>345</v>
+        <v>409</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>1830</v>
+        <v>410</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>346</v>
+        <v>411</v>
       </c>
       <c r="F174" s="6" t="s">
-        <v>226</v>
+        <v>266</v>
       </c>
       <c r="G174" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="175" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A175" s="4" t="s">
-        <v>347</v>
+        <v>412</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>348</v>
+        <v>413</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>349</v>
+        <v>414</v>
       </c>
       <c r="F175" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G175" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="176" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A176" s="4" t="s">
-        <v>355</v>
+        <v>421</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>2035</v>
+        <v>422</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>356</v>
+        <v>423</v>
       </c>
       <c r="F176" s="6"/>
       <c r="G176" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="177" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A177" s="4" t="s">
-        <v>357</v>
+        <v>424</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>358</v>
+        <v>425</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>359</v>
+        <v>426</v>
       </c>
       <c r="F177" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="178" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="178" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A178" s="4" t="s">
-        <v>368</v>
+        <v>439</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>369</v>
+        <v>440</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>370</v>
+        <v>441</v>
       </c>
       <c r="F178" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G178" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="179" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A179" s="4" t="s">
-        <v>379</v>
+        <v>451</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>380</v>
+        <v>452</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>381</v>
+        <v>453</v>
       </c>
       <c r="F179" s="6" t="s">
-        <v>217</v>
+        <v>256</v>
       </c>
       <c r="G179" s="7">
         <v>45473</v>
       </c>
     </row>
-    <row r="180" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A180" s="4" t="s">
-        <v>427</v>
+        <v>506</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>428</v>
+        <v>507</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>429</v>
+        <v>508</v>
       </c>
       <c r="F180" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G180" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="181" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="181" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A181" s="4" t="s">
-        <v>438</v>
+        <v>518</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>2039</v>
+        <v>519</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>439</v>
+        <v>520</v>
       </c>
       <c r="F181" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G181" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="182" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="182" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A182" s="4" t="s">
-        <v>442</v>
+        <v>524</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>443</v>
+        <v>525</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>444</v>
+        <v>526</v>
       </c>
       <c r="F182" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="183" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A183" s="4" t="s">
-        <v>453</v>
+        <v>536</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>454</v>
+        <v>537</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>455</v>
+        <v>538</v>
       </c>
       <c r="F183" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G183" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="184" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A184" s="4" t="s">
-        <v>478</v>
+        <v>563</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>2042</v>
+        <v>564</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>479</v>
+        <v>565</v>
       </c>
       <c r="F184" s="6" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="G184" s="7">
         <v>45473</v>
       </c>
     </row>
-    <row r="185" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="185" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A185" s="4" t="s">
-        <v>480</v>
+        <v>566</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>481</v>
+        <v>567</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>482</v>
+        <v>568</v>
       </c>
       <c r="F185" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G185" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="186" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="186" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A186" s="4" t="s">
-        <v>491</v>
+        <v>579</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>492</v>
+        <v>580</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>493</v>
+        <v>581</v>
       </c>
       <c r="F186" s="6" t="s">
-        <v>490</v>
+        <v>578</v>
       </c>
       <c r="G186" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="187" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="187" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A187" s="4" t="s">
-        <v>497</v>
+        <v>585</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>498</v>
+        <v>586</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>499</v>
+        <v>587</v>
       </c>
       <c r="F187" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G187" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="188" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="188" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A188" s="4" t="s">
-        <v>503</v>
+        <v>591</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>504</v>
+        <v>592</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>505</v>
+        <v>593</v>
       </c>
       <c r="F188" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G188" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="189" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="189" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A189" s="4" t="s">
-        <v>506</v>
+        <v>594</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>2129</v>
+        <v>595</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>507</v>
+        <v>596</v>
       </c>
       <c r="F189" s="6" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="G189" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="190" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="190" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A190" s="4" t="s">
-        <v>514</v>
+        <v>604</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>515</v>
+        <v>605</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>516</v>
+        <v>606</v>
       </c>
       <c r="F190" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G190" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="191" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="191" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A191" s="4" t="s">
-        <v>527</v>
+        <v>619</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>1842</v>
+        <v>620</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>528</v>
+        <v>621</v>
       </c>
       <c r="F191" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="192" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="192" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A192" s="4" t="s">
-        <v>532</v>
+        <v>625</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>533</v>
+        <v>626</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>534</v>
+        <v>627</v>
       </c>
       <c r="F192" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="193" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A193" s="4" t="s">
-        <v>535</v>
+        <v>628</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>536</v>
+        <v>629</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>537</v>
+        <v>630</v>
       </c>
       <c r="F193" s="6" t="s">
-        <v>173</v>
+        <v>205</v>
       </c>
       <c r="G193" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="194" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A194" s="4" t="s">
-        <v>540</v>
+        <v>634</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>2130</v>
+        <v>635</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>541</v>
+        <v>636</v>
       </c>
       <c r="F194" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G194" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="195" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="195" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A195" s="4" t="s">
-        <v>579</v>
+        <v>683</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>580</v>
+        <v>684</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>581</v>
+        <v>685</v>
       </c>
       <c r="F195" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G195" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="196" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="196" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A196" s="4" t="s">
-        <v>584</v>
+        <v>689</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>585</v>
+        <v>690</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>586</v>
+        <v>691</v>
       </c>
       <c r="F196" s="6" t="s">
-        <v>587</v>
+        <v>692</v>
       </c>
       <c r="G196" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="197" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="197" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A197" s="4" t="s">
-        <v>611</v>
+        <v>718</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>612</v>
+        <v>719</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>613</v>
+        <v>720</v>
       </c>
       <c r="F197" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G197" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="198" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="198" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A198" s="4" t="s">
-        <v>617</v>
+        <v>724</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>618</v>
+        <v>725</v>
       </c>
       <c r="C198" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>619</v>
+        <v>726</v>
       </c>
       <c r="F198" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G198" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="199" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A199" s="4" t="s">
-        <v>622</v>
+        <v>730</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>623</v>
+        <v>731</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>624</v>
+        <v>732</v>
       </c>
       <c r="F199" s="6" t="s">
-        <v>625</v>
+        <v>733</v>
       </c>
       <c r="G199" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="200" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="200" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A200" s="4" t="s">
-        <v>629</v>
+        <v>737</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>630</v>
+        <v>738</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>631</v>
+        <v>739</v>
       </c>
       <c r="F200" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G200" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="201" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="201" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A201" s="4" t="s">
-        <v>632</v>
+        <v>740</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>1849</v>
+        <v>741</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>633</v>
+        <v>742</v>
       </c>
       <c r="F201" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G201" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="202" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="202" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A202" s="4" t="s">
-        <v>637</v>
+        <v>746</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>2135</v>
+        <v>747</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>638</v>
+        <v>748</v>
       </c>
       <c r="F202" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G202" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="203" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="203" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A203" s="4" t="s">
-        <v>641</v>
+        <v>752</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>642</v>
+        <v>753</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>643</v>
+        <v>754</v>
       </c>
       <c r="F203" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G203" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="204" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="204" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A204" s="4" t="s">
-        <v>653</v>
+        <v>764</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>654</v>
+        <v>765</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>655</v>
+        <v>766</v>
       </c>
       <c r="F204" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G204" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="205" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="205" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A205" s="4" t="s">
-        <v>669</v>
+        <v>782</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>670</v>
+        <v>783</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>671</v>
+        <v>784</v>
       </c>
       <c r="F205" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G205" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="206" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="206" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A206" s="4" t="s">
-        <v>674</v>
+        <v>788</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>675</v>
+        <v>789</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>676</v>
+        <v>790</v>
       </c>
       <c r="F206" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="207" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="207" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A207" s="4" t="s">
-        <v>679</v>
+        <v>794</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>680</v>
+        <v>795</v>
       </c>
       <c r="C207" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>681</v>
+        <v>796</v>
       </c>
       <c r="F207" s="6" t="s">
-        <v>203</v>
+        <v>239</v>
       </c>
       <c r="G207" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="208" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="208" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A208" s="4" t="s">
-        <v>682</v>
+        <v>806</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>2050</v>
+        <v>807</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>683</v>
+        <v>808</v>
       </c>
       <c r="F208" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G208" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A209" s="4" t="s">
+        <v>818</v>
+      </c>
+      <c r="B209" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="C209" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="F209" s="6" t="s">
         <v>13</v>
-      </c>
-[...21 lines deleted...]
-        <v>11</v>
       </c>
       <c r="G209" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="210" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="210" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A210" s="4" t="s">
-        <v>699</v>
+        <v>821</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>700</v>
+        <v>822</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>701</v>
+        <v>823</v>
       </c>
       <c r="F210" s="6" t="s">
-        <v>13</v>
+        <v>239</v>
       </c>
       <c r="G210" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A211" s="4" t="s">
-        <v>702</v>
+        <v>824</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>1854</v>
+        <v>825</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>703</v>
+        <v>826</v>
       </c>
       <c r="F211" s="6" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="G211" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="212" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="212" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A212" s="4" t="s">
-        <v>704</v>
+        <v>827</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>2140</v>
+        <v>828</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>705</v>
+        <v>829</v>
       </c>
       <c r="F212" s="6" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="G212" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="4" t="s">
+        <v>845</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="F213" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G213" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="4" t="s">
+        <v>851</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="F214" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G214" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="213" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G213" s="7">
+    <row r="215" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="4" t="s">
+        <v>857</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="F215" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="G215" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="214" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G214" s="7">
+    <row r="216" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A216" s="4" t="s">
+        <v>863</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="F216" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G216" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="215" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G215" s="7">
+    <row r="217" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A217" s="4" t="s">
+        <v>872</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="F217" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G217" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="216" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G216" s="7">
+    <row r="218" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A218" s="4" t="s">
+        <v>875</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="F218" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="4" t="s">
+        <v>878</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="F219" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G219" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A220" s="4" t="s">
+        <v>896</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="F220" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G220" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="217" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...91 lines deleted...]
-    <row r="221" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A221" s="4" t="s">
-        <v>764</v>
+        <v>899</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>765</v>
+        <v>900</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>766</v>
+        <v>901</v>
       </c>
       <c r="F221" s="6" t="s">
-        <v>19</v>
+        <v>103</v>
       </c>
       <c r="G221" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="222" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="222" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A222" s="4" t="s">
-        <v>767</v>
+        <v>914</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>768</v>
+        <v>915</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D222" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>769</v>
+        <v>916</v>
       </c>
       <c r="F222" s="6" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="G222" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="223" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A223" s="4" t="s">
-        <v>780</v>
+        <v>917</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>781</v>
+        <v>918</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>782</v>
+        <v>919</v>
       </c>
       <c r="F223" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G223" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="224" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="224" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A224" s="4" t="s">
-        <v>783</v>
+        <v>926</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>784</v>
+        <v>927</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>785</v>
+        <v>928</v>
       </c>
       <c r="F224" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G224" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="225" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="225" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A225" s="4" t="s">
-        <v>791</v>
+        <v>939</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>792</v>
+        <v>940</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>793</v>
+        <v>941</v>
       </c>
       <c r="F225" s="6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G225" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A226" s="4" t="s">
-        <v>804</v>
+        <v>948</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>805</v>
+        <v>949</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>806</v>
+        <v>950</v>
       </c>
       <c r="F226" s="6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G226" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="227" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="227" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A227" s="4" t="s">
-        <v>813</v>
+        <v>957</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>814</v>
+        <v>958</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E227" s="5" t="s">
-        <v>815</v>
+        <v>959</v>
       </c>
       <c r="F227" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G227" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="228" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="4" t="s">
+        <v>963</v>
+      </c>
+      <c r="B228" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="C228" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="F228" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G228" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="228" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="229" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="229" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A229" s="4" t="s">
-        <v>826</v>
+        <v>978</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>827</v>
+        <v>979</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E229" s="5" t="s">
-        <v>828</v>
+        <v>980</v>
       </c>
       <c r="F229" s="6" t="s">
-        <v>18</v>
+        <v>239</v>
       </c>
       <c r="G229" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="230" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A230" s="4" t="s">
-        <v>838</v>
+        <v>984</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>2146</v>
+        <v>985</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E230" s="5" t="s">
-        <v>839</v>
+        <v>986</v>
       </c>
       <c r="F230" s="6" t="s">
-        <v>203</v>
+        <v>12</v>
       </c>
       <c r="G230" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="231" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="4" t="s">
+        <v>993</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>994</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>995</v>
+      </c>
+      <c r="F231" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="G231" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="231" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="232" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="232" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A232" s="4" t="s">
-        <v>850</v>
+        <v>1002</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>1864</v>
+        <v>1003</v>
       </c>
       <c r="C232" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>851</v>
+        <v>1004</v>
       </c>
       <c r="F232" s="6" t="s">
-        <v>115</v>
+        <v>1005</v>
       </c>
       <c r="G232" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="233" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="233" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A233" s="4" t="s">
-        <v>857</v>
+        <v>1012</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>2149</v>
+        <v>1013</v>
       </c>
       <c r="C233" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>858</v>
+        <v>1014</v>
       </c>
       <c r="F233" s="6" t="s">
-        <v>859</v>
+        <v>12</v>
       </c>
       <c r="G233" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A234" s="4" t="s">
-        <v>865</v>
+        <v>1025</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>866</v>
+        <v>1026</v>
       </c>
       <c r="C234" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>867</v>
+        <v>1027</v>
       </c>
       <c r="F234" s="6" t="s">
-        <v>12</v>
+        <v>246</v>
       </c>
       <c r="G234" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A235" s="4" t="s">
-        <v>875</v>
+        <v>1031</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>876</v>
+        <v>1032</v>
       </c>
       <c r="C235" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E235" s="5" t="s">
-        <v>877</v>
+        <v>1033</v>
       </c>
       <c r="F235" s="6" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="G235" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A236" s="4" t="s">
-        <v>880</v>
+        <v>1043</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>2151</v>
+        <v>1044</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>881</v>
+        <v>1045</v>
       </c>
       <c r="F236" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G236" s="7">
         <v>45473</v>
       </c>
     </row>
-    <row r="237" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="237" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A237" s="4" t="s">
-        <v>888</v>
+        <v>1049</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>1870</v>
+        <v>1050</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E237" s="5" t="s">
-        <v>889</v>
+        <v>1051</v>
       </c>
       <c r="F237" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G237" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A238" s="4" t="s">
-        <v>892</v>
+        <v>1056</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>2059</v>
+        <v>1057</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>893</v>
+        <v>1058</v>
       </c>
       <c r="F238" s="6" t="s">
-        <v>12</v>
+        <v>246</v>
       </c>
       <c r="G238" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A239" s="4" t="s">
-        <v>898</v>
+        <v>1062</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>899</v>
+        <v>1063</v>
       </c>
       <c r="C239" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E239" s="5" t="s">
-        <v>900</v>
+        <v>1064</v>
       </c>
       <c r="F239" s="6" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="G239" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="240" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="240" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A240" s="4" t="s">
-        <v>904</v>
+        <v>1065</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>905</v>
+        <v>1066</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E240" s="5" t="s">
-        <v>906</v>
+        <v>1067</v>
       </c>
       <c r="F240" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G240" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A241" s="4" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D241" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F241" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G241" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A242" s="4" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E242" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F242" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G242" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A243" s="4" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D243" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F243" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G243" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="241" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...68 lines deleted...]
-    <row r="244" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="244" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A244" s="4" t="s">
-        <v>923</v>
+        <v>1086</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>924</v>
+        <v>1087</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E244" s="5" t="s">
-        <v>925</v>
+        <v>1088</v>
       </c>
       <c r="F244" s="6" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="G244" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="245" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="245" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A245" s="4" t="s">
-        <v>926</v>
+        <v>1089</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>927</v>
+        <v>1090</v>
       </c>
       <c r="C245" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>928</v>
+        <v>1091</v>
       </c>
       <c r="F245" s="6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G245" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A246" s="4" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B246" s="5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C246" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F246" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G246" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="246" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="247" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="247" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A247" s="4" t="s">
-        <v>933</v>
+        <v>1098</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>934</v>
+        <v>1099</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>935</v>
+        <v>1100</v>
       </c>
       <c r="F247" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G247" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="248" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="248" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A248" s="4" t="s">
-        <v>936</v>
+        <v>1101</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>937</v>
+        <v>1102</v>
       </c>
       <c r="C248" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>938</v>
+        <v>1103</v>
       </c>
       <c r="F248" s="6" t="s">
-        <v>12</v>
+        <v>578</v>
       </c>
       <c r="G248" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="249" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="249" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A249" s="4" t="s">
-        <v>939</v>
+        <v>1107</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>940</v>
+        <v>1108</v>
       </c>
       <c r="C249" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>941</v>
+        <v>1109</v>
       </c>
       <c r="F249" s="6" t="s">
-        <v>490</v>
+        <v>103</v>
       </c>
       <c r="G249" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A250" s="4" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F250" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G250" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="250" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G250" s="7">
+    <row r="251" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A251" s="4" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F251" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="G251" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A252" s="4" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F252" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G252" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="253" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A253" s="4" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B253" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C253" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D253" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F253" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G253" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="251" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G251" s="7">
+    <row r="254" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A254" s="4" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B254" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C254" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D254" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F254" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G254" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="252" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...68 lines deleted...]
-    <row r="255" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="255" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A255" s="4" t="s">
-        <v>992</v>
+        <v>1171</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>993</v>
+        <v>1172</v>
       </c>
       <c r="C255" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E255" s="5" t="s">
-        <v>994</v>
+        <v>1173</v>
       </c>
       <c r="F255" s="6" t="s">
-        <v>12</v>
+        <v>314</v>
       </c>
       <c r="G255" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44347</v>
+      </c>
+    </row>
+    <row r="256" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A256" s="4" t="s">
-        <v>995</v>
+        <v>1177</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>1881</v>
+        <v>1178</v>
       </c>
       <c r="C256" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E256" s="5" t="s">
-        <v>996</v>
+        <v>1179</v>
       </c>
       <c r="F256" s="6" t="s">
-        <v>264</v>
+        <v>12</v>
       </c>
       <c r="G256" s="7">
-        <v>44347</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="257" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A257" s="4" t="s">
-        <v>999</v>
+        <v>1189</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>1000</v>
+        <v>1190</v>
       </c>
       <c r="C257" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E257" s="5" t="s">
-        <v>1001</v>
+        <v>1191</v>
       </c>
       <c r="F257" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G257" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="258" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="258" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A258" s="4" t="s">
-        <v>1009</v>
+        <v>1192</v>
       </c>
       <c r="B258" s="5" t="s">
-        <v>1010</v>
+        <v>1193</v>
       </c>
       <c r="C258" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>1011</v>
+        <v>1194</v>
       </c>
       <c r="F258" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G258" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="259" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A259" s="4" t="s">
-        <v>1012</v>
+        <v>1195</v>
       </c>
       <c r="B259" s="5" t="s">
-        <v>1013</v>
+        <v>1196</v>
       </c>
       <c r="C259" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>1014</v>
+        <v>1197</v>
       </c>
       <c r="F259" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G259" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="260" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A260" s="4" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F260" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G260" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="260" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="261" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="261" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A261" s="4" t="s">
-        <v>1047</v>
+        <v>1237</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>1048</v>
+        <v>1238</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>1049</v>
+        <v>1239</v>
       </c>
       <c r="F261" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G261" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="262" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="262" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A262" s="4" t="s">
-        <v>1050</v>
+        <v>1249</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>1051</v>
+        <v>1250</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E262" s="5" t="s">
-        <v>1052</v>
+        <v>1251</v>
       </c>
       <c r="F262" s="6" t="s">
-        <v>12</v>
+        <v>189</v>
       </c>
       <c r="G262" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="263" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A263" s="4" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B263" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C263" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F263" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G263" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="264" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A264" s="4" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F264" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="G264" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="263" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G263" s="7">
+    <row r="265" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A265" s="4" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B265" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C265" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F265" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G265" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="264" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G264" s="7">
+    <row r="266" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A266" s="4" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B266" s="5" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C266" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D266" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F266" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G266" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="267" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A267" s="4" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F267" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G267" s="7">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="268" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A268" s="4" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B268" s="5" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C268" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D268" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E268" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F268" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G268" s="7">
         <v>44377</v>
       </c>
     </row>
-    <row r="265" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G265" s="7">
+    <row r="269" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A269" s="4" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E269" s="5" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F269" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G269" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="266" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...38 lines deleted...]
-      <c r="F267" s="6" t="s">
+    <row r="270" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A270" s="4" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D270" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F270" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="G270" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="271" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A271" s="4" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F271" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G271" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="272" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A272" s="4" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D272" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E272" s="5" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F272" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="G267" s="7">
-[...91 lines deleted...]
-      <c r="G271" s="7">
+      <c r="G272" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="272" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="273" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="273" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A273" s="4" t="s">
-        <v>1131</v>
+        <v>1339</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>1896</v>
+        <v>1340</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>1132</v>
+        <v>1341</v>
       </c>
       <c r="F273" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G273" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="274" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="274" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A274" s="4" t="s">
-        <v>1133</v>
+        <v>1358</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>1897</v>
+        <v>1359</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>1134</v>
+        <v>1360</v>
       </c>
       <c r="F274" s="6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G274" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="275" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="275" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A275" s="4" t="s">
-        <v>1148</v>
+        <v>1361</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>1899</v>
+        <v>1362</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E275" s="5" t="s">
-        <v>1149</v>
+        <v>1363</v>
       </c>
       <c r="F275" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G275" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="276" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="276" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A276" s="4" t="s">
-        <v>1150</v>
+        <v>1367</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>1151</v>
+        <v>1368</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>1152</v>
+        <v>1369</v>
       </c>
       <c r="F276" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G276" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="277" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="277" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A277" s="4" t="s">
-        <v>1155</v>
+        <v>1379</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>1901</v>
+        <v>1380</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>1156</v>
+        <v>1381</v>
       </c>
       <c r="F277" s="6" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="G277" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="278" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="278" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A278" s="4" t="s">
-        <v>1163</v>
+        <v>1382</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>1904</v>
+        <v>1383</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>1164</v>
+        <v>1384</v>
       </c>
       <c r="F278" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G278" s="7">
-        <v>45838</v>
-[...2 lines deleted...]
-    <row r="279" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="279" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A279" s="4" t="s">
-        <v>1165</v>
+        <v>1385</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>1166</v>
+        <v>1386</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>1167</v>
+        <v>1387</v>
       </c>
       <c r="F279" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G279" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="280" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="280" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A280" s="4" t="s">
-        <v>1168</v>
+        <v>1403</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>1169</v>
+        <v>1404</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E280" s="5" t="s">
-        <v>1170</v>
+        <v>1405</v>
       </c>
       <c r="F280" s="6" t="s">
-        <v>18</v>
+        <v>1348</v>
       </c>
       <c r="G280" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="281" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A281" s="4" t="s">
-        <v>1184</v>
+        <v>1409</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>1185</v>
+        <v>1410</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>1186</v>
+        <v>1411</v>
       </c>
       <c r="F281" s="6" t="s">
-        <v>1141</v>
+        <v>13</v>
       </c>
       <c r="G281" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="282" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A282" s="4" t="s">
-        <v>1189</v>
+        <v>1412</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>1908</v>
+        <v>1413</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>1190</v>
+        <v>1414</v>
       </c>
       <c r="F282" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G282" s="7">
         <v>45473</v>
       </c>
     </row>
-    <row r="283" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="283" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A283" s="4" t="s">
-        <v>1191</v>
+        <v>1424</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>1192</v>
+        <v>1425</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>1193</v>
+        <v>1426</v>
       </c>
       <c r="F283" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G283" s="7">
-        <v>45473</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="284" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A284" s="4" t="s">
-        <v>1200</v>
+        <v>1430</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>1201</v>
+        <v>1431</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>1202</v>
+        <v>1432</v>
       </c>
       <c r="F284" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G284" s="7">
-        <v>44377</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>44012</v>
+      </c>
+    </row>
+    <row r="285" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A285" s="4" t="s">
-        <v>1205</v>
+        <v>1433</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>1206</v>
+        <v>1434</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>1207</v>
+        <v>1435</v>
       </c>
       <c r="F285" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G285" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="286" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="286" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A286" s="4" t="s">
-        <v>1208</v>
+        <v>1439</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>1209</v>
+        <v>1440</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E286" s="5" t="s">
-        <v>1210</v>
+        <v>1441</v>
       </c>
       <c r="F286" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G286" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="287" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A287" s="4" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F287" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G287" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="288" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A288" s="4" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="F288" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G288" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="287" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...45 lines deleted...]
-    <row r="289" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="289" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A289" s="4" t="s">
-        <v>1231</v>
+        <v>1487</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>1232</v>
+        <v>1488</v>
       </c>
       <c r="C289" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E289" s="5" t="s">
-        <v>1233</v>
+        <v>1489</v>
       </c>
       <c r="F289" s="6" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="G289" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="290" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="290" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A290" s="4" t="s">
-        <v>1250</v>
+        <v>1496</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>1251</v>
+        <v>1497</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>1252</v>
+        <v>1498</v>
       </c>
       <c r="F290" s="6" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="G290" s="7">
         <v>44012</v>
       </c>
     </row>
-    <row r="291" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="291" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A291" s="4" t="s">
-        <v>1258</v>
+        <v>1511</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>1259</v>
+        <v>1512</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E291" s="5" t="s">
-        <v>1260</v>
+        <v>1513</v>
       </c>
       <c r="F291" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G291" s="7">
-        <v>44012</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A292" s="4" t="s">
-        <v>1270</v>
+        <v>1523</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>2179</v>
+        <v>1524</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E292" s="5" t="s">
-        <v>1271</v>
+        <v>1525</v>
       </c>
       <c r="F292" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G292" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A293" s="4" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B293" s="5" t="s">
+        <v>1539</v>
+      </c>
+      <c r="C293" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F293" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G293" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A294" s="4" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B294" s="5" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C294" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F294" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="G294" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A295" s="4" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F295" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G295" s="7">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A296" s="4" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B296" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C296" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>1570</v>
+      </c>
+      <c r="F296" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G296" s="7">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A297" s="4" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B297" s="5" t="s">
+        <v>1595</v>
+      </c>
+      <c r="C297" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D297" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F297" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G297" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="293" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G293" s="7">
+    <row r="298" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A298" s="4" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B298" s="5" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C298" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D298" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E298" s="5" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F298" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G298" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="294" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...110 lines deleted...]
-      <c r="G298" s="7">
+    <row r="299" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A299" s="4" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B299" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C299" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D299" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F299" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="G299" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="299" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="300" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="300" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A300" s="4" t="s">
-        <v>1358</v>
+        <v>1640</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>1359</v>
+        <v>1641</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E300" s="5" t="s">
-        <v>1360</v>
+        <v>1642</v>
       </c>
       <c r="F300" s="6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="G300" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="301" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="301" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A301" s="4" t="s">
-        <v>1363</v>
+        <v>1646</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>1935</v>
+        <v>1647</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>1364</v>
+        <v>1648</v>
       </c>
       <c r="F301" s="6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G301" s="7">
-        <v>45107</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+        <v>45838</v>
+      </c>
+    </row>
+    <row r="302" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A302" s="4" t="s">
-        <v>1367</v>
+        <v>1658</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>1936</v>
+        <v>1659</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E302" s="5" t="s">
-        <v>1368</v>
+        <v>1660</v>
       </c>
       <c r="F302" s="6" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="G302" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="303" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="303" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A303" s="4" t="s">
-        <v>1376</v>
+        <v>1669</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>1377</v>
+        <v>1670</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E303" s="5" t="s">
-        <v>1378</v>
+        <v>1671</v>
       </c>
       <c r="F303" s="6" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="G303" s="7">
+        <v>44742</v>
+      </c>
+    </row>
+    <row r="304" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A304" s="4" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B304" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C304" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D304" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E304" s="5" t="s">
+        <v>1680</v>
+      </c>
+      <c r="F304" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G304" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="304" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="305" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="305" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A305" s="4" t="s">
-        <v>1391</v>
+        <v>1702</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>2077</v>
+        <v>1703</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E305" s="5" t="s">
-        <v>1392</v>
+        <v>1704</v>
       </c>
       <c r="F305" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G305" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="306" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A306" s="4" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B306" s="5" t="s">
+        <v>1706</v>
+      </c>
+      <c r="C306" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D306" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E306" s="5" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F306" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G306" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="306" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G306" s="7">
+    <row r="307" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A307" s="4" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B307" s="5" t="s">
+        <v>1718</v>
+      </c>
+      <c r="C307" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D307" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F307" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G307" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="308" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A308" s="4" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B308" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C308" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D308" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F308" s="6" t="s">
+        <v>1741</v>
+      </c>
+      <c r="G308" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="307" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G307" s="7">
+    <row r="309" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A309" s="4" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B309" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C309" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F309" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G309" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="308" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...45 lines deleted...]
-    <row r="310" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="310" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A310" s="4" t="s">
-        <v>1437</v>
+        <v>1745</v>
       </c>
       <c r="B310" s="5" t="s">
-        <v>1952</v>
+        <v>1746</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E310" s="5" t="s">
-        <v>1438</v>
+        <v>1747</v>
       </c>
       <c r="F310" s="6" t="s">
-        <v>12</v>
+        <v>239</v>
       </c>
       <c r="G310" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="311" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="311" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A311" s="4" t="s">
-        <v>1439</v>
+        <v>1784</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>1953</v>
+        <v>1785</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>1440</v>
+        <v>1786</v>
       </c>
       <c r="F311" s="6" t="s">
-        <v>203</v>
+        <v>13</v>
       </c>
       <c r="G311" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="312" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="312" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A312" s="4" t="s">
-        <v>1466</v>
+        <v>1805</v>
       </c>
       <c r="B312" s="5" t="s">
-        <v>2201</v>
+        <v>1806</v>
       </c>
       <c r="C312" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>1467</v>
+        <v>1807</v>
       </c>
       <c r="F312" s="6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G312" s="7">
+        <v>45107</v>
+      </c>
+    </row>
+    <row r="313" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A313" s="4" t="s">
+        <v>1832</v>
+      </c>
+      <c r="B313" s="5" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C313" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D313" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>1834</v>
+      </c>
+      <c r="F313" s="6" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G313" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="313" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G313" s="7">
+    <row r="314" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A314" s="4" t="s">
+        <v>1838</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F314" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="G314" s="7">
         <v>45107</v>
       </c>
     </row>
-    <row r="314" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G314" s="7">
+    <row r="315" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A315" s="4" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>1862</v>
+      </c>
+      <c r="F315" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G315" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="315" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="316" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="316" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A316" s="4" t="s">
-        <v>1521</v>
+        <v>1866</v>
       </c>
       <c r="B316" s="5" t="s">
-        <v>1522</v>
+        <v>1867</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E316" s="5" t="s">
-        <v>1523</v>
+        <v>1868</v>
       </c>
       <c r="F316" s="6" t="s">
-        <v>12</v>
+        <v>189</v>
       </c>
       <c r="G316" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="317" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="317" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A317" s="4" t="s">
-        <v>1526</v>
+        <v>1869</v>
       </c>
       <c r="B317" s="5" t="s">
-        <v>1973</v>
+        <v>1870</v>
       </c>
       <c r="C317" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E317" s="5" t="s">
-        <v>1527</v>
+        <v>1871</v>
       </c>
       <c r="F317" s="6" t="s">
-        <v>160</v>
+        <v>189</v>
       </c>
       <c r="G317" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="318" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="318" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A318" s="4" t="s">
-        <v>1528</v>
+        <v>1875</v>
       </c>
       <c r="B318" s="5" t="s">
-        <v>2208</v>
+        <v>1876</v>
       </c>
       <c r="C318" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>1529</v>
+        <v>1877</v>
       </c>
       <c r="F318" s="6" t="s">
-        <v>160</v>
+        <v>266</v>
       </c>
       <c r="G318" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="319" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="319" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A319" s="4" t="s">
-        <v>1532</v>
+        <v>1882</v>
       </c>
       <c r="B319" s="5" t="s">
-        <v>2084</v>
+        <v>1883</v>
       </c>
       <c r="C319" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E319" s="5" t="s">
-        <v>1533</v>
+        <v>1884</v>
       </c>
       <c r="F319" s="6" t="s">
-        <v>226</v>
+        <v>103</v>
       </c>
       <c r="G319" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="320" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A320" s="4" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B320" s="5" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C320" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D320" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>1893</v>
+      </c>
+      <c r="F320" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G320" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="320" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="321" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="321" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A321" s="4" t="s">
-        <v>1543</v>
+        <v>1909</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>1977</v>
+        <v>1910</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E321" s="5" t="s">
-        <v>1544</v>
+        <v>1911</v>
       </c>
       <c r="F321" s="6" t="s">
-        <v>12</v>
+        <v>103</v>
       </c>
       <c r="G321" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="322" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="322" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A322" s="4" t="s">
-        <v>1555</v>
+        <v>1937</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>2213</v>
+        <v>1938</v>
       </c>
       <c r="C322" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>1556</v>
+        <v>1939</v>
       </c>
       <c r="F322" s="6" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="G322" s="7">
+        <v>45473</v>
+      </c>
+    </row>
+    <row r="323" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A323" s="4" t="s">
+        <v>1946</v>
+      </c>
+      <c r="B323" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C323" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D323" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F323" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G323" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="323" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="324" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="324" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A324" s="4" t="s">
-        <v>1581</v>
+        <v>1949</v>
       </c>
       <c r="B324" s="5" t="s">
-        <v>1984</v>
+        <v>1950</v>
       </c>
       <c r="C324" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E324" s="5" t="s">
-        <v>1582</v>
+        <v>1951</v>
       </c>
       <c r="F324" s="6" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G324" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="325" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="325" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A325" s="4" t="s">
-        <v>1583</v>
+        <v>1952</v>
       </c>
       <c r="B325" s="5" t="s">
-        <v>1584</v>
+        <v>1953</v>
       </c>
       <c r="C325" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E325" s="5" t="s">
-        <v>1585</v>
+        <v>1954</v>
       </c>
       <c r="F325" s="6" t="s">
-        <v>16</v>
+        <v>935</v>
       </c>
       <c r="G325" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="326" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="326" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A326" s="4" t="s">
-        <v>1586</v>
+        <v>2036</v>
       </c>
       <c r="B326" s="5" t="s">
-        <v>2088</v>
+        <v>2037</v>
       </c>
       <c r="C326" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>1587</v>
+        <v>2038</v>
       </c>
       <c r="F326" s="6" t="s">
-        <v>800</v>
+        <v>9</v>
       </c>
       <c r="G326" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="327" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="327" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A327" s="4" t="s">
-        <v>1643</v>
+        <v>2048</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>1644</v>
+        <v>2049</v>
       </c>
       <c r="C327" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E327" s="5" t="s">
-        <v>1645</v>
+        <v>2050</v>
       </c>
       <c r="F327" s="6" t="s">
-        <v>9</v>
+        <v>314</v>
       </c>
       <c r="G327" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="328" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="328" spans="1:7" s="3" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A328" s="4" t="s">
-        <v>1652</v>
+        <v>2063</v>
       </c>
       <c r="B328" s="5" t="s">
-        <v>2226</v>
+        <v>2064</v>
       </c>
       <c r="C328" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>1653</v>
+        <v>2065</v>
       </c>
       <c r="F328" s="6" t="s">
-        <v>264</v>
+        <v>12</v>
       </c>
       <c r="G328" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="329" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="329" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A329" s="4" t="s">
-        <v>1662</v>
+        <v>2069</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>2001</v>
+        <v>2070</v>
       </c>
       <c r="C329" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E329" s="5" t="s">
-        <v>1663</v>
+        <v>2071</v>
       </c>
       <c r="F329" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G329" s="7">
         <v>45838</v>
       </c>
     </row>
-    <row r="330" spans="1:7" s="3" customFormat="1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A150" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44388" xr:uid="{21BADC08-20C5-4C84-97E6-F472B3CAF80A}"/>
-[...327 lines deleted...]
-    <hyperlink ref="A330" r:id="rId329" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{4F5101CF-ECBA-4566-B7F8-B861FD85B5C7}"/>
+    <hyperlink ref="A150" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44388" xr:uid="{93B4812E-7B42-424D-9880-DD9F24B68E7C}"/>
+    <hyperlink ref="A151" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44427" xr:uid="{752FBB33-D533-4CB8-B6E5-F834FAAF4885}"/>
+    <hyperlink ref="A2" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44430" xr:uid="{80D1EE30-F917-4565-8405-A8101FAF5287}"/>
+    <hyperlink ref="A152" r:id="rId4" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44433" xr:uid="{D4EC7BC2-6E8C-4425-A751-71FCFE4EFCFD}"/>
+    <hyperlink ref="A3" r:id="rId5" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44434" xr:uid="{08F708D0-BDE8-4528-B62C-BDD2E141FFC8}"/>
+    <hyperlink ref="A4" r:id="rId6" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44435" xr:uid="{5635B793-305B-437E-9D7E-91C26F540D5C}"/>
+    <hyperlink ref="A5" r:id="rId7" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44444" xr:uid="{E84B3A82-3461-430E-B1DB-E08619A27168}"/>
+    <hyperlink ref="A153" r:id="rId8" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44449" xr:uid="{0535182E-65CA-42C7-9B24-9F6370B16024}"/>
+    <hyperlink ref="A154" r:id="rId9" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44450" xr:uid="{11A2BDCA-3EB2-42DB-BD8E-6E3D3B8A530F}"/>
+    <hyperlink ref="A6" r:id="rId10" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44455" xr:uid="{02805135-DED4-4959-8EB1-83133678DA67}"/>
+    <hyperlink ref="A7" r:id="rId11" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44474" xr:uid="{20B14F31-5FC0-42F6-A4C7-EEB798B60E4E}"/>
+    <hyperlink ref="A155" r:id="rId12" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44495" xr:uid="{E258A326-A700-4F11-9AC2-EB94D2F5865D}"/>
+    <hyperlink ref="A156" r:id="rId13" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44498" xr:uid="{7455708A-B6BA-48FB-B06C-C0B8B78B9F09}"/>
+    <hyperlink ref="A8" r:id="rId14" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44510" xr:uid="{36AD826C-634B-45BD-9537-24B38A2662BC}"/>
+    <hyperlink ref="A9" r:id="rId15" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44511" xr:uid="{93C59311-2EEE-4D0C-995A-F4EFA477DD91}"/>
+    <hyperlink ref="A10" r:id="rId16" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44512" xr:uid="{478357E3-3026-40BB-A719-A6F645EF19F5}"/>
+    <hyperlink ref="A157" r:id="rId17" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44519" xr:uid="{3C13F751-B54E-470A-9B44-EFD272E5A036}"/>
+    <hyperlink ref="A11" r:id="rId18" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44521" xr:uid="{3606F1E1-83CE-4E3D-AB7E-228B95C8C1EE}"/>
+    <hyperlink ref="A12" r:id="rId19" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44529" xr:uid="{6F6659CC-D1BF-48F6-AD1A-81759129A7CD}"/>
+    <hyperlink ref="A13" r:id="rId20" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44542" xr:uid="{FD675A03-4CF4-4503-BC56-DB580907CD61}"/>
+    <hyperlink ref="A14" r:id="rId21" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44548" xr:uid="{B4C058FB-EC30-4FD4-BA74-E75684C8756D}"/>
+    <hyperlink ref="A15" r:id="rId22" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44549" xr:uid="{D21C4E3F-03B0-4522-9346-6A8D990E35A9}"/>
+    <hyperlink ref="A16" r:id="rId23" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44556" xr:uid="{B79BFA99-0FAE-4EC8-BCD1-958A9C68C5B6}"/>
+    <hyperlink ref="A17" r:id="rId24" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44557" xr:uid="{236D04B8-32EB-4BBA-BEC4-5F7661D61C82}"/>
+    <hyperlink ref="A158" r:id="rId25" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44565" xr:uid="{BE6B3069-FFC9-4C33-83C4-0A7762ADFFF2}"/>
+    <hyperlink ref="A18" r:id="rId26" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44570" xr:uid="{593B9CEC-428E-4EEF-A0F1-4FFC918AC972}"/>
+    <hyperlink ref="A19" r:id="rId27" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44571" xr:uid="{8324B618-3F62-4A99-9EF7-76670E7E173A}"/>
+    <hyperlink ref="A20" r:id="rId28" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44574" xr:uid="{540BE5A5-3FF3-4E21-8CA6-323F1CBA2514}"/>
+    <hyperlink ref="A21" r:id="rId29" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44616" xr:uid="{226307E6-5C67-4F3B-981A-F14802E122A4}"/>
+    <hyperlink ref="A22" r:id="rId30" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44620" xr:uid="{883839EF-96BA-456E-BA82-3A9E884FB9E2}"/>
+    <hyperlink ref="A23" r:id="rId31" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44621" xr:uid="{F9B0418A-2FCB-473D-9FBB-3A9A88D5F639}"/>
+    <hyperlink ref="A24" r:id="rId32" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44635" xr:uid="{D23295B5-631D-4F20-B27F-3C14B2FC29EC}"/>
+    <hyperlink ref="A25" r:id="rId33" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44638" xr:uid="{EBB19FC0-4F43-4C9A-A25D-A55D9D4E3120}"/>
+    <hyperlink ref="A26" r:id="rId34" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44647" xr:uid="{F746BAE9-7104-4EE8-9B84-0E2CF04B3C46}"/>
+    <hyperlink ref="A27" r:id="rId35" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44648" xr:uid="{1D20E7D4-C1CD-4D3E-9B62-53130E9CA259}"/>
+    <hyperlink ref="A28" r:id="rId36" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44649" xr:uid="{50269E59-A89D-4514-9A28-5FA75E9D68C1}"/>
+    <hyperlink ref="A29" r:id="rId37" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44650" xr:uid="{E5C3AD4E-B2CA-43AC-A46E-8917A14ECF81}"/>
+    <hyperlink ref="A30" r:id="rId38" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44652" xr:uid="{4983C455-685E-4E86-B7AC-AE2071F34C54}"/>
+    <hyperlink ref="A31" r:id="rId39" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44660" xr:uid="{F8DDB334-F6A4-45AD-A989-94CE79B786B8}"/>
+    <hyperlink ref="A159" r:id="rId40" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44661" xr:uid="{BD9FB5FF-9EDC-465F-8EDE-A6B21187F0D6}"/>
+    <hyperlink ref="A32" r:id="rId41" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44663" xr:uid="{92F5F1B2-E0BE-450C-9B43-532DB0B508A5}"/>
+    <hyperlink ref="A160" r:id="rId42" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44701" xr:uid="{4F04A357-E50C-4A8A-A562-1886FDCD72C8}"/>
+    <hyperlink ref="A33" r:id="rId43" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44707" xr:uid="{9519C1D9-6F4A-46DA-A80D-DB2EFA9D20C3}"/>
+    <hyperlink ref="A161" r:id="rId44" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44717" xr:uid="{5E0E5AC6-9484-4833-B9B1-598689429328}"/>
+    <hyperlink ref="A34" r:id="rId45" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44718" xr:uid="{8A671EB1-7658-4F77-BFFE-A419971823FD}"/>
+    <hyperlink ref="A35" r:id="rId46" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44771" xr:uid="{61920372-496C-4A06-91F0-DC68F4B79198}"/>
+    <hyperlink ref="A36" r:id="rId47" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44775" xr:uid="{E0F97EC6-A03D-48AC-B3F9-EBFC0B816B42}"/>
+    <hyperlink ref="A162" r:id="rId48" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44854" xr:uid="{FCC80110-3E6E-49DD-9302-159609B5D329}"/>
+    <hyperlink ref="A37" r:id="rId49" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44888" xr:uid="{D9CB2551-4C85-43FE-B445-4B64CD1D2879}"/>
+    <hyperlink ref="A163" r:id="rId50" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44896" xr:uid="{CD780B60-EF8E-4A40-A9D8-63AD376C357A}"/>
+    <hyperlink ref="A38" r:id="rId51" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44902" xr:uid="{57996451-4598-493E-BF0C-9456527A952B}"/>
+    <hyperlink ref="A164" r:id="rId52" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44912" xr:uid="{B9A00908-568B-4180-B56F-D789ACAABB25}"/>
+    <hyperlink ref="A165" r:id="rId53" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44920" xr:uid="{31B1FE02-633A-47E7-B9EA-5EC472F969D1}"/>
+    <hyperlink ref="A39" r:id="rId54" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44922" xr:uid="{C22849CA-8831-4C63-B2F3-EDA73EAD9A63}"/>
+    <hyperlink ref="A40" r:id="rId55" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44936" xr:uid="{579A363D-EC9B-4E22-886C-1B5768C295B8}"/>
+    <hyperlink ref="A166" r:id="rId56" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44947" xr:uid="{8AA133DE-1DEC-41CD-B84A-BF18CA7FC38F}"/>
+    <hyperlink ref="A41" r:id="rId57" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44948" xr:uid="{D327A783-CB30-41D0-8619-3285E8FCF427}"/>
+    <hyperlink ref="A42" r:id="rId58" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44971" xr:uid="{2CE09F1D-F1A0-4D7A-AF31-C911E525E435}"/>
+    <hyperlink ref="A167" r:id="rId59" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44973" xr:uid="{D98FCA1F-3C8B-41F7-B442-47C480BFAEA6}"/>
+    <hyperlink ref="A168" r:id="rId60" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44974" xr:uid="{3EC250C1-D487-40EB-A970-34A05CFD8A2B}"/>
+    <hyperlink ref="A169" r:id="rId61" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44986" xr:uid="{D24749E0-C930-4307-BBE1-85174F135B3B}"/>
+    <hyperlink ref="A43" r:id="rId62" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44987" xr:uid="{35144BA2-F6A4-44EA-A80F-3B83D0E084BE}"/>
+    <hyperlink ref="A44" r:id="rId63" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45002" xr:uid="{BD775AB7-2E9B-4F50-A55C-66C6B458AB1B}"/>
+    <hyperlink ref="A170" r:id="rId64" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45019" xr:uid="{88CEA101-716D-4110-B609-9783670EBCBC}"/>
+    <hyperlink ref="A171" r:id="rId65" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45036" xr:uid="{95AE60BF-39E4-4CA1-AEBE-8E32403F1E17}"/>
+    <hyperlink ref="A172" r:id="rId66" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45062" xr:uid="{2B7CB7C6-C01A-4C0D-ADF3-B968FB9A3D13}"/>
+    <hyperlink ref="A45" r:id="rId67" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45064" xr:uid="{51ACBEAB-8A17-4479-BA89-B436E9D9DE88}"/>
+    <hyperlink ref="A173" r:id="rId68" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45072" xr:uid="{B6743212-B1A8-4947-A0EE-6AA5793C193C}"/>
+    <hyperlink ref="A46" r:id="rId69" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45074" xr:uid="{87175F46-5648-4A9A-B036-F329FCB730B7}"/>
+    <hyperlink ref="A47" r:id="rId70" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45121" xr:uid="{4D71B9D5-0533-4E66-84F1-69978F809A61}"/>
+    <hyperlink ref="A48" r:id="rId71" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45126" xr:uid="{6A16964E-3E91-4BC8-BD58-898B8D89886E}"/>
+    <hyperlink ref="A49" r:id="rId72" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45140" xr:uid="{584C378C-94E2-4642-BAAE-A9A444059A16}"/>
+    <hyperlink ref="A50" r:id="rId73" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45142" xr:uid="{0C5B5BB2-87F7-434E-8C28-BDE9BA77D240}"/>
+    <hyperlink ref="A174" r:id="rId74" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45144" xr:uid="{E51BC958-FF55-4C1E-994A-D29F16CF43E6}"/>
+    <hyperlink ref="A175" r:id="rId75" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45153" xr:uid="{A16165EB-46AF-4BB7-8298-3D63A31AAB86}"/>
+    <hyperlink ref="A51" r:id="rId76" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45177" xr:uid="{3FD306F8-D1F9-4D86-9A03-EDF111780245}"/>
+    <hyperlink ref="A176" r:id="rId77" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45186" xr:uid="{CBAC16C6-BCE3-48FA-BA64-6397CB8DE005}"/>
+    <hyperlink ref="A177" r:id="rId78" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45187" xr:uid="{54BC38E5-29CD-4822-939B-5CB676E8E478}"/>
+    <hyperlink ref="A52" r:id="rId79" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45204" xr:uid="{81D57123-D887-44F2-A93F-5AD646BABC66}"/>
+    <hyperlink ref="A178" r:id="rId80" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45220" xr:uid="{6C265E74-06CF-4E57-BF88-5C83D37F84EF}"/>
+    <hyperlink ref="A53" r:id="rId81" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45224" xr:uid="{A76D1D3D-4FDB-4DCA-842B-21E4E70FE8BB}"/>
+    <hyperlink ref="A54" r:id="rId82" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45242" xr:uid="{6915E4E4-69C1-4891-A05D-CE38FFE8F157}"/>
+    <hyperlink ref="A179" r:id="rId83" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45243" xr:uid="{2AAF3E07-1C74-4175-A544-82500940C261}"/>
+    <hyperlink ref="A55" r:id="rId84" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45255" xr:uid="{BA277B6F-659C-4B71-991D-0418591D4ADE}"/>
+    <hyperlink ref="A56" r:id="rId85" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45262" xr:uid="{004ADA5A-5543-4E51-8DCC-39C2E3F3DD3C}"/>
+    <hyperlink ref="A57" r:id="rId86" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45263" xr:uid="{A2E6983B-B6D4-4157-A9F0-37E619048547}"/>
+    <hyperlink ref="A58" r:id="rId87" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45273" xr:uid="{DD189582-D2A6-46FB-9CD1-2535DEBE56F7}"/>
+    <hyperlink ref="A59" r:id="rId88" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45286" xr:uid="{381E5F23-8E99-4C07-B259-3C6E128FBE5B}"/>
+    <hyperlink ref="A60" r:id="rId89" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45336" xr:uid="{DC29C7DD-0B0F-41F4-859C-AD9FF9091E0F}"/>
+    <hyperlink ref="A61" r:id="rId90" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45339" xr:uid="{D49683D0-0998-414C-B76F-5EF76CC4E9D1}"/>
+    <hyperlink ref="A62" r:id="rId91" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45344" xr:uid="{97F08853-6FC6-48F7-8EBD-66C1928EAF11}"/>
+    <hyperlink ref="A180" r:id="rId92" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45346" xr:uid="{55D58256-381C-43D2-B09A-23DAEB3A497F}"/>
+    <hyperlink ref="A63" r:id="rId93" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45351" xr:uid="{DC7589D3-0ED4-47EA-8AC5-D83693F89A31}"/>
+    <hyperlink ref="A64" r:id="rId94" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45353" xr:uid="{C651B4F4-E458-4B13-BB06-561D08FF1B83}"/>
+    <hyperlink ref="A181" r:id="rId95" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45360" xr:uid="{ECB4E080-DAC5-4140-A996-8C9BEDBAEE28}"/>
+    <hyperlink ref="A182" r:id="rId96" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45373" xr:uid="{805A6EED-FC03-4C67-89BB-10ED8EAEACB3}"/>
+    <hyperlink ref="A65" r:id="rId97" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45374" xr:uid="{637FC306-A387-41CB-910E-57F6B9E89B33}"/>
+    <hyperlink ref="A66" r:id="rId98" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45375" xr:uid="{CB9D2F41-C415-420D-A326-D54F66B16C6B}"/>
+    <hyperlink ref="A183" r:id="rId99" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45383" xr:uid="{CA33C4EF-1E02-45D1-BD88-8226C2226AFF}"/>
+    <hyperlink ref="A67" r:id="rId100" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45388" xr:uid="{BDD65367-4D4C-4CF6-9D18-84D2A19B05D6}"/>
+    <hyperlink ref="A68" r:id="rId101" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45390" xr:uid="{B6C53D10-64B0-43A9-9098-EF6CD5C283EE}"/>
+    <hyperlink ref="A69" r:id="rId102" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45393" xr:uid="{501C97C3-6E37-44B1-92B6-6EAB78407C44}"/>
+    <hyperlink ref="A70" r:id="rId103" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45397" xr:uid="{C68C878D-9358-4EC5-8CC5-D931CA941158}"/>
+    <hyperlink ref="A71" r:id="rId104" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45399" xr:uid="{DABFC4BD-4D99-40D8-A9C5-731EE0F07311}"/>
+    <hyperlink ref="A184" r:id="rId105" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45421" xr:uid="{B3A5DC7E-2A66-4282-AD17-4B7A1B89D631}"/>
+    <hyperlink ref="A185" r:id="rId106" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45423" xr:uid="{EF4CC58C-618E-4CDB-8170-AC757C67620C}"/>
+    <hyperlink ref="A72" r:id="rId107" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45434" xr:uid="{1E645481-71E7-485B-B3B3-1137F33C3723}"/>
+    <hyperlink ref="A186" r:id="rId108" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45437" xr:uid="{689A6057-E253-424F-A3CB-08FB785AF2F9}"/>
+    <hyperlink ref="A73" r:id="rId109" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45441" xr:uid="{DFE32A0F-FAD9-4957-AEA4-DD0D08A7117A}"/>
+    <hyperlink ref="A187" r:id="rId110" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45443" xr:uid="{17C9C262-F1C6-4012-8D88-DDE6A09BF41E}"/>
+    <hyperlink ref="A74" r:id="rId111" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45448" xr:uid="{048523A7-E399-4EF4-B26B-DC06158CEA59}"/>
+    <hyperlink ref="A188" r:id="rId112" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45456" xr:uid="{1B85AD53-AF14-409C-8BC6-4C561493671A}"/>
+    <hyperlink ref="A189" r:id="rId113" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45457" xr:uid="{B28418F4-270A-4E4E-9627-F9B9AE1A3CC5}"/>
+    <hyperlink ref="A75" r:id="rId114" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45458" xr:uid="{510496B7-2231-49FD-B31A-FBD582B44A4B}"/>
+    <hyperlink ref="A190" r:id="rId115" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45466" xr:uid="{7EB534C7-A7F8-4C65-AC0F-DBA2868273B7}"/>
+    <hyperlink ref="A76" r:id="rId116" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45468" xr:uid="{2317B71E-36AC-4D5C-9BD6-DB7FA1C34BE0}"/>
+    <hyperlink ref="A77" r:id="rId117" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45471" xr:uid="{69D071C8-5F93-47D9-A33B-5A29603C9EAB}"/>
+    <hyperlink ref="A191" r:id="rId118" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45513" xr:uid="{52FF0A34-9C13-48B4-97ED-D79DBA131DB0}"/>
+    <hyperlink ref="A78" r:id="rId119" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45514" xr:uid="{29D8F97B-1DCA-4393-973A-9400CBCB41BF}"/>
+    <hyperlink ref="A192" r:id="rId120" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45515" xr:uid="{CC31ADD6-7114-4AFB-A4D6-0E355BAB4951}"/>
+    <hyperlink ref="A193" r:id="rId121" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45521" xr:uid="{BEA8AA23-F315-47FF-932B-A1F5EBEE2426}"/>
+    <hyperlink ref="A194" r:id="rId122" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45523" xr:uid="{BE3B92F8-C574-4A37-9EFA-B84B8218689D}"/>
+    <hyperlink ref="A79" r:id="rId123" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45561" xr:uid="{D72F66D7-C3AA-4E04-868A-1C14B83658BE}"/>
+    <hyperlink ref="A80" r:id="rId124" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45569" xr:uid="{F220DE5A-6F50-4150-BEDD-6E973E741952}"/>
+    <hyperlink ref="A81" r:id="rId125" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45589" xr:uid="{A8CDBD91-3578-4479-BB64-6FF5A6423DA7}"/>
+    <hyperlink ref="A82" r:id="rId126" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45598" xr:uid="{4B46B465-0354-4E9E-A6C9-C4C20D038894}"/>
+    <hyperlink ref="A83" r:id="rId127" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45635" xr:uid="{09E60AF9-1447-4C7B-A809-A6B6C3F972F6}"/>
+    <hyperlink ref="A84" r:id="rId128" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45773" xr:uid="{92C59865-E666-4F2C-903C-C14D3BFC6896}"/>
+    <hyperlink ref="A85" r:id="rId129" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45788" xr:uid="{5869F081-3B26-44E5-90D6-11AD210AB0BE}"/>
+    <hyperlink ref="A195" r:id="rId130" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45789" xr:uid="{26C38CBF-654C-4D56-B5B5-669050B29CE5}"/>
+    <hyperlink ref="A196" r:id="rId131" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45798" xr:uid="{AF59BE47-76B7-448D-AD23-CB7643E8EE06}"/>
+    <hyperlink ref="A86" r:id="rId132" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45878" xr:uid="{E5A83302-0A5A-4B1C-AA0F-6E25717A2755}"/>
+    <hyperlink ref="A87" r:id="rId133" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45955" xr:uid="{F3A593E3-96D8-451F-9C5A-3ABF8C266F6A}"/>
+    <hyperlink ref="A88" r:id="rId134" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46015" xr:uid="{E6D65E4F-1B8E-456D-8981-A5512194A986}"/>
+    <hyperlink ref="A89" r:id="rId135" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46293" xr:uid="{2AF8B8D0-6004-4555-B1BB-56DF2F0E19C3}"/>
+    <hyperlink ref="A90" r:id="rId136" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46295" xr:uid="{55183E1A-C1BB-480C-97A1-DEBD7DA00840}"/>
+    <hyperlink ref="A91" r:id="rId137" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46307" xr:uid="{FA10261C-A16F-417A-BCAB-4C12567A1B0A}"/>
+    <hyperlink ref="A197" r:id="rId138" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46312" xr:uid="{D4630FBE-DEF0-4B57-A028-3C66F8747E41}"/>
+    <hyperlink ref="A198" r:id="rId139" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46645" xr:uid="{65FF04FE-3705-4AEA-9942-F842C31A6F13}"/>
+    <hyperlink ref="A199" r:id="rId140" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46653" xr:uid="{D12E927A-012F-4AAB-A351-9A54226AF243}"/>
+    <hyperlink ref="A92" r:id="rId141" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46654" xr:uid="{360D6046-18B3-4720-A760-2F22B56890EA}"/>
+    <hyperlink ref="A200" r:id="rId142" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46701" xr:uid="{A04E0785-012D-4DBF-B425-067920A73A96}"/>
+    <hyperlink ref="A201" r:id="rId143" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46703" xr:uid="{8841AC0F-8EF0-4D7B-8CF4-7A10029E8990}"/>
+    <hyperlink ref="A93" r:id="rId144" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46735" xr:uid="{A35D9FD8-6407-48A5-8C13-CE99364A810D}"/>
+    <hyperlink ref="A202" r:id="rId145" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46773" xr:uid="{115C3537-E8D4-403F-87CB-ECD1F88B711C}"/>
+    <hyperlink ref="A203" r:id="rId146" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46775" xr:uid="{FFEF04E0-8D4A-4A80-A3DD-B061DFB5B19D}"/>
+    <hyperlink ref="A94" r:id="rId147" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46943" xr:uid="{6ACEEDD9-2781-4EFC-A9C6-EFCF984A0933}"/>
+    <hyperlink ref="A95" r:id="rId148" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46945" xr:uid="{8C00270C-87FD-4791-83DD-2945A69A079B}"/>
+    <hyperlink ref="A96" r:id="rId149" display="C:\Users\amoore\Downloads\credView.asp?credidnt=46946" xr:uid="{FE9021E5-4ABD-4F08-9932-3F7DC76B00A3}"/>
+    <hyperlink ref="A204" r:id="rId150" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47067" xr:uid="{D4A837A3-8F28-44F4-BD9F-57780E0D3A63}"/>
+    <hyperlink ref="A97" r:id="rId151" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47068" xr:uid="{E158EC89-E7AF-46DA-A74F-FADE984218E2}"/>
+    <hyperlink ref="A98" r:id="rId152" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47069" xr:uid="{7A4958EA-BDC9-4D06-A75B-F3FB1BE1A689}"/>
+    <hyperlink ref="A99" r:id="rId153" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47123" xr:uid="{965E0F36-DA2B-4636-8A70-F3A809871C44}"/>
+    <hyperlink ref="A205" r:id="rId154" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47177" xr:uid="{02766C9F-4E4D-48A2-A9A6-942AE3AB9C37}"/>
+    <hyperlink ref="A206" r:id="rId155" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47179" xr:uid="{D1E0EBEE-5C05-4F9F-AFAB-67D1A2FC3B2E}"/>
+    <hyperlink ref="A207" r:id="rId156" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47181" xr:uid="{3AE2DCDC-2030-4EB7-980D-F035AC5E47A9}"/>
+    <hyperlink ref="A100" r:id="rId157" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47346" xr:uid="{EB2D1AE3-6FAC-4C7D-88CE-9E589862292B}"/>
+    <hyperlink ref="A101" r:id="rId158" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47348" xr:uid="{4276EF70-7010-4D8C-A95D-949720DAEEDD}"/>
+    <hyperlink ref="A208" r:id="rId159" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47350" xr:uid="{B4825F5C-ACB9-4708-A91D-2BA540F1A6CB}"/>
+    <hyperlink ref="A102" r:id="rId160" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47353" xr:uid="{CEAE6385-B878-4CCA-AE45-CB6B09F6DE86}"/>
+    <hyperlink ref="A209" r:id="rId161" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47655" xr:uid="{A3B1EEDD-D50B-44F7-B724-8A739A8D21D8}"/>
+    <hyperlink ref="A210" r:id="rId162" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47656" xr:uid="{5688B54A-16EA-4398-8CBE-0DB29C36B880}"/>
+    <hyperlink ref="A211" r:id="rId163" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47657" xr:uid="{8FEB02E6-ECAF-4ADA-93DE-37B5AABD7CD6}"/>
+    <hyperlink ref="A212" r:id="rId164" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47658" xr:uid="{019EBF68-9C4E-459A-B1FC-0F987AA97272}"/>
+    <hyperlink ref="A103" r:id="rId165" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47659" xr:uid="{AB5011CD-C748-4081-85ED-315BBC5B04DB}"/>
+    <hyperlink ref="A104" r:id="rId166" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47773" xr:uid="{3DD2BC3B-3505-4104-9A6C-204CD6B36324}"/>
+    <hyperlink ref="A105" r:id="rId167" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47896" xr:uid="{356C8805-2E47-4DC6-A89E-C4D316846EC9}"/>
+    <hyperlink ref="A213" r:id="rId168" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47897" xr:uid="{245108D3-670E-409C-8367-BD15AFA8BF74}"/>
+    <hyperlink ref="A106" r:id="rId169" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47900" xr:uid="{156501FC-223B-434D-9FFA-3E9E9276967B}"/>
+    <hyperlink ref="A214" r:id="rId170" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47929" xr:uid="{7E746580-650F-40B4-BCFC-86C0F03D0263}"/>
+    <hyperlink ref="A215" r:id="rId171" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47968" xr:uid="{53B27D76-56BE-430F-886C-93DEDEFD8615}"/>
+    <hyperlink ref="A107" r:id="rId172" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47971" xr:uid="{536B8726-64F1-4F7B-9344-ED0E510E3F37}"/>
+    <hyperlink ref="A216" r:id="rId173" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47978" xr:uid="{3940815B-0A87-410B-83F1-45B242CE1847}"/>
+    <hyperlink ref="A108" r:id="rId174" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47979" xr:uid="{AE4A62F7-94D9-451E-B67E-5A839A5C9061}"/>
+    <hyperlink ref="A217" r:id="rId175" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47996" xr:uid="{64E279E1-B04D-45F6-89F4-09697AAE8755}"/>
+    <hyperlink ref="A218" r:id="rId176" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56358" xr:uid="{48D2B5A0-5ABE-429F-B6FD-3EFEDE48CB00}"/>
+    <hyperlink ref="A109" r:id="rId177" display="C:\Users\amoore\Downloads\credView.asp?credidnt=47997" xr:uid="{A215FAB3-30CA-4E90-B737-259206A477CA}"/>
+    <hyperlink ref="A219" r:id="rId178" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48002" xr:uid="{5F974AD5-226D-40C2-8560-A1E571275322}"/>
+    <hyperlink ref="A110" r:id="rId179" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48015" xr:uid="{2DCBF7D4-438E-41EE-A65B-F2A8ED0F08AD}"/>
+    <hyperlink ref="A111" r:id="rId180" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48022" xr:uid="{7DF382DD-AA4E-44CF-8637-C353E8AEED2B}"/>
+    <hyperlink ref="A112" r:id="rId181" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48110" xr:uid="{AE93F74E-C22B-4435-9A4F-FE5C2FAFD06B}"/>
+    <hyperlink ref="A220" r:id="rId182" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48116" xr:uid="{EC25AD8A-E2C3-4F4E-945C-CC5E15C0FA38}"/>
+    <hyperlink ref="A221" r:id="rId183" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48118" xr:uid="{ACD63845-8222-4893-B349-8FF7C2F33EE5}"/>
+    <hyperlink ref="A113" r:id="rId184" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48148" xr:uid="{A123CCDD-CE8E-419B-81E5-0EAD5F0CB479}"/>
+    <hyperlink ref="A114" r:id="rId185" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48149" xr:uid="{24B89324-44A6-4F7E-AA1C-3515A1DC261E}"/>
+    <hyperlink ref="A222" r:id="rId186" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48160" xr:uid="{CD4B7EE9-D2D3-4AE7-842C-F1D4D03F5FD5}"/>
+    <hyperlink ref="A223" r:id="rId187" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48187" xr:uid="{FF9895EC-21FC-484C-ABE3-967FC25F8A6F}"/>
+    <hyperlink ref="A115" r:id="rId188" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48235" xr:uid="{C4A439D8-6AD5-46FB-AD28-861BC83F0B67}"/>
+    <hyperlink ref="A224" r:id="rId189" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48261" xr:uid="{4C2DD809-85DA-43AB-BC5C-9D17B2617617}"/>
+    <hyperlink ref="A116" r:id="rId190" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48263" xr:uid="{60550C97-D614-4664-AB97-E64CB07202C1}"/>
+    <hyperlink ref="A117" r:id="rId191" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48270" xr:uid="{0BC30C98-22BF-4E47-A62B-1A0C1391DEB7}"/>
+    <hyperlink ref="A225" r:id="rId192" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48289" xr:uid="{7A6CAD53-3744-45C6-9811-C8C0D4E276FB}"/>
+    <hyperlink ref="A118" r:id="rId193" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48294" xr:uid="{E88351BA-D5D6-470D-9844-46187C5ADE75}"/>
+    <hyperlink ref="A119" r:id="rId194" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48303" xr:uid="{E94BFD10-6FDD-40A3-8433-DC9B14BF4095}"/>
+    <hyperlink ref="A226" r:id="rId195" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48326" xr:uid="{C49CA72A-E1D2-4FF7-9A18-EA028E0F697C}"/>
+    <hyperlink ref="A227" r:id="rId196" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48349" xr:uid="{84FED1C6-C80D-4732-957A-28C7B0C640F0}"/>
+    <hyperlink ref="A120" r:id="rId197" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48372" xr:uid="{7825D46B-D1DF-45EE-A12A-D0D39ED48354}"/>
+    <hyperlink ref="A228" r:id="rId198" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48377" xr:uid="{E9632DB4-38A4-4BAE-A247-3D2FB5CE4986}"/>
+    <hyperlink ref="A121" r:id="rId199" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48426" xr:uid="{39241291-4196-4381-8627-224B8BC13465}"/>
+    <hyperlink ref="A229" r:id="rId200" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48434" xr:uid="{F870E6F6-7116-42CF-AE6C-AE286489E605}"/>
+    <hyperlink ref="A122" r:id="rId201" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48443" xr:uid="{ABDA50C6-DC1F-4533-8CB7-8BC59B06886F}"/>
+    <hyperlink ref="A230" r:id="rId202" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48454" xr:uid="{A8A17500-79D8-49F5-ADB7-29A0BEBFCCB1}"/>
+    <hyperlink ref="A231" r:id="rId203" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48459" xr:uid="{7536E69A-D454-4C95-89EE-A2B15A36F148}"/>
+    <hyperlink ref="A123" r:id="rId204" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48488" xr:uid="{547D355E-AAEB-4485-AE5B-5B2CCFAA0ABF}"/>
+    <hyperlink ref="A232" r:id="rId205" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48513" xr:uid="{DB99CEBB-2045-444E-B9FB-27076B5FE8E4}"/>
+    <hyperlink ref="A233" r:id="rId206" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48536" xr:uid="{99B51724-31A6-41F0-83D2-8BD0716B4F9F}"/>
+    <hyperlink ref="A234" r:id="rId207" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48561" xr:uid="{BFE5149B-3CBA-4738-9A5B-FE8A0D631C24}"/>
+    <hyperlink ref="A235" r:id="rId208" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48576" xr:uid="{672F932C-FAED-4DE6-9158-D1AF191739C7}"/>
+    <hyperlink ref="A236" r:id="rId209" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48606" xr:uid="{6E07A7FC-E731-4FDF-B47C-ADB47B071876}"/>
+    <hyperlink ref="A237" r:id="rId210" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48664" xr:uid="{2BC36928-0981-44AD-B438-4B737D475652}"/>
+    <hyperlink ref="A124" r:id="rId211" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48666" xr:uid="{D7945D32-AB69-4711-B1D5-86A9CA04059B}"/>
+    <hyperlink ref="A238" r:id="rId212" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48670" xr:uid="{14CDC7FC-26BE-4460-8DAC-574D81DEC799}"/>
+    <hyperlink ref="A125" r:id="rId213" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48680" xr:uid="{F58F0250-F27D-4D87-8766-9EA4C0B9F587}"/>
+    <hyperlink ref="A239" r:id="rId214" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48697" xr:uid="{A604AFCF-C342-4D1C-87C4-DD6F76D25E5C}"/>
+    <hyperlink ref="A240" r:id="rId215" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48701" xr:uid="{92ED0473-4288-42D2-A5FD-DFAFD52358DD}"/>
+    <hyperlink ref="A241" r:id="rId216" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48710" xr:uid="{4E954B03-EE58-46AA-814F-7A01EF0F5104}"/>
+    <hyperlink ref="A126" r:id="rId217" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48773" xr:uid="{B8686CFF-60EF-4E21-879D-2159DA099E49}"/>
+    <hyperlink ref="A242" r:id="rId218" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48780" xr:uid="{F8EE86CB-FC8C-4306-B237-581110F33E25}"/>
+    <hyperlink ref="A243" r:id="rId219" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48807" xr:uid="{42DB4295-6F75-498F-AB83-002F4E8ADFF0}"/>
+    <hyperlink ref="A244" r:id="rId220" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48814" xr:uid="{45BE9169-40B5-489A-87A6-30DB66137F83}"/>
+    <hyperlink ref="A245" r:id="rId221" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48830" xr:uid="{D94FAC32-DEEF-4985-92E5-BE4B2CA3791F}"/>
+    <hyperlink ref="A246" r:id="rId222" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48849" xr:uid="{6A3E61E6-F84A-4EF2-9EF2-2AACFF33EDBE}"/>
+    <hyperlink ref="A247" r:id="rId223" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48852" xr:uid="{37F45D4E-C5EA-4798-B550-07CE2154EE63}"/>
+    <hyperlink ref="A248" r:id="rId224" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48863" xr:uid="{EFEF88B5-221E-416E-92F6-F369852984F0}"/>
+    <hyperlink ref="A249" r:id="rId225" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48871" xr:uid="{548F6F0F-8D0C-4EB3-9471-5960340B3ED7}"/>
+    <hyperlink ref="A250" r:id="rId226" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48886" xr:uid="{F57506F8-EA8D-4FE1-9754-AD84190FB663}"/>
+    <hyperlink ref="A251" r:id="rId227" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48899" xr:uid="{6B279DEA-E813-4B4F-A297-37CC511B78D3}"/>
+    <hyperlink ref="A252" r:id="rId228" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48909" xr:uid="{EF5AA3DB-3F33-4749-932C-0263ABA7C53E}"/>
+    <hyperlink ref="A127" r:id="rId229" display="C:\Users\amoore\Downloads\credView.asp?credidnt=48941" xr:uid="{934F436D-F391-4936-A7F9-52D9BBB33A10}"/>
+    <hyperlink ref="A253" r:id="rId230" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49041" xr:uid="{779FDCFE-172C-4B1A-9D3E-2CCAF93D2DEF}"/>
+    <hyperlink ref="A254" r:id="rId231" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49055" xr:uid="{86022ACF-4F35-46AE-8969-4178FCF696A5}"/>
+    <hyperlink ref="A255" r:id="rId232" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49189" xr:uid="{58447FB2-34A5-4076-AF68-78D7CB3E8BDB}"/>
+    <hyperlink ref="A256" r:id="rId233" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55795" xr:uid="{CFB3F424-B4CA-4A86-9728-FAED046F9509}"/>
+    <hyperlink ref="A128" r:id="rId234" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49366" xr:uid="{740AB51E-7744-4F40-995D-E22158ED08EE}"/>
+    <hyperlink ref="A257" r:id="rId235" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49416" xr:uid="{3F33161B-7CF6-4212-8871-3BF489CDB80D}"/>
+    <hyperlink ref="A258" r:id="rId236" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49444" xr:uid="{0D82F543-7588-4928-B056-478A6EB0C98F}"/>
+    <hyperlink ref="A259" r:id="rId237" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49449" xr:uid="{81806C52-F9C1-4B8E-A838-DF0F43083C32}"/>
+    <hyperlink ref="A129" r:id="rId238" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49478" xr:uid="{FA357923-EFE5-4F18-BEC2-887C479866E8}"/>
+    <hyperlink ref="A130" r:id="rId239" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49481" xr:uid="{7A6C3485-B389-46C7-8676-E43E002F5A16}"/>
+    <hyperlink ref="A131" r:id="rId240" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49499" xr:uid="{0F7F0BB8-F43B-4FA9-85B1-16EECB7DA853}"/>
+    <hyperlink ref="A132" r:id="rId241" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49677" xr:uid="{B6FB3F17-81DE-4524-B8AA-0B9C838CEB85}"/>
+    <hyperlink ref="A133" r:id="rId242" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49822" xr:uid="{EF80AFA8-644E-4A78-A5EE-E5F5A1E0B638}"/>
+    <hyperlink ref="A260" r:id="rId243" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49959" xr:uid="{D0B016C0-57CD-41F3-9856-61AF3D547A7B}"/>
+    <hyperlink ref="A261" r:id="rId244" display="C:\Users\amoore\Downloads\credView.asp?credidnt=49969" xr:uid="{0F24CC92-A6C6-4C25-A311-0A88344F53FD}"/>
+    <hyperlink ref="A134" r:id="rId245" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50015" xr:uid="{58680542-F2F1-490A-89E8-159520241296}"/>
+    <hyperlink ref="A262" r:id="rId246" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50085" xr:uid="{06994004-5A40-4991-95F4-DA34DAA995FB}"/>
+    <hyperlink ref="A135" r:id="rId247" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50093" xr:uid="{E1E8B078-3C81-4F12-B0B3-D3B6B73AA5BE}"/>
+    <hyperlink ref="A263" r:id="rId248" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50206" xr:uid="{4C397F78-E5DE-48A9-A77E-EF103029BE19}"/>
+    <hyperlink ref="A264" r:id="rId249" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50319" xr:uid="{A27CAD01-7EDF-4FD0-9650-0DEB1B277388}"/>
+    <hyperlink ref="A265" r:id="rId250" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50334" xr:uid="{71C73187-4D19-4035-A8E6-CD3D9F54298F}"/>
+    <hyperlink ref="A266" r:id="rId251" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50335" xr:uid="{8C29E951-ECE4-429E-A9A9-DC87615D26A7}"/>
+    <hyperlink ref="A267" r:id="rId252" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50337" xr:uid="{C7A52534-CF61-420C-8E93-55E3A05B4915}"/>
+    <hyperlink ref="A136" r:id="rId253" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50778" xr:uid="{96B22A18-78B1-451A-A715-324467ECF838}"/>
+    <hyperlink ref="A268" r:id="rId254" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50822" xr:uid="{0B2416D7-6782-440B-A604-B0045E18345B}"/>
+    <hyperlink ref="A269" r:id="rId255" display="C:\Users\amoore\Downloads\credView.asp?credidnt=50823" xr:uid="{F7655317-73F6-4F3B-83A1-27DF4B6A04F9}"/>
+    <hyperlink ref="A270" r:id="rId256" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51041" xr:uid="{82EDDBB0-AD7D-4F73-BE52-EDC669EB7AFA}"/>
+    <hyperlink ref="A271" r:id="rId257" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51042" xr:uid="{169F285B-3F2D-41A8-8E41-98A5D4922CB5}"/>
+    <hyperlink ref="A137" r:id="rId258" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51232" xr:uid="{2340437A-222D-4605-B720-A43A1486C25F}"/>
+    <hyperlink ref="A272" r:id="rId259" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51334" xr:uid="{21931CA5-F76F-411D-8809-DA4F7B9DD189}"/>
+    <hyperlink ref="A273" r:id="rId260" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51372" xr:uid="{F06F1746-DCAF-4371-BDF5-93E422D14460}"/>
+    <hyperlink ref="A138" r:id="rId261" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51459" xr:uid="{C94A0184-0EAC-486F-901E-C4E02CB1BD09}"/>
+    <hyperlink ref="A139" r:id="rId262" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51566" xr:uid="{EE73C998-2BAB-4350-B2BA-206332A680B2}"/>
+    <hyperlink ref="A274" r:id="rId263" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51616" xr:uid="{5DDC0EFB-F909-49A9-9C1F-4113442A5A0C}"/>
+    <hyperlink ref="A275" r:id="rId264" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51621" xr:uid="{8FDEDAAF-A412-48C8-A326-DBC7492C1ED5}"/>
+    <hyperlink ref="A276" r:id="rId265" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51657" xr:uid="{39872DE0-75E7-4067-BB20-1B786264908B}"/>
+    <hyperlink ref="A277" r:id="rId266" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51699" xr:uid="{38854EF1-55F1-49B8-9368-7288F7C103BD}"/>
+    <hyperlink ref="A278" r:id="rId267" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51700" xr:uid="{FDDD57C2-F069-4F33-BF81-4F29D574ED9E}"/>
+    <hyperlink ref="A279" r:id="rId268" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51711" xr:uid="{7A4145C3-0015-4410-8402-D868ACC2CE16}"/>
+    <hyperlink ref="A140" r:id="rId269" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51811" xr:uid="{90E2EA04-DA82-4405-8E65-F86FE8E2D5F7}"/>
+    <hyperlink ref="A280" r:id="rId270" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51835" xr:uid="{EB9C0FD0-B84C-426B-93C0-4907F4B04009}"/>
+    <hyperlink ref="A281" r:id="rId271" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51866" xr:uid="{FAB032D3-466D-4B38-AD95-CB74418E5164}"/>
+    <hyperlink ref="A282" r:id="rId272" display="C:\Users\amoore\Downloads\credView.asp?credidnt=51928" xr:uid="{12D7C18D-994E-419E-8787-AF4102AB6CE7}"/>
+    <hyperlink ref="A283" r:id="rId273" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52109" xr:uid="{878ECFBA-C34E-4F56-AFCA-84FC64B0C2DB}"/>
+    <hyperlink ref="A284" r:id="rId274" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52173" xr:uid="{0EFE8516-C2DE-4A36-A61F-9E696A84518B}"/>
+    <hyperlink ref="A285" r:id="rId275" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52177" xr:uid="{7978EE85-C5AB-4475-B458-42819CE9BD41}"/>
+    <hyperlink ref="A286" r:id="rId276" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52262" xr:uid="{B20DCF74-57E2-404C-A842-886B6CD93DAF}"/>
+    <hyperlink ref="A287" r:id="rId277" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52371" xr:uid="{733097C2-B9C2-4A2B-9C30-84A1BF7B4A01}"/>
+    <hyperlink ref="A288" r:id="rId278" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52579" xr:uid="{845AEC0B-D624-4CAA-B30D-64FE954F32F4}"/>
+    <hyperlink ref="A141" r:id="rId279" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52759" xr:uid="{ACF027D6-DB7C-4351-97C4-6123E311389F}"/>
+    <hyperlink ref="A142" r:id="rId280" display="C:\Users\amoore\Downloads\credView.asp?credidnt=52778" xr:uid="{B2193700-1E52-4B85-B48A-401C1E84D129}"/>
+    <hyperlink ref="A289" r:id="rId281" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53019" xr:uid="{A3DC2B83-6602-4A49-96BB-8ABA30577AC0}"/>
+    <hyperlink ref="A143" r:id="rId282" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53079" xr:uid="{16D25000-A817-44D3-968F-BFF3F930622A}"/>
+    <hyperlink ref="A290" r:id="rId283" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53199" xr:uid="{B2FF73F1-36BF-46F8-88F3-E2B5FD79E60C}"/>
+    <hyperlink ref="A144" r:id="rId284" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55705" xr:uid="{E14AC722-9447-4363-911D-2C1E7A74DB61}"/>
+    <hyperlink ref="A145" r:id="rId285" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53200" xr:uid="{1AE156A9-7293-442F-8E1B-084DA0946610}"/>
+    <hyperlink ref="A291" r:id="rId286" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53729" xr:uid="{DAD8A7B9-FD4F-4132-ABCD-A02D6F7F4DB9}"/>
+    <hyperlink ref="A292" r:id="rId287" display="C:\Users\amoore\Downloads\credView.asp?credidnt=53786" xr:uid="{0FF9185B-FCB4-48B3-B205-1D2AE35E4B9A}"/>
+    <hyperlink ref="A293" r:id="rId288" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54123" xr:uid="{5C0A973C-1886-45D8-A4D7-4157C97EB1DB}"/>
+    <hyperlink ref="A294" r:id="rId289" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54597" xr:uid="{76953F46-AFA0-4640-8CB1-DF69031912A3}"/>
+    <hyperlink ref="A295" r:id="rId290" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54638" xr:uid="{7D17E825-17E9-48D5-B06F-A12FAD6F42F9}"/>
+    <hyperlink ref="A296" r:id="rId291" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54639" xr:uid="{321777BD-D749-4A49-B3F1-46587570B82E}"/>
+    <hyperlink ref="A146" r:id="rId292" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54777" xr:uid="{6C458A87-6782-4EB3-827D-2F48EEF4AB89}"/>
+    <hyperlink ref="A297" r:id="rId293" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55349" xr:uid="{62ACBD80-D84E-4D8C-AD72-193809619DAF}"/>
+    <hyperlink ref="A298" r:id="rId294" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55713" xr:uid="{28625698-CD84-410D-ADCD-1511F743D6C1}"/>
+    <hyperlink ref="A147" r:id="rId295" display="C:\Users\amoore\Downloads\credView.asp?credidnt=55973" xr:uid="{E6D83E91-7264-48AF-A7C6-94999EE17CF7}"/>
+    <hyperlink ref="A299" r:id="rId296" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56624" xr:uid="{710DEF42-D975-4F26-930D-D272A0564486}"/>
+    <hyperlink ref="A300" r:id="rId297" display="C:\Users\amoore\Downloads\credView.asp?credidnt=56717" xr:uid="{88EDF065-7290-4A1C-8715-95B065E37DB8}"/>
+    <hyperlink ref="A301" r:id="rId298" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57076" xr:uid="{0B2570DA-913D-45ED-8AAF-C714141B3173}"/>
+    <hyperlink ref="A302" r:id="rId299" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57211" xr:uid="{754D8082-6993-4539-9EAC-66DCA2D0F155}"/>
+    <hyperlink ref="A303" r:id="rId300" display="C:\Users\amoore\Downloads\credView.asp?credidnt=57600" xr:uid="{B062BA47-92EA-4CB2-AA18-EB0CD108156B}"/>
+    <hyperlink ref="A304" r:id="rId301" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58413" xr:uid="{5834B699-04F9-4667-93AB-E2A0BC0449D7}"/>
+    <hyperlink ref="A148" r:id="rId302" display="C:\Users\amoore\Downloads\credView.asp?credidnt=58642" xr:uid="{88C9E73B-D2E0-456A-A716-E0A441B1F523}"/>
+    <hyperlink ref="A305" r:id="rId303" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59011" xr:uid="{C9E24BEF-52E3-45C7-A86C-4CD18FA8F3AD}"/>
+    <hyperlink ref="A306" r:id="rId304" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59014" xr:uid="{FB5010CE-BFC0-40DF-9392-D479306C71DD}"/>
+    <hyperlink ref="A149" r:id="rId305" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59142" xr:uid="{DFF1708F-3B06-4DD7-ACFC-7F856C4027AF}"/>
+    <hyperlink ref="A307" r:id="rId306" display="C:\Users\amoore\Downloads\credView.asp?credidnt=59222" xr:uid="{64F097B7-5AB5-4D22-B0A2-49F3EC6BC9F4}"/>
+    <hyperlink ref="A308" r:id="rId307" display="C:\Users\amoore\Downloads\credView.asp?credidnt=34150" xr:uid="{3FF836A7-1722-4ED1-A38C-3B0A733119A2}"/>
+    <hyperlink ref="A309" r:id="rId308" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33782" xr:uid="{5683543C-413B-45E0-8FE7-D561741F8367}"/>
+    <hyperlink ref="A310" r:id="rId309" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33759" xr:uid="{E1E285E2-87C9-4DEE-B525-F67DFA026E5A}"/>
+    <hyperlink ref="A311" r:id="rId310" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33565" xr:uid="{EB030DFA-C719-412A-BB5F-52D9A80F04E0}"/>
+    <hyperlink ref="A312" r:id="rId311" display="C:\Users\amoore\Downloads\credView.asp?credidnt=62926" xr:uid="{0CA2997C-3B64-4B5C-9254-E3C37B9ED5CB}"/>
+    <hyperlink ref="A313" r:id="rId312" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66230" xr:uid="{35D85077-6C68-4395-92DD-EBEED34072AD}"/>
+    <hyperlink ref="A314" r:id="rId313" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33598" xr:uid="{322360BD-143B-499E-AF73-27A8EDD8D907}"/>
+    <hyperlink ref="A315" r:id="rId314" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33788" xr:uid="{F86C3F71-7A2F-4B4D-B6D9-60CB95EFF3E6}"/>
+    <hyperlink ref="A316" r:id="rId315" display="C:\Users\amoore\Downloads\credView.asp?credidnt=33462" xr:uid="{2BFC7AE8-7EA8-49AF-8422-8EDD6C50EF08}"/>
+    <hyperlink ref="A317" r:id="rId316" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65512" xr:uid="{647EB585-005E-4BBB-93F9-5788CFA07DE0}"/>
+    <hyperlink ref="A318" r:id="rId317" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67580" xr:uid="{16862EB2-6318-453A-B78D-6BB06E34632D}"/>
+    <hyperlink ref="A319" r:id="rId318" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68215" xr:uid="{79A3BEEA-3C05-4F54-B08B-580B0487258E}"/>
+    <hyperlink ref="A320" r:id="rId319" display="C:\Users\amoore\Downloads\credView.asp?credidnt=67335" xr:uid="{390D8AFC-5093-410C-A045-80DDAB31DC87}"/>
+    <hyperlink ref="A321" r:id="rId320" display="C:\Users\amoore\Downloads\credView.asp?credidnt=71088" xr:uid="{481C5C73-FED4-43F3-B4E8-F2976389F88C}"/>
+    <hyperlink ref="A322" r:id="rId321" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68450" xr:uid="{D9844767-EE2C-4FEE-9CC9-5EAC91F3B265}"/>
+    <hyperlink ref="A323" r:id="rId322" display="C:\Users\amoore\Downloads\credView.asp?credidnt=66430" xr:uid="{3871798A-7E21-4006-B223-54C68565F5B6}"/>
+    <hyperlink ref="A324" r:id="rId323" display="C:\Users\amoore\Downloads\credView.asp?credidnt=65518" xr:uid="{308FEA17-FEFD-4349-9B54-716B3F0FE954}"/>
+    <hyperlink ref="A325" r:id="rId324" display="C:\Users\amoore\Downloads\credView.asp?credidnt=68039" xr:uid="{C39C20D9-3226-4880-B049-3453E6EBF0EC}"/>
+    <hyperlink ref="A326" r:id="rId325" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76057" xr:uid="{93D0A576-7F36-419A-BB72-70505BF033EE}"/>
+    <hyperlink ref="A327" r:id="rId326" display="C:\Users\amoore\Downloads\credView.asp?credidnt=76993" xr:uid="{81DD77B7-CCD4-47FC-B611-F80867368809}"/>
+    <hyperlink ref="A328" r:id="rId327" display="C:\Users\amoore\Downloads\credView.asp?credidnt=77116" xr:uid="{6EDEDF27-05E6-43D6-B8A6-C1007AE3DAD8}"/>
+    <hyperlink ref="A329" r:id="rId328" display="C:\Users\amoore\Downloads\credView.asp?credidnt=79988" xr:uid="{488893E1-52B0-4430-91B1-BC4CD877E038}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D78DBBEB-49F1-43BA-A5BF-A5FF849B0020}">
-  <dimension ref="A1:G3"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8B5063D-67A6-46FF-B6ED-9F82CB2ABBC7}">
+  <dimension ref="A1:G4"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.42578125" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="17.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="50.140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="24.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="33.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G2" s="12">
+    <row r="2" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F2" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G2" s="7">
         <v>43281</v>
       </c>
     </row>
-    <row r="3" spans="1:7" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G3" s="12">
+    <row r="3" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G3" s="7">
+        <v>43281</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="7">
         <v>45473</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45389" xr:uid="{35F8CB5D-56EF-4F19-A1FF-3C62A4B9BCEB}"/>
-    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{9FD5FB61-AD78-45F2-B1F4-ADDECF3BD3D7}"/>
+    <hyperlink ref="A2" r:id="rId1" display="C:\Users\amoore\Downloads\credView.asp?credidnt=44826" xr:uid="{834B5705-50C6-44F5-8DBF-9FEEDE52D636}"/>
+    <hyperlink ref="A3" r:id="rId2" display="C:\Users\amoore\Downloads\credView.asp?credidnt=45389" xr:uid="{A0C20A7C-0F13-437F-92C8-962783969015}"/>
+    <hyperlink ref="A4" r:id="rId3" display="C:\Users\amoore\Downloads\credView.asp?credidnt=54767" xr:uid="{D00FB1C5-4780-4A2A-9F45-B9A68E4091D6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>CRRA-Certified</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>CRRA-Ethics</vt:lpstr>
+      <vt:lpstr>CRRA-Active</vt:lpstr>
+      <vt:lpstr>CRRA- Expired-Inactive</vt:lpstr>
+      <vt:lpstr>Ethics</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Credential Roster</dc:title>
   <dc:creator>Aunalatice Moore</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>