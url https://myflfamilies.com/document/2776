--- v0 (2025-10-08)
+++ v1 (2026-02-05)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\00-Restricted\AC Accounting Systems\MHTF Charge Masters - Internet Posting\2025-07-01\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\00-Restricted\AC Accounting Systems\MHTF Charge Masters - Internet Posting\2026-01-29\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5438BBBD-6D5D-4E41-BBA1-F3175E5EA739}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{75CD887E-26AB-4D25-B518-1BA0EA611702}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-1740" windowWidth="29040" windowHeight="15720" xr2:uid="{024B6EF1-1182-4E23-A014-F9F5980014AA}"/>
+    <workbookView xWindow="-28920" yWindow="855" windowWidth="29040" windowHeight="15720" xr2:uid="{A25B41F9-C2A0-4C0F-8DC2-93EA7E0D8921}"/>
   </bookViews>
   <sheets>
     <sheet name="Florida State Hospital" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Florida State Hospital'!$A$5:$K$206</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Florida State Hospital'!$A$1:$K$206</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Florida State Hospital'!$A$5:$K$201</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Florida State Hospital'!$A$1:$K$201</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Florida State Hospital'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1389" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1354" uniqueCount="271">
   <si>
     <t>FLORIDA STATE HOSPITAL</t>
   </si>
   <si>
     <t>STANDARD CHARGES FOR PROVIDED SERVICES</t>
   </si>
   <si>
-    <t>EFFECTIVE DATE: 07/01/2025</t>
+    <t>EFFECTIVE DATE: 01/01/2026</t>
   </si>
   <si>
     <t>REF #</t>
   </si>
   <si>
     <t>PROCEDURE</t>
   </si>
   <si>
     <t>PROCEDURE DESCRIPTION</t>
   </si>
   <si>
     <t>STANDARD FEE</t>
   </si>
   <si>
     <t>DISCOUNTED CASH FEE</t>
   </si>
   <si>
     <t>CLAIM TYPE</t>
   </si>
   <si>
     <t>CLAIM TYPE 2</t>
   </si>
   <si>
     <t>DEPARTMENT CODE DESCRIPTION</t>
   </si>
@@ -277,50 +277,53 @@
   <si>
     <t>X-RAY EXAM OF KNEE 3</t>
   </si>
   <si>
     <t>X-RAY EXAM KNEE 4 OR MORE</t>
   </si>
   <si>
     <t>X-RAY EXAM OF LOWER LEG</t>
   </si>
   <si>
     <t>X-RAY EXAM OF ANKLE</t>
   </si>
   <si>
     <t>X-RAY EXAM OF FOOT</t>
   </si>
   <si>
     <t>X-RAY EXAM ABDOMEN 1 VIEW</t>
   </si>
   <si>
     <t>X-RAY EXAM ABDOMEN 2 VIEW</t>
   </si>
   <si>
     <t>X-RAY EXAM ABDOMEN 3+ VIE</t>
   </si>
   <si>
+    <t>X-RAY EXAM SERIES ABDOMEN</t>
+  </si>
+  <si>
     <t>METABOLIC PANEL TOTAL CA</t>
   </si>
   <si>
     <t>0301</t>
   </si>
   <si>
     <t>CHEMISTRY</t>
   </si>
   <si>
     <t>ELECTROLYTE PANEL</t>
   </si>
   <si>
     <t>COMPREHEN METABOLIC PANEL</t>
   </si>
   <si>
     <t>LIPID PANEL</t>
   </si>
   <si>
     <t>RENAL FUNCTION PANEL</t>
   </si>
   <si>
     <t xml:space="preserve"> CHEMISTRY</t>
   </si>
   <si>
     <t>ACUTE HEPATITIS PANEL</t>
@@ -499,50 +502,53 @@
   <si>
     <t>ASSAY OF SERUM SODIUM</t>
   </si>
   <si>
     <t>ASSAY OF TOTAL THYROXINE</t>
   </si>
   <si>
     <t>ASSAY OF FREE THYROXINE</t>
   </si>
   <si>
     <t>ASSAY THYROID STIM HORMON</t>
   </si>
   <si>
     <t>ASSAY OF TSI GLOBULIN</t>
   </si>
   <si>
     <t>TRANSFERASE (AST) (SGOT)</t>
   </si>
   <si>
     <t>ALANINE AMINO (ALT) (SGPT</t>
   </si>
   <si>
     <t>ASSAY OF THYROID (T3 OR T</t>
   </si>
   <si>
+    <t>ASSAY TRIIODOTHYRONINE (T3)</t>
+  </si>
+  <si>
     <t>TRIIODOTHYRONINE T3</t>
   </si>
   <si>
     <t>ASSAY OF TROPONIN QUANT</t>
   </si>
   <si>
     <t>ASSAY OF UREA NITROGEN</t>
   </si>
   <si>
     <t>ASSAY OF BLOOD/URIC ACID</t>
   </si>
   <si>
     <t>ASSAY OF VASOPRESSIN</t>
   </si>
   <si>
     <t>ASSAY OF C-PEPTIDE</t>
   </si>
   <si>
     <t>CHORIONIC GONADOTROPIN TEST</t>
   </si>
   <si>
     <t>CHORIONIC GONADOTROPIN ASSAY</t>
   </si>
   <si>
     <t>BL SMEAR W/O DIFF WBC COUNT</t>
@@ -604,98 +610,104 @@
   <si>
     <t>T CELL ABSOLUTE COUNT/RATIO</t>
   </si>
   <si>
     <t>MICROSOMAL ANTIBODY EACH</t>
   </si>
   <si>
     <t>RHEUMATOID FACTOR QUANT</t>
   </si>
   <si>
     <t>TB TEST CELL IMMUN MEASURE</t>
   </si>
   <si>
     <t>SYPHILIS TEST NON-TREP QU</t>
   </si>
   <si>
     <t>HTLV/HIV CONFIRMJ ANTIBODY</t>
   </si>
   <si>
     <t>HERPES SIMPLEX TYPE 1 TEST</t>
   </si>
   <si>
     <t>HERPES SIMPLEX TYPE 2 TEST</t>
   </si>
   <si>
+    <t>HEP B CORE ANTIBODY TOTAL</t>
+  </si>
+  <si>
     <t>HEP B SURFACE ANTIBODY</t>
   </si>
   <si>
     <t>THYROGLOBULIN ANTIBODY</t>
   </si>
   <si>
     <t>HEPATITIS C AB TEST</t>
   </si>
   <si>
     <t>BLOOD CULTURE FOR BACTERIA</t>
   </si>
   <si>
     <t>0306</t>
   </si>
   <si>
     <t>BACTERIOLOGY AND MICROBIOLOGY</t>
   </si>
   <si>
     <t>CULTURE OTHR SPECIMN AEROBIC</t>
   </si>
   <si>
     <t>CULTR BACTERIA EXCEPT BLO</t>
   </si>
   <si>
     <t>CULTURE SCREEN ONLY</t>
   </si>
   <si>
     <t>URINE CULTURE/COLONY COUN</t>
   </si>
   <si>
     <t>SKIN FUNGI CULTURE</t>
   </si>
   <si>
     <t>BLOOD FUNGUS CULTURE</t>
   </si>
   <si>
     <t xml:space="preserve"> BACTERIOLOGY AND MICROBIOLOGY</t>
   </si>
   <si>
     <t>CULTURE TYPE IMMUNOLOGIC</t>
   </si>
   <si>
     <t>SMEAR WET MOUNT SALINE/INK</t>
   </si>
   <si>
     <t>CLOSTRIDIUM AG IA</t>
   </si>
   <si>
+    <t>INFLUENZA A/B AG IA</t>
+  </si>
+  <si>
     <t>CANDIDA DNA DIR PROBE</t>
   </si>
   <si>
     <t>CHYLMD TRACH DNA AMP PROBE</t>
   </si>
   <si>
     <t>HEPATITIS C REVRS TRNSCRP</t>
   </si>
   <si>
     <t>HIV-1 QUANT&amp;REVRSE TRNSCRPJ</t>
   </si>
   <si>
     <t>N.GONORRHOEAE DNA AMP PROB</t>
   </si>
   <si>
     <t>RSV DNA/RNA AMP PROBE</t>
   </si>
   <si>
     <t>SARS-COV-2</t>
   </si>
   <si>
     <t>TRICHOMONAS VAGINALIS AMPLIF</t>
   </si>
   <si>
     <t>INFLUENZA ASSAY W/OPTIC</t>
@@ -793,141 +805,96 @@
   <si>
     <t xml:space="preserve">ENDOSCOPY SWALLOW (FEES) </t>
   </si>
   <si>
     <t>0470</t>
   </si>
   <si>
     <t>AUDIOLOGY</t>
   </si>
   <si>
     <t>ELECTROCARDIOGRAM TRACING</t>
   </si>
   <si>
     <t>CARDIOLOGY</t>
   </si>
   <si>
     <t>0730</t>
   </si>
   <si>
     <t>ELECTROCARDIOGRAM (EKG)</t>
   </si>
   <si>
     <t>ELECTROENCEPHALOGRAM (EEG)</t>
   </si>
   <si>
-    <t>THERAPEUTIC EXERCISES</t>
-[...49 lines deleted...]
-  <si>
     <t>OFFICE/OUTPATIENT VISIT EST</t>
   </si>
   <si>
     <t>EVALUATION &amp; MANAGEMENT</t>
   </si>
   <si>
     <t>0960</t>
   </si>
   <si>
     <t>OFFICE/OUTPATIENT VISIT E</t>
   </si>
   <si>
     <t>G0008</t>
   </si>
   <si>
     <t>ADMIN INFLUENZA VIRUS VAC</t>
   </si>
   <si>
     <t>G0009</t>
   </si>
   <si>
     <t>ADMIN PNEUMOCOCCAL VAC</t>
   </si>
   <si>
     <t>G0010</t>
   </si>
   <si>
     <t>ADMIN HEPATITIS B VAC</t>
   </si>
   <si>
     <t>G0103</t>
   </si>
   <si>
     <t>PSA SCREENING</t>
   </si>
   <si>
     <t>G0435</t>
   </si>
   <si>
     <t>ORAL HIV-1/HIV-2 SCREEN</t>
+  </si>
+  <si>
+    <t>ASSAY OF HAPTOGLOBIN QUANT</t>
+  </si>
+  <si>
+    <t>ASSAY OF IGE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -953,60 +920,66 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF4785D1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -1034,69 +1007,69 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="44" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="6" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1377,59 +1350,60 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E4C0DE81-E40C-4700-8171-D7BB4C545DB9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4A281B5-717F-40F7-8869-3703902FFB7C}">
   <sheetPr>
     <tabColor theme="9" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:K206"/>
+  <dimension ref="A1:K201"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
+      <selection sqref="A1:K1"/>
       <selection pane="bottomLeft" sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5" style="5" customWidth="1"/>
     <col min="2" max="2" width="11.7109375" style="5" customWidth="1"/>
     <col min="3" max="3" width="38.28515625" style="6" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="7" customWidth="1"/>
     <col min="5" max="5" width="11.85546875" style="7" customWidth="1"/>
     <col min="6" max="6" width="8.28515625" style="5" customWidth="1"/>
     <col min="7" max="7" width="15.42578125" style="5" customWidth="1"/>
     <col min="8" max="8" width="28.42578125" style="8" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.5703125" style="9" customWidth="1"/>
     <col min="10" max="10" width="24.28515625" style="8" customWidth="1"/>
     <col min="11" max="11" width="19.85546875" style="8" customWidth="1"/>
     <col min="12" max="16384" width="8.7109375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
@@ -1451,51 +1425,51 @@
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
     </row>
     <row r="3" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
     </row>
     <row r="4" spans="1:11" ht="14.1" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="5" spans="1:11" s="13" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:11" s="13" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="10" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="10" t="s">
         <v>9</v>
       </c>
       <c r="H5" s="11" t="s">
         <v>10</v>
       </c>
       <c r="I5" s="12" t="s">
@@ -1530,249 +1504,249 @@
       </c>
       <c r="H6" s="18" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="19" t="s">
         <v>18</v>
       </c>
       <c r="J6" s="20" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="14">
         <v>2</v>
       </c>
       <c r="B7" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="16" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="17">
-        <v>955.65</v>
+        <v>864.1258114374034</v>
       </c>
       <c r="E7" s="17"/>
       <c r="F7" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G7" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="18" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="19" t="s">
         <v>23</v>
       </c>
       <c r="J7" s="20" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="14">
         <v>3</v>
       </c>
       <c r="B8" s="15">
         <v>154</v>
       </c>
       <c r="C8" s="16" t="s">
         <v>24</v>
       </c>
       <c r="D8" s="17">
-        <v>705.84</v>
+        <v>230.17531211535081</v>
       </c>
       <c r="E8" s="17"/>
       <c r="F8" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G8" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="18" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="19" t="s">
         <v>25</v>
       </c>
       <c r="J8" s="20" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="20" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="14">
         <v>4</v>
       </c>
       <c r="B9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="16" t="s">
         <v>28</v>
       </c>
       <c r="D9" s="17">
-        <v>373.05</v>
+        <v>360.90891346018981</v>
       </c>
       <c r="E9" s="17"/>
       <c r="F9" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G9" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="18" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="19" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="20" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="20" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="14">
         <v>5</v>
       </c>
       <c r="B10" s="15">
         <v>189</v>
       </c>
       <c r="C10" s="16" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="17">
-        <v>705.84</v>
+        <v>230.17531211535081</v>
       </c>
       <c r="E10" s="17"/>
       <c r="F10" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="18" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="19" t="s">
         <v>30</v>
       </c>
       <c r="J10" s="20" t="s">
         <v>31</v>
       </c>
       <c r="K10" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="14">
         <v>6</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="16" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="17">
-        <v>955.65</v>
+        <v>864.1258114374034</v>
       </c>
       <c r="E11" s="17"/>
       <c r="F11" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G11" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="18" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="19" t="s">
         <v>30</v>
       </c>
       <c r="J11" s="20" t="s">
         <v>31</v>
       </c>
       <c r="K11" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="14">
         <v>7</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="16" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="17">
-        <v>373.05</v>
+        <v>360.90891346018981</v>
       </c>
       <c r="E12" s="17"/>
       <c r="F12" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="18" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="19" t="s">
         <v>30</v>
       </c>
       <c r="J12" s="20" t="s">
         <v>31</v>
       </c>
       <c r="K12" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="14">
         <v>8</v>
       </c>
       <c r="B13" s="15">
         <v>36415</v>
       </c>
       <c r="C13" s="16" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="17">
-        <v>9.713000000000001</v>
+        <v>10.274000000000001</v>
       </c>
       <c r="E13" s="17"/>
       <c r="F13" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G13" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="19" t="s">
         <v>38</v>
       </c>
       <c r="J13" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K13" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="14">
         <v>9</v>
       </c>
@@ -3009,5179 +2983,5013 @@
       <c r="E51" s="17"/>
       <c r="F51" s="14">
         <v>1500</v>
       </c>
       <c r="G51" s="14" t="s">
         <v>40</v>
       </c>
       <c r="H51" s="18" t="s">
         <v>41</v>
       </c>
       <c r="I51" s="19" t="s">
         <v>42</v>
       </c>
       <c r="J51" s="20" t="s">
         <v>43</v>
       </c>
       <c r="K51" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="14">
         <v>47</v>
       </c>
       <c r="B52" s="15">
-        <v>80048</v>
+        <v>74022</v>
       </c>
       <c r="C52" s="16" t="s">
         <v>79</v>
       </c>
       <c r="D52" s="17">
-        <v>9.3060000000000009</v>
+        <v>116.97400000000002</v>
       </c>
       <c r="E52" s="17"/>
       <c r="F52" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G52" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="18" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I52" s="19" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="J52" s="20" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="K52" s="20" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="14">
         <v>48</v>
       </c>
       <c r="B53" s="15">
-        <v>80051</v>
+        <v>80048</v>
       </c>
       <c r="C53" s="16" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D53" s="17">
-        <v>7.7110000000000003</v>
+        <v>9.3060000000000009</v>
       </c>
       <c r="E53" s="17"/>
       <c r="F53" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G53" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I53" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J53" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K53" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="54" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="14">
         <v>49</v>
       </c>
       <c r="B54" s="15">
-        <v>80053</v>
+        <v>80051</v>
       </c>
       <c r="C54" s="16" t="s">
         <v>83</v>
       </c>
       <c r="D54" s="17">
-        <v>11.616000000000001</v>
+        <v>7.7110000000000003</v>
       </c>
       <c r="E54" s="17"/>
       <c r="F54" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G54" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I54" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J54" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K54" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="55" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="14">
         <v>50</v>
       </c>
       <c r="B55" s="15">
-        <v>80061</v>
+        <v>80053</v>
       </c>
       <c r="C55" s="16" t="s">
         <v>84</v>
       </c>
       <c r="D55" s="17">
-        <v>14.729000000000001</v>
+        <v>11.616000000000001</v>
       </c>
       <c r="E55" s="17"/>
       <c r="F55" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G55" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I55" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J55" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K55" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="56" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="14">
         <v>51</v>
       </c>
       <c r="B56" s="15">
-        <v>80069</v>
+        <v>80061</v>
       </c>
       <c r="C56" s="16" t="s">
         <v>85</v>
       </c>
       <c r="D56" s="17">
-        <v>9.548</v>
+        <v>14.729000000000001</v>
       </c>
       <c r="E56" s="17"/>
       <c r="F56" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G56" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I56" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J56" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K56" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="57" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="14">
         <v>52</v>
       </c>
       <c r="B57" s="15">
-        <v>80074</v>
+        <v>80069</v>
       </c>
       <c r="C57" s="16" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D57" s="17">
-        <v>52.393000000000008</v>
+        <v>9.548</v>
       </c>
       <c r="E57" s="17"/>
       <c r="F57" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G57" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I57" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J57" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K57" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="58" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="14">
         <v>53</v>
       </c>
       <c r="B58" s="15">
-        <v>80076</v>
+        <v>80074</v>
       </c>
       <c r="C58" s="16" t="s">
         <v>88</v>
       </c>
       <c r="D58" s="17">
-        <v>8.9870000000000001</v>
+        <v>52.393000000000008</v>
       </c>
       <c r="E58" s="17"/>
       <c r="F58" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G58" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I58" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J58" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K58" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="59" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="14">
         <v>54</v>
       </c>
       <c r="B59" s="15">
-        <v>80156</v>
+        <v>80076</v>
       </c>
       <c r="C59" s="16" t="s">
         <v>89</v>
       </c>
       <c r="D59" s="17">
-        <v>16.027000000000001</v>
+        <v>8.9870000000000001</v>
       </c>
       <c r="E59" s="17"/>
       <c r="F59" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G59" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I59" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J59" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K59" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="60" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="14">
         <v>55</v>
       </c>
       <c r="B60" s="15">
-        <v>80159</v>
+        <v>80156</v>
       </c>
       <c r="C60" s="16" t="s">
         <v>90</v>
       </c>
       <c r="D60" s="17">
-        <v>22.164999999999999</v>
+        <v>16.027000000000001</v>
       </c>
       <c r="E60" s="17"/>
       <c r="F60" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G60" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H60" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I60" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J60" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K60" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="61" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="14">
         <v>56</v>
       </c>
       <c r="B61" s="15">
-        <v>80164</v>
+        <v>80159</v>
       </c>
       <c r="C61" s="16" t="s">
         <v>91</v>
       </c>
       <c r="D61" s="17">
-        <v>14.894</v>
+        <v>22.164999999999999</v>
       </c>
       <c r="E61" s="17"/>
       <c r="F61" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G61" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I61" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J61" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K61" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="62" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="14">
         <v>57</v>
       </c>
       <c r="B62" s="15">
-        <v>80175</v>
+        <v>80164</v>
       </c>
       <c r="C62" s="16" t="s">
         <v>92</v>
       </c>
       <c r="D62" s="17">
-        <v>14.575000000000001</v>
+        <v>14.894</v>
       </c>
       <c r="E62" s="17"/>
       <c r="F62" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G62" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I62" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J62" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K62" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="63" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="14">
         <v>58</v>
       </c>
       <c r="B63" s="15">
-        <v>80178</v>
+        <v>80175</v>
       </c>
       <c r="C63" s="16" t="s">
         <v>93</v>
       </c>
       <c r="D63" s="17">
-        <v>7.2710000000000008</v>
+        <v>14.575000000000001</v>
       </c>
       <c r="E63" s="17"/>
       <c r="F63" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G63" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I63" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J63" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K63" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="64" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="14">
         <v>59</v>
       </c>
       <c r="B64" s="15">
-        <v>81001</v>
+        <v>80178</v>
       </c>
       <c r="C64" s="16" t="s">
         <v>94</v>
       </c>
       <c r="D64" s="17">
-        <v>3.4870000000000001</v>
+        <v>7.2710000000000008</v>
       </c>
       <c r="E64" s="17"/>
       <c r="F64" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G64" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I64" s="19" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="J64" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K64" s="20" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
     </row>
     <row r="65" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="14">
         <v>60</v>
       </c>
       <c r="B65" s="15">
-        <v>81003</v>
+        <v>81001</v>
       </c>
       <c r="C65" s="16" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D65" s="17">
-        <v>2.4750000000000001</v>
+        <v>3.4870000000000001</v>
       </c>
       <c r="E65" s="17"/>
       <c r="F65" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G65" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I65" s="19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J65" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K65" s="20" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="66" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="14">
         <v>61</v>
       </c>
       <c r="B66" s="15">
-        <v>81015</v>
+        <v>81003</v>
       </c>
       <c r="C66" s="16" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D66" s="17">
-        <v>4.3120000000000003</v>
+        <v>2.4750000000000001</v>
       </c>
       <c r="E66" s="17"/>
       <c r="F66" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G66" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H66" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I66" s="19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J66" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K66" s="20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="67" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="14">
         <v>62</v>
       </c>
       <c r="B67" s="15">
-        <v>81025</v>
+        <v>81015</v>
       </c>
       <c r="C67" s="16" t="s">
         <v>100</v>
       </c>
       <c r="D67" s="17">
-        <v>9.4710000000000001</v>
+        <v>3.355</v>
       </c>
       <c r="E67" s="17"/>
       <c r="F67" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G67" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I67" s="19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J67" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K67" s="20" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
     </row>
     <row r="68" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="14">
         <v>63</v>
       </c>
       <c r="B68" s="15">
-        <v>81596</v>
+        <v>81025</v>
       </c>
       <c r="C68" s="16" t="s">
         <v>101</v>
       </c>
       <c r="D68" s="17">
-        <v>79.409000000000006</v>
+        <v>9.4710000000000001</v>
       </c>
       <c r="E68" s="17"/>
       <c r="F68" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G68" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H68" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I68" s="19" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="J68" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K68" s="20" t="s">
-        <v>20</v>
+        <v>97</v>
       </c>
     </row>
     <row r="69" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="14">
         <v>64</v>
       </c>
       <c r="B69" s="15">
-        <v>82043</v>
+        <v>81596</v>
       </c>
       <c r="C69" s="16" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D69" s="17">
-        <v>6.3580000000000005</v>
+        <v>79.409000000000006</v>
       </c>
       <c r="E69" s="17"/>
       <c r="F69" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G69" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I69" s="19" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="J69" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K69" s="20" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="14">
         <v>65</v>
       </c>
       <c r="B70" s="15">
-        <v>82088</v>
+        <v>82043</v>
       </c>
       <c r="C70" s="16" t="s">
         <v>104</v>
       </c>
       <c r="D70" s="17">
-        <v>44.825000000000003</v>
+        <v>6.3580000000000005</v>
       </c>
       <c r="E70" s="17"/>
       <c r="F70" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G70" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H70" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I70" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J70" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K70" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="71" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="14">
         <v>66</v>
       </c>
       <c r="B71" s="15">
-        <v>82103</v>
+        <v>82088</v>
       </c>
       <c r="C71" s="16" t="s">
         <v>105</v>
       </c>
       <c r="D71" s="17">
-        <v>14.784000000000001</v>
+        <v>44.825000000000003</v>
       </c>
       <c r="E71" s="17"/>
       <c r="F71" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G71" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H71" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I71" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J71" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K71" s="20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="72" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="14">
         <v>67</v>
       </c>
       <c r="B72" s="15">
-        <v>82140</v>
+        <v>82103</v>
       </c>
       <c r="C72" s="16" t="s">
         <v>106</v>
       </c>
       <c r="D72" s="17">
-        <v>16.027000000000001</v>
+        <v>14.784000000000001</v>
       </c>
       <c r="E72" s="17"/>
       <c r="F72" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G72" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H72" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J72" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K72" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="73" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="14">
         <v>68</v>
       </c>
       <c r="B73" s="15">
-        <v>82150</v>
+        <v>82140</v>
       </c>
       <c r="C73" s="16" t="s">
         <v>107</v>
       </c>
       <c r="D73" s="17">
-        <v>7.128000000000001</v>
+        <v>16.027000000000001</v>
       </c>
       <c r="E73" s="17"/>
       <c r="F73" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G73" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I73" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J73" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K73" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="74" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="14">
         <v>69</v>
       </c>
       <c r="B74" s="15">
-        <v>82270</v>
+        <v>82150</v>
       </c>
       <c r="C74" s="16" t="s">
         <v>108</v>
       </c>
       <c r="D74" s="17">
-        <v>4.8180000000000005</v>
+        <v>7.128000000000001</v>
       </c>
       <c r="E74" s="17"/>
       <c r="F74" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G74" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J74" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K74" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="75" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="14">
         <v>70</v>
       </c>
       <c r="B75" s="15">
-        <v>82272</v>
+        <v>82270</v>
       </c>
       <c r="C75" s="16" t="s">
         <v>109</v>
       </c>
       <c r="D75" s="17">
-        <v>4.6530000000000005</v>
+        <v>4.8180000000000005</v>
       </c>
       <c r="E75" s="17"/>
       <c r="F75" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G75" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H75" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I75" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J75" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K75" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="76" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="14">
         <v>71</v>
       </c>
       <c r="B76" s="15">
-        <v>82306</v>
+        <v>82272</v>
       </c>
       <c r="C76" s="16" t="s">
         <v>110</v>
       </c>
       <c r="D76" s="17">
-        <v>32.56</v>
+        <v>4.6530000000000005</v>
       </c>
       <c r="E76" s="17"/>
       <c r="F76" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G76" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I76" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J76" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K76" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="77" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="14">
         <v>72</v>
       </c>
       <c r="B77" s="15">
-        <v>82310</v>
+        <v>82306</v>
       </c>
       <c r="C77" s="16" t="s">
         <v>111</v>
       </c>
       <c r="D77" s="17">
-        <v>5.676000000000001</v>
+        <v>32.56</v>
       </c>
       <c r="E77" s="17"/>
       <c r="F77" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G77" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I77" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J77" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K77" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="78" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="14">
         <v>73</v>
       </c>
       <c r="B78" s="15">
-        <v>82330</v>
+        <v>82310</v>
       </c>
       <c r="C78" s="16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D78" s="17">
-        <v>15.048</v>
+        <v>5.676000000000001</v>
       </c>
       <c r="E78" s="17"/>
       <c r="F78" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G78" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I78" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J78" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K78" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="79" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="14">
         <v>74</v>
       </c>
       <c r="B79" s="15">
-        <v>82378</v>
+        <v>82330</v>
       </c>
       <c r="C79" s="16" t="s">
         <v>112</v>
       </c>
       <c r="D79" s="17">
-        <v>20.856000000000002</v>
+        <v>15.048</v>
       </c>
       <c r="E79" s="17"/>
       <c r="F79" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G79" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I79" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J79" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K79" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="80" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="14">
         <v>75</v>
       </c>
       <c r="B80" s="15">
-        <v>82384</v>
+        <v>82378</v>
       </c>
       <c r="C80" s="16" t="s">
         <v>113</v>
       </c>
       <c r="D80" s="17">
-        <v>27.775000000000002</v>
+        <v>20.856000000000002</v>
       </c>
       <c r="E80" s="17"/>
       <c r="F80" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G80" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I80" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J80" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K80" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="81" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="14">
         <v>76</v>
       </c>
       <c r="B81" s="15">
-        <v>82525</v>
+        <v>82384</v>
       </c>
       <c r="C81" s="16" t="s">
         <v>114</v>
       </c>
       <c r="D81" s="17">
-        <v>13.651000000000002</v>
+        <v>27.775000000000002</v>
       </c>
       <c r="E81" s="17"/>
       <c r="F81" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G81" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I81" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J81" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K81" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="82" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="14">
         <v>77</v>
       </c>
       <c r="B82" s="15">
-        <v>82533</v>
+        <v>82525</v>
       </c>
       <c r="C82" s="16" t="s">
         <v>115</v>
       </c>
       <c r="D82" s="17">
-        <v>17.930000000000003</v>
+        <v>13.651000000000002</v>
       </c>
       <c r="E82" s="17"/>
       <c r="F82" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G82" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I82" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J82" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K82" s="20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="83" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="14">
         <v>78</v>
       </c>
       <c r="B83" s="15">
-        <v>82550</v>
+        <v>82533</v>
       </c>
       <c r="C83" s="16" t="s">
         <v>116</v>
       </c>
       <c r="D83" s="17">
-        <v>7.1610000000000005</v>
+        <v>17.930000000000003</v>
       </c>
       <c r="E83" s="17"/>
       <c r="F83" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G83" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I83" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J83" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K83" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="84" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="14">
         <v>79</v>
       </c>
       <c r="B84" s="15">
-        <v>82553</v>
+        <v>82550</v>
       </c>
       <c r="C84" s="16" t="s">
         <v>117</v>
       </c>
       <c r="D84" s="17">
-        <v>12.705000000000002</v>
+        <v>7.1610000000000005</v>
       </c>
       <c r="E84" s="17"/>
       <c r="F84" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G84" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H84" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I84" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J84" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K84" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="85" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="14">
         <v>80</v>
       </c>
       <c r="B85" s="15">
-        <v>82565</v>
+        <v>82553</v>
       </c>
       <c r="C85" s="16" t="s">
         <v>118</v>
       </c>
       <c r="D85" s="17">
-        <v>5.6320000000000006</v>
+        <v>12.705000000000002</v>
       </c>
       <c r="E85" s="17"/>
       <c r="F85" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G85" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H85" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I85" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J85" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K85" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="86" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="14">
         <v>81</v>
       </c>
       <c r="B86" s="15">
-        <v>82570</v>
+        <v>82565</v>
       </c>
       <c r="C86" s="16" t="s">
         <v>119</v>
       </c>
       <c r="D86" s="17">
-        <v>5.6980000000000004</v>
+        <v>5.6320000000000006</v>
       </c>
       <c r="E86" s="17"/>
       <c r="F86" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G86" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I86" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J86" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K86" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="87" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="14">
         <v>82</v>
       </c>
       <c r="B87" s="15">
-        <v>82607</v>
+        <v>82570</v>
       </c>
       <c r="C87" s="16" t="s">
         <v>120</v>
       </c>
       <c r="D87" s="17">
-        <v>16.588000000000001</v>
+        <v>5.6980000000000004</v>
       </c>
       <c r="E87" s="17"/>
       <c r="F87" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G87" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J87" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K87" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="88" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="14">
         <v>83</v>
       </c>
       <c r="B88" s="15">
-        <v>82652</v>
+        <v>82607</v>
       </c>
       <c r="C88" s="16" t="s">
         <v>121</v>
       </c>
       <c r="D88" s="17">
-        <v>42.35</v>
+        <v>16.588000000000001</v>
       </c>
       <c r="E88" s="17"/>
       <c r="F88" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G88" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I88" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J88" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K88" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="89" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="14">
         <v>84</v>
       </c>
       <c r="B89" s="15">
-        <v>82670</v>
+        <v>82652</v>
       </c>
       <c r="C89" s="16" t="s">
         <v>122</v>
       </c>
       <c r="D89" s="17">
-        <v>30.734000000000005</v>
+        <v>42.35</v>
       </c>
       <c r="E89" s="17"/>
       <c r="F89" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G89" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I89" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J89" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K89" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="90" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="14">
         <v>85</v>
       </c>
       <c r="B90" s="15">
-        <v>82728</v>
+        <v>82670</v>
       </c>
       <c r="C90" s="16" t="s">
         <v>123</v>
       </c>
       <c r="D90" s="17">
-        <v>14.993000000000002</v>
+        <v>30.734000000000005</v>
       </c>
       <c r="E90" s="17"/>
       <c r="F90" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G90" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I90" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J90" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K90" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="91" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="14">
         <v>86</v>
       </c>
       <c r="B91" s="15">
-        <v>82746</v>
+        <v>82728</v>
       </c>
       <c r="C91" s="16" t="s">
         <v>124</v>
       </c>
       <c r="D91" s="17">
-        <v>16.170000000000002</v>
+        <v>14.993000000000002</v>
       </c>
       <c r="E91" s="17"/>
       <c r="F91" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G91" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I91" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J91" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K91" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="92" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="14">
         <v>87</v>
       </c>
       <c r="B92" s="15">
-        <v>82747</v>
+        <v>82746</v>
       </c>
       <c r="C92" s="16" t="s">
         <v>125</v>
       </c>
       <c r="D92" s="17">
-        <v>19.414999999999999</v>
+        <v>16.170000000000002</v>
       </c>
       <c r="E92" s="17"/>
       <c r="F92" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G92" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I92" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J92" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K92" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="93" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="14">
         <v>88</v>
       </c>
       <c r="B93" s="15">
-        <v>82947</v>
+        <v>82747</v>
       </c>
       <c r="C93" s="16" t="s">
         <v>126</v>
       </c>
       <c r="D93" s="17">
-        <v>4.3230000000000004</v>
+        <v>19.414999999999999</v>
       </c>
       <c r="E93" s="17"/>
       <c r="F93" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G93" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I93" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J93" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K93" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="94" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="14">
         <v>89</v>
       </c>
       <c r="B94" s="15">
-        <v>83001</v>
+        <v>82947</v>
       </c>
       <c r="C94" s="16" t="s">
         <v>127</v>
       </c>
       <c r="D94" s="17">
-        <v>20.437999999999999</v>
+        <v>4.3230000000000004</v>
       </c>
       <c r="E94" s="17"/>
       <c r="F94" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G94" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I94" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J94" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K94" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="95" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="14">
         <v>90</v>
       </c>
       <c r="B95" s="15">
-        <v>83002</v>
+        <v>83001</v>
       </c>
       <c r="C95" s="16" t="s">
         <v>128</v>
       </c>
       <c r="D95" s="17">
-        <v>20.372</v>
+        <v>20.437999999999999</v>
       </c>
       <c r="E95" s="17"/>
       <c r="F95" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G95" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H95" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I95" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J95" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K95" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="96" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="14">
         <v>91</v>
       </c>
       <c r="B96" s="15">
-        <v>83036</v>
+        <v>83002</v>
       </c>
       <c r="C96" s="16" t="s">
         <v>129</v>
       </c>
       <c r="D96" s="17">
-        <v>10.681000000000001</v>
+        <v>20.372</v>
       </c>
       <c r="E96" s="17"/>
       <c r="F96" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G96" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I96" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J96" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K96" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="97" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="14">
         <v>92</v>
       </c>
       <c r="B97" s="15">
-        <v>83540</v>
+        <v>83036</v>
       </c>
       <c r="C97" s="16" t="s">
         <v>130</v>
       </c>
       <c r="D97" s="17">
-        <v>7.117</v>
+        <v>10.681000000000001</v>
       </c>
       <c r="E97" s="17"/>
       <c r="F97" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G97" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I97" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J97" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K97" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="98" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="14">
         <v>93</v>
       </c>
       <c r="B98" s="15">
-        <v>83690</v>
+        <v>83540</v>
       </c>
       <c r="C98" s="16" t="s">
         <v>131</v>
       </c>
       <c r="D98" s="17">
-        <v>7.5790000000000006</v>
+        <v>7.117</v>
       </c>
       <c r="E98" s="17"/>
       <c r="F98" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G98" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H98" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I98" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J98" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K98" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="99" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="14">
         <v>94</v>
       </c>
       <c r="B99" s="15">
-        <v>83735</v>
+        <v>83690</v>
       </c>
       <c r="C99" s="16" t="s">
         <v>132</v>
       </c>
       <c r="D99" s="17">
-        <v>7.370000000000001</v>
+        <v>7.5790000000000006</v>
       </c>
       <c r="E99" s="17"/>
       <c r="F99" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G99" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H99" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I99" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J99" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K99" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="100" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="14">
         <v>95</v>
       </c>
       <c r="B100" s="15">
-        <v>83835</v>
+        <v>83735</v>
       </c>
       <c r="C100" s="16" t="s">
         <v>133</v>
       </c>
       <c r="D100" s="17">
-        <v>18.634000000000004</v>
+        <v>7.370000000000001</v>
       </c>
       <c r="E100" s="17"/>
       <c r="F100" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G100" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H100" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I100" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J100" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K100" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="101" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="14">
         <v>96</v>
       </c>
       <c r="B101" s="15">
-        <v>83880</v>
+        <v>83835</v>
       </c>
       <c r="C101" s="16" t="s">
         <v>134</v>
       </c>
       <c r="D101" s="17">
-        <v>43.186</v>
+        <v>18.634000000000004</v>
       </c>
       <c r="E101" s="17"/>
       <c r="F101" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G101" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I101" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J101" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K101" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="102" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="14">
         <v>97</v>
       </c>
       <c r="B102" s="15">
-        <v>83930</v>
+        <v>83880</v>
       </c>
       <c r="C102" s="16" t="s">
         <v>135</v>
       </c>
       <c r="D102" s="17">
-        <v>7.2710000000000008</v>
+        <v>43.186</v>
       </c>
       <c r="E102" s="17"/>
       <c r="F102" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G102" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H102" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I102" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J102" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K102" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="103" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="14">
         <v>98</v>
       </c>
       <c r="B103" s="15">
-        <v>83935</v>
+        <v>83930</v>
       </c>
       <c r="C103" s="16" t="s">
         <v>136</v>
       </c>
       <c r="D103" s="17">
-        <v>7.5020000000000007</v>
+        <v>7.2710000000000008</v>
       </c>
       <c r="E103" s="17"/>
       <c r="F103" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G103" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I103" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J103" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K103" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="104" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="14">
         <v>99</v>
       </c>
       <c r="B104" s="15">
-        <v>83970</v>
+        <v>83935</v>
       </c>
       <c r="C104" s="16" t="s">
         <v>137</v>
       </c>
       <c r="D104" s="17">
-        <v>45.408000000000008</v>
+        <v>7.5020000000000007</v>
       </c>
       <c r="E104" s="17"/>
       <c r="F104" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G104" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H104" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I104" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J104" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K104" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="105" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="14">
         <v>100</v>
       </c>
       <c r="B105" s="15">
-        <v>84132</v>
+        <v>83970</v>
       </c>
       <c r="C105" s="16" t="s">
         <v>138</v>
       </c>
       <c r="D105" s="17">
-        <v>5.2359999999999998</v>
+        <v>45.408000000000008</v>
       </c>
       <c r="E105" s="17"/>
       <c r="F105" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G105" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I105" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J105" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K105" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="106" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="14">
         <v>101</v>
       </c>
       <c r="B106" s="15">
-        <v>84134</v>
+        <v>84132</v>
       </c>
       <c r="C106" s="16" t="s">
         <v>139</v>
       </c>
       <c r="D106" s="17">
-        <v>16.048999999999999</v>
+        <v>5.2359999999999998</v>
       </c>
       <c r="E106" s="17"/>
       <c r="F106" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G106" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H106" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I106" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J106" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K106" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="107" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="14">
         <v>102</v>
       </c>
       <c r="B107" s="15">
-        <v>84144</v>
+        <v>84134</v>
       </c>
       <c r="C107" s="16" t="s">
         <v>140</v>
       </c>
       <c r="D107" s="17">
-        <v>22.946000000000002</v>
+        <v>16.048999999999999</v>
       </c>
       <c r="E107" s="17"/>
       <c r="F107" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G107" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H107" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I107" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J107" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K107" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="108" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="14">
         <v>103</v>
       </c>
       <c r="B108" s="15">
-        <v>84146</v>
+        <v>84144</v>
       </c>
       <c r="C108" s="16" t="s">
         <v>141</v>
       </c>
       <c r="D108" s="17">
-        <v>21.318000000000001</v>
+        <v>22.946000000000002</v>
       </c>
       <c r="E108" s="17"/>
       <c r="F108" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G108" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H108" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I108" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J108" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K108" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="109" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="14">
         <v>104</v>
       </c>
       <c r="B109" s="15">
-        <v>84153</v>
+        <v>84146</v>
       </c>
       <c r="C109" s="16" t="s">
         <v>142</v>
       </c>
       <c r="D109" s="17">
-        <v>20.229000000000003</v>
+        <v>21.318000000000001</v>
       </c>
       <c r="E109" s="17"/>
       <c r="F109" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G109" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I109" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J109" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K109" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="110" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="14">
         <v>105</v>
       </c>
       <c r="B110" s="15">
-        <v>84155</v>
+        <v>84153</v>
       </c>
       <c r="C110" s="16" t="s">
         <v>143</v>
       </c>
       <c r="D110" s="17">
-        <v>4.0369999999999999</v>
+        <v>20.229000000000003</v>
       </c>
       <c r="E110" s="17"/>
       <c r="F110" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G110" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I110" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J110" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K110" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="111" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="14">
         <v>106</v>
       </c>
       <c r="B111" s="15">
-        <v>84165</v>
+        <v>84155</v>
       </c>
       <c r="C111" s="16" t="s">
         <v>144</v>
       </c>
       <c r="D111" s="17">
-        <v>11.814000000000002</v>
+        <v>4.0369999999999999</v>
       </c>
       <c r="E111" s="17"/>
       <c r="F111" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G111" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I111" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J111" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K111" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="112" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="14">
         <v>107</v>
       </c>
       <c r="B112" s="15">
-        <v>84295</v>
+        <v>84165</v>
       </c>
       <c r="C112" s="16" t="s">
         <v>145</v>
       </c>
       <c r="D112" s="17">
-        <v>5.2910000000000004</v>
+        <v>11.814000000000002</v>
       </c>
       <c r="E112" s="17"/>
       <c r="F112" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G112" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I112" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J112" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K112" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="113" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="14">
         <v>108</v>
       </c>
       <c r="B113" s="15">
-        <v>84436</v>
+        <v>84295</v>
       </c>
       <c r="C113" s="16" t="s">
         <v>146</v>
       </c>
       <c r="D113" s="17">
-        <v>7.5570000000000004</v>
+        <v>5.2910000000000004</v>
       </c>
       <c r="E113" s="17"/>
       <c r="F113" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G113" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I113" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J113" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K113" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="114" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="14">
         <v>109</v>
       </c>
       <c r="B114" s="15">
-        <v>84439</v>
+        <v>84436</v>
       </c>
       <c r="C114" s="16" t="s">
         <v>147</v>
       </c>
       <c r="D114" s="17">
-        <v>9.9220000000000006</v>
+        <v>7.5570000000000004</v>
       </c>
       <c r="E114" s="17"/>
       <c r="F114" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G114" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H114" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I114" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J114" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K114" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="115" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="14">
         <v>110</v>
       </c>
       <c r="B115" s="15">
-        <v>84443</v>
+        <v>84439</v>
       </c>
       <c r="C115" s="16" t="s">
         <v>148</v>
       </c>
       <c r="D115" s="17">
-        <v>18.480000000000004</v>
+        <v>9.9220000000000006</v>
       </c>
       <c r="E115" s="17"/>
       <c r="F115" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G115" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I115" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J115" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K115" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="116" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="14">
         <v>111</v>
       </c>
       <c r="B116" s="15">
-        <v>84445</v>
+        <v>84443</v>
       </c>
       <c r="C116" s="16" t="s">
         <v>149</v>
       </c>
       <c r="D116" s="17">
-        <v>55.946000000000005</v>
+        <v>18.480000000000004</v>
       </c>
       <c r="E116" s="17"/>
       <c r="F116" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G116" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H116" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I116" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J116" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K116" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="117" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="14">
         <v>112</v>
       </c>
       <c r="B117" s="15">
-        <v>84450</v>
+        <v>84445</v>
       </c>
       <c r="C117" s="16" t="s">
         <v>150</v>
       </c>
       <c r="D117" s="17">
-        <v>9.2180000000000017</v>
+        <v>55.946000000000005</v>
       </c>
       <c r="E117" s="17"/>
       <c r="F117" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G117" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H117" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I117" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J117" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K117" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="118" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="14">
         <v>113</v>
       </c>
       <c r="B118" s="15">
-        <v>84460</v>
+        <v>84450</v>
       </c>
       <c r="C118" s="16" t="s">
         <v>151</v>
       </c>
       <c r="D118" s="17">
-        <v>9.3500000000000014</v>
+        <v>5.6980000000000004</v>
       </c>
       <c r="E118" s="17"/>
       <c r="F118" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G118" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H118" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I118" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J118" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K118" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="119" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="14">
         <v>114</v>
       </c>
       <c r="B119" s="15">
-        <v>84479</v>
+        <v>84460</v>
       </c>
       <c r="C119" s="16" t="s">
         <v>152</v>
       </c>
       <c r="D119" s="17">
-        <v>7.117</v>
+        <v>5.83</v>
       </c>
       <c r="E119" s="17"/>
       <c r="F119" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G119" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H119" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I119" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J119" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K119" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="120" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="14">
         <v>115</v>
       </c>
       <c r="B120" s="15">
-        <v>84481</v>
+        <v>84479</v>
       </c>
       <c r="C120" s="16" t="s">
         <v>153</v>
       </c>
       <c r="D120" s="17">
-        <v>18.634000000000004</v>
+        <v>7.117</v>
       </c>
       <c r="E120" s="17"/>
       <c r="F120" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G120" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H120" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I120" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J120" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K120" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="121" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="14">
         <v>116</v>
       </c>
       <c r="B121" s="15">
-        <v>84484</v>
+        <v>84480</v>
       </c>
       <c r="C121" s="16" t="s">
         <v>154</v>
       </c>
       <c r="D121" s="17">
-        <v>13.717000000000002</v>
+        <v>15.598000000000001</v>
       </c>
       <c r="E121" s="17"/>
       <c r="F121" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G121" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I121" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J121" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K121" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="122" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="14">
         <v>117</v>
       </c>
       <c r="B122" s="15">
-        <v>84520</v>
+        <v>84481</v>
       </c>
       <c r="C122" s="16" t="s">
         <v>155</v>
       </c>
       <c r="D122" s="17">
-        <v>4.3450000000000006</v>
+        <v>18.634000000000004</v>
       </c>
       <c r="E122" s="17"/>
       <c r="F122" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G122" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H122" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I122" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J122" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K122" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="123" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="14">
         <v>118</v>
       </c>
       <c r="B123" s="15">
-        <v>84550</v>
+        <v>84484</v>
       </c>
       <c r="C123" s="16" t="s">
         <v>156</v>
       </c>
       <c r="D123" s="17">
-        <v>4.9719999999999995</v>
+        <v>13.717000000000002</v>
       </c>
       <c r="E123" s="17"/>
       <c r="F123" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G123" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H123" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I123" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J123" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K123" s="20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="124" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="14">
         <v>119</v>
       </c>
       <c r="B124" s="15">
-        <v>84588</v>
+        <v>84520</v>
       </c>
       <c r="C124" s="16" t="s">
         <v>157</v>
       </c>
       <c r="D124" s="17">
-        <v>37.334000000000003</v>
+        <v>4.3450000000000006</v>
       </c>
       <c r="E124" s="17"/>
       <c r="F124" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G124" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H124" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I124" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J124" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K124" s="20" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="125" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="14">
         <v>120</v>
       </c>
       <c r="B125" s="15">
-        <v>84681</v>
+        <v>84550</v>
       </c>
       <c r="C125" s="16" t="s">
         <v>158</v>
       </c>
       <c r="D125" s="17">
-        <v>22.891000000000002</v>
+        <v>4.9719999999999995</v>
       </c>
       <c r="E125" s="17"/>
       <c r="F125" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G125" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H125" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I125" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J125" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K125" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="126" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="14">
         <v>121</v>
       </c>
       <c r="B126" s="15">
-        <v>84702</v>
+        <v>84588</v>
       </c>
       <c r="C126" s="16" t="s">
         <v>159</v>
       </c>
       <c r="D126" s="17">
-        <v>16.555000000000003</v>
+        <v>37.334000000000003</v>
       </c>
       <c r="E126" s="17"/>
       <c r="F126" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G126" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H126" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I126" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J126" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K126" s="20" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="127" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A127" s="14">
         <v>122</v>
       </c>
       <c r="B127" s="15">
-        <v>84703</v>
+        <v>84681</v>
       </c>
       <c r="C127" s="16" t="s">
         <v>160</v>
       </c>
       <c r="D127" s="17">
-        <v>8.2720000000000002</v>
+        <v>22.891000000000002</v>
       </c>
       <c r="E127" s="17"/>
       <c r="F127" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G127" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J127" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K127" s="20" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="128" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A128" s="14">
         <v>123</v>
       </c>
       <c r="B128" s="15">
-        <v>85008</v>
+        <v>84702</v>
       </c>
       <c r="C128" s="16" t="s">
         <v>161</v>
       </c>
       <c r="D128" s="17">
-        <v>3.7730000000000006</v>
+        <v>16.555000000000003</v>
       </c>
       <c r="E128" s="17"/>
       <c r="F128" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G128" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I128" s="19" t="s">
-        <v>162</v>
+        <v>81</v>
       </c>
       <c r="J128" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K128" s="20" t="s">
-        <v>163</v>
+        <v>87</v>
       </c>
     </row>
     <row r="129" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="14">
         <v>124</v>
       </c>
       <c r="B129" s="15">
-        <v>85025</v>
+        <v>84703</v>
       </c>
       <c r="C129" s="16" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="D129" s="17">
-        <v>8.5470000000000006</v>
+        <v>8.2720000000000002</v>
       </c>
       <c r="E129" s="17"/>
       <c r="F129" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G129" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H129" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I129" s="19" t="s">
-        <v>162</v>
+        <v>81</v>
       </c>
       <c r="J129" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K129" s="20" t="s">
-        <v>165</v>
+        <v>87</v>
       </c>
     </row>
     <row r="130" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A130" s="14">
         <v>125</v>
       </c>
       <c r="B130" s="15">
-        <v>85045</v>
+        <v>85008</v>
       </c>
       <c r="C130" s="16" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D130" s="17">
-        <v>4.3890000000000002</v>
+        <v>3.7730000000000006</v>
       </c>
       <c r="E130" s="17"/>
       <c r="F130" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G130" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H130" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I130" s="19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="J130" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K130" s="20" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="131" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A131" s="14">
         <v>126</v>
       </c>
       <c r="B131" s="15">
-        <v>85049</v>
+        <v>85025</v>
       </c>
       <c r="C131" s="16" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D131" s="17">
-        <v>4.9280000000000008</v>
+        <v>8.5470000000000006</v>
       </c>
       <c r="E131" s="17"/>
       <c r="F131" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G131" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H131" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I131" s="19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="J131" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K131" s="20" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="132" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A132" s="14">
         <v>127</v>
       </c>
       <c r="B132" s="15">
-        <v>85379</v>
+        <v>85045</v>
       </c>
       <c r="C132" s="16" t="s">
         <v>168</v>
       </c>
       <c r="D132" s="17">
-        <v>11.198</v>
+        <v>4.3890000000000002</v>
       </c>
       <c r="E132" s="17"/>
       <c r="F132" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G132" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H132" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I132" s="19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="J132" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K132" s="20" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="133" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A133" s="14">
         <v>128</v>
       </c>
       <c r="B133" s="15">
-        <v>85610</v>
+        <v>85049</v>
       </c>
       <c r="C133" s="16" t="s">
         <v>169</v>
       </c>
       <c r="D133" s="17">
-        <v>4.7190000000000003</v>
+        <v>4.9280000000000008</v>
       </c>
       <c r="E133" s="17"/>
       <c r="F133" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G133" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H133" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="J133" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K133" s="20" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="134" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A134" s="14">
         <v>129</v>
       </c>
       <c r="B134" s="15">
-        <v>85652</v>
+        <v>85379</v>
       </c>
       <c r="C134" s="16" t="s">
         <v>170</v>
       </c>
       <c r="D134" s="17">
-        <v>2.9700000000000006</v>
+        <v>11.198</v>
       </c>
       <c r="E134" s="17"/>
       <c r="F134" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G134" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H134" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="J134" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K134" s="20" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="135" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="14">
         <v>130</v>
       </c>
       <c r="B135" s="15">
-        <v>85730</v>
+        <v>85610</v>
       </c>
       <c r="C135" s="16" t="s">
         <v>171</v>
       </c>
       <c r="D135" s="17">
-        <v>6.6110000000000007</v>
+        <v>4.7190000000000003</v>
       </c>
       <c r="E135" s="17"/>
       <c r="F135" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G135" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H135" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I135" s="19" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="J135" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K135" s="20" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="136" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="14">
         <v>131</v>
       </c>
       <c r="B136" s="15">
-        <v>86003</v>
+        <v>85652</v>
       </c>
       <c r="C136" s="16" t="s">
         <v>172</v>
       </c>
       <c r="D136" s="17">
-        <v>5.742</v>
+        <v>2.9700000000000006</v>
       </c>
       <c r="E136" s="17"/>
       <c r="F136" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G136" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H136" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I136" s="19" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="J136" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K136" s="20" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
     </row>
     <row r="137" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="14">
         <v>132</v>
       </c>
       <c r="B137" s="15">
-        <v>86140</v>
+        <v>85730</v>
       </c>
       <c r="C137" s="16" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D137" s="17">
-        <v>5.6980000000000004</v>
+        <v>6.6110000000000007</v>
       </c>
       <c r="E137" s="17"/>
       <c r="F137" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G137" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H137" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I137" s="19" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="J137" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K137" s="20" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
     </row>
     <row r="138" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="14">
         <v>133</v>
       </c>
       <c r="B138" s="15">
-        <v>86317</v>
+        <v>86003</v>
       </c>
       <c r="C138" s="16" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D138" s="17">
-        <v>16.489000000000001</v>
+        <v>5.742</v>
       </c>
       <c r="E138" s="17"/>
       <c r="F138" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G138" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H138" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I138" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J138" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K138" s="20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="139" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="14">
         <v>134</v>
       </c>
       <c r="B139" s="15">
-        <v>86334</v>
+        <v>86140</v>
       </c>
       <c r="C139" s="16" t="s">
         <v>177</v>
       </c>
       <c r="D139" s="17">
-        <v>24.574000000000002</v>
+        <v>5.6980000000000004</v>
       </c>
       <c r="E139" s="17"/>
       <c r="F139" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G139" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H139" s="18" t="s">
-        <v>178</v>
+        <v>37</v>
       </c>
       <c r="I139" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J139" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K139" s="20" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="140" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="14">
         <v>135</v>
       </c>
       <c r="B140" s="15">
-        <v>86360</v>
+        <v>86317</v>
       </c>
       <c r="C140" s="16" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D140" s="17">
-        <v>51.677999999999997</v>
+        <v>16.489000000000001</v>
       </c>
       <c r="E140" s="17"/>
       <c r="F140" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G140" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H140" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I140" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J140" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K140" s="20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="141" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A141" s="14">
         <v>136</v>
       </c>
       <c r="B141" s="15">
-        <v>86376</v>
+        <v>86334</v>
       </c>
       <c r="C141" s="16" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D141" s="17">
-        <v>16.005000000000003</v>
+        <v>24.574000000000002</v>
       </c>
       <c r="E141" s="17"/>
       <c r="F141" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G141" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H141" s="18" t="s">
-        <v>37</v>
+        <v>180</v>
       </c>
       <c r="I141" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J141" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K141" s="20" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
     </row>
     <row r="142" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="14">
         <v>137</v>
       </c>
       <c r="B142" s="15">
-        <v>86431</v>
+        <v>86360</v>
       </c>
       <c r="C142" s="16" t="s">
         <v>182</v>
       </c>
       <c r="D142" s="17">
-        <v>6.2370000000000001</v>
+        <v>51.677999999999997</v>
       </c>
       <c r="E142" s="17"/>
       <c r="F142" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G142" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I142" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J142" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K142" s="20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="143" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A143" s="14">
         <v>138</v>
       </c>
       <c r="B143" s="15">
-        <v>86480</v>
+        <v>86376</v>
       </c>
       <c r="C143" s="16" t="s">
         <v>183</v>
       </c>
       <c r="D143" s="17">
-        <v>68.177999999999997</v>
+        <v>16.005000000000003</v>
       </c>
       <c r="E143" s="17"/>
       <c r="F143" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G143" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I143" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J143" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K143" s="20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="144" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="14">
         <v>139</v>
       </c>
       <c r="B144" s="15">
-        <v>86592</v>
+        <v>86431</v>
       </c>
       <c r="C144" s="16" t="s">
         <v>184</v>
       </c>
       <c r="D144" s="17">
-        <v>4.6970000000000001</v>
+        <v>6.2370000000000001</v>
       </c>
       <c r="E144" s="17"/>
       <c r="F144" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G144" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H144" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I144" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J144" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K144" s="20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="145" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A145" s="14">
         <v>140</v>
       </c>
       <c r="B145" s="15">
-        <v>86689</v>
+        <v>86480</v>
       </c>
       <c r="C145" s="16" t="s">
         <v>185</v>
       </c>
       <c r="D145" s="17">
-        <v>21.285000000000004</v>
+        <v>68.177999999999997</v>
       </c>
       <c r="E145" s="17"/>
       <c r="F145" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G145" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H145" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I145" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J145" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K145" s="20" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="146" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="14">
         <v>141</v>
       </c>
       <c r="B146" s="15">
-        <v>86695</v>
+        <v>86592</v>
       </c>
       <c r="C146" s="16" t="s">
         <v>186</v>
       </c>
       <c r="D146" s="17">
-        <v>14.509</v>
+        <v>4.6970000000000001</v>
       </c>
       <c r="E146" s="17"/>
       <c r="F146" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G146" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H146" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I146" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J146" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K146" s="20" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="147" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A147" s="14">
         <v>142</v>
       </c>
       <c r="B147" s="15">
-        <v>86696</v>
+        <v>86689</v>
       </c>
       <c r="C147" s="16" t="s">
         <v>187</v>
       </c>
       <c r="D147" s="17">
         <v>21.285000000000004</v>
       </c>
       <c r="E147" s="17"/>
       <c r="F147" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G147" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H147" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I147" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J147" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K147" s="20" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="148" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A148" s="14">
         <v>143</v>
       </c>
       <c r="B148" s="15">
-        <v>86706</v>
+        <v>86695</v>
       </c>
       <c r="C148" s="16" t="s">
         <v>188</v>
       </c>
       <c r="D148" s="17">
-        <v>11.814000000000002</v>
+        <v>14.509</v>
       </c>
       <c r="E148" s="17"/>
       <c r="F148" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G148" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H148" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I148" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J148" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K148" s="20" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
     </row>
     <row r="149" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A149" s="14">
         <v>144</v>
       </c>
       <c r="B149" s="15">
-        <v>86800</v>
+        <v>86696</v>
       </c>
       <c r="C149" s="16" t="s">
         <v>189</v>
       </c>
       <c r="D149" s="17">
-        <v>17.501000000000001</v>
+        <v>21.285000000000004</v>
       </c>
       <c r="E149" s="17"/>
       <c r="F149" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G149" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H149" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I149" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J149" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K149" s="20" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
     </row>
     <row r="150" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A150" s="14">
         <v>145</v>
       </c>
       <c r="B150" s="15">
-        <v>86803</v>
+        <v>86704</v>
       </c>
       <c r="C150" s="16" t="s">
         <v>190</v>
       </c>
       <c r="D150" s="17">
-        <v>15.697000000000001</v>
+        <v>13.255000000000003</v>
       </c>
       <c r="E150" s="17"/>
       <c r="F150" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G150" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H150" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I150" s="19" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="J150" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K150" s="20" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="151" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="14">
         <v>146</v>
       </c>
       <c r="B151" s="15">
-        <v>87040</v>
+        <v>86706</v>
       </c>
       <c r="C151" s="16" t="s">
         <v>191</v>
       </c>
       <c r="D151" s="17">
-        <v>11.352000000000002</v>
+        <v>11.814000000000002</v>
       </c>
       <c r="E151" s="17"/>
       <c r="F151" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G151" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H151" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I151" s="19" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="J151" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K151" s="20" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
     </row>
     <row r="152" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="14">
         <v>147</v>
       </c>
       <c r="B152" s="15">
-        <v>87070</v>
+        <v>86800</v>
       </c>
       <c r="C152" s="16" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D152" s="17">
-        <v>9.4819999999999993</v>
+        <v>17.501000000000001</v>
       </c>
       <c r="E152" s="17"/>
       <c r="F152" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G152" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H152" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I152" s="19" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="J152" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K152" s="20" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
     </row>
     <row r="153" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="14">
         <v>148</v>
       </c>
       <c r="B153" s="15">
-        <v>87075</v>
+        <v>86803</v>
       </c>
       <c r="C153" s="16" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D153" s="17">
-        <v>10.417000000000002</v>
+        <v>15.697000000000001</v>
       </c>
       <c r="E153" s="17"/>
       <c r="F153" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G153" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H153" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I153" s="19" t="s">
-        <v>192</v>
+        <v>175</v>
       </c>
       <c r="J153" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K153" s="20" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
     </row>
     <row r="154" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="14">
         <v>149</v>
       </c>
       <c r="B154" s="15">
-        <v>87081</v>
+        <v>87040</v>
       </c>
       <c r="C154" s="16" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D154" s="17">
-        <v>9.9220000000000006</v>
+        <v>11.352000000000002</v>
       </c>
       <c r="E154" s="17"/>
       <c r="F154" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G154" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H154" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I154" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J154" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K154" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="155" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="14">
         <v>150</v>
       </c>
       <c r="B155" s="15">
-        <v>87086</v>
+        <v>87070</v>
       </c>
       <c r="C155" s="16" t="s">
         <v>197</v>
       </c>
       <c r="D155" s="17">
-        <v>8.8770000000000007</v>
+        <v>9.4819999999999993</v>
       </c>
       <c r="E155" s="17"/>
       <c r="F155" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G155" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H155" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I155" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J155" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K155" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="156" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="14">
         <v>151</v>
       </c>
       <c r="B156" s="15">
-        <v>87101</v>
+        <v>87075</v>
       </c>
       <c r="C156" s="16" t="s">
         <v>198</v>
       </c>
       <c r="D156" s="17">
-        <v>8.4809999999999999</v>
+        <v>10.417000000000002</v>
       </c>
       <c r="E156" s="17"/>
       <c r="F156" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G156" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H156" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I156" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J156" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K156" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="157" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="14">
         <v>152</v>
       </c>
       <c r="B157" s="15">
-        <v>87103</v>
+        <v>87081</v>
       </c>
       <c r="C157" s="16" t="s">
         <v>199</v>
       </c>
       <c r="D157" s="17">
-        <v>22.506000000000004</v>
+        <v>7.2930000000000001</v>
       </c>
       <c r="E157" s="17"/>
       <c r="F157" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G157" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H157" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I157" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J157" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K157" s="20" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
     </row>
     <row r="158" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="14">
         <v>153</v>
       </c>
       <c r="B158" s="15">
-        <v>87147</v>
+        <v>87086</v>
       </c>
       <c r="C158" s="16" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D158" s="17">
-        <v>5.6980000000000004</v>
+        <v>8.8770000000000007</v>
       </c>
       <c r="E158" s="17"/>
       <c r="F158" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G158" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H158" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I158" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J158" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K158" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="159" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="14">
         <v>154</v>
       </c>
       <c r="B159" s="15">
-        <v>87210</v>
+        <v>87101</v>
       </c>
       <c r="C159" s="16" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="D159" s="17">
-        <v>6.402000000000001</v>
+        <v>8.4809999999999999</v>
       </c>
       <c r="E159" s="17"/>
       <c r="F159" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G159" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H159" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I159" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J159" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K159" s="20" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
     </row>
     <row r="160" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="14">
         <v>155</v>
       </c>
       <c r="B160" s="15">
-        <v>87324</v>
+        <v>87103</v>
       </c>
       <c r="C160" s="16" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D160" s="17">
-        <v>13.178000000000001</v>
+        <v>22.506000000000004</v>
       </c>
       <c r="E160" s="17"/>
       <c r="F160" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G160" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H160" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I160" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J160" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K160" s="20" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
     </row>
     <row r="161" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="14">
         <v>156</v>
       </c>
       <c r="B161" s="15">
-        <v>87480</v>
+        <v>87147</v>
       </c>
       <c r="C161" s="16" t="s">
         <v>204</v>
       </c>
       <c r="D161" s="17">
-        <v>22.055000000000003</v>
+        <v>5.6980000000000004</v>
       </c>
       <c r="E161" s="17"/>
       <c r="F161" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G161" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H161" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I161" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J161" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K161" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="162" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="14">
         <v>157</v>
       </c>
       <c r="B162" s="15">
-        <v>87491</v>
+        <v>87210</v>
       </c>
       <c r="C162" s="16" t="s">
         <v>205</v>
       </c>
       <c r="D162" s="17">
-        <v>38.599000000000004</v>
+        <v>6.402000000000001</v>
       </c>
       <c r="E162" s="17"/>
       <c r="F162" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G162" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H162" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I162" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J162" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K162" s="20" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="163" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="14">
         <v>158</v>
       </c>
       <c r="B163" s="15">
-        <v>87522</v>
+        <v>87324</v>
       </c>
       <c r="C163" s="16" t="s">
         <v>206</v>
       </c>
       <c r="D163" s="17">
-        <v>47.124000000000009</v>
+        <v>13.178000000000001</v>
       </c>
       <c r="E163" s="17"/>
       <c r="F163" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G163" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H163" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I163" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J163" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K163" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="164" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="14">
         <v>159</v>
       </c>
       <c r="B164" s="15">
-        <v>87536</v>
+        <v>87400</v>
       </c>
       <c r="C164" s="16" t="s">
         <v>207</v>
       </c>
       <c r="D164" s="17">
-        <v>93.61</v>
+        <v>15.543000000000003</v>
       </c>
       <c r="E164" s="17"/>
       <c r="F164" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G164" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H164" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I164" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J164" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K164" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="165" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="14">
         <v>160</v>
       </c>
       <c r="B165" s="15">
-        <v>87591</v>
+        <v>87480</v>
       </c>
       <c r="C165" s="16" t="s">
         <v>208</v>
       </c>
       <c r="D165" s="17">
-        <v>38.599000000000004</v>
+        <v>22.055000000000003</v>
       </c>
       <c r="E165" s="17"/>
       <c r="F165" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G165" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I165" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J165" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K165" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="166" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="14">
         <v>161</v>
       </c>
       <c r="B166" s="15">
-        <v>87634</v>
+        <v>87491</v>
       </c>
       <c r="C166" s="16" t="s">
         <v>209</v>
       </c>
       <c r="D166" s="17">
-        <v>77.220000000000013</v>
+        <v>38.599000000000004</v>
       </c>
       <c r="E166" s="17"/>
       <c r="F166" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G166" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H166" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I166" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J166" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K166" s="20" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="167" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A167" s="14">
         <v>162</v>
       </c>
       <c r="B167" s="15">
-        <v>87635</v>
+        <v>87522</v>
       </c>
       <c r="C167" s="16" t="s">
         <v>210</v>
       </c>
       <c r="D167" s="17">
-        <v>56.44100000000001</v>
+        <v>47.124000000000009</v>
       </c>
       <c r="E167" s="17"/>
       <c r="F167" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G167" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H167" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I167" s="19" t="s">
-        <v>38</v>
+        <v>195</v>
       </c>
       <c r="J167" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K167" s="20" t="s">
-        <v>20</v>
+        <v>196</v>
       </c>
     </row>
     <row r="168" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="14">
         <v>163</v>
       </c>
       <c r="B168" s="15">
-        <v>87661</v>
+        <v>87536</v>
       </c>
       <c r="C168" s="16" t="s">
         <v>211</v>
       </c>
       <c r="D168" s="17">
-        <v>38.599000000000004</v>
+        <v>93.61</v>
       </c>
       <c r="E168" s="17"/>
       <c r="F168" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G168" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H168" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I168" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J168" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K168" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="169" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="14">
         <v>164</v>
       </c>
       <c r="B169" s="15">
-        <v>87804</v>
+        <v>87591</v>
       </c>
       <c r="C169" s="16" t="s">
         <v>212</v>
       </c>
       <c r="D169" s="17">
-        <v>18.205000000000002</v>
+        <v>38.599000000000004</v>
       </c>
       <c r="E169" s="17"/>
       <c r="F169" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G169" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H169" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I169" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J169" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K169" s="20" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="170" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="14">
         <v>165</v>
       </c>
       <c r="B170" s="15">
-        <v>87902</v>
+        <v>87634</v>
       </c>
       <c r="C170" s="16" t="s">
         <v>213</v>
       </c>
       <c r="D170" s="17">
-        <v>283.19499999999999</v>
+        <v>77.220000000000013</v>
       </c>
       <c r="E170" s="17"/>
       <c r="F170" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G170" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H170" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I170" s="19" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="J170" s="20" t="s">
         <v>37</v>
       </c>
       <c r="K170" s="20" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
     </row>
     <row r="171" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="14">
         <v>166</v>
       </c>
       <c r="B171" s="15">
-        <v>88175</v>
+        <v>87635</v>
       </c>
       <c r="C171" s="16" t="s">
         <v>214</v>
       </c>
       <c r="D171" s="17">
-        <v>29.271000000000001</v>
+        <v>56.44100000000001</v>
       </c>
       <c r="E171" s="17"/>
       <c r="F171" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G171" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="18" t="s">
         <v>37</v>
       </c>
       <c r="I171" s="19" t="s">
-        <v>215</v>
+        <v>38</v>
       </c>
       <c r="J171" s="20" t="s">
-        <v>216</v>
+        <v>37</v>
       </c>
       <c r="K171" s="20" t="s">
-        <v>217</v>
+        <v>20</v>
       </c>
     </row>
     <row r="172" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="14">
         <v>167</v>
       </c>
       <c r="B172" s="15">
-        <v>90471</v>
+        <v>87661</v>
       </c>
       <c r="C172" s="16" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D172" s="17">
-        <v>78.287000000000006</v>
+        <v>38.599000000000004</v>
       </c>
       <c r="E172" s="17"/>
       <c r="F172" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G172" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H172" s="18" t="s">
-        <v>219</v>
+        <v>37</v>
       </c>
       <c r="I172" s="19" t="s">
-        <v>220</v>
+        <v>195</v>
       </c>
       <c r="J172" s="20" t="s">
-        <v>221</v>
+        <v>37</v>
       </c>
       <c r="K172" s="20" t="s">
-        <v>222</v>
+        <v>196</v>
       </c>
     </row>
     <row r="173" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="14">
         <v>168</v>
       </c>
       <c r="B173" s="15">
-        <v>90632</v>
+        <v>87804</v>
       </c>
       <c r="C173" s="16" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="D173" s="17">
-        <v>66.92</v>
+        <v>18.205000000000002</v>
       </c>
       <c r="E173" s="17"/>
       <c r="F173" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G173" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H173" s="18" t="s">
-        <v>219</v>
+        <v>37</v>
       </c>
       <c r="I173" s="19" t="s">
-        <v>224</v>
+        <v>195</v>
       </c>
       <c r="J173" s="20" t="s">
-        <v>225</v>
+        <v>37</v>
       </c>
       <c r="K173" s="20" t="s">
-        <v>226</v>
+        <v>196</v>
       </c>
     </row>
     <row r="174" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="14">
         <v>170</v>
       </c>
       <c r="B174" s="15">
-        <v>90688</v>
+        <v>87902</v>
       </c>
       <c r="C174" s="16" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
       <c r="D174" s="17">
-        <v>15.63</v>
+        <v>283.19499999999999</v>
       </c>
       <c r="E174" s="17"/>
       <c r="F174" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G174" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H174" s="18" t="s">
-        <v>219</v>
+        <v>37</v>
       </c>
       <c r="I174" s="19" t="s">
-        <v>224</v>
+        <v>195</v>
       </c>
       <c r="J174" s="20" t="s">
-        <v>225</v>
+        <v>37</v>
       </c>
       <c r="K174" s="20" t="s">
-        <v>226</v>
+        <v>196</v>
       </c>
     </row>
     <row r="175" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="14">
         <v>171</v>
       </c>
       <c r="B175" s="15">
-        <v>90714</v>
+        <v>88175</v>
       </c>
       <c r="C175" s="16" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="D175" s="17">
-        <v>22.08</v>
+        <v>29.271000000000001</v>
       </c>
       <c r="E175" s="17"/>
       <c r="F175" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G175" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="I175" s="19" t="s">
         <v>219</v>
       </c>
-      <c r="I175" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J175" s="20" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="K175" s="20" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
     </row>
     <row r="176" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="14">
         <v>173</v>
       </c>
       <c r="B176" s="15">
-        <v>90732</v>
+        <v>90471</v>
       </c>
       <c r="C176" s="16" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="D176" s="17">
-        <v>210.08</v>
+        <v>78.287000000000006</v>
       </c>
       <c r="E176" s="17"/>
       <c r="F176" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G176" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="18" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I176" s="19" t="s">
         <v>224</v>
       </c>
       <c r="J176" s="20" t="s">
         <v>225</v>
       </c>
       <c r="K176" s="20" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="177" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="14">
         <v>174</v>
       </c>
       <c r="B177" s="15">
-        <v>90732</v>
+        <v>90632</v>
       </c>
       <c r="C177" s="16" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D177" s="17">
-        <v>234.6</v>
+        <v>68.87</v>
       </c>
       <c r="E177" s="17"/>
       <c r="F177" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G177" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="18" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I177" s="19" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="J177" s="20" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="K177" s="20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
     </row>
     <row r="178" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A178" s="14">
         <v>175</v>
       </c>
       <c r="B178" s="15">
-        <v>90732</v>
+        <v>90688</v>
       </c>
       <c r="C178" s="16" t="s">
         <v>231</v>
       </c>
       <c r="D178" s="17">
-        <v>109.35</v>
+        <v>15.18</v>
       </c>
       <c r="E178" s="17"/>
       <c r="F178" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G178" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="18" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I178" s="19" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="J178" s="20" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="K178" s="20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
     </row>
     <row r="179" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A179" s="14">
         <v>176</v>
       </c>
       <c r="B179" s="15">
-        <v>90746</v>
+        <v>90714</v>
       </c>
       <c r="C179" s="16" t="s">
         <v>232</v>
       </c>
       <c r="D179" s="17">
-        <v>46.46</v>
+        <v>37.65</v>
       </c>
       <c r="E179" s="17"/>
       <c r="F179" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G179" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H179" s="18" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I179" s="19" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="J179" s="20" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="K179" s="20" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
     </row>
     <row r="180" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A180" s="14">
         <v>177</v>
       </c>
       <c r="B180" s="15">
-        <v>90791</v>
+        <v>90732</v>
       </c>
       <c r="C180" s="16" t="s">
         <v>233</v>
       </c>
       <c r="D180" s="17">
-        <v>176.73699999999999</v>
+        <v>210.08</v>
       </c>
       <c r="E180" s="17"/>
-      <c r="F180" s="14">
-        <v>1500</v>
+      <c r="F180" s="14" t="s">
+        <v>15</v>
       </c>
       <c r="G180" s="14" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H180" s="18" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="I180" s="19" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="J180" s="20" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="K180" s="20" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="181" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A181" s="14">
         <v>178</v>
       </c>
       <c r="B181" s="15">
-        <v>90792</v>
+        <v>90732</v>
       </c>
       <c r="C181" s="16" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D181" s="17">
-        <v>176.73699999999999</v>
+        <v>243.85</v>
       </c>
       <c r="E181" s="17"/>
-      <c r="F181" s="14">
-        <v>1500</v>
+      <c r="F181" s="14" t="s">
+        <v>15</v>
       </c>
       <c r="G181" s="14" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H181" s="18" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="I181" s="19" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="J181" s="20" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="K181" s="20" t="s">
-        <v>26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="182" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A182" s="14">
         <v>179</v>
       </c>
       <c r="B182" s="15">
-        <v>92526</v>
+        <v>90732</v>
       </c>
       <c r="C182" s="16" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D182" s="17">
-        <v>90.826999999999998</v>
+        <v>109.35</v>
       </c>
       <c r="E182" s="17"/>
       <c r="F182" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G182" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H182" s="18" t="s">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="I182" s="19" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="J182" s="20" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="K182" s="20" t="s">
-        <v>20</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A183" s="14">
         <v>180</v>
       </c>
       <c r="B183" s="15">
-        <v>92610</v>
+        <v>90746</v>
       </c>
       <c r="C183" s="16" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="D183" s="17">
-        <v>91.838999999999999</v>
+        <v>47.8</v>
       </c>
       <c r="E183" s="17"/>
       <c r="F183" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G183" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H183" s="18" t="s">
-        <v>239</v>
+        <v>223</v>
       </c>
       <c r="I183" s="19" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="J183" s="20" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="K183" s="20" t="s">
-        <v>20</v>
+        <v>230</v>
       </c>
     </row>
     <row r="184" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A184" s="14">
         <v>181</v>
       </c>
       <c r="B184" s="15">
-        <v>92612</v>
+        <v>90791</v>
       </c>
       <c r="C184" s="16" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="D184" s="17">
-        <v>212.86100000000002</v>
+        <v>191.917</v>
       </c>
       <c r="E184" s="17"/>
-      <c r="F184" s="14" t="s">
-        <v>15</v>
+      <c r="F184" s="14">
+        <v>1500</v>
       </c>
       <c r="G184" s="14" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H184" s="18" t="s">
+        <v>238</v>
+      </c>
+      <c r="I184" s="19" t="s">
         <v>239</v>
       </c>
-      <c r="I184" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J184" s="20" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="K184" s="20" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="185" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A185" s="14">
         <v>182</v>
       </c>
       <c r="B185" s="15">
-        <v>93005</v>
+        <v>90792</v>
       </c>
       <c r="C185" s="16" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="D185" s="17">
-        <v>65.34</v>
+        <v>228.15100000000001</v>
       </c>
       <c r="E185" s="17"/>
-      <c r="F185" s="14" t="s">
-        <v>15</v>
+      <c r="F185" s="14">
+        <v>1500</v>
       </c>
       <c r="G185" s="14" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H185" s="18" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="I185" s="19" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="J185" s="20" t="s">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="K185" s="20" t="s">
-        <v>250</v>
+        <v>26</v>
       </c>
     </row>
     <row r="186" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A186" s="14">
         <v>183</v>
       </c>
       <c r="B186" s="15">
-        <v>97110</v>
+        <v>92526</v>
       </c>
       <c r="C186" s="16" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="D186" s="17">
-        <v>31.57</v>
+        <v>93.445000000000007</v>
       </c>
       <c r="E186" s="17"/>
       <c r="F186" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G186" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H186" s="18" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="I186" s="19" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="J186" s="20" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="K186" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A187" s="14">
         <v>184</v>
       </c>
       <c r="B187" s="15">
-        <v>97112</v>
+        <v>92610</v>
       </c>
       <c r="C187" s="16" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="D187" s="17">
-        <v>35.090000000000003</v>
+        <v>94.204000000000008</v>
       </c>
       <c r="E187" s="17"/>
       <c r="F187" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G187" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H187" s="18" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="I187" s="19" t="s">
-        <v>256</v>
+        <v>244</v>
       </c>
       <c r="J187" s="20" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="K187" s="20" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A188" s="14">
         <v>185</v>
       </c>
       <c r="B188" s="15">
-        <v>97116</v>
+        <v>92612</v>
       </c>
       <c r="C188" s="16" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="D188" s="17">
-        <v>31.57</v>
+        <v>223.43200000000002</v>
       </c>
       <c r="E188" s="17"/>
       <c r="F188" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G188" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H188" s="18" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="I188" s="19" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="J188" s="20" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="K188" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A189" s="14">
         <v>186</v>
       </c>
       <c r="B189" s="15">
-        <v>97140</v>
+        <v>93005</v>
       </c>
       <c r="C189" s="16" t="s">
-        <v>259</v>
+        <v>250</v>
       </c>
       <c r="D189" s="17">
-        <v>29.810000000000002</v>
+        <v>65.34</v>
       </c>
       <c r="E189" s="17"/>
       <c r="F189" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G189" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H189" s="18" t="s">
+        <v>251</v>
+      </c>
+      <c r="I189" s="19" t="s">
         <v>252</v>
       </c>
-      <c r="I189" s="19" t="s">
+      <c r="J189" s="20" t="s">
         <v>253</v>
       </c>
-      <c r="J189" s="20" t="s">
+      <c r="K189" s="20" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="190" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A190" s="14">
         <v>187</v>
       </c>
       <c r="B190" s="15">
-        <v>97161</v>
+        <v>99211</v>
       </c>
       <c r="C190" s="16" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="D190" s="17">
-        <v>107.65700000000001</v>
+        <v>27.379000000000001</v>
       </c>
       <c r="E190" s="17"/>
-      <c r="F190" s="14" t="s">
-        <v>15</v>
+      <c r="F190" s="14">
+        <v>1500</v>
       </c>
       <c r="G190" s="14" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H190" s="18" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I190" s="19" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="J190" s="20" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="K190" s="20" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="191" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A191" s="14">
         <v>188</v>
       </c>
       <c r="B191" s="15">
-        <v>97162</v>
+        <v>99212</v>
       </c>
       <c r="C191" s="16" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D191" s="17">
-        <v>107.65700000000001</v>
+        <v>67.672000000000011</v>
       </c>
       <c r="E191" s="17"/>
-      <c r="F191" s="14" t="s">
-        <v>15</v>
+      <c r="F191" s="14">
+        <v>1500</v>
       </c>
       <c r="G191" s="14" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H191" s="18" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I191" s="19" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="J191" s="20" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="K191" s="20" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="192" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A192" s="14">
         <v>189</v>
       </c>
       <c r="B192" s="15">
-        <v>97163</v>
+        <v>99213</v>
       </c>
       <c r="C192" s="16" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="D192" s="17">
-        <v>107.65700000000001</v>
+        <v>108.08600000000001</v>
       </c>
       <c r="E192" s="17"/>
-      <c r="F192" s="14" t="s">
-        <v>15</v>
+      <c r="F192" s="14">
+        <v>1500</v>
       </c>
       <c r="G192" s="14" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H192" s="18" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I192" s="19" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="J192" s="20" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="K192" s="20" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="193" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A193" s="14">
         <v>190</v>
       </c>
       <c r="B193" s="15">
-        <v>97164</v>
+        <v>99214</v>
       </c>
       <c r="C193" s="16" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="D193" s="17">
-        <v>74.117999999999995</v>
+        <v>154.27500000000001</v>
       </c>
       <c r="E193" s="17"/>
-      <c r="F193" s="14" t="s">
-        <v>15</v>
+      <c r="F193" s="14">
+        <v>1500</v>
       </c>
       <c r="G193" s="14" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H193" s="18" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I193" s="19" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="J193" s="20" t="s">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="K193" s="20" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="194" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A194" s="14">
         <v>191</v>
       </c>
       <c r="B194" s="15">
-        <v>97165</v>
+        <v>99215</v>
       </c>
       <c r="C194" s="16" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="D194" s="17">
-        <v>110.49500000000002</v>
+        <v>219.17500000000001</v>
       </c>
       <c r="E194" s="17"/>
-      <c r="F194" s="14" t="s">
-        <v>15</v>
+      <c r="F194" s="14">
+        <v>1500</v>
       </c>
       <c r="G194" s="14" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H194" s="18" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="I194" s="19" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J194" s="20" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="K194" s="20" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
     </row>
     <row r="195" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A195" s="14">
         <v>192</v>
       </c>
-      <c r="B195" s="15">
-        <v>97167</v>
+      <c r="B195" s="15" t="s">
+        <v>259</v>
       </c>
       <c r="C195" s="16" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D195" s="17">
-        <v>110.49500000000002</v>
+        <v>50.754000000000005</v>
       </c>
       <c r="E195" s="17"/>
       <c r="F195" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G195" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H195" s="18" t="s">
-        <v>252</v>
+        <v>223</v>
       </c>
       <c r="I195" s="19" t="s">
-        <v>256</v>
+        <v>224</v>
       </c>
       <c r="J195" s="20" t="s">
-        <v>257</v>
+        <v>225</v>
       </c>
       <c r="K195" s="20" t="s">
-        <v>49</v>
+        <v>226</v>
       </c>
     </row>
     <row r="196" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A196" s="14">
         <v>193</v>
       </c>
-      <c r="B196" s="15">
-        <v>97530</v>
+      <c r="B196" s="15" t="s">
+        <v>261</v>
       </c>
       <c r="C196" s="16" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="D196" s="17">
-        <v>37.972000000000008</v>
+        <v>50.754000000000005</v>
       </c>
       <c r="E196" s="17"/>
       <c r="F196" s="14" t="s">
         <v>15</v>
       </c>
       <c r="G196" s="14" t="s">
         <v>16</v>
       </c>
       <c r="H196" s="18" t="s">
-        <v>252</v>
+        <v>223</v>
       </c>
       <c r="I196" s="19" t="s">
-        <v>253</v>
+        <v>224</v>
       </c>
       <c r="J196" s="20" t="s">
-        <v>254</v>
+        <v>225</v>
       </c>
       <c r="K196" s="20" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
     </row>
     <row r="197" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="14">
         <v>194</v>
       </c>
-      <c r="B197" s="15">
-        <v>99211</v>
+      <c r="B197" s="15" t="s">
+        <v>263</v>
       </c>
       <c r="C197" s="16" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D197" s="17">
-        <v>25.013999999999999</v>
+        <v>50.754000000000005</v>
       </c>
       <c r="E197" s="17"/>
-      <c r="F197" s="14">
-        <v>1500</v>
+      <c r="F197" s="14" t="s">
+        <v>15</v>
       </c>
       <c r="G197" s="14" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H197" s="18" t="s">
-        <v>269</v>
+        <v>223</v>
       </c>
       <c r="I197" s="19" t="s">
-        <v>270</v>
+        <v>224</v>
       </c>
       <c r="J197" s="20" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
       <c r="K197" s="20" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
     </row>
     <row r="198" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A198" s="14">
         <v>195</v>
       </c>
-      <c r="B198" s="15">
-        <v>99212</v>
+      <c r="B198" s="15" t="s">
+        <v>265</v>
       </c>
       <c r="C198" s="16" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="D198" s="17">
-        <v>61.27000000000001</v>
+        <v>21.241</v>
       </c>
       <c r="E198" s="17"/>
-      <c r="F198" s="14">
-        <v>1500</v>
+      <c r="F198" s="14" t="s">
+        <v>15</v>
       </c>
       <c r="G198" s="14" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H198" s="18" t="s">
-        <v>269</v>
+        <v>37</v>
       </c>
       <c r="I198" s="19" t="s">
-        <v>270</v>
+        <v>81</v>
       </c>
       <c r="J198" s="20" t="s">
-        <v>236</v>
+        <v>37</v>
       </c>
       <c r="K198" s="20" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
     </row>
     <row r="199" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A199" s="14">
         <v>196</v>
       </c>
-      <c r="B199" s="15">
-        <v>99213</v>
+      <c r="B199" s="15" t="s">
+        <v>267</v>
       </c>
       <c r="C199" s="16" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D199" s="17">
-        <v>99.51700000000001</v>
+        <v>13.178000000000001</v>
       </c>
       <c r="E199" s="17"/>
-      <c r="F199" s="14">
-        <v>1500</v>
+      <c r="F199" s="14" t="s">
+        <v>15</v>
       </c>
       <c r="G199" s="14" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H199" s="18" t="s">
-        <v>269</v>
+        <v>37</v>
       </c>
       <c r="I199" s="19" t="s">
-        <v>270</v>
+        <v>81</v>
       </c>
       <c r="J199" s="20" t="s">
-        <v>236</v>
+        <v>37</v>
       </c>
       <c r="K199" s="20" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
     </row>
     <row r="200" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A200" s="14">
         <v>197</v>
       </c>
       <c r="B200" s="15">
-        <v>99214</v>
+        <v>83010</v>
       </c>
       <c r="C200" s="16" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="D200" s="17">
-        <v>140.25</v>
+        <v>13.84</v>
       </c>
       <c r="E200" s="17"/>
-      <c r="F200" s="14">
-        <v>1500</v>
+      <c r="F200" s="14" t="s">
+        <v>15</v>
       </c>
       <c r="G200" s="14" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H200" s="18" t="s">
-        <v>269</v>
+        <v>37</v>
       </c>
       <c r="I200" s="19" t="s">
-        <v>270</v>
+        <v>81</v>
       </c>
       <c r="J200" s="20" t="s">
-        <v>236</v>
+        <v>37</v>
       </c>
       <c r="K200" s="20" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
     </row>
     <row r="201" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A201" s="14">
         <v>198</v>
       </c>
       <c r="B201" s="15">
-        <v>99215</v>
+        <v>82785</v>
       </c>
       <c r="C201" s="16" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D201" s="17">
-        <v>196.69100000000003</v>
+        <v>18.11</v>
       </c>
       <c r="E201" s="17"/>
-      <c r="F201" s="14">
-        <v>1500</v>
+      <c r="F201" s="14" t="s">
+        <v>15</v>
       </c>
       <c r="G201" s="14" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H201" s="18" t="s">
-        <v>269</v>
+        <v>37</v>
       </c>
       <c r="I201" s="19" t="s">
-        <v>270</v>
+        <v>81</v>
       </c>
       <c r="J201" s="20" t="s">
-        <v>236</v>
+        <v>37</v>
       </c>
       <c r="K201" s="20" t="s">
-        <v>20</v>
-[...164 lines deleted...]
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="67" fitToHeight="0" orientation="landscape" r:id="rId1"/>
-  <rowBreaks count="10" manualBreakCount="10">
+  <pageSetup scale="66" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <rowBreaks count="9" manualBreakCount="9">
     <brk id="25" max="16383" man="1"/>
     <brk id="45" max="16383" man="1"/>
     <brk id="65" max="16383" man="1"/>
     <brk id="85" max="16383" man="1"/>
     <brk id="105" max="16383" man="1"/>
     <brk id="125" max="16383" man="1"/>
     <brk id="145" max="16383" man="1"/>
     <brk id="165" max="16383" man="1"/>
-    <brk id="183" max="16383" man="1"/>
-    <brk id="203" max="10" man="1"/>
+    <brk id="185" max="10" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>